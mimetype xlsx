--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,29110 +85,29245 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752215221</t>
+          <t>9789752215627</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sihirli Scooter</t>
+          <t>Kaçış Odası</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752215108</t>
+          <t>9789752215658</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen'in Kayıp Defteri</t>
+          <t>Masallar Sirki - Siyah Beyaz Ülke</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752215115</t>
+          <t>9789752215641</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Buna Kim İnanır?</t>
+          <t>Olmayacak Şeylerin Romanı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752215122</t>
+          <t>9789752215580</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Umut</t>
+          <t>Çılgınlar Sınıfı Serisi (5 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>330</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752215139</t>
+          <t>9789752215610</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fiko’nun Çorabı</t>
+          <t>Teo Dizisi (9 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752215207</t>
+          <t>9789752215603</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Işıklar</t>
+          <t>Suç Dehaları Serisi (3 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752215191</t>
+          <t>9789752215597</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Frenk Sokağı’nda Sonbahar</t>
+          <t>Sherlock Holmes Serisi (5 kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752215146</t>
+          <t>9789752215467</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Sahibine Şans Getirir</t>
+          <t>Bilmeceli Dünya Bulmacalı Macera</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752215177</t>
+          <t>9789752215337</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Çatlak</t>
+          <t>Dolunay Dedektifleri Serisi (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752215184</t>
+          <t>9789752215344</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uyuşma</t>
+          <t>Tarihin Şifreleri Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752215153</t>
+          <t>9789752215221</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Attaleia Destanı</t>
+          <t>Sarı Sihirli Scooter</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752215214</t>
+          <t>9789752215108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Atam Çok Teşekkür Ederim</t>
+          <t>Hezarfen'in Kayıp Defteri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752215078</t>
+          <t>9789752215115</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kim-Yon ve Sar-Man Kayıp Kahraman</t>
+          <t>Buna Kim İnanır?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752215160</t>
+          <t>9789752215122</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düdüklü Tencere Orkestrası ve Çipilgözler</t>
+          <t>Bir Yudum Umut</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752215085</t>
+          <t>9789752215139</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Fiko’nun Çorabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752215092</t>
+          <t>9789752215207</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Soru Bin Cevap Komik Öyküler</t>
+          <t>Bozkırdaki Işıklar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752215061</t>
+          <t>9789752215191</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İhanet Makamı</t>
+          <t>Frenk Sokağı’nda Sonbahar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9782007859812</t>
+          <t>9789752215146</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Masallar Diyarı Seti (2 Kitap)</t>
+          <t>Bu Kitap Sahibine Şans Getirir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752210851</t>
+          <t>9789752215177</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Yolunda</t>
+          <t>Karanlıkta Bir Çatlak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752207837</t>
+          <t>9789752215184</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz Gece</t>
+          <t>Uyuşma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752208209</t>
+          <t>9789752215153</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tren Tam Vaktinde Geldi</t>
+          <t>Attaleia Destanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>33</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752207646</t>
+          <t>9789752215214</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cevat Şakir'in Bodrum'u</t>
+          <t>Atam Çok Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752207592</t>
+          <t>9789752215078</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Neşter</t>
+          <t>Kim-Yon ve Sar-Man Kayıp Kahraman</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754943429</t>
+          <t>9789752215160</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Evreninki mi? Özalınki mi? Tarihle Yüzleşme...</t>
+          <t>Düdüklü Tencere Orkestrası ve Çipilgözler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>7.87</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000002997</t>
+          <t>9789752215085</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hapishanedeki Ecevit</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>8.33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000002991</t>
+          <t>9789752215092</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Önce Çocuklar Öldü</t>
+          <t>Bir Soru Bin Cevap Komik Öyküler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>6.48</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000002990</t>
+          <t>9789752215061</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arcayürek Açıklıyor- 8 Müdahalenin Ayak Sesleri 1978-1979</t>
+          <t>İhanet Makamı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>7.41</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754947847</t>
+          <t>9782007859812</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir,Bu Topraklar</t>
+          <t>Masallar Diyarı Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.26</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752201231</t>
+          <t>9789752210851</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Ankara</t>
+          <t>Aydınlanma Yolunda</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000002988</t>
+          <t>9789752207837</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gül Bekçisi</t>
+          <t>Uğursuz Gece</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000002977</t>
+          <t>9789752208209</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Romanda Hesaplaşma - Defter 1</t>
+          <t>Tren Tam Vaktinde Geldi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>6.48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000002976</t>
+          <t>9789752207646</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Cevat Şakir'in Bodrum'u</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000002973</t>
+          <t>9789752207592</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Can Boğazdan Gelir</t>
+          <t>Neşter</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>8.33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000002972</t>
+          <t>9789754943429</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızılı Kaşkol</t>
+          <t>Evreninki mi? Özalınki mi? Tarihle Yüzleşme...</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>11.57</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000002970</t>
+          <t>3990000002997</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeninde Türkiye</t>
+          <t>Hapishanedeki Ecevit</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>10.65</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754946437</t>
+          <t>3990000002991</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Önce Çocuklar Öldü</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000002969</t>
+          <t>3990000002990</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arcayürek Açıklıyor - 4 Yeni Demokrasi Yeni Arayışlar 1960-1965</t>
+          <t>Cüneyt Arcayürek Açıklıyor- 8 Müdahalenin Ayak Sesleri 1978-1979</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000002958</t>
+          <t>9789754947847</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>2. İnönü Hikayeleri</t>
+          <t>Bu Şehir,Bu Topraklar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754943849</t>
+          <t>9789752201231</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Demirel'in Yokluk Yılları</t>
+          <t>Bir Zamanlar Ankara</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754949698</t>
+          <t>3990000002988</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bahar Yetmez</t>
+          <t>Gül Bekçisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754944464</t>
+          <t>3990000002977</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Adam</t>
+          <t>Romanda Hesaplaşma - Defter 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>6.94</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754948585</t>
+          <t>3990000002976</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zenciler Birbirine Benzemez</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754944105</t>
+          <t>3990000002973</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kirli Tarih</t>
+          <t>Can Boğazdan Gelir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754945287</t>
+          <t>3990000002972</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Öldü mü?</t>
+          <t>Sarı Kırmızılı Kaşkol</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>6.02</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754940985</t>
+          <t>3990000002970</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Salıncağı</t>
+          <t>Şeytan Üçgeninde Türkiye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>7</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754943092</t>
+          <t>9789754946437</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uçuçböceği / Delikır</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754945768</t>
+          <t>3990000002969</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hangi Sağ</t>
+          <t>Cüneyt Arcayürek Açıklıyor - 4 Yeni Demokrasi Yeni Arayışlar 1960-1965</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754943863</t>
+          <t>3990000002958</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kadınlar Yanlış Erkekler</t>
+          <t>2. İnönü Hikayeleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000001730</t>
+          <t>9789754943849</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelen Ölüm</t>
+          <t>Demirel'in Yokluk Yılları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754943610</t>
+          <t>9789754949698</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Western Filmleri (Ciltli)</t>
+          <t>Aşka Bahar Yetmez</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754944686</t>
+          <t>9789754944464</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Devlet Devlet'e Karşı</t>
+          <t>Sokaktaki Adam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7.87</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754948073</t>
+          <t>9789754948585</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Haco Hanım Vay!...</t>
+          <t>Zenciler Birbirine Benzemez</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754946079</t>
+          <t>9789754944105</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>O Karanlıkta Biz</t>
+          <t>Kirli Tarih</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12.96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754942194</t>
+          <t>9789754945287</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yasak Sevişmek</t>
+          <t>İdeoloji Öldü mü?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.26</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754943320</t>
+          <t>9789754940985</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Hüzün</t>
+          <t>Rüzgar Salıncağı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754945799</t>
+          <t>9789754943092</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Savaşı</t>
+          <t>Uçuçböceği / Delikır</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754946512</t>
+          <t>9789754945768</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Ayak Sesleri</t>
+          <t>Hangi Sağ</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754948097</t>
+          <t>9789754943863</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ufkun Arkasını Görebilmek...</t>
+          <t>Yanlış Kadınlar Yanlış Erkekler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754943191</t>
+          <t>3990000001730</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Komik Hüzünlerim</t>
+          <t>Gece Gelen Ölüm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754948899</t>
+          <t>9789754943610</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sultan Galiyef</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Western Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754946536</t>
+          <t>9789754944686</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hangi Seks</t>
+          <t>Devlet Devlet'e Karşı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>12.04</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754948639</t>
+          <t>9789754948073</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçilik Savaşı</t>
+          <t>Haco Hanım Vay!...</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754946994</t>
+          <t>9789754946079</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Savaşı</t>
+          <t>O Karanlıkta Biz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000017953</t>
+          <t>9789754942194</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Teknede Üç Kişi</t>
+          <t>Yasak Sevişmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000026453</t>
+          <t>9789754943320</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aday - 2</t>
+          <t>Elde Var Hüzün</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000026454</t>
+          <t>9789754945799</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aday - 1</t>
+          <t>Aydınlar Savaşı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>7.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752204935</t>
+          <t>9789754946512</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar ve Cellatlar</t>
+          <t>Faşizmin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>51</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754944990</t>
+          <t>9789754948097</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Gerilim -Polisiye Filmleri (Ciltli)</t>
+          <t>Ufkun Arkasını Görebilmek...</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754943627</t>
+          <t>9789754943191</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Gangster Filmleri (Ciltli)</t>
+          <t>Komik Hüzünlerim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754949148</t>
+          <t>9789754948899</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kış Masalları Ayna Kırıkları 3</t>
+          <t>Sultan Galiyef</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754945119</t>
+          <t>9789754946536</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Cehennem</t>
+          <t>Hangi Seks</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>3.7</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752200555</t>
+          <t>9789754948639</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kimlik</t>
+          <t>Gerçekçilik Savaşı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754949308</t>
+          <t>9789754946994</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Issız Günleri</t>
+          <t>Kadınlar Savaşı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058557307</t>
+          <t>3990000017953</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'nun Kara Kutusu</t>
+          <t>Teknede Üç Kişi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752204867</t>
+          <t>3990000026453</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>The Fisherman of Halicarnassus</t>
+          <t>Aday - 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>78</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752205307</t>
+          <t>3990000026454</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu</t>
+          <t>Aday - 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>23.15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752201859</t>
+          <t>9789752204935</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terör ve Türkiye</t>
+          <t>Sultanlar ve Cellatlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.96</v>
+        <v>51</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754948295</t>
+          <t>9789754944990</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Ayağıma Dolandı</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Gerilim -Polisiye Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>5.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754945010</t>
+          <t>9789754943627</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze  - Duygu - Aşk filmleri (Ciltli)</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Gangster Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754947939</t>
+          <t>9789754949148</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yengecin Kıskacı</t>
+          <t>Kış Masalları Ayna Kırıkları 3</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754944860</t>
+          <t>9789754945119</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hangi Laiklik</t>
+          <t>Sevgiden Ötesi Cehennem</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>17.59</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000017908</t>
+          <t>9789752200555</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yetimi Çocuklar</t>
+          <t>Saklı Kimlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754943641</t>
+          <t>9789754949308</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Mansur</t>
+          <t>Ömrün Issız Günleri</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000016902</t>
+          <t>9786058557307</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Devirden Devire Cilt: 2</t>
+          <t>Orta Doğu'nun Kara Kutusu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754947632</t>
+          <t>9789752204867</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Altın Oğlan ile Altın Kız</t>
+          <t>The Fisherman of Halicarnassus</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>4.63</v>
+        <v>78</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754948066</t>
+          <t>9789752205307</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Küçük Arkadaş</t>
+          <t>Çıkış Yolu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754949339</t>
+          <t>9789752201859</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayardaki Saklambaç</t>
+          <t>Küresel Terör ve Türkiye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754947267</t>
+          <t>9789754948295</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Gizli Defteri</t>
+          <t>Bir Bulut Ayağıma Dolandı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754948264</t>
+          <t>9789754945010</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gecede Kanat Sesleri</t>
+          <t>100 Filmde Başlangıcından Günümüze  - Duygu - Aşk filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754947700</t>
+          <t>9789754947939</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İncili Salkım</t>
+          <t>Yengecin Kıskacı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754946260</t>
+          <t>9789754944860</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ege Sevgisi</t>
+          <t>Hangi Laiklik</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754946239</t>
+          <t>3990000017908</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Sıcak Merhaba</t>
+          <t>Sevgi Yetimi Çocuklar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000017436</t>
+          <t>9789754943641</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İktisat Söyleşileri</t>
+          <t>Kod Adı: Mansur</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754945942</t>
+          <t>3990000016902</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyıl Ağıtları</t>
+          <t>Devirden Devire Cilt: 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000003150</t>
+          <t>9789754947632</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hamfendi Tatilden Döndüler</t>
+          <t>Altın Oğlan ile Altın Kız</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000022347</t>
+          <t>9789754948066</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 4 Kış 2018</t>
+          <t>Güle Güle Küçük Arkadaş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>98</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752206731</t>
+          <t>9789754949339</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pako’ya Mektuplar</t>
+          <t>Bilgisayardaki Saklambaç</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>98</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752205482</t>
+          <t>9789754947267</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ümmid-i Aşkım Fikriye</t>
+          <t>Aşkların Gizli Defteri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>136</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752208193</t>
+          <t>9789754948264</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cadı'nın Dönüşü - Masallar Diyarı</t>
+          <t>Gecede Kanat Sesleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>117</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752207332</t>
+          <t>9789754947700</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yılbaşı Öyküleri</t>
+          <t>İncili Salkım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000098831</t>
+          <t>9789754946260</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 2 Güz 2016</t>
+          <t>Ege Sevgisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>98</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752206786</t>
+          <t>9789754946239</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İnönü’den İkinci Dünya Savaşı</t>
+          <t>Bir Sıcak Merhaba</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752206755</t>
+          <t>3990000017436</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin Karakteri Kültürü Bilinci (2 Cilt Takım)</t>
+          <t>İktisat Söyleşileri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>163</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752207516</t>
+          <t>9789754945942</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kadınlar</t>
+          <t>Yirminci Yüzyıl Ağıtları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>61</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000054548</t>
+          <t>3990000003150</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 3 Yaz 2017</t>
+          <t>Hamfendi Tatilden Döndüler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>98</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752205345</t>
+          <t>3990000022347</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Celladına Aşık Olmak</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 4 Kış 2018</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752207196</t>
+          <t>9789752206731</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şen Şakrak Bilmeceler</t>
+          <t>Pako’ya Mektuplar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752206410</t>
+          <t>9789752205482</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul mü?</t>
+          <t>Ümmid-i Aşkım Fikriye</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>83</v>
+        <v>136</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752205963</t>
+          <t>9789752208193</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pazarlık Yok</t>
+          <t>Cadı'nın Dönüşü - Masallar Diyarı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>38</v>
+        <v>117</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752206434</t>
+          <t>9789752207332</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tutanaklarla Kozmik Odanın Esrarı</t>
+          <t>Karanlık Yılbaşı Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>20.37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752206748</t>
+          <t>3990000098831</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kader Senfonisi</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 2 Güz 2016</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752205710</t>
+          <t>9789752206786</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aksaray’da İnecek Var</t>
+          <t>İnönü’den İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>37</v>
+        <v>48</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754946000</t>
+          <t>9789752206755</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim 2. Kitap (Taktikler)</t>
+          <t>Milletlerin Karakteri Kültürü Bilinci (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6.48</v>
+        <v>163</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752205048</t>
+          <t>9789752207516</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>En Eski Türkçenin İzlerinde</t>
+          <t>Karanlıktaki Kadınlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>61</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752206687</t>
+          <t>3990000054548</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Masallar Diyarı Dilek Büyüsü</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 3 Yaz 2017</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752205413</t>
+          <t>9789752205345</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eksik Etek</t>
+          <t>Celladına Aşık Olmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000017350</t>
+          <t>9789752207196</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Nerde O Eski Mapushaneler</t>
+          <t>Şen Şakrak Bilmeceler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>12.96</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000017349</t>
+          <t>9789752206410</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bakmak</t>
+          <t>Faili Meçhul mü?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>5.56</v>
+        <v>83</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000017351</t>
+          <t>9789752205963</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kenan Evren'in Yazılmamış Anıları/2 - Son Defter</t>
+          <t>Pazarlık Yok</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754947663</t>
+          <t>9789752206434</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ellerimden Su İçsinler</t>
+          <t>Tutanaklarla Kozmik Odanın Esrarı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754944358</t>
+          <t>9789752206748</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Öyküsü</t>
+          <t>Kader Senfonisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>8.33</v>
+        <v>33</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000014959</t>
+          <t>9789752205710</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eğlentili Bir Gömme Töreni</t>
+          <t>Aksaray’da İnecek Var</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754944211</t>
+          <t>9789754946000</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üstüne Narin (Düzyazıları)</t>
+          <t>Satranç Öğrenelim 2. Kitap (Taktikler)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754949094</t>
+          <t>9789752205048</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ebru’ların Tatili</t>
+          <t>En Eski Türkçenin İzlerinde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000012934</t>
+          <t>9789752206687</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Masallar Diyarı Dilek Büyüsü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>101</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000014109</t>
+          <t>9789752205413</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo Çıkmazda</t>
+          <t>Eksik Etek</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754948172</t>
+          <t>3990000017350</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Kahramanı Atatürk</t>
+          <t>Nerde O Eski Mapushaneler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754940831</t>
+          <t>3990000017349</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Yer Şiirler / Mensur Şiirler / Fıkralar</t>
+          <t>Bakmak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754948578</t>
+          <t>3990000017351</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doğan Avcıoğlu Bir Jön Türk’ün Ardından...</t>
+          <t>Kenan Evren'in Yazılmamış Anıları/2 - Son Defter</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000014160</t>
+          <t>9789754947663</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Antolojisi</t>
+          <t>Ellerimden Su İçsinler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754947571</t>
+          <t>9789754944358</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Diş İzleri</t>
+          <t>Elif’in Öyküsü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754949070</t>
+          <t>3990000014959</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Diplomaturka</t>
+          <t>Eğlentili Bir Gömme Töreni</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752201576</t>
+          <t>9789754944211</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dip Dalgası</t>
+          <t>Edebiyat Üstüne Narin (Düzyazıları)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000005291</t>
+          <t>9789754949094</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dilleri Var Bizim Dile Benzemez</t>
+          <t>Ebru’ların Tatili</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754940848</t>
+          <t>3990000012934</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dil Konusunda Yazılar</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754948844</t>
+          <t>3990000014109</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dil Kiri El Kiri</t>
+          <t>Don Camillo Çıkmazda</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754947564</t>
+          <t>9789754948172</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Oyunun Kuralları</t>
+          <t>Doğunun Kahramanı Atatürk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>9.26</v>
+        <v>590</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754942576</t>
+          <t>9789754940831</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Deve Tellal Pire Berber İken...</t>
+          <t>Doğduğum Yer Şiirler / Mensur Şiirler / Fıkralar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754945881</t>
+          <t>9789754948578</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Despina'nın Gözyaşları</t>
+          <t>Doğan Avcıoğlu Bir Jön Türk’ün Ardından...</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000017869</t>
+          <t>3990000014160</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dertli</t>
+          <t>Divan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752200968</t>
+          <t>9789754947571</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Derin Yırtmaç</t>
+          <t>Diş İzleri</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752201828</t>
+          <t>9789754949070</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı</t>
+          <t>Diplomaturka</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754946918</t>
+          <t>9789752201576</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Denizin Kanı</t>
+          <t>Dip Dalgası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>11.11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752203624</t>
+          <t>3990000005291</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye ve Hukuka Ergenekon Tezgahı</t>
+          <t>Dilleri Var Bizim Dile Benzemez</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754943634</t>
+          <t>9789754940848</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye Geçiş Sürecinde Anayasa Yapımı</t>
+          <t>Dil Konusunda Yazılar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000005354</t>
+          <t>9789754948844</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Sonbaharı 1977-1978</t>
+          <t>Dil Kiri El Kiri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15.74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754942460</t>
+          <t>9789754947564</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 4 Demokrasiden Darbeye (1957-1960)</t>
+          <t>Dış Politikada Oyunun Kuralları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754942170</t>
+          <t>9789754942576</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 3 DP Yokuş Aşağı 1954-1957</t>
+          <t>Deve Tellal Pire Berber İken...</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754947434</t>
+          <t>9789754945881</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Deliler Ülkesinde Keloğlan Masalları - 1</t>
+          <t>Despina'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754944891</t>
+          <t>3990000017869</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Deli Deli</t>
+          <t>Dertli</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754944228</t>
+          <t>9789752200968</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Davulun Sesi</t>
+          <t>Derin Yırtmaç</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752202146</t>
+          <t>9789752201828</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sesi</t>
+          <t>Denizkızı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>45</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754945966</t>
+          <t>9789754946918</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dağ Denize Kavuştu</t>
+          <t>Denizin Kanı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>47</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754941661</t>
+          <t>9789752203624</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Demokrasiye ve Hukuka Ergenekon Tezgahı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754946444</t>
+          <t>9789754943634</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çözümsüz Demokrasi</t>
+          <t>Demokrasiye Geçiş Sürecinde Anayasa Yapımı</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754945843</t>
+          <t>3990000005354</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çöpçü Martı</t>
+          <t>Demokrasinin Sonbaharı 1977-1978</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>8.33</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754944549</t>
+          <t>9789754942460</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzelsin Gitme Dur</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 4 Demokrasiden Darbeye (1957-1960)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752200029</t>
+          <t>9789754942170</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğa Yolculuk</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 3 DP Yokuş Aşağı 1954-1957</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754949964</t>
+          <t>9789754947434</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çoban Köpeği</t>
+          <t>Deliler Ülkesinde Keloğlan Masalları - 1</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752204713</t>
+          <t>9789754944891</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ateşleri</t>
+          <t>Deli Deli</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>69</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752201224</t>
+          <t>9789754944228</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Davulun Sesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000010669</t>
+          <t>9789752202146</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Dağların Sesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000004337</t>
+          <t>9789754945966</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Yol</t>
+          <t>Dağ Denize Kavuştu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>9.26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752200067</t>
+          <t>9789754941661</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Muhalefeti</t>
+          <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754941647</t>
+          <t>9789754946444</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Hesaplaşması</t>
+          <t>Çözümsüz Demokrasi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752202689</t>
+          <t>9789754945843</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İlk Günde Biterdi</t>
+          <t>Çöpçü Martı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>60</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754945065</t>
+          <t>9789754944549</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sinemanın Sorunları</t>
+          <t>Çok Güzelsin Gitme Dur</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754944822</t>
+          <t>9789752200029</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Gezegeni</t>
+          <t>Çocukluğa Yolculuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754949421</t>
+          <t>9789754949964</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Demokrasi Yazılar Röportajlar Mektuplar</t>
+          <t>Çoban Köpeği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752201989</t>
+          <t>9789752204713</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Toprakları ve Küresel İşgal Bir Millet Uyanıyor: 15</t>
+          <t>Çoban Ateşleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754946987</t>
+          <t>9789752201224</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Bebeleri</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754943009</t>
+          <t>3990000010669</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754948462</t>
+          <t>3990000004337</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cadı Ağacı</t>
+          <t>Çapraz Yol</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>136</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754947410</t>
+          <t>9789752200067</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sofra Keloğlan Masalları 3</t>
+          <t>Çankaya Muhalefeti</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754943740</t>
+          <t>9789754941647</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Canım Kocacım</t>
+          <t>Çankaya Hesaplaşması</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754947083</t>
+          <t>9789752202689</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dullara Yas Yakışır</t>
+          <t>Çanakkale İlk Günde Biterdi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>8.33</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754946277</t>
+          <t>9789754945065</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yenilgiler Ansiklopedisi</t>
+          <t>Çağdaş Sinemanın Sorunları</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752203846</t>
+          <t>9789754944822</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Eşeği</t>
+          <t>Cüceler Gezegeni</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>98</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754945195</t>
+          <t>9789754949421</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Çocukları</t>
+          <t>Cumhuriyetçi Demokrasi Yazılar Röportajlar Mektuplar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>72</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754946871</t>
+          <t>9789752201989</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sanatına Temel Yaklaşımlar</t>
+          <t>Cumhuriyet Toprakları ve Küresel İşgal Bir Millet Uyanıyor: 15</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754947946</t>
+          <t>9789754946987</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Yaşam Kılavuzu</t>
+          <t>Cumhuriyet Bebeleri</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754949186</t>
+          <t>9789754943009</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cem’in Çaydanlığı</t>
+          <t>Cahit Sıtkı Tarancı Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000005873</t>
+          <t>9789754948462</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Biziz</t>
+          <t>Cadı Ağacı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>9.26</v>
+        <v>136</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752201293</t>
+          <t>9789754947410</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Irmak</t>
+          <t>Büyülü Sofra Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752202924</t>
+          <t>9789754943740</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sermaye</t>
+          <t>Canım Kocacım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752201880</t>
+          <t>9789754947083</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Şu Çılgın Türkler</t>
+          <t>Dullara Yas Yakışır</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000013396</t>
+          <t>9789754946277</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Buyruklu Demokrasi (1980-1983)</t>
+          <t>Çağdaş Yenilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754943078</t>
+          <t>9789752203846</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bunca Yağmurların Söndüremediği</t>
+          <t>Can Dede’nin Eşeği</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>9.26</v>
+        <v>98</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754947960</t>
+          <t>9789754945195</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Budalalar Takvimi</t>
+          <t>Can Dede’nin Çocukları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.11</v>
+        <v>72</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754943832</t>
+          <t>9789754946871</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bu Dağların Arkasında Başka Dağlar Var</t>
+          <t>Çağdaş Türk Sanatına Temel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754949049</t>
+          <t>9789754947946</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 4. Kitap</t>
+          <t>Cinsel Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754949032</t>
+          <t>9789754949186</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 3. Kitap</t>
+          <t>Cem’in Çaydanlığı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754949025</t>
+          <t>3990000005873</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 2. Kitap</t>
+          <t>Cehennem Biziz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754949018</t>
+          <t>9789752201293</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 1. Kitap</t>
+          <t>Büyülü Irmak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>2.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754945973</t>
+          <t>9789752202924</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Adası</t>
+          <t>Büyük Sermaye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000010731</t>
+          <t>9789752201880</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bizden Çocuğa</t>
+          <t>Bütün Oyunları 1 Şu Çılgın Türkler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754941722</t>
+          <t>3990000013396</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Selin Vardı...</t>
+          <t>Buyruklu Demokrasi (1980-1983)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754948509</t>
+          <t>9789754943078</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bir Neon Kayması</t>
+          <t>Bunca Yağmurların Söndüremediği</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752201675</t>
+          <t>9789754947960</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şu Değişen Dünya - Bir Millet Uyanıyor:9</t>
+          <t>Budalalar Takvimi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000012465</t>
+          <t>9789754943832</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Kiraz Ağacı Olsaydım Bir Hariciyecinin Anıları</t>
+          <t>Bu Dağların Arkasında Başka Dağlar Var</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752202177</t>
+          <t>9789754949049</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Rüyası</t>
+          <t>Boyama 3 + Yaş 4. Kitap</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>8</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000011764</t>
+          <t>9789754949032</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Penceresinden</t>
+          <t>Boyama 3 + Yaş 3. Kitap</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754948745</t>
+          <t>9789754949025</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Giden Bir Gelen Bir Bekleyen Büyüklere Masallar Küçüklere Gerçekler 2</t>
+          <t>Boyama 3 + Yaş 2. Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>14.81</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754943023</t>
+          <t>9789754949018</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecenin Beyliği</t>
+          <t>Boyama 3 + Yaş 1. Kitap</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754943283</t>
+          <t>9789754945973</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Müydü O İzmir</t>
+          <t>Boncuk Adası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754942422</t>
+          <t>3990000010731</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Bürokratın Romanı "Memduh Aytür"</t>
+          <t>Bizden Çocuğa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752200388</t>
+          <t>9789754941722</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Bayram Günü</t>
+          <t>Bir Selin Vardı...</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752202634</t>
+          <t>9789754948509</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Benim Mesleğim</t>
+          <t>Bir Neon Kayması</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752202306</t>
+          <t>9789752201675</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Şu Değişen Dünya - Bir Millet Uyanıyor:9</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000034572</t>
+          <t>3990000012465</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Biber Oğlan’la Şeker Kız</t>
+          <t>Bir Kiraz Ağacı Olsaydım Bir Hariciyecinin Anıları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754944389</t>
+          <t>9789752202177</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bıyıklar Konuşuyor</t>
+          <t>Bir Kedinin Rüyası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754946086</t>
+          <t>3990000011764</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Savaş</t>
+          <t>Bir Kadının Penceresinden</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754945959</t>
+          <t>9789754948745</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Beş Kardeşler Masalı</t>
+          <t>Bir Giden Bir Gelen Bir Bekleyen Büyüklere Masallar Küçüklere Gerçekler 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754943979</t>
+          <t>9789754943023</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Berlin Mektupları - Viyana’nın Atlattığı Vartalar</t>
+          <t>Bir Gecenin Beyliği</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754949124</t>
+          <t>9789754943283</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Benim Yazarlarım Bütün Eserleri 9</t>
+          <t>Bir Düş Müydü O İzmir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752202290</t>
+          <t>9789754942422</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevgili Genim</t>
+          <t>Bir Büyük Bürokratın Romanı "Memduh Aytür"</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752200272</t>
+          <t>9789752200388</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Benim Dedem Bir Tane</t>
+          <t>Bir Bayram Günü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752203556</t>
+          <t>9789752202634</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Çirkin Kardeşim</t>
+          <t>Bir Başkadır Benim Mesleğim</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>29</v>
+        <v>41</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754944839</t>
+          <t>9789752202306</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ben Unutmadan</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754941227</t>
+          <t>3990000034572</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ben Tarihim Bay Başkan</t>
+          <t>Biber Oğlan’la Şeker Kız</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754942484</t>
+          <t>9789754944389</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Menekşeleri Senin İçin Topladım</t>
+          <t>Bıyıklar Konuşuyor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754949803</t>
+          <t>9789754946086</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ben Balerin Olacağım</t>
+          <t>Beyaz Savaş</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752202498</t>
+          <t>9789754945959</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Büyük Ermenistan Peşinde Ermeni Komiteleri</t>
+          <t>Beş Kardeşler Masalı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>64</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754947991</t>
+          <t>9789754943979</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bay Balyoz’un Derdi Hassas Burun Dedektiflik Bürosu 3. Kitap</t>
+          <t>Berlin Mektupları - Viyana’nın Atlattığı Vartalar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752201354</t>
+          <t>9789754949124</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Batılı İşçi Sömürüye Ortak</t>
+          <t>Benim Yazarlarım Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752203938</t>
+          <t>9789752202290</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Batıkent Çocuk Şenliği</t>
+          <t>Benim Sevgili Genim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>56</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752203679</t>
+          <t>9789752200272</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Başın Öne Eğilmesin</t>
+          <t>Benim Dedem Bir Tane</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754940589</t>
+          <t>9789752203556</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bando Takımı</t>
+          <t>Benim Çirkin Kardeşim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754943337</t>
+          <t>9789754944839</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Ben Unutmadan</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754947748</t>
+          <t>9789754941227</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren</t>
+          <t>Ben Tarihim Bay Başkan</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754940640</t>
+          <t>9789754942484</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Zehir Yüklü Bulutlar Halepçe’den Hakkari’ye</t>
+          <t>Ben Bu Menekşeleri Senin İçin Topladım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752202320</t>
+          <t>9789754949803</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zaman Torbası</t>
+          <t>Ben Balerin Olacağım</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754944457</t>
+          <t>9789752202498</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Yarısı Gece</t>
+          <t>Belgelerle Büyük Ermenistan Peşinde Ermeni Komiteleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>8.33</v>
+        <v>64</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754948776</t>
+          <t>9789754947991</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Kırlangıç Gölgesi</t>
+          <t>Bay Balyoz’un Derdi Hassas Burun Dedektiflik Bürosu 3. Kitap</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752203853</t>
+          <t>9789752201354</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yüzler ve Sözcükler</t>
+          <t>Batılı İşçi Sömürüye Ortak</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754940275</t>
+          <t>9789752203938</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri 6</t>
+          <t>Batıkent Çocuk Şenliği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754949322</t>
+          <t>9789752203679</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze Edebiyat Söyleşi</t>
+          <t>Başın Öne Eğilmesin</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>11.11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754940305</t>
+          <t>9789754940589</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 5 - Yüksek Ökçeler</t>
+          <t>Bando Takımı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752202900</t>
+          <t>9789754943337</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yüce Divan Dosyası</t>
+          <t>Ziya Gökalp Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752201415</t>
+          <t>9789754947748</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şiirinin Gücü</t>
+          <t>Zeki Müren</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754940947</t>
+          <t>9789754940640</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Çıkan Öğretmen</t>
+          <t>Zehir Yüklü Bulutlar Halepçe’den Hakkari’ye</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000011453</t>
+          <t>9789752202320</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yönelişler</t>
+          <t>Zaman Torbası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>6.48</v>
+        <v>210</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754940633</t>
+          <t>9789754944457</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Çanlar</t>
+          <t>Yüzün Yarısı Gece</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754946642</t>
+          <t>9789754948776</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yollar Nereye Düşer</t>
+          <t>Yüzümde Kırlangıç Gölgesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754943276</t>
+          <t>9789752203853</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Geçen Adam</t>
+          <t>Yüzler ve Sözcükler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>335</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754949759</t>
+          <t>9789754940275</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yılların Ardından</t>
+          <t>Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>15.74</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752200999</t>
+          <t>9789754949322</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Toplayan Çocuk</t>
+          <t>Yüz Yüze Edebiyat Söyleşi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754941067</t>
+          <t>9789754940305</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yıl Sıfır Darbe Hazır</t>
+          <t>Ömer Seyfettin Bütün Eserleri 5 - Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754942668</t>
+          <t>9789752202900</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bayır</t>
+          <t>Yüce Divan Dosyası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>96</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754947816</t>
+          <t>9789752201415</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yerli Film</t>
+          <t>Yunus Emre Şiirinin Gücü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>9.26</v>
+        <v>335</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752200913</t>
+          <t>9789754940947</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sevinçler</t>
+          <t>Yumurtadan Çıkan Öğretmen</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754948387</t>
+          <t>3990000011453</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yengeçten Korkan Köpek</t>
+          <t>Yönelişler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>145</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754948653</t>
+          <t>9789754940633</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renkli Saat</t>
+          <t>Yorgun Çanlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754941692</t>
+          <t>9789754946642</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yedi Domuzlu Altın</t>
+          <t>Yollar Nereye Düşer</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754948325</t>
+          <t>9789754943276</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Türler</t>
+          <t>Yoldan Geçen Adam</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000004426</t>
+          <t>9789754949759</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Yağmur</t>
+          <t>Yılların Ardından</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754946246</t>
+          <t>9789752200999</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öpüşleri -Yeniden Kurgulanmış Eski Aşklarla- Bütün Eserleri 16</t>
+          <t>Yıldız Toplayan Çocuk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000006428</t>
+          <t>9789754941067</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yaz Boz Tahtası Devekuşuna Mektuplar 2</t>
+          <t>Yıl Sıfır Darbe Hazır</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752201637</t>
+          <t>9789754942668</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yaşayınca...</t>
+          <t>Yeşil Bayır</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754944716</t>
+          <t>9789754947816</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kanal Anneanne</t>
+          <t>Yerli Film</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754949858</t>
+          <t>9789752200913</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Dolap</t>
+          <t>Yeni Sevinçler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754946710</t>
+          <t>9789754948387</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Anneannespor</t>
+          <t>Yengeçten Korkan Köpek</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754944037</t>
+          <t>9789754948653</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Yedi Renkli Saat</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>11.11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754948394</t>
+          <t>9789754941692</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Tavşanın Doktoru</t>
+          <t>Yedi Domuzlu Altın</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>145</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752200449</t>
+          <t>9789754948325</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yaprakta Sevgi Büyütmek</t>
+          <t>Yazınsal Türler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>505</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752201361</t>
+          <t>3990000004426</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Eğlenmek İçin</t>
+          <t>Yaz ve Yağmur</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752200647</t>
+          <t>9789754946246</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seninle</t>
+          <t>Yaz Öpüşleri -Yeniden Kurgulanmış Eski Aşklarla- Bütün Eserleri 16</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000012234</t>
+          <t>3990000006428</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam</t>
+          <t>Yaz Boz Tahtası Devekuşuna Mektuplar 2</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754944594</t>
+          <t>9789752201637</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yalıda Sabah</t>
+          <t>Yaşayınca...</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>11.11</v>
+        <v>295</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752204591</t>
+          <t>9789754944716</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yalandan Kim Ölmüş</t>
+          <t>Yaşasın Kanal Anneanne</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754945744</t>
+          <t>9789754949858</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yakut Balık</t>
+          <t>Yaşasın Dolap</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754944068</t>
+          <t>9789754946710</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Yaşasın Anneannespor</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>12</v>
+        <v>495</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>3990000005148</t>
+          <t>9789754944037</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Giden</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754942774</t>
+          <t>9789754948394</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Adamları / Bağrıyanık Ömer ile Güzel Zeynep</t>
+          <t>Yaralı Tavşanın Doktoru</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000005849</t>
+          <t>9789752200449</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Yaprakta Sevgi Büyütmek</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>9.26</v>
+        <v>135</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789754946154</t>
+          <t>9789752201361</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Veysel Çavuş</t>
+          <t>Yalnızca Eğlenmek İçin</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754947649</t>
+          <t>9789752200647</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ve, Tanrı Onları Cezalandırdı</t>
+          <t>Yalnız Seninle</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.26</v>
+        <v>310</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789754949285</t>
+          <t>3990000012234</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Keiko’yu Yarattı</t>
+          <t>Yalnız Adam</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752202061</t>
+          <t>9789754944594</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Vatanın Bağrına Düşman Dayamış Hançerini</t>
+          <t>Yalıda Sabah</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000012936</t>
+          <t>9789752204591</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş</t>
+          <t>Yalandan Kim Ölmüş</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789754940664</t>
+          <t>9789754945744</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kurtaran Şaban</t>
+          <t>Yakut Balık</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789754947441</t>
+          <t>9789754944068</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Yakup Kadri Karaosmanoğlu Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752201330</t>
+          <t>3990000005148</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Vampir Öyküsü</t>
+          <t>Yağmurla Giden</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752202344</t>
+          <t>9789754942774</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Valilerin de Öyküleri Vardır</t>
+          <t>Yabanın Adamları / Bağrıyanık Ömer ile Güzel Zeynep</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754946697</t>
+          <t>3990000005849</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Vahidettin, M. Kemal ve Milli Mücadele</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>760</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752201569</t>
+          <t>9789754946154</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç</t>
+          <t>Veysel Çavuş</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789754941777</t>
+          <t>9789754947649</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerden Komik Anılar</t>
+          <t>Ve, Tanrı Onları Cezalandırdı</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789754940909</t>
+          <t>9789754949285</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Üniformanın Hatırı Var</t>
+          <t>Ve Tanrı Keiko’yu Yarattı</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789754945041</t>
+          <t>9789752202061</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Kane</t>
+          <t>Vatanın Bağrına Düşman Dayamış Hançerini</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>8.33</v>
+        <v>230</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789754942743</t>
+          <t>3990000012936</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yunuslama</t>
+          <t>Vatandaş</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754940961</t>
+          <t>9789754940664</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Vatan Kurtaran Şaban</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752202757</t>
+          <t>9789754947441</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Yolculuk</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>3990000006256</t>
+          <t>9789752201330</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’de İslamlık</t>
+          <t>Vampir Öyküsü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754946383</t>
+          <t>9789752202344</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Ufuk Çizgisi - Akdeniz Lirikleri</t>
+          <t>Valilerin de Öyküleri Vardır</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>11.11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752203136</t>
+          <t>9789754946697</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sorumluluktur</t>
+          <t>Vahidettin, M. Kemal ve Milli Mücadele</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18.52</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754948912</t>
+          <t>9789752201569</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Doğru</t>
+          <t>Üşengeç</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>13</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754942286</t>
+          <t>9789754941777</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kuzu</t>
+          <t>Ünlülerden Komik Anılar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752203389</t>
+          <t>9789754940909</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kukla</t>
+          <t>Üniformanın Hatırı Var</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752201552</t>
+          <t>9789754945041</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Altın Kayalar Adası</t>
+          <t>Yurttaş Kane</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>49</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754947878</t>
+          <t>9789754942743</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Alo, Harika Hanım Nasılsınız?</t>
+          <t>Yunuslama</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754946123</t>
+          <t>9789754940961</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Alçaktan Uçan Güvercin Bütün Eserleri 15</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789754946284</t>
+          <t>9789752202757</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıktaki Ülke</t>
+          <t>Yeraltına Yolculuk</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>11.11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754945836</t>
+          <t>3990000006256</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Alaca Baykuş</t>
+          <t>Yeni Türkiye’de İslamlık</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752202467</t>
+          <t>9789754946383</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>AKP Çoktan Kapatılmalıydı</t>
+          <t>Yaşamın Ufuk Çizgisi - Akdeniz Lirikleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754945294</t>
+          <t>9789752203136</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kıbrıs’la Bozmak</t>
+          <t>Yaşamak Sorumluluktur</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754944112</t>
+          <t>9789754948912</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalan Masallar</t>
+          <t>Yaşama Doğru</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754946796</t>
+          <t>9789754942286</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Doktorlar..</t>
+          <t>Yaramaz Kuzu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754944501</t>
+          <t>9789752203389</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ağlasun Ayşafağı</t>
+          <t>Yaramaz Kukla</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>38</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752200081</t>
+          <t>9789752201552</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ağla Sevgili Yurdum</t>
+          <t>Altın Kayalar Adası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>16.67</v>
+        <v>49</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754943986</t>
+          <t>9789754947878</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ağırmeşrep Kadınlar</t>
+          <t>Alo, Harika Hanım Nasılsınız?</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>3990000014066</t>
+          <t>9789754946123</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Aday (2 Cilt Takım)</t>
+          <t>Alçaktan Uçan Güvercin Bütün Eserleri 15</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754941487</t>
+          <t>9789754946284</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eyledik</t>
+          <t>Alacakaranlıktaki Ülke</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>28</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754948356</t>
+          <t>9789754945836</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Acının Gümüşü</t>
+          <t>Alaca Baykuş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754943122</t>
+          <t>9789752202467</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Acılara Tutunmak</t>
+          <t>AKP Çoktan Kapatılmalıydı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752200715</t>
+          <t>9789754945294</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler Salatalar</t>
+          <t>Aklını Kıbrıs’la Bozmak</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752200708</t>
+          <t>9789754944112</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Özel Günler İçin Tatlılar</t>
+          <t>Aklımda Kalan Masallar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752200746</t>
+          <t>9789754946796</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Balıklar</t>
+          <t>Ah Şu Doktorlar..</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>3990000010417</t>
+          <t>9789754944501</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>7 Numaralı Mahkeme</t>
+          <t>Ağlasun Ayşafağı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752200333</t>
+          <t>9789752200081</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’a İlk Adım Büyüklere Masallar, Küçüklere Gerçekler 9</t>
+          <t>Ağla Sevgili Yurdum</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>19.44</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752204881</t>
+          <t>9789754943986</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>90 Soruda Lozan Barış Antlaşması</t>
+          <t>Ağırmeşrep Kadınlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752201019</t>
+          <t>3990000014066</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Diri Diri Yanmak</t>
+          <t>Aday (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752204393</t>
+          <t>9789754941487</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş El Kitabı ve Genç Kalmanın Sırları</t>
+          <t>Acıyı Bal Eyledik</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754949841</t>
+          <t>9789754948356</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ormana Dönüş</t>
+          <t>Acının Gümüşü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>145</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752200548</t>
+          <t>9789754943122</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Organize Suç Örgütleri, Kara Para ve Aklanması</t>
+          <t>Acılara Tutunmak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754946765</t>
+          <t>9789752200715</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Onunla Güzeldim</t>
+          <t>A La Carte Lezzetli Tarifler Salatalar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>11.11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752202504</t>
+          <t>9789752200708</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Onların Hikayesi</t>
+          <t>A La Carte Lezzetli Tarifler  Özel Günler İçin Tatlılar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754944785</t>
+          <t>9789752200746</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Onlar Ermiş Muradına</t>
+          <t>A La Carte Lezzetli Tarifler  Balıklar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754940459</t>
+          <t>3990000010417</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Onikiye Bir Var / Sancho’nun Sabah Yürüyüşü / Gülerek Ölmek</t>
+          <t>7 Numaralı Mahkeme</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752201934</t>
+          <t>9789752200333</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Onbaşı Nezahat</t>
+          <t>28 Şubat’a İlk Adım Büyüklere Masallar, Küçüklere Gerçekler 9</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>135</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754944648</t>
+          <t>9789752204881</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>90 Soruda Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754944587</t>
+          <t>9789752201019</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 6 1991-1992</t>
+          <t>Diri Diri Yanmak</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>9.26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754943757</t>
+          <t>9789752204393</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 5 1988-1990</t>
+          <t>Orta Yaş El Kitabı ve Genç Kalmanın Sırları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754940473</t>
+          <t>9789754949841</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 4 1986-1988</t>
+          <t>Ormana Dönüş</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>11.11</v>
+        <v>205</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>3990000006560</t>
+          <t>9789752200548</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 3 1979-1984</t>
+          <t>Organize Suç Örgütleri, Kara Para ve Aklanması</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754943955</t>
+          <t>9789754946765</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 1 1961-1972</t>
+          <t>Onunla Güzeldim</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754944600</t>
+          <t>9789752202504</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Okula Giden Robot</t>
+          <t>Onların Hikayesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752204072</t>
+          <t>9789754944785</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Değer Eğitimi</t>
+          <t>Onlar Ermiş Muradına</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754944006</t>
+          <t>9789754940459</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Bütün Şiirleri 2</t>
+          <t>Onikiye Bir Var / Sancho’nun Sabah Yürüyüşü / Gülerek Ölmek</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>38</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754943665</t>
+          <t>9789752201934</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nostaljik Muhabbetler</t>
+          <t>Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>9.26</v>
+        <v>190</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752200210</t>
+          <t>9789754944648</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>No Logo Küresel Markalar Hedef Tahtasında</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>46.3</v>
+        <v>170</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754948967</t>
+          <t>9789754944587</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik</t>
+          <t>Olaylar ve İnsanlar / 6 1991-1992</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754944563</t>
+          <t>9789754943757</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Olaylar ve İnsanlar / 5 1988-1990</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754949575</t>
+          <t>9789754940473</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ne Olacak Ne Yapmalıyız?</t>
+          <t>Olaylar ve İnsanlar / 4 1986-1988</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754948363</t>
+          <t>3990000006560</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Müsamere</t>
+          <t>Olaylar ve İnsanlar / 3 1979-1984</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789754944570</t>
+          <t>9789754943955</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Olaylar ve İnsanlar / 1 1961-1972</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752201033</t>
+          <t>9789754944600</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Son Hikâyeler 13 Bütün Eserleri 19</t>
+          <t>Okula Giden Robot</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752202313</t>
+          <t>9789752204072</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Kayıp Seslerinin İzinde</t>
+          <t>Okul Öncesinde Değer Eğitimi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>195</v>
+        <v>335</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754944778</t>
+          <t>9789754944006</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Uyanan Doğu</t>
+          <t>Oğlak Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>52</v>
+        <v>38</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754946826</t>
+          <t>9789754943665</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal: Bir İmparatorluğun Ölümü</t>
+          <t>Nostaljik Muhabbetler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752200814</t>
+          <t>9789752200210</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Kendine Özgü Bir Yaşam ve Kişilik (Ciltli)</t>
+          <t>No Logo Küresel Markalar Hedef Tahtasında</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>36.11</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752202849</t>
+          <t>9789754948967</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Neyzen Tevfik</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754943931</t>
+          <t>9789754944563</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Baba Oldum? Bütün Eserleri 27</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>195</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754949605</t>
+          <t>9789754949575</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk 1881-1938</t>
+          <t>Ne Olacak Ne Yapmalıyız?</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>36</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754947359</t>
+          <t>9789754948363</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Musalladan Şöhrete Safiye Ayla</t>
+          <t>Müsamere</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752201118</t>
+          <t>9789754944570</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mum Bebek - Ben Çocukken 4</t>
+          <t>Muzaffer İzgü Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752200661</t>
+          <t>9789752201033</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mor Dönem Öyküleri</t>
+          <t>Mutlu Bir Son Hikâyeler 13 Bütün Eserleri 19</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754945706</t>
+          <t>9789752202313</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Mustafa Kemal’in Kayıp Seslerinin İzinde</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754940251</t>
+          <t>9789754944778</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Mustafa Kemal ve Uyanan Doğu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>120</v>
+        <v>52</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752202092</t>
+          <t>9789754946826</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Minti Düşler Ülkesinde</t>
+          <t>Mustafa Kemal: Bir İmparatorluğun Ölümü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>7.41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>3990000011034</t>
+          <t>9789752200814</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Milyarder</t>
+          <t>Mustafa Kemal Atatürk Kendine Özgü Bir Yaşam ve Kişilik (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>11.11</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754947373</t>
+          <t>9789752202849</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Millenium Sanalizasyon Fareleri, Yarasalar ve Diğerleri</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754949766</t>
+          <t>9789754943931</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Militan Atatürkçülük</t>
+          <t>Nasıl Baba Oldum? Bütün Eserleri 27</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>54</v>
+        <v>275</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752200005</t>
+          <t>9789754949605</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Miço Diye Biri</t>
+          <t>Mustafa Kemal Atatürk 1881-1938</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754947342</t>
+          <t>9789754947359</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe-2 Çankaya’nın Hanımefendisi (Ciltli)</t>
+          <t>Musalladan Şöhrete Safiye Ayla</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754944877</t>
+          <t>9789752201118</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe (Ciltli)</t>
+          <t>Mum Bebek - Ben Çocukken 4</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>15.74</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754940527</t>
+          <t>9789752200661</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Demokrasi</t>
+          <t>Mor Dönem Öyküleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754946635</t>
+          <t>9789754945706</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Namludaki Karanfilden Şeriata: İran</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754946611</t>
+          <t>9789754940251</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kılavuzu Piyano ve Oda Müziği</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754946888</t>
+          <t>9789752202092</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Defterim Işık Saçıyor</t>
+          <t>Minti Düşler Ülkesinde</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754948547</t>
+          <t>3990000011034</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut</t>
+          <t>Milyarder</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754943535</t>
+          <t>9789754947373</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Gençlerin Eğitimi</t>
+          <t>Millenium Sanalizasyon Fareleri, Yarasalar ve Diğerleri</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754948103</t>
+          <t>9789754949766</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Militan Atatürkçülük</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>9.26</v>
+        <v>54</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754942446</t>
+          <t>9789752200005</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İnsan Tomurcukları</t>
+          <t>Miço Diye Biri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754949131</t>
+          <t>9789754947342</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Müzesi - Sevincin Sırrı 4</t>
+          <t>Mevhibe-2 Çankaya’nın Hanımefendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754948059</t>
+          <t>9789754944877</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ak Gömleğin Dili Olsa...</t>
+          <t>Mevhibe (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752200692</t>
+          <t>9789754940527</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler İtalyan Usulü Sebzeler</t>
+          <t>Namlunun Ucundaki Demokrasi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>21</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752200722</t>
+          <t>9789754946635</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Çorbalar</t>
+          <t>Namludaki Karanfilden Şeriata: İran</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754942217</t>
+          <t>9789754946611</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Akşamı</t>
+          <t>Müzik Kılavuzu Piyano ve Oda Müziği</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754942279</t>
+          <t>9789754946888</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçücük Aslancık Varmış</t>
+          <t>Defterim Işık Saçıyor</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>3990000006225</t>
+          <t>9789754948547</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Beş Komünizm</t>
+          <t>Dedem Korkut</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754948943</t>
+          <t>9789754943535</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Adamın Gerçekleşen Düşü Büyüklere Masallar, Küçüklere Gerçekler 4</t>
+          <t>Çocukların Gençlerin Eğitimi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754941005</t>
+          <t>9789754948103</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Çocuğun Düşleri</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754942378</t>
+          <t>9789754942446</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Çocuklar İnsan Tomurcukları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754942255</t>
+          <t>9789754949131</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Üç Halka Yirmibeş</t>
+          <t>Çocuk Müzesi - Sevincin Sırrı 4</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>195</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754944846</t>
+          <t>9789754948059</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Gelince</t>
+          <t>Ak Gömleğin Dili Olsa...</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754948158</t>
+          <t>9789752200692</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Karanfil</t>
+          <t>A La Carte Lezzetli Tarifler İtalyan Usulü Sebzeler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>7.41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754945164</t>
+          <t>9789752200722</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Arkadaşım</t>
+          <t>A La Carte Lezzetli Tarifler  Çorbalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>12.04</v>
+        <v>21</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752200982</t>
+          <t>9789754942217</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Kedi Var mı?</t>
+          <t>Bir Masal Akşamı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754944440</t>
+          <t>9789754942279</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Uçurtma</t>
+          <t>Bir Küçücük Aslancık Varmış</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752206625</t>
+          <t>3990000006225</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Darbe</t>
+          <t>Beş Komünizm</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>64</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752205284</t>
+          <t>9789754948943</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Basra Yollarında</t>
+          <t>Bekleyen Adamın Gerçekleşen Düşü Büyüklere Masallar, Küçüklere Gerçekler 4</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>51</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754942767</t>
+          <t>9789754941005</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşa'lı Yılları 1944-1973 Cilt: 5 Yarı Silahlı, Yarı Külahlı Bir Ara Rejim 1960-1961</t>
+          <t>Becerikli Çocuğun Düşleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>10.19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754945003</t>
+          <t>9789754942378</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Güldürü Komedi Filmleri (Ciltli)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>12.04</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754945270</t>
+          <t>9789754942255</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Asıl Şimdi</t>
+          <t>Üç Halka Yirmibeş</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>8.8</v>
+        <v>275</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752207127</t>
+          <t>9789754944846</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Leman'la Lijin</t>
+          <t>Uzaylılar Gelince</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752205925</t>
+          <t>9789754948158</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Söyleyeceklerim Var</t>
+          <t>Uzaydaki Karanfil</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>36</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990000010714</t>
+          <t>9789754945164</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Bin İnsan</t>
+          <t>Uzaydaki Arkadaşım</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754943061</t>
+          <t>9789752200982</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet Sevda</t>
+          <t>Uzayda Kedi Var mı?</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>11.11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754944136</t>
+          <t>9789754944440</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Ahlak ve Siyasal Ahlaksızlık</t>
+          <t>Uzaya Giden Uçurtma</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>12.04</v>
+        <v>9</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752200111</t>
+          <t>9789752206625</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kelebek</t>
+          <t>İhanet ve Darbe</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>9.26</v>
+        <v>64</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754949629</t>
+          <t>9789752205284</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Filistin Askısından Fezlekeye İşkencenin Kitabı</t>
+          <t>Bağdat-Basra Yollarında</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>16.67</v>
+        <v>51</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754944181</t>
+          <t>9789754942767</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bölük... Pörçük... Bir Hayatın Öyküsü</t>
+          <t>Demokrasimizin İsmet Paşa'lı Yılları 1944-1973 Cilt: 5 Yarı Silahlı, Yarı Külahlı Bir Ara Rejim 1960-1961</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754942828</t>
+          <t>9789754945003</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bela Çiçeği</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Güldürü Komedi Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754943504</t>
+          <t>9789754945270</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Olup Bitenler, Toplumsal Yazılar Kadınlar ve Çocuklar / Eğitim ve Uygarlık / Dedikodu Fıkraları / Anı Defterinden</t>
+          <t>Sosyalizm Asıl Şimdi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>7.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752203006</t>
+          <t>9789752207127</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirinin Gücü</t>
+          <t>Leman'la Lijin</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754948882</t>
+          <t>9789752205925</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Naylon Köşk "Çadırkentten Başkente"</t>
+          <t>Söyleyeceklerim Var</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>9.26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752201057</t>
+          <t>3990000010714</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nataşalar</t>
+          <t>Bin İnsan</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752205314</t>
+          <t>9789754943061</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Son Sözü</t>
+          <t>Aşk-ı Muhabbet Sevda</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>105</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752205192</t>
+          <t>9789754944136</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kazanımları</t>
+          <t>Siyasal Ahlak ve Siyasal Ahlaksızlık</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>64</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752205253</t>
+          <t>9789752200111</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Chp  Neden İktidar Olamaz</t>
+          <t>Vahşi Kelebek</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>49</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752205024</t>
+          <t>9789754949629</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dünden Yarına Atatürk'ün Öngörüleri</t>
+          <t>Filistin Askısından Fezlekeye İşkencenin Kitabı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>95</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752205864</t>
+          <t>9789754944181</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Titanic Kemancıları</t>
+          <t>Bölük... Pörçük... Bir Hayatın Öyküsü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752204966</t>
+          <t>9789754942828</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 3</t>
+          <t>Bela Çiçeği</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752204959</t>
+          <t>9789754943504</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 2</t>
+          <t>Olup Bitenler, Toplumsal Yazılar Kadınlar ve Çocuklar / Eğitim ve Uygarlık / Dedikodu Fıkraları / Anı Defterinden</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752204942</t>
+          <t>9789752203006</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 1</t>
+          <t>Nazım Hikmet Şiirinin Gücü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>10</v>
+        <v>335</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752205017</t>
+          <t>9789754948882</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 4</t>
+          <t>Naylon Köşk "Çadırkentten Başkente"</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752205000</t>
+          <t>9789752201057</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 3</t>
+          <t>Nataşalar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>10</v>
+        <v>210</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752204997</t>
+          <t>9789752205314</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 2</t>
+          <t>Aşkın Son Sözü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>10</v>
+        <v>105</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752204980</t>
+          <t>9789752205192</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 1</t>
+          <t>Cumhuriyet Kazanımları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>10</v>
+        <v>64</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>3990000017625</t>
+          <t>9789752205253</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Anıpolitik ( 1945-1960 )</t>
+          <t>Chp  Neden İktidar Olamaz</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>9.26</v>
+        <v>49</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789752201910</t>
+          <t>9789752205024</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizmin Girdabında Türkiye</t>
+          <t>Dünden Yarına Atatürk'ün Öngörüleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>20</v>
+        <v>95</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752202016</t>
+          <t>9789752205864</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Denktaş ve Kıbrıs'ta Son Tango</t>
+          <t>Titanic Kemancıları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752204973</t>
+          <t>9789752204966</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 4</t>
+          <t>Çizer Boyar Oynarım Boyama 3</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9770245881214</t>
+          <t>9789752204959</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 1 Kış 2016</t>
+          <t>Çizer Boyar Oynarım Boyama 2</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>98</v>
+        <v>10</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789752205147</t>
+          <t>9789752204942</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mor Odanın Gizi</t>
+          <t>Çizer Boyar Oynarım Boyama 1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>235</v>
+        <v>10</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000025610</t>
+          <t>9789752205017</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Balım Boyama 4</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>7.87</v>
+        <v>10</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000017543</t>
+          <t>9789752205000</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Başbakanı Kim Öptü</t>
+          <t>Balım Boyama 3</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>3990000026740</t>
+          <t>9789752204997</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Melez Zaman</t>
+          <t>Balım Boyama 2</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>6.02</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789754940886</t>
+          <t>9789752204980</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kandan Kına Yakılmaz</t>
+          <t>Balım Boyama 1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>38</v>
+        <v>10</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>3990000027230</t>
+          <t>3990000017625</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Yaz</t>
+          <t>Anıpolitik ( 1945-1960 )</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789754948851</t>
+          <t>9789752201910</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Öykü Tutmaz</t>
+          <t>Küresel Kapitalizmin Girdabında Türkiye</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752200609</t>
+          <t>9789752202016</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Kalan Tarih Büyüklere Masallar - Küçüklere Gerçekler - 11</t>
+          <t>Denktaş ve Kıbrıs'ta Son Tango</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789754945096</t>
+          <t>9789752204973</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Çocukluk Eskizleri</t>
+          <t>Çizer Boyar Oynarım Boyama 4</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789754948240</t>
+          <t>9770245881214</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şiirler Tercüme Dergisi Şiir Özel Sayısı’ndan (19 Mart 1946)</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 1 Kış 2016</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754942040</t>
+          <t>9789752205147</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Umut Gün Işığında</t>
+          <t>Mor Odanın Gizi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754941128</t>
+          <t>3990000025610</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Umursanmayan Kadınlar</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789754945683</t>
+          <t>3990000017543</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Uçuran Holding</t>
+          <t>Başbakanı Kim Öptü</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789754947687</t>
+          <t>3990000026740</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Uçu</t>
+          <t>Melez Zaman</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>11.11</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789754948691</t>
+          <t>9789754940886</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Ali Uçtu</t>
+          <t>Kandan Kına Yakılmaz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>170</v>
+        <v>38</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789752203723</t>
+          <t>3990000027230</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Uçan Goril</t>
+          <t>En Tatlı Yaz</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>65</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754945614</t>
+          <t>9789754948851</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Uçan Eşek</t>
+          <t>Bu Aşk Öykü Tutmaz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>165</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789754944273</t>
+          <t>9789752200609</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türklük Üzerine Yazılar</t>
+          <t>Uzakta Kalan Tarih Büyüklere Masallar - Küçüklere Gerçekler - 11</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>7.41</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752201323</t>
+          <t>9789754945096</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Jeopolitiği ve Avrasyacılık Bir Millet Uyanıyor 2</t>
+          <t>Unutulmuş Çocukluk Eskizleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789752204164</t>
+          <t>9789754948240</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Düşünmek</t>
+          <t>Unutulmaz Şiirler Tercüme Dergisi Şiir Özel Sayısı’ndan (19 Mart 1946)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>160</v>
+        <v>96</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754947298</t>
+          <t>9789754942040</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kültür Sorunları ve Anadolu Uygarlıklarının Dünya Tarihindeki Önemi</t>
+          <t>Umut Gün Işığında</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>12.96</v>
+        <v>210</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>8699754942883</t>
+          <t>9789754941128</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Açıklamalı Sosyal Politika Tarihi</t>
+          <t>Umursanmayan Kadınlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754949100</t>
+          <t>9789754945683</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Dünü, Bugünü, Yarını</t>
+          <t>Uçuran Holding</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752200777</t>
+          <t>9789754947687</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Çökerken</t>
+          <t>Uçu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>45</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754949612</t>
+          <t>9789754948691</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türkçeyi Güzel Konuşma ve Okuma Kılavuzu</t>
+          <t>Uçtu Uçtu Ali Uçtu</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752202528</t>
+          <t>9789752203723</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yansıyan Türk Kültürü</t>
+          <t>Uçan Goril</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752201125</t>
+          <t>9789754945614</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Zenginlikleri İncelikleri</t>
+          <t>Uçan Eşek</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789752202023</t>
+          <t>9789754944273</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Bağımsızlık Savaşımı</t>
+          <t>Türklük Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>3990000012224</t>
+          <t>9789752201323</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı (İlk Dönem 1872-1900)</t>
+          <t>Türklerin Jeopolitiği ve Avrasyacılık Bir Millet Uyanıyor 2</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>3990000010872</t>
+          <t>9789752204164</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türk Mizah Hikayeleri Antolojisi</t>
+          <t>Türkiye’yi Düşünmek</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>9.26</v>
+        <v>225</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789754941449</t>
+          <t>9789754947298</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihi</t>
+          <t>Türkiye’nin Kültür Sorunları ve Anadolu Uygarlıklarının Dünya Tarihindeki Önemi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>420</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752200074</t>
+          <t>8699754942883</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türk Küçükleri</t>
+          <t>Türkiye’nin Açıklamalı Sosyal Politika Tarihi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>3990000012858</t>
+          <t>9789754949100</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 7 Kitap Takım</t>
+          <t>Türkiye Türkçesinin Dünü, Bugünü, Yarını</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>171.3</v>
+        <v>310</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789754949827</t>
+          <t>9789752200777</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 5. Kitap</t>
+          <t>Türkiye Cumhuriyeti Çökerken</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>420</v>
+        <v>45</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754948271</t>
+          <t>9789754949612</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 4. Kitap (İkinci Bölüm)</t>
+          <t>Türkçeyi Güzel Konuşma ve Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789754948080</t>
+          <t>9789752202528</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 4. Kitap (Birinci Bölüm)</t>
+          <t>Türkçeye Yansıyan Türk Kültürü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754945997</t>
+          <t>9789752201125</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 3. Kitap (İkinci Bölüm)</t>
+          <t>Türkçenin Zenginlikleri İncelikleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789754942798</t>
+          <t>9789752202023</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 1. Kitap</t>
+          <t>Türkçenin Bağımsızlık Savaşımı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752202405</t>
+          <t>3990000012224</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan Savaşı</t>
+          <t>Türk Romanı (İlk Dönem 1872-1900)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754949728</t>
+          <t>3990000010872</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yürek</t>
+          <t>Türk Mizah Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789752203396</t>
+          <t>9789754941449</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Topum Bana Küstü</t>
+          <t>Türk Kültür Tarihi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>85</v>
+        <v>590</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752200531</t>
+          <t>9789752200074</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Düşen Tohum</t>
+          <t>Türk Küçükleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754940626</t>
+          <t>3990000012858</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Türk Devrim Tarihi 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>85</v>
+        <v>171.3</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754948875</t>
+          <t>9789754949827</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tom Baba’nın Tombalası</t>
+          <t>Türk Devrim Tarihi 5. Kitap</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754940923</t>
+          <t>9789754948271</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Türk Devrim Tarihi 4. Kitap (İkinci Bölüm)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>100</v>
+        <v>590</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754940091</t>
+          <t>9789754948080</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar Tuz İçinde Bütün Şiirleri 15</t>
+          <t>Türk Devrim Tarihi 4. Kitap (Birinci Bölüm)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>39</v>
+        <v>590</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789754949117</t>
+          <t>9789754945997</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Cadısı</t>
+          <t>Türk Devrim Tarihi 3. Kitap (İkinci Bölüm)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>22</v>
+        <v>590</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752203754</t>
+          <t>9789754942798</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Teyze</t>
+          <t>Türk Devrim Tarihi 1. Kitap</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>65</v>
+        <v>590</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752203495</t>
+          <t>9789752202405</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Bitkiler Atlası</t>
+          <t>Türk - Amerikan Savaşı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>500</v>
+        <v>59</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789752202542</t>
+          <t>9789754949728</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>The Turkish Blue Selected Poems</t>
+          <t>Tutsak Yürek</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>190</v>
+        <v>10</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789752204188</t>
+          <t>9789752203396</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>The Armenian File</t>
+          <t>Topum Bana Küstü</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789754948479</t>
+          <t>9789752200531</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Demokrasi</t>
+          <t>Toprağa Düşen Tohum</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789754948950</t>
+          <t>9789754940626</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tekbacaklılar - Çokayaklılar</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789752202559</t>
+          <t>9789754948875</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yaz - Bütün Eserleri 6</t>
+          <t>Tom Baba’nın Tombalası</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752202931</t>
+          <t>9789754940923</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tatlım Ödevini Yap</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>6.48</v>
+        <v>140</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752203549</t>
+          <t>9789754940091</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tatlıdan Tuzludan</t>
+          <t>Tohumlar Tuz İçinde Bütün Şiirleri 15</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>161</v>
+        <v>39</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789754946659</t>
+          <t>9789754949117</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Taş Üstüne Gül Oyması</t>
+          <t>Tiyatronun Cadısı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>11.11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752204577</t>
+          <t>9789752203754</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Gerçekler Işığında Dersim’den Ders Almak</t>
+          <t>Tırtıl Teyze</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>62</v>
+        <v>90</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752203075</t>
+          <t>9789752203495</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Türk-Yunan İlişkileri ve Megali-İdea</t>
+          <t>Tıbbi Bitkiler Atlası</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>12.96</v>
+        <v>700</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752203921</t>
+          <t>9789752202542</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Tarafsızlıktan Soğuk Savaşa Doğru Türk-Sovyet İlişkileri (1939-1953)</t>
+          <t>The Turkish Blue Selected Poems</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>59</v>
+        <v>265</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789754944525</t>
+          <t>9789752204188</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Tansu Çiller’in Siyaset Romanı</t>
+          <t>The Armenian File</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>9.26</v>
+        <v>62</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754947496</t>
+          <t>9789754948479</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Tançiçeği</t>
+          <t>Terör ve Demokrasi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>3990000011050</t>
+          <t>9789754948950</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Talih İşareti</t>
+          <t>Tekbacaklılar - Çokayaklılar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789754948028</t>
+          <t>9789752202559</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Tahran Anıları ve Düşsel Yazılar</t>
+          <t>Tehlikeli Yaz - Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789754943481</t>
+          <t>9789752202931</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Şişhane’ye Yağmur Yağıyordu / Ayışığında Çalışkur</t>
+          <t>Tatlım Ödevini Yap</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789754942583</t>
+          <t>9789752203549</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>Tatlıdan Tuzludan</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>12</v>
+        <v>161</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>3990000013775</t>
+          <t>9789754946659</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Şili’de Amerikan Darbesi</t>
+          <t>Taş Üstüne Gül Oyması</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752203334</t>
+          <t>9789752204577</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şikayetçi Şakir</t>
+          <t>Tarihi Gerçekler Işığında Dersim’den Ders Almak</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>85</v>
+        <v>62</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789754943207</t>
+          <t>9789752203075</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Laz Karadeniz Fıkraları</t>
+          <t>Tarih Boyunca Türk-Yunan İlişkileri ve Megali-İdea</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>3990000013642</t>
+          <t>9789752203921</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Son Bilmecesi</t>
+          <t>Tarafsızlıktan Soğuk Savaşa Doğru Türk-Sovyet İlişkileri (1939-1953)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>9.26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789754949087</t>
+          <t>9789754944525</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şeker’le Biber’in Gelişi Sevincin Sırrı - 2</t>
+          <t>Tansu Çiller’in Siyaset Romanı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752203884</t>
+          <t>9789754947496</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Şiirler</t>
+          <t>Tançiçeği</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789754945256</t>
+          <t>3990000011050</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcılar</t>
+          <t>Talih İşareti</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789754947175</t>
+          <t>9789754948028</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Kuşlar</t>
+          <t>Tahran Anıları ve Düşsel Yazılar</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789754949988</t>
+          <t>9789754943481</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Şapkasız Teğmen</t>
+          <t>Şişhane’ye Yağmur Yağıyordu / Ayışığında Çalışkur</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752200104</t>
+          <t>9789754942583</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Yanan Mumlar</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>195</v>
+        <v>12</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789754947212</t>
+          <t>3990000013775</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Süslü Kızlar</t>
+          <t>Şili’de Amerikan Darbesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789752201392</t>
+          <t>9789752203334</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sürüsünü Yitiren Küçük Fil</t>
+          <t>Şikayetçi Şakir</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>7.41</v>
+        <v>120</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789754947229</t>
+          <t>9789754943207</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Süpermen İstanbul’a Düştü</t>
+          <t>Şiirlerle Laz Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789754947366</t>
+          <t>3990000013642</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sus</t>
+          <t>Şeytanın Son Bilmecesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789752204416</t>
+          <t>9789754949087</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Vak’ası</t>
+          <t>Şeker’le Biber’in Gelişi Sevincin Sırrı - 2</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>120</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789754942224</t>
+          <t>9789752203884</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Sizsiniz</t>
+          <t>Şaşkın Şiirler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789754949674</t>
+          <t>9789754945256</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sözümüz Vardı</t>
+          <t>Şarkıcılar</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789752204546</t>
+          <t>9789754947175</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Vicdanı</t>
+          <t>Şarkıcı Kuşlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789754949506</t>
+          <t>9789754949988</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediğim Sözcükler</t>
+          <t>Şapkasız Teğmen</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>27</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789754945805</t>
+          <t>9789752200104</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Söylevi Okurken</t>
+          <t>Şafakta Yanan Mumlar</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789752200180</t>
+          <t>9789754947212</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Soyma Beni Utanırım</t>
+          <t>Süslü Kızlar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752201705</t>
+          <t>9789752201392</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Soyka</t>
+          <t>Sürüsünü Yitiren Küçük Fil</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789754940565</t>
+          <t>9789754947229</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Soygun</t>
+          <t>Süpermen İstanbul’a Düştü</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>3990000015038</t>
+          <t>9789754947366</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Gözüyle Jöntürkler</t>
+          <t>Sus</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>3990000005410</t>
+          <t>9789752204416</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm İçin Anahtar</t>
+          <t>Sultan Abdülaziz Vak’ası</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789754947670</t>
+          <t>9789754942224</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokratlar</t>
+          <t>Suçlu Sizsiniz</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789754943085</t>
+          <t>9789754949674</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Bulutlar</t>
+          <t>Sözümüz Vardı</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789754946048</t>
+          <t>9789752204546</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Sessiz Büyür</t>
+          <t>Sözcüklerin Vicdanı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>3990000007202</t>
+          <t>9789754949506</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Gelen Casus</t>
+          <t>Söyleyemediğim Sözcükler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>11.11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>3990000007201</t>
+          <t>9789754945805</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Smiley’in Dönüşü</t>
+          <t>Söylevi Okurken</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>11.11</v>
+        <v>295</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>3990000005395</t>
+          <t>9789752200180</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktidar Sanata Karşı</t>
+          <t>Soyma Beni Utanırım</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789754944259</t>
+          <t>9789752201705</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Soyka</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>85</v>
+        <v>155</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789754947588</t>
+          <t>9789754940565</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Lideri Dr. Nejat F. Eczacıbaşı</t>
+          <t>Soygun</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789754947243</t>
+          <t>3990000015038</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sirk Gitti Biz Kaldık</t>
+          <t>Sovyet Gözüyle Jöntürkler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789754947250</t>
+          <t>3990000005410</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Simitçilerle Boyacıların Maçı</t>
+          <t>Sosyalizm İçin Anahtar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789752202795</t>
+          <t>9789754947670</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Silahlara Veda</t>
+          <t>Sosyal Demokratlar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>410</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754946314</t>
+          <t>9789754943085</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sevgim Servetimdir Bütün Eserleri: 4</t>
+          <t>Sorumlu Bulutlar</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789752202658</t>
+          <t>9789754946048</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kitaplarım</t>
+          <t>Sonsuzluk Sessiz Büyür</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>135</v>
+        <v>510</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789752200036</t>
+          <t>3990000007202</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Soğuktan Gelen Casus</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789754946451</t>
+          <t>3990000007201</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kuşları</t>
+          <t>Smiley’in Dönüşü</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789754943672</t>
+          <t>3990000005395</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Sevda Şiirleri / Zeytin Ağacı</t>
+          <t>Siyasal İktidar Sanata Karşı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789754943924</t>
+          <t>9789754944259</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Setenay’ın Ağacı</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>3.7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789754947304</t>
+          <t>9789754947588</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Soru</t>
+          <t>Sivil Toplum Lideri Dr. Nejat F. Eczacıbaşı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789754949742</t>
+          <t>9789754947243</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Darbe Büyüklere Masallar Küçüklere Gerçekler 7</t>
+          <t>Sirk Gitti Biz Kaldık</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>15.74</v>
+        <v>110</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789752202276</t>
+          <t>9789754947250</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ağıt</t>
+          <t>Simitçilerle Boyacıların Maçı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789754941012</t>
+          <t>9789752202795</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sersem Kocanın Kurnaz Karısı</t>
+          <t>Silahlara Veda</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>11.11</v>
+        <v>575</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789754948400</t>
+          <t>9789754946314</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevgiye Emanet Ediyorum</t>
+          <t>Sevgim Servetimdir Bütün Eserleri: 4</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>3990000013764</t>
+          <t>9789752202658</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Bomba "M.M."</t>
+          <t>Sevgili Kitaplarım</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>9.26</v>
+        <v>190</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789754945553</t>
+          <t>9789752200036</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sarı Şapkalı Kardan Adam</t>
+          <t>Sevgi Soysal Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789752204652</t>
+          <t>9789754946451</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sarı Civciv</t>
+          <t>Sevgi Kuşları</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752200623</t>
+          <t>9789754943672</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sancı Yılanı</t>
+          <t>Sevda Şiirleri / Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789754941364</t>
+          <t>9789754943924</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Yazıları</t>
+          <t>Setenay’ın Ağacı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>7.41</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789754943177</t>
+          <t>9789754947304</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sanat Günah Çıkarıyor</t>
+          <t>Sessiz Soru</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789754947830</t>
+          <t>9789754949742</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sam Amca’nın Tahtını İstiyor Yaşanmış Hikayelerle Japonya Gerçeği: 3</t>
+          <t>Sessiz Darbe Büyüklere Masallar Küçüklere Gerçekler 7</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789754946215</t>
+          <t>9789752202276</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sakızlı Koy Kumpanyası ve Rakıntılar</t>
+          <t>Sessiz Ağıt</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752202993</t>
+          <t>9789754941012</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Gazeteci</t>
+          <t>Sersem Kocanın Kurnaz Karısı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752202771</t>
+          <t>9789754948400</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sakar Sincap</t>
+          <t>Seni Sevgiye Emanet Ediyorum</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752204034</t>
+          <t>3990000013764</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Gezdiren Kedi</t>
+          <t>Sarışın Bomba "M.M."</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>165</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789754947465</t>
+          <t>9789754945553</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sahan Külbastısı</t>
+          <t>Sarı Şapkalı Kardan Adam</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752203303</t>
+          <t>9789752204652</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sabahtan Akşama Dünya Masalları 2</t>
+          <t>Sarı Civciv</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752203297</t>
+          <t>9789752200623</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sabahtan Akşama Dünya Masalları 1</t>
+          <t>Sancı Yılanı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>145</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789754948554</t>
+          <t>9789754941364</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Romantika</t>
+          <t>Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789754940152</t>
+          <t>9789754943177</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Sanat Günah Çıkarıyor</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789754944044</t>
+          <t>9789754947830</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Reşat Nuri Güntekin Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Samuray Sam Amca’nın Tahtını İstiyor Yaşanmış Hikayelerle Japonya Gerçeği: 3</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789754941098</t>
+          <t>9789754946215</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Bıldırcınları</t>
+          <t>Sakızlı Koy Kumpanyası ve Rakıntılar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>23</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789754949292</t>
+          <t>9789752202993</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Resimli 'Ahmetler' Tarihi</t>
+          <t>Sakıncalı Gazeteci</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>11.11</v>
+        <v>165</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789754943917</t>
+          <t>9789752202771</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Renkler Kraliçesi</t>
+          <t>Sakar Sincap</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>3.7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>3990000006165</t>
+          <t>9789752204034</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Redife’ye Güzelleme</t>
+          <t>Sahibini Gezdiren Kedi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>10</v>
+        <v>230</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789754947823</t>
+          <t>9789754947465</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Raylardaki Merdivenler</t>
+          <t>Sahan Külbastısı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>3990000014786</t>
+          <t>9789752203303</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Sabahtan Akşama Dünya Masalları 2</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789754944426</t>
+          <t>9789752203297</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Rakı Sohbetleri</t>
+          <t>Sabahtan Akşama Dünya Masalları 1</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789754943351</t>
+          <t>9789754948554</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Romantika</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>9.26</v>
+        <v>310</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752202863</t>
+          <t>9789754940152</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman Bütün Oyunları 5</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752203488</t>
+          <t>9789754944044</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Pusu Hikayeleri</t>
+          <t>Reşat Nuri Güntekin Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789754945034</t>
+          <t>9789754941098</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Potemkin Zırhlısı / Harp Esirleri / Cehennemden Dönüş</t>
+          <t>Ressamın Bıldırcınları</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>11.11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>3990000012230</t>
+          <t>9789754949292</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Postacı</t>
+          <t>Resimli 'Ahmetler' Tarihi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789752202184</t>
+          <t>9789754943917</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Pontus’ta Hesaplaşma</t>
+          <t>Renkler Kraliçesi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789754944051</t>
+          <t>3990000006165</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Plastik Papatya Kokusu Bir Değişimin Öyküsü</t>
+          <t>Redife’ye Güzelleme</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789754941623</t>
+          <t>9789754947823</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Pirzola</t>
+          <t>Raylardaki Merdivenler</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789754940978</t>
+          <t>3990000014786</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789754940268</t>
+          <t>9789754944426</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Rakı Sohbetleri</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789754946390</t>
+          <t>9789754943351</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Peter’in Reçeteleri</t>
+          <t>Sabahattin Ali Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>32</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789754944129</t>
+          <t>9789752202863</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Peter İlkesi</t>
+          <t>Turgut Özakman Bütün Oyunları 5</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>7.41</v>
+        <v>450</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789754948004</t>
+          <t>9789752203488</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Perma’nın Başarısı Hassas Burun Dedektiflik Bürosu 4. Kitap</t>
+          <t>Pusu Hikayeleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>6.48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752202191</t>
+          <t>9789754945034</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Dansı</t>
+          <t>Potemkin Zırhlısı / Harp Esirleri / Cehennemden Dönüş</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752202726</t>
+          <t>3990000012230</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Pazar Neşesi</t>
+          <t>Postacı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789754948707</t>
+          <t>9789752202184</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Pazar Kuşları</t>
+          <t>Pontus’ta Hesaplaşma</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>165</v>
+        <v>33</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789754941272</t>
+          <t>9789754944051</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Parmak Damgası Bütün Eserleri 17</t>
+          <t>Plastik Papatya Kokusu Bir Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>235</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789754946758</t>
+          <t>9789754941623</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Denetim</t>
+          <t>Pirzola</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752206694</t>
+          <t>9789754940978</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Paris Bir Şenliktir</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>340</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789752204638</t>
+          <t>9789754940268</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıftaki Aslan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752204621</t>
+          <t>9789754946390</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıfta Karmaşa</t>
+          <t>Peter’in Reçeteleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>5.56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>3990000013395</t>
+          <t>9789754944129</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllar 1983-1987</t>
+          <t>Peter İlkesi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754941180</t>
+          <t>9789754948004</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Ötelerin Çocukları Bütün Eserleri 7</t>
+          <t>Perma’nın Başarısı Hassas Burun Dedektiflik Bürosu 4. Kitap</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789754944174</t>
+          <t>9789752202191</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şiirler 1976-1991</t>
+          <t>Perilerin Dansı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752202603</t>
+          <t>9789752202726</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Turgut Nereden Koşuyor / Turgut’un Serüveni</t>
+          <t>Pazar Neşesi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>45</v>
+        <v>210</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789754945317</t>
+          <t>9789754948707</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Öpülesi Gemiler</t>
+          <t>Pazar Kuşları</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789754947953</t>
+          <t>9789754941272</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla 28 Şubat</t>
+          <t>Halikarnas Balıkçısı - Parmak Damgası Bütün Eserleri 17</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>16.67</v>
+        <v>330</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752202511</t>
+          <t>9789754946758</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsanım Sonra Gazeteci</t>
+          <t>Parlamenter Denetim</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>3990000006427</t>
+          <t>9789752206694</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan Devekuşuna Mektuplar 1</t>
+          <t>Paris Bir Şenliktir</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>11.11</v>
+        <v>520</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789754948868</t>
+          <t>9789752204638</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ömrüne Denktir Kelebeğin Sonsuz Sayılan Yaşamları</t>
+          <t>Palyaço Okulu - Sınıftaki Aslan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>11.11</v>
+        <v>155</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789754949711</t>
+          <t>9789752204621</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Sancı</t>
+          <t>Palyaço Okulu - Sınıfta Karmaşa</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789754942262</t>
+          <t>3990000013395</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Seyrani</t>
+          <t>Özal’lı Yıllar 1983-1987</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789754944099</t>
+          <t>9789754941180</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ötelerin Çocukları Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789754944341</t>
+          <t>9789754944174</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm, Ömrüm...</t>
+          <t>Öteki Şiirler 1976-1991</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789754941678</t>
+          <t>9789752202603</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin</t>
+          <t>Turgut Nereden Koşuyor / Turgut’un Serüveni</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789754946949</t>
+          <t>9789754945317</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ölürse Ten Ölür Canlar Ölesi Değil</t>
+          <t>Öpülesi Gemiler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789754946222</t>
+          <t>9789754947953</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Bekleyen Kent</t>
+          <t>Öncesi ve Sonrasıyla 28 Şubat</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789754947014</t>
+          <t>9789752202511</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Nedeni: Bilinmiyor</t>
+          <t>Önce İnsanım Sonra Gazeteci</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>12.04</v>
+        <v>225</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789754944747</t>
+          <t>3990000006427</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Öhhööö!. .</t>
+          <t>Önce İnsan Devekuşuna Mektuplar 1</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752204119</t>
+          <t>9789754948868</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Günlüğünden</t>
+          <t>Ömrüne Denktir Kelebeğin Sonsuz Sayılan Yaşamları</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>145</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789754945690</t>
+          <t>9789754949711</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sevilmeyen Ülke Türkiye</t>
+          <t>Sıcak Sancı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752203792</t>
+          <t>9789754942262</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ödev Makinesi</t>
+          <t>Seyrani</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>65</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>3990000013582</t>
+          <t>9789754944099</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralı Basında Özdenetim</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>10</v>
+        <v>170</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752202078</t>
+          <t>9789754944341</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakların Park Gezisi</t>
+          <t>Ömrüm, Ömrüm...</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789754947380</t>
+          <t>9789754941678</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Oturaklı Başkan</t>
+          <t>Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>195</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789754940893</t>
+          <t>9789754946949</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Ölürse Ten Ölür Canlar Ölesi Değil</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>130</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789754947533</t>
+          <t>9789754946222</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Senfonik Öyküler</t>
+          <t>Ölümü Bekleyen Kent</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752201217</t>
+          <t>9789754947014</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Ölüm Nedeni: Bilinmiyor</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>2.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752204614</t>
+          <t>9789754944747</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Unuttum Öğretmenim</t>
+          <t>Öhhööö!. .</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>110</v>
+        <v>33</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789754940725</t>
+          <t>9789752204119</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sen Kim Hovardalık Kim?</t>
+          <t>Öğretmenin Günlüğünden</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752201750</t>
+          <t>9789754945690</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Truva’dan Dönüş</t>
+          <t>Sevilmeyen Ülke Türkiye</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752200944</t>
+          <t>9789752203792</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Truva</t>
+          <t>Ödev Makinesi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>18.52</v>
+        <v>90</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752204515</t>
+          <t>3990000013582</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tosbik Tosbağa</t>
+          <t>Oyunun Kuralı Basında Özdenetim</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>3990000006647</t>
+          <t>9789752202078</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Topuzlu / Uzak Dünyalar</t>
+          <t>Oyuncakların Park Gezisi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789754941029</t>
+          <t>9789754947380</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Bildirisi Bütün Şiirleri 4</t>
+          <t>Oturaklı Başkan</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752200678</t>
+          <t>9789754940893</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Tel Örgüler ve Pencereler</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789754943993</t>
+          <t>9789754947533</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Tekilleşme</t>
+          <t>Senfonik Öyküler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752202047</t>
+          <t>9789752201217</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler (Sayışmalar)</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>145</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>3990000013178</t>
+          <t>9789752204614</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Tahran 1943</t>
+          <t>Palyaço Okulu - Unuttum Öğretmenim</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>9.26</v>
+        <v>155</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789754944495</t>
+          <t>9789754940725</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Tac Mahal Oteli</t>
+          <t>Sen Kim Hovardalık Kim?</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752201521</t>
+          <t>9789752201750</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Türkler  Özel Basım (Ciltli)</t>
+          <t>Truva’dan Dönüş</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>32.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>3990000011427</t>
+          <t>9789752200944</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Truva</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752202764</t>
+          <t>9789752204515</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sözcükler</t>
+          <t>Tosbik Tosbağa</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>110</v>
+        <v>20</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789754949704</t>
+          <t>3990000006647</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Semih Balcıoğlu</t>
+          <t>Topuzlu / Uzak Dünyalar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>3990000006223</t>
+          <t>9789754941029</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Seksoloji İçin Anahtar</t>
+          <t>Temmuz Bildirisi Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>3990000007251</t>
+          <t>9789752200678</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Dünya ve Türkiye</t>
+          <t>Tel Örgüler ve Pencereler</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>12.04</v>
+        <v>275</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9999750019688</t>
+          <t>9789754943993</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim Büyük Ustalar Nasıl Oynuyor ? En Yüksek Düzeyde 150 Oyun 5. Kitap</t>
+          <t>Tekilleşme</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789754948905</t>
+          <t>9789752202047</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim 6 12 Altın Adam Dünya Şampiyonları Nasıl Oynuyor</t>
+          <t>Tekerlemeler (Sayışmalar)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>9.26</v>
+        <v>205</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752200159</t>
+          <t>3990000013178</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Satılmışların Ekonomisi</t>
+          <t>Tahran 1943</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>55</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752203044</t>
+          <t>9789754944495</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Masallar (Ciltli)</t>
+          <t>Tac Mahal Oteli</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>3990000013026</t>
+          <t>9789752201521</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sibernetik Yaratıcılık</t>
+          <t>Şu Çılgın Türkler  Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789754945188</t>
+          <t>3990000011427</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sıska Balıkçı</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>165</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752202665</t>
+          <t>9789752202764</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sırsayar</t>
+          <t>Sihirli Sözcükler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789754944235</t>
+          <t>9789754949704</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sıpa</t>
+          <t>Semih Balcıoğlu</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789754948813</t>
+          <t>3990000006223</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sınır - Duvar</t>
+          <t>Seksoloji İçin Anahtar</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>145</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752202368</t>
+          <t>3990000007251</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Metin Toker’den "Akis"ler</t>
+          <t>Savaşan Dünya ve Türkiye</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789754947489</t>
+          <t>9999750019688</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kız Anadolu Masalları 3</t>
+          <t>Satranç Öğrenelim Büyük Ustalar Nasıl Oynuyor ? En Yüksek Düzeyde 150 Oyun 5. Kitap</t>
         </is>
       </c>
       <c r="C639" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752200302</t>
+          <t>9789754948905</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Meraklının Anıları</t>
+          <t>Satranç Öğrenelim 6 12 Altın Adam Dünya Şampiyonları Nasıl Oynuyor</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789754942637</t>
+          <t>9789752200159</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal</t>
+          <t>Satılmışların Ekonomisi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>11.11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>3990000007226</t>
+          <t>9789752203044</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mavi Savaşçı</t>
+          <t>Sihirli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789754944808</t>
+          <t>3990000013026</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş - Sevincin Sırrı -1</t>
+          <t>Sibernetik Yaratıcılık</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789754947403</t>
+          <t>9789754945188</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kahkaha Çiçeği Anadolu Masalları 1</t>
+          <t>Sıska Balıkçı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>7.41</v>
+        <v>230</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>3990000004853</t>
+          <t>9789752202665</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Matador</t>
+          <t>Sırsayar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>3990000013702</t>
+          <t>9789754944235</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mapusane Çeşmesi Bütün Eserleri 1</t>
+          <t>Sıpa</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>13.89</v>
+        <v>240</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>3990000025661</t>
+          <t>9789754948813</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Mağara Gölünde Serüven</t>
+          <t>Sınır - Duvar</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>3990000010411</t>
+          <t>9789752202368</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mafia’nın Sesi</t>
+          <t>Metin Toker’den "Akis"ler</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>3990000006690</t>
+          <t>9789754947489</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Mafia’nın Dışında Kim Kaldı?</t>
+          <t>Mercan Kız Anadolu Masalları 3</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789754944204</t>
+          <t>9789752200302</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Made in Turkey</t>
+          <t>Meraklının Anıları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>34</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789754943948</t>
+          <t>9789754942637</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Lozan Konferansı ve İsmet Paşa (Ciltli)</t>
+          <t>Memduh Şevket Esendal</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>37.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752203662</t>
+          <t>3990000007226</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Lordlar Kamarası</t>
+          <t>Mavi Savaşçı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789754946116</t>
+          <t>9789754944808</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Liderlerimiz ve Dış Politika</t>
+          <t>Mavi Kuş - Sevincin Sırrı -1</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789752200739</t>
+          <t>9789754947403</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Tarifler Pratik Yemekler</t>
+          <t>Mavi Kahkaha Çiçeği Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>21</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>3990000014399</t>
+          <t>3990000004853</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Leopar</t>
+          <t>Matador</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>3990000012324</t>
+          <t>3990000013702</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnekler</t>
+          <t>Mapusane Çeşmesi Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752202283</t>
+          <t>3990000025661</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altındaki Türkiye</t>
+          <t>Mağara Gölünde Serüven</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789754946406</t>
+          <t>3990000010411</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kuş Gölü’nde Günler</t>
+          <t>Mafia’nın Sesi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789754946017</t>
+          <t>3990000006690</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Ata Ata Biter</t>
+          <t>Mafia’nın Dışında Kim Kaldı?</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752203020</t>
+          <t>9789754944204</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Made in Turkey</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789754940367</t>
+          <t>9789754943948</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ku-De-Ta Büyüklere Masallar</t>
+          <t>Lozan Konferansı ve İsmet Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789754948820</t>
+          <t>9789752203662</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kriz Doğuran Savaş Büyüklere Masallar Küçüklere Gerçekler 3</t>
+          <t>Lordlar Kamarası</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>15.74</v>
+        <v>74</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>3990000004311</t>
+          <t>9789754946116</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Körfez Üstü Yıldız Gezer</t>
+          <t>Liderlerimiz ve Dış Politika</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789754945775</t>
+          <t>9789752200739</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kör Kaptanın Serüvenleri</t>
+          <t>Lezzetli Tarifler Pratik Yemekler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>8.33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789754947526</t>
+          <t>3990000014399</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Köpek Yılları</t>
+          <t>Leopar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789754948288</t>
+          <t>3990000012324</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Koyma Akıl, Oyma Akıl</t>
+          <t>Kutsal İnekler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789754943856</t>
+          <t>9789752202283</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Seyir Defteri</t>
+          <t>Kuşatma Altındaki Türkiye</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789754947854</t>
+          <t>9789754946406</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Korkuyor Aşk</t>
+          <t>Kuş Gölü’nde Günler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>3990000010419</t>
+          <t>9789754946017</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Venüs</t>
+          <t>Kurşun Ata Ata Biter</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789754947076</t>
+          <t>9789752203020</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>11.11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789754942293</t>
+          <t>9789754940367</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Lafonten Masalları</t>
+          <t>Ku-De-Ta Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789754946109</t>
+          <t>9789754948820</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Mayolu Kız</t>
+          <t>Kriz Doğuran Savaş Büyüklere Masallar Küçüklere Gerçekler 3</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789752201408</t>
+          <t>3990000004311</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Küresel Haçlı Seferi Bir Millet Uyanıyor: 5 Küreselleşme, GOP, NATO, Küresel İşgal ve Avrasyacılık</t>
+          <t>Körfez Üstü Yıldız Gezer</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789752201200</t>
+          <t>9789754945775</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Kör Kaptanın Serüvenleri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789752200975</t>
+          <t>9789754947526</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman Yavuz</t>
+          <t>Köpek Yılları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>9</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789754946376</t>
+          <t>9789754948288</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’nin Özel Mektupları "İki Gözüm Ayşe"</t>
+          <t>Koyma Akıl, Oyma Akıl</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789754942996</t>
+          <t>9789754943856</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Yurdakul Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Korsanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789754942613</t>
+          <t>9789754947854</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy Yaşamı - Sanatı - Yapıtlarından Seçmeler</t>
+          <t>Korkuyor Aşk</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789754945355</t>
+          <t>3990000010419</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balıkçılar</t>
+          <t>Kürklü Venüs</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789754947311</t>
+          <t>9789754947076</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Asker</t>
+          <t>Lanetliler</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789754946819</t>
+          <t>9789754942293</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Maymun da Ağaçtan Düşer ’Saru mo Ki kara ochiru’ Yaşanmış Hikayelerle Japonya Gerçeği</t>
+          <t>Lafonten Masalları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789752201798</t>
+          <t>9789754946109</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük Sorununun Analizi ve Çözüm Politikaları Bir Millet Uyanıyor: 11</t>
+          <t>Lacivert Mayolu Kız</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>3990000013005</t>
+          <t>9789752201408</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kokteyl Parti</t>
+          <t>Küresel Haçlı Seferi Bir Millet Uyanıyor: 5 Küreselleşme, GOP, NATO, Küresel İşgal ve Avrasyacılık</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789754941791</t>
+          <t>9789752201200</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kodes A.Ş.</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789754940138</t>
+          <t>9789752200975</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin - Koçero Vatan Şiiri  Bütün Şiirleri 7</t>
+          <t>Küçük Kahraman Yavuz</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752203617</t>
+          <t>9789754946376</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Hainler?</t>
+          <t>Sabahattin Ali’nin Özel Mektupları "İki Gözüm Ayşe"</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789754941821</t>
+          <t>9789754942996</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kızma Birader "Fıkralarla Ünlüler"</t>
+          <t>Mehmet Emin Yurdakul Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752201088</t>
+          <t>9789754942613</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Sünnet Olur mu?</t>
+          <t>Mehmet Akif Ersoy Yaşamı - Sanatı - Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789754940176</t>
+          <t>9789754945355</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kızılkuğu (Şiirin Uyanışı)</t>
+          <t>Küçük Balıkçılar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789754942200</t>
+          <t>9789754947311</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak</t>
+          <t>Kuyudaki Asker</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789754940428</t>
+          <t>9789754946819</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlı Amazon</t>
+          <t>Maymun da Ağaçtan Düşer ’Saru mo Ki kara ochiru’ Yaşanmış Hikayelerle Japonya Gerçeği</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752203907</t>
+          <t>9789752201798</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kız Doğursun Analar</t>
+          <t>Kürtçülük Sorununun Analizi ve Çözüm Politikaları Bir Millet Uyanıyor: 11</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>3990000013027</t>
+          <t>3990000013005</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kıpırdama... Öperim</t>
+          <t>Kokteyl Parti</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789754944754</t>
+          <t>9789754941791</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kıpırda Ey Aydınlık Bütün Şiirleri</t>
+          <t>Kodes A.Ş.</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789754943825</t>
+          <t>9789754940138</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yangınında Büyükelçilik</t>
+          <t>Hasan Hüseyin - Koçero Vatan Şiiri  Bütün Şiirleri 7</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>9.26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789754943788</t>
+          <t>9789752203617</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs 1 Ayağa Kalkan Adam 1954-1959</t>
+          <t>Kim Bu Hainler?</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789754941265</t>
+          <t>9789754941821</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Keşanlı Ali Destanı</t>
+          <t>Kızma Birader "Fıkralarla Ünlüler"</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752201965</t>
+          <t>9789752201088</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Kimliği</t>
+          <t>Kızlar Sünnet Olur mu?</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>55</v>
+        <v>24</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789754946741</t>
+          <t>9789754940176</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kerem’i Kimse İstemiyor</t>
+          <t>Kızılkuğu (Şiirin Uyanışı)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>3990000004336</t>
+          <t>9789754942200</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kemik</t>
+          <t>Kızılırmak</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789754948431</t>
+          <t>9789754940428</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Düşü</t>
+          <t>Kızıl Saçlı Amazon</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789754945911</t>
+          <t>9789752203907</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Diliyle</t>
+          <t>Kız Doğursun Analar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789754941951</t>
+          <t>3990000013027</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kelepçemin Karasında Bir Ak Güvercin Bütün Şiirleri 5</t>
+          <t>Kıpırdama... Öperim</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789752203013</t>
+          <t>9789754944754</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Keçi Adası</t>
+          <t>Kıpırda Ey Aydınlık Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789754944983</t>
+          <t>9789754943825</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kazanana Ödül Yok Bütün Eserleri 5</t>
+          <t>Kıbrıs Yangınında Büyükelçilik</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789754945669</t>
+          <t>9789754943788</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Bütün Eserleri 14</t>
+          <t>Kıbrıs 1 Ayağa Kalkan Adam 1954-1959</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789752202139</t>
+          <t>9789754941265</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kavga Günleri Bir Millet Uyanıyor: 17</t>
+          <t>Keşanlı Ali Destanı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>20</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789754944143</t>
+          <t>9789752201965</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin - Kavel Bütün Şiirleri 12</t>
+          <t>Kerkük’ün Kimliği</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>3990000014110</t>
+          <t>9789754946741</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Katır İnadı</t>
+          <t>Kerem’i Kimse İstemiyor</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789754941425</t>
+          <t>3990000004336</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklar Kılavuzu</t>
+          <t>Kemik</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789754947656</t>
+          <t>9789754948431</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Karla Gelen</t>
+          <t>Keloğlan’ın Düşü</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789754941869</t>
+          <t>9789754945911</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Karikaturgut</t>
+          <t>Keloğlan’ın Diliyle</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789754947281</t>
+          <t>9789754941951</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kargatulumba Refah</t>
+          <t>Kelepçemin Karasında Bir Ak Güvercin Bütün Şiirleri 5</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>3990000005048</t>
+          <t>9789752203013</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kareler Aklar</t>
+          <t>Keçi Adası</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789754944976</t>
+          <t>9789754944983</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kara Pelerinli Bir Şövalye "Hamdi Bey"</t>
+          <t>Kazanana Ödül Yok Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789754945867</t>
+          <t>9789754945669</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa ve Kuşlar</t>
+          <t>Kayabaşı Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>3990000012233</t>
+          <t>9789752202139</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kanun</t>
+          <t>Kavga Günleri Bir Millet Uyanıyor: 17</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>3990000011132</t>
+          <t>9789754944143</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kahire Dosyası</t>
+          <t>Hasan Hüseyin - Kavel Bütün Şiirleri 12</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>3990000012044</t>
+          <t>3990000014110</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kafa  Kol Bankası</t>
+          <t>Katır İnadı</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789754949667</t>
+          <t>9789754941425</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kadınlığım, Yazarlığım, Yurdum</t>
+          <t>Karşılıklar Kılavuzu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789754947458</t>
+          <t>9789754947656</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Japonuma Laf Söyletmem Arkadaş Yaşanmış Hikayelerle Japonya Gerçeği</t>
+          <t>Karla Gelen</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789754942712</t>
+          <t>9789754941869</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>İyilikçi Tilki</t>
+          <t>Karikaturgut</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789754940046</t>
+          <t>9789754947281</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Uzun Bir Hayata Doğru</t>
+          <t>Kargatulumba Refah</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752204232</t>
+          <t>3990000005048</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Sayın Seyirciler</t>
+          <t>Kareler Aklar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>3990000012969</t>
+          <t>9789754944976</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Dünya</t>
+          <t>Kara Pelerinli Bir Şövalye "Hamdi Bey"</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789754942538</t>
+          <t>9789754945867</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Bir Meclis 1983-1991</t>
+          <t>Kaplumbağa ve Kuşlar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789754943795</t>
+          <t>3990000012233</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İsyanın Bin Yüzü</t>
+          <t>Kanun</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789752201774</t>
+          <t>3990000011132</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Hatıralar</t>
+          <t>Kahire Dosyası</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>590</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789754948417</t>
+          <t>3990000012044</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Kafa  Kol Bankası</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789754943597</t>
+          <t>9789754949667</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 3. Kitap</t>
+          <t>Kadınlığım, Yazarlığım, Yurdum</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>12.96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789754943580</t>
+          <t>9789754947458</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 2. Kitap</t>
+          <t>Japonuma Laf Söyletmem Arkadaş Yaşanmış Hikayelerle Japonya Gerçeği</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789754941807</t>
+          <t>9789754942712</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 1. Kitap</t>
+          <t>İyilikçi Tilki</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789752203037</t>
+          <t>9789754940046</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Sırrı</t>
+          <t>İyi ve Uzun Bir Hayata Doğru</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>46</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789754948936</t>
+          <t>9789752204232</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İrtica ve Bölücülüğe Karşı Militan Demokrasi</t>
+          <t>İyi Uykular Sayın Seyirciler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>8699754942876</t>
+          <t>3990000012969</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İç Dünyası</t>
+          <t>İyi Geceler Dünya</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789752204348</t>
+          <t>9789754942538</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüreğine Yolculuk</t>
+          <t>İşte Böyle Bir Meclis 1983-1991</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789754944945</t>
+          <t>9789754943795</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Korunması Alanında Temel Belgeler</t>
+          <t>İsyanın Bin Yüzü</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789754943375</t>
+          <t>9789752201774</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bilmeden Hepinizi I Love You</t>
+          <t>İsmet İnönü Hatıralar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>295</v>
+        <v>825</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789752203310</t>
+          <t>9789754948417</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İnci Minci Birinci (Ciltli)</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789754946413</t>
+          <t>9789754943597</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İmbatla Dol Kalbim</t>
+          <t>İslamiyet 3. Kitap</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789752200012</t>
+          <t>9789754943580</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - İmbat Serinliği Bütün Eserleri 22</t>
+          <t>İslamiyet 2. Kitap</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>235</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754940619</t>
+          <t>9789754941807</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İlyas Efendi</t>
+          <t>İslamiyet 1. Kitap</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>360</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789754942804</t>
+          <t>9789752203037</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Düşüşler</t>
+          <t>İsa’nın Sırrı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>9.26</v>
+        <v>46</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752203143</t>
+          <t>9789754948936</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Yazım Kılavuzu</t>
+          <t>İrtica ve Bölücülüğe Karşı Militan Demokrasi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752203099</t>
+          <t>8699754942876</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>İnsanın İç Dünyası</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789752203150</t>
+          <t>9789752204348</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Deyimler - Atasözleri - Özdeyişler</t>
+          <t>İnsan Yüreğine Yolculuk</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>15</v>
+        <v>420</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752203563</t>
+          <t>9789754944945</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Atatürk ve Cumhuriyet Kronolojisi</t>
+          <t>İnsan Haklarının Korunması Alanında Temel Belgeler</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752203426</t>
+          <t>9789754943375</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Dizisi (10 Kitap Takım)</t>
+          <t>İngilizce Bilmeden Hepinizi I Love You</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752201736</t>
+          <t>9789752203310</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İkizler Sevincin Sırrı - 8</t>
+          <t>İnci Minci Birinci (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>8.33</v>
+        <v>700</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789752203518</t>
+          <t>9789754946413</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
+          <t>İmbatla Dol Kalbim</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789754946499</t>
+          <t>9789752200012</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İki’ler Özdeyiş Şiirleri</t>
+          <t>Halikarnas Balıkçısı - İmbat Serinliği Bütün Eserleri 22</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>9.26</v>
+        <v>330</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789754940718</t>
+          <t>9789754940619</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>İlyas Efendi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789752202450</t>
+          <t>9789754942804</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İki Çılgın Otomobil</t>
+          <t>Kanatsız Düşüşler</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789754946581</t>
+          <t>9789752203143</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Çilingir</t>
+          <t>İlköğretim Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789754948769</t>
+          <t>9789752203099</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İçimde Çiçekler Açınca</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>170</v>
+        <v>21</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789752202207</t>
+          <t>9789752203150</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İçi Sevda Dolu Yolculuk</t>
+          <t>İlköğretim Deyimler - Atasözleri - Özdeyişler</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789754945300</t>
+          <t>9789752203563</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İçgüveysinin Encamı</t>
+          <t>İlköğretim Atatürk ve Cumhuriyet Kronolojisi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789754941524</t>
+          <t>9789752203426</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Işıklarla Oynamayın Bütün Şiirleri 11</t>
+          <t>İlk Okuma Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>29</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789752201309</t>
+          <t>9789752201736</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Irmağın Türküsü</t>
+          <t>İkizler Sevincin Sırrı - 8</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>110</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789754945898</t>
+          <t>9789752203518</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Hüznü Denesem Yalan</t>
+          <t>İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>9.26</v>
+        <v>56</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789752200616</t>
+          <t>9789754946499</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Çiftetellisi</t>
+          <t>İki’ler Özdeyiş Şiirleri</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>195</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789752203129</t>
+          <t>9789754940718</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Topraklar</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>94</v>
+        <v>170</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789754941982</t>
+          <t>9789752202450</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Üstünlüğüne Saygı</t>
+          <t>İki Çılgın Otomobil</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>3990000012830</t>
+          <t>9789754946581</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Sosyal Bilimler Sözlüğü</t>
+          <t>İhtiyar Çilingir</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789754949414</t>
+          <t>9789754948769</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Demokrasi Savaşımı "Konuşmalar-Demeçler"</t>
+          <t>İçimde Çiçekler Açınca</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>18.52</v>
+        <v>240</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789752202719</t>
+          <t>9789752202207</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hukuk (!) İle Aldatmak</t>
+          <t>İçi Sevda Dolu Yolculuk</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>18.52</v>
+        <v>265</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789754942736</t>
+          <t>9789754945300</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Küçük</t>
+          <t>İçgüveysinin Encamı</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789754947595</t>
+          <t>9789754941524</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz Uzaylılar</t>
+          <t>Işıklarla Oynamayın Bütün Şiirleri 11</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789754944921</t>
+          <t>9789752201309</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci Tanesi</t>
+          <t>Irmağın Türküsü</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>9.26</v>
+        <v>155</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754945348</t>
+          <t>9789754945898</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Hüznü Denesem Yalan</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789752200289</t>
+          <t>9789752200616</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Hükümet Çiftetellisi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>8.33</v>
+        <v>275</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789754946598</t>
+          <t>9789752203129</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Hiç Değilse Ölüm Var</t>
+          <t>Huzursuz Topraklar</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>9.26</v>
+        <v>94</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754946505</t>
+          <t>9789754941982</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Köpek</t>
+          <t>Hukukun Üstünlüğüne Saygı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>195</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789754946895</t>
+          <t>3990000012830</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Çiçek</t>
+          <t>Hukuk ve Sosyal Bilimler Sözlüğü</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789754940657</t>
+          <t>9789754949414</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Hey Koca Yurt Bütün Eserleri:16</t>
+          <t>Hukuk ve Demokrasi Savaşımı "Konuşmalar-Demeçler"</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789754948189</t>
+          <t>9789752202719</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Herkese Bir Yastık Bütün Eserleri 36</t>
+          <t>Hukuk (!) İle Aldatmak</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789752200043</t>
+          <t>9789754942736</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilen Çocuk</t>
+          <t>Hoşça Kal Küçük</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789752203341</t>
+          <t>9789754947595</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Ağlayan Kız</t>
+          <t>Hoş Geldiniz Uzaylılar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789752202702</t>
+          <t>9789754944921</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Her Kuşun Eti Yenmez</t>
+          <t>Horoz ile İnci Tanesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>133</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754940749</t>
+          <t>9789754945348</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Her Eve Bir Karakol</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789754946062</t>
+          <t>9789752200289</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hepimüz Lazük "100 Laz Fıkrası"</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789754944310</t>
+          <t>9789754946598</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Hiç Değilse Ölüm Var</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789754942590</t>
+          <t>9789754946505</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Haziranda Ölmek Zor 2. Kitap</t>
+          <t>Hırsız Köpek</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>44</v>
+        <v>275</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789752201903</t>
+          <t>9789754946895</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesinde Bir Gün</t>
+          <t>Hınzır Çiçek</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789752202979</t>
+          <t>9789754940657</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur ve Pempirik 2. Kitap</t>
+          <t>Hey Koca Yurt Bütün Eserleri:16</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>9.26</v>
+        <v>560</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789752202597</t>
+          <t>9789754948189</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur Harry Potter’a Karşı</t>
+          <t>Herkese Bir Yastık Bütün Eserleri 36</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789752202986</t>
+          <t>9789752200043</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur Görünmez Çocuk</t>
+          <t>Her Şeyi Bilen Çocuk</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789754944419</t>
+          <t>9789752203341</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Havalı Meryem Bütün Eserleri: 3</t>
+          <t>Her Şeye Ağlayan Kız</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789754946574</t>
+          <t>9789752202702</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hava Parası</t>
+          <t>Her Kuşun Eti Yenmez</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>120</v>
+        <v>133</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789752203174</t>
+          <t>9789754940749</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Haşa Huzurdan Demokrasi Geldi</t>
+          <t>Her Eve Bir Karakol</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789754947908</t>
+          <t>9789754946062</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hariciyeciler Dedikoduyu Sever</t>
+          <t>Hepimüz Lazük "100 Laz Fıkrası"</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789752203914</t>
+          <t>9789754944310</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kalpazan</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>27.78</v>
+        <v>120</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789754940282</t>
+          <t>9789754942590</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Bütün Eserleri 4</t>
+          <t>Haziranda Ölmek Zor 2. Kitap</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>120</v>
+        <v>44</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789754943542</t>
+          <t>9789752201903</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Halk Albümü</t>
+          <t>Hayvanat Bahçesinde Bir Gün</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>145</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789754943344</t>
+          <t>9789752202979</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Hayri Potur ve Pempirik 2. Kitap</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789754949520</t>
+          <t>9789752202597</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı ve Bir Duruşmanın Öyküsü</t>
+          <t>Hayri Potur Harry Potter’a Karşı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>145</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789754948806</t>
+          <t>9789752202986</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Kabare</t>
+          <t>Hayri Potur Görünmez Çocuk</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>3990000006429</t>
+          <t>9789754944419</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostum Diye Başlayalım Söze</t>
+          <t>Havalı Meryem Bütün Eserleri: 3</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>3990000011385</t>
+          <t>9789754946574</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Güzel Huzursuzluk</t>
+          <t>Hava Parası</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789754949971</t>
+          <t>9789752203174</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Güvercin, Kurt, Bir de Arı Ele Geçirince İktidarı...</t>
+          <t>Haşa Huzurdan Demokrasi Geldi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789752202801</t>
+          <t>9789754947908</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Güneş de Doğar Bütün Eserleri 8</t>
+          <t>Hariciyeciler Dedikoduyu Sever</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>3990000007185</t>
+          <t>9789752203914</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Günah Kuyumcuları</t>
+          <t>Kalpazan</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789754943313</t>
+          <t>9789754940282</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur Devran Döner</t>
+          <t>Ömer Seyfettin - Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789754948424</t>
+          <t>9789754943542</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kemerli Kız</t>
+          <t>Halk Albümü</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>9.26</v>
+        <v>205</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>3990000004723</t>
+          <t>9789754943344</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Tiyatrosu</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789754942934</t>
+          <t>9789754949520</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Güllüce Bağları Yolunda</t>
+          <t>Halikarnas Balıkçısı ve Bir Duruşmanın Öyküsü</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789754944303</t>
+          <t>9789754948806</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Haldun Taner Kabare</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789754947045</t>
+          <t>3990000006429</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ada</t>
+          <t>Hak Dostum Diye Başlayalım Söze</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789752200517</t>
+          <t>3990000011385</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yitiren Kral</t>
+          <t>Güzel Huzursuzluk</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789754949995</t>
+          <t>9789754949971</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Gece Yok</t>
+          <t>Güvercin, Kurt, Bir de Arı Ele Geçirince İktidarı...</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789754943054</t>
+          <t>9789752202801</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimi Kaparım Vazifemi Yaparım</t>
+          <t>Güneş de Doğar Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>12.96</v>
+        <v>475</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789752201385</t>
+          <t>3990000007185</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Göz Göre Göre... Kapana Düştü Türkiyem Bir Millet Uyanıyor: 4</t>
+          <t>Günah Kuyumcuları</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789754947427</t>
+          <t>9789754943313</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam Keloğlan Masalları - 2</t>
+          <t>Gün Olur Devran Döner</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789752201781</t>
+          <t>9789754948424</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Seyir Defteri</t>
+          <t>Gümüş Kemerli Kız</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789754943115</t>
+          <t>3990000004723</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Gönen’den Bir Tutam Öykü</t>
+          <t>Haldun Taner Tiyatrosu</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789754948523</t>
+          <t>9789754942934</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Gönderdiğin Mektubu Aldım</t>
+          <t>Güllüce Bağları Yolunda</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754946703</t>
+          <t>9789754944303</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Göl Hafif Çalkantılı Olacak</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789754941920</t>
+          <t>9789754947045</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Glasnost Fıkraları</t>
+          <t>Gülen Ada</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>9.26</v>
+        <v>310</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789752201620</t>
+          <t>9789752200517</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Gizli Akşam Yemeği</t>
+          <t>Gücünü Yitiren Kral</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>45</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789752200906</t>
+          <t>9789754949995</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi</t>
+          <t>Gözlerinde Gece Yok</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789752200463</t>
+          <t>9789754943054</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Geri Gidişe İzin Yok</t>
+          <t>Gözlerimi Kaparım Vazifemi Yaparım</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752202412</t>
+          <t>9789752201385</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay’ın Işıkları Yanıyordu</t>
+          <t>Göz Göre Göre... Kapana Düştü Türkiyem Bir Millet Uyanıyor: 4</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789754948332</t>
+          <t>9789754947427</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin O Yakıcı Mevsimi</t>
+          <t>Görünmez Adam Keloğlan Masalları - 2</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789754946833</t>
+          <t>9789752201781</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Geçti Akşam Suları Ben Unutmadan 2</t>
+          <t>Haldun Taner Seyir Defteri</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>9.26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789754942248</t>
+          <t>9789754943115</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bakan Kadın</t>
+          <t>Gönen’den Bir Tutam Öykü</t>
         </is>
       </c>
       <c r="C825" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789754940602</t>
+          <t>9789754948523</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu</t>
+          <t>Gönderdiğin Mektubu Aldım</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>195</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789754948448</t>
+          <t>9789754946703</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Gece Tanıklığı</t>
+          <t>Göl Hafif Çalkantılı Olacak</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789754945072</t>
+          <t>9789754941920</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Glasnost Fıkraları</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752202627</t>
+          <t>9789752201620</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Garip Şiirler Antolojisi</t>
+          <t>Gizli Akşam Yemeği</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752200937</t>
+          <t>9789752200906</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Formik ile Mirmik</t>
+          <t>Gezgin Kedi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789754941258</t>
+          <t>9789752200463</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Filizkıran Fırtınası Bütün Şiirleri 9</t>
+          <t>Geri Gidişe İzin Yok</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>29</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789754944334</t>
+          <t>9789752202412</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü / Televizyona Anlattıklarım</t>
+          <t>Genelkurmay’ın Işıkları Yanıyordu</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789754944914</t>
+          <t>9789754948332</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Fikriye</t>
+          <t>Gençliğin O Yakıcı Mevsimi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>45</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>3990000012017</t>
+          <t>9789754946833</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Fesat</t>
+          <t>Geçti Akşam Suları Ben Unutmadan 2</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789754944471</t>
+          <t>9789754942248</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Fazilet Eczanesi</t>
+          <t>Geçmişe Bakan Kadın</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>3990000012464</t>
+          <t>9789754940602</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Fatin Rüştü Zorlu’nun Öyküsü Z "Zorro" Gibi...</t>
+          <t>Gecekondu</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>7.41</v>
+        <v>275</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754940183</t>
+          <t>9789754948448</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Eylüller</t>
+          <t>Gece Tanıklığı</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789754947106</t>
+          <t>9789754945072</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Evrim Kuramı ve Bağnazlık</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C838" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789754943160</t>
+          <t>9789752202627</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeye Hazır mısınız?</t>
+          <t>Garip Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789754949193</t>
+          <t>9789752200937</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Etekli Demokrasi Büyüklere Masallar Küçüklere Gerçekler 5</t>
+          <t>Formik ile Mirmik</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>15.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>3990000012256</t>
+          <t>9789754941258</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Filizkıran Fırtınası Bütün Şiirleri 9</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>9.26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789754945249</t>
+          <t>9789754944334</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gölgesi</t>
+          <t>İsmet İnönü / Televizyona Anlattıklarım</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754947984</t>
+          <t>9789754944914</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mektup Hassas Burun Dedektiflik Bürosu 2. Kitap</t>
+          <t>Fikriye</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>6.48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752202825</t>
+          <t>3990000012017</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Huvava</t>
+          <t>Fesat</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754940060</t>
+          <t>9789754944471</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Dosyası</t>
+          <t>Fazilet Eczanesi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789754949957</t>
+          <t>3990000012464</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Erken Açan Papatyalar</t>
+          <t>Fatin Rüştü Zorlu’nun Öyküsü Z "Zorro" Gibi...</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752201255</t>
+          <t>9789754940183</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Uşakları</t>
+          <t>Eylüller</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789754945331</t>
+          <t>9789754947106</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Böcekleri</t>
+          <t>Evrim Kuramı ve Bağnazlık</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789752201866</t>
+          <t>9789754943160</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Bakan Olmak</t>
+          <t>Evlenmeye Hazır mısınız?</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789754940688</t>
+          <t>9789754949193</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Bağışla Onları</t>
+          <t>Etekli Demokrasi Büyüklere Masallar Küçüklere Gerçekler 5</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789754949513</t>
+          <t>3990000012256</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Baba’sının Kızı Büyüklere Masallar Küçüklere Gerçekler 6</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>3990000004640</t>
+          <t>9789754945249</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler</t>
+          <t>Eşeğin Gölgesi</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754945928</t>
+          <t>9789754947984</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül</t>
+          <t>Esrarengiz Mektup Hassas Burun Dedektiflik Bürosu 2. Kitap</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789754947397</t>
+          <t>9789752202825</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Ayşecik ile Fatmacık Anadolu Masalları 2</t>
+          <t>Huvava</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>9.26</v>
+        <v>85</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754945935</t>
+          <t>9789754940060</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Aynalara Yolculuk</t>
+          <t>Ermeni Dosyası</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754945027</t>
+          <t>9789754949957</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Gibi / Sessizlik...</t>
+          <t>Erken Açan Papatyalar</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789752204256</t>
+          <t>9789752201255</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ayla Kutlu Edebiyatı</t>
+          <t>Emperyalizmin Uşakları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>90</v>
+        <v>46</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789754946208</t>
+          <t>9789754945331</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Şamata</t>
+          <t>Balinanın Böcekleri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789754944792</t>
+          <t>9789752201866</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı Sonatı</t>
+          <t>Bakan Olmak</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789754948134</t>
+          <t>9789754940688</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ayda Yaz Uykusu</t>
+          <t>Bağışla Onları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789754949438</t>
+          <t>9789754949513</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yollarında Türkiye</t>
+          <t>Baba’sının Kızı Büyüklere Masallar Küçüklere Gerçekler 6</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789752204355</t>
+          <t>3990000004640</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Esirciler Hanı</t>
+          <t>Gizli Örgütler</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789752201644</t>
+          <t>9789754945928</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tuzağında Mankurtlaşan Türkiye Bir Millet Uyanıyor: 8</t>
+          <t>Ayşegül</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>3990000005855</t>
+          <t>9789754947397</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Meydan Okuyor Servan Schreiber’e Sosyalist Cevap</t>
+          <t>Ayşecik ile Fatmacık Anadolu Masalları 2</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789752201491</t>
+          <t>9789754945935</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Çıkmaz Sokak! Bir Millet Uyanıyor: 6</t>
+          <t>Aynalara Yolculuk</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754949537</t>
+          <t>9789754945027</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’la 1000 Saat</t>
+          <t>Aynadaki Gibi / Sessizlik...</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>8.8</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754949834</t>
+          <t>9789752204256</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’da Kültür Sorunsalı</t>
+          <t>Ayla Kutlu Edebiyatı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>11.11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754943412</t>
+          <t>9789754946208</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalmayı Deneyenler İçin</t>
+          <t>Ayışığında Şamata</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>3990000004427</t>
+          <t>9789754944792</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Türk Dil Kurumu ve Sonrası</t>
+          <t>Ayışığı Sonatı</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789752200371</t>
+          <t>9789754948134</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Özel Yaşamı</t>
+          <t>Ayda Yaz Uykusu</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>61</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789752200524</t>
+          <t>9789754949438</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kemiklerini Sızlatan Parti: CHP</t>
+          <t>Avrupa Yollarında Türkiye</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789754946864</t>
+          <t>9789752204355</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Anıları</t>
+          <t>Esirciler Hanı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789752204317</t>
+          <t>9789752201644</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’üm</t>
+          <t>Avrupa Tuzağında Mankurtlaşan Türkiye Bir Millet Uyanıyor: 8</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754949926</t>
+          <t>3990000005855</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Ermeni Konusu  Belgelerle</t>
+          <t>Avrupa Meydan Okuyor Servan Schreiber’e Sosyalist Cevap</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789754949452</t>
+          <t>9789752201491</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İki Büyük Türk Düşünürü Namık Kemal Ziya Gökalp</t>
+          <t>Avrupa Birliği Çıkmaz Sokak! Bir Millet Uyanıyor: 6</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789754947113</t>
+          <t>9789754949537</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Taçyaprağı</t>
+          <t>Attila İlhan’la 1000 Saat</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789754948516</t>
+          <t>9789754949834</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Şiirimiz</t>
+          <t>Attila İlhan’da Kültür Sorunsalı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>3990000014851</t>
+          <t>9789754943412</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mutfağı "Yemek Kitabı"</t>
+          <t>Ateşi Çalmayı Deneyenler İçin</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789754949681</t>
+          <t>3990000004427</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Aşk Boyu Sürgün</t>
+          <t>Atatürk’ün Türk Dil Kurumu ve Sonrası</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789754943962</t>
+          <t>9789752200371</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Aşk Allahaısmarladık</t>
+          <t>Atatürk’ün Özel Yaşamı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>9.26</v>
+        <v>61</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789752200395</t>
+          <t>9789752200524</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Aslan İbiş İbiş ile Memiş 2. Kitap</t>
+          <t>Atatürk’ün Kemiklerini Sızlatan Parti: CHP</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>7.41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789754942361</t>
+          <t>9789754946864</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Asılacak Kitap</t>
+          <t>Atatürk’ün Anıları</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>3990000004331</t>
+          <t>9789752204317</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Artık Çok Geç</t>
+          <t>Atatürk’üm</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789752200500</t>
+          <t>9789754949926</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Cingo</t>
+          <t>Atatürk’ten Ermeni Konusu  Belgelerle</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>6.48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789752200890</t>
+          <t>9789754949452</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 6</t>
+          <t>Atatürk ve İki Büyük Türk Düşünürü Namık Kemal Ziya Gökalp</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789752200883</t>
+          <t>9789754947113</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 5</t>
+          <t>Aşkın Taçyaprağı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789752200876</t>
+          <t>9789754948516</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 4</t>
+          <t>Aşkımız Şiirimiz</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789752200869</t>
+          <t>3990000014851</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 3</t>
+          <t>Aşk Mutfağı "Yemek Kitabı"</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789752200852</t>
+          <t>9789754949681</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 2</t>
+          <t>Aşk Boyu Sürgün</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789752200845</t>
+          <t>9789754943962</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 1</t>
+          <t>Aşk Allahaısmarladık</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789754941531</t>
+          <t>9789752200395</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Arabesk</t>
+          <t>Aslan İbiş İbiş ile Memiş 2. Kitap</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789754948493</t>
+          <t>9789754942361</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Annemle Kahve İçmek</t>
+          <t>Asılacak Kitap</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>47</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789754946482</t>
+          <t>3990000004331</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Cankurtaran</t>
+          <t>Artık Çok Geç</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>360</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752202832</t>
+          <t>9789752200500</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Leylak Günleri</t>
+          <t>Arkadaşım Cingo</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>44</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789754945324</t>
+          <t>9789752200890</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Anayasa’nın Püf Noktası</t>
+          <t>Arkadaşım Boyama 6</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754945874</t>
+          <t>9789752200883</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Anası Bulut Babası Yağmur</t>
+          <t>Arkadaşım Boyama 5</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>10</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789754943221</t>
+          <t>9789752200876</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Anamı Arıyorum</t>
+          <t>Arkadaşım Boyama 4</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789752200630</t>
+          <t>9789752200869</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ankara Cinayeti</t>
+          <t>Arkadaşım Boyama 3</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789754944556</t>
+          <t>9789752200852</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Arkadaşım Boyama 2</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754943467</t>
+          <t>9789752200845</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kanton’da İsyan</t>
+          <t>Arkadaşım Boyama 1</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>3990000028138</t>
+          <t>9789754941531</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kandan Kına Yakılmaz</t>
+          <t>Arabesk</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754948622</t>
+          <t>9789754948493</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Annemle Kahve İçmek</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789752209114</t>
+          <t>9789754946482</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma</t>
+          <t>Anneannem Cankurtaran</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>87</v>
+        <v>495</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>3990000012582</t>
+          <t>9789752202832</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 7 Kış 2020</t>
+          <t>Ankara’da Leylak Günleri</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>136</v>
+        <v>44</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789752208834</t>
+          <t>9789754945324</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kahvesi</t>
+          <t>Anayasa’nın Püf Noktası</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>36</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789752209329</t>
+          <t>9789754945874</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı</t>
+          <t>Anası Bulut Babası Yağmur</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>69</v>
+        <v>10</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754945263</t>
+          <t>9789754943221</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 3. Kitap (Birinci Bölüm)</t>
+          <t>Anamı Arıyorum</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>420</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789754942347</t>
+          <t>9789752200630</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Güneş Salkımı Bütün Eserleri 1</t>
+          <t>Ankara Cinayeti</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>3990000006891</t>
+          <t>9789754944556</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Günün İçinden Dünden Bugüne Gazete Yazıları</t>
+          <t>Halide Edip Adıvar Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754941463</t>
+          <t>9789754943467</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Günün Adamı / Dışardakiler</t>
+          <t>Kanton’da İsyan</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789752203693</t>
+          <t>3990000028138</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gülüşü</t>
+          <t>Kandan Kına Yakılmaz</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>165</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789752207608</t>
+          <t>9789754948622</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz(Çizgi Roman) (Ciltli)</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>195</v>
+        <v>11</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789752208506</t>
+          <t>9789752209114</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Aklın Mucizesi</t>
+          <t>Elimi Bırakma</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>145</v>
+        <v>87</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789752208490</t>
+          <t>3990000012582</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Beni Anla</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 7 Kış 2020</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>116</v>
+        <v>136</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789752208582</t>
+          <t>9789752208834</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Mitleri</t>
+          <t>Leyla’nın Kahvesi</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>201</v>
+        <v>36</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789752209138</t>
+          <t>9789752209329</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağlayan Liderlik Uygulamaları</t>
+          <t>Bıçak Sırtı</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>320</v>
+        <v>69</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789754940008</t>
+          <t>9789754945263</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Politika Bilimine Giriş</t>
+          <t>Türk Devrim Tarihi 3. Kitap (Birinci Bölüm)</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>12</v>
+        <v>590</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789752201729</t>
+          <t>9789754942347</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Bir Millet Uyanıyor: 10 - Türkiye'de Amerikan Misyonerleri</t>
+          <t>Güneş Salkımı Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>10.31</v>
+        <v>180</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789754948196</t>
+          <t>3990000006891</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öteki Yüzü</t>
+          <t>Günün İçinden Dünden Bugüne Gazete Yazıları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789754946901</t>
+          <t>9789754941463</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Barış Adlı Çocuk</t>
+          <t>Günün Adamı / Dışardakiler</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>3990000022306</t>
+          <t>9789752203693</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 6 Bahar 2019</t>
+          <t>Güneşin Gülüşü</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>98</v>
+        <v>230</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789752215054</t>
+          <t>9789752207608</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ses Koleksiyoncusu</t>
+          <t>Yaşlı Adam ve Deniz(Çizgi Roman) (Ciltli)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789752215047</t>
+          <t>9789752208506</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Mori</t>
+          <t>Aklın Mucizesi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789752215030</t>
+          <t>9789752208490</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya İncili</t>
+          <t>Beni Anla</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>320</v>
+        <v>116</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789752215023</t>
+          <t>9789752208582</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Hep Ben</t>
+          <t>Liderlik Mitleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>165</v>
+        <v>201</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789754941593</t>
+          <t>9789752209138</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Öcü</t>
+          <t>Uyum Sağlayan Liderlik Uygulamaları</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>27</v>
+        <v>320</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789752205062</t>
+          <t>9789754940008</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Demir Taht</t>
+          <t>Politika Bilimine Giriş</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>64</v>
+        <v>12</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789752205154</t>
+          <t>9789752201729</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Savruluş</t>
+          <t>Bir Millet Uyanıyor: 10 - Türkiye'de Amerikan Misyonerleri</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>74</v>
+        <v>10.31</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789752200364</t>
+          <t>9789754948196</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Yaşamı Dönemi ve Kişiliği</t>
+          <t>Dağın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>3990000022348</t>
+          <t>9789754946901</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 5 Yaz 2018</t>
+          <t>Barış Adlı Çocuk</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789752207547</t>
+          <t>3990000022306</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 6 Bahar 2019</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>56</v>
+        <v>98</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789752205727</t>
+          <t>9789752215054</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Gölgeler</t>
+          <t>Ses Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>68</v>
+        <v>200</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789752201002</t>
+          <t>9789752215047</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Gelinler</t>
+          <t>Ahtapot Mori</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>68</v>
+        <v>150</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789752202030</t>
+          <t>9789752215030</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Ege’de Kurtuluş Savaşı Başlarken</t>
+          <t>Yeni Dünya İncili</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>44</v>
+        <v>450</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789752204386</t>
+          <t>9789752215023</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Hukuk</t>
+          <t>Hep Ben</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>98</v>
+        <v>230</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789754945454</t>
+          <t>9789754941593</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Başı Kuşlu Çocuk</t>
+          <t>Ormanın Öcü</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>139</v>
+        <v>27</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789752203808</t>
+          <t>9789752205062</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Birce</t>
+          <t>Demir Taht</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789752203235</t>
+          <t>9789752205154</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Adı Unutulmuş Kadınlar</t>
+          <t>Savruluş</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789754949155</t>
+          <t>9789752200364</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Kudret Aksal</t>
+          <t>İsmet İnönü Yaşamı Dönemi ve Kişiliği</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>11.11</v>
+        <v>400</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789752204706</t>
+          <t>3990000022348</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Pazarı</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 5 Yaz 2018</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>136</v>
+        <v>98</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789752203051</t>
+          <t>9789752207547</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Öncü</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>85</v>
+        <v>56</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789752202375</t>
+          <t>9789752205727</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kovulduk Ey Halkım Unutma Bizi</t>
+          <t>Mahrem Gölgeler</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789752204133</t>
+          <t>9789752201002</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Le Dossier Armenien</t>
+          <t>Eğreti Gelinler</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>89</v>
+        <v>68</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789754945508</t>
+          <t>9789752202030</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Tren</t>
+          <t>Ege’de Kurtuluş Savaşı Başlarken</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>125</v>
+        <v>44</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789752202856</t>
+          <t>9789752204386</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplar Kitabı</t>
+          <t>Devrimci Hukuk</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>77</v>
+        <v>98</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789752202566</t>
+          <t>9789754945454</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülkemin İnsanları</t>
+          <t>Başı Kuşlu Çocuk</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>44</v>
+        <v>139</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789752200128</t>
+          <t>9789752203808</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Fi</t>
+          <t>Dedektif Birce</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>49</v>
+        <v>90</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789752204508</t>
+          <t>9789752203235</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Adı Unutulmuş Kadınlar</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>82</v>
+        <v>31</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789754947274</t>
+          <t>9789754949155</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Bana Çocukluğumu Anlat</t>
+          <t>Sabahattin Kudret Aksal</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>36</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789752204737</t>
+          <t>9789752204706</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Şiir ve Müziğin Coşkusuyla</t>
+          <t>Örgüt Pazarı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>90</v>
+        <v>136</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789752201712</t>
+          <t>9789752203051</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Öyküsü</t>
+          <t>Öncü</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789752204171</t>
+          <t>9789752202375</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Kovulduk Ey Halkım Unutma Bizi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>91</v>
+        <v>57</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752215016</t>
+          <t>9789752204133</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler</t>
+          <t>Le Dossier Armenien</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>195</v>
+        <v>89</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789752215009</t>
+          <t>9789754945508</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Öyküsü</t>
+          <t>Küçük Mavi Tren</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789752214996</t>
+          <t>9789752202856</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Değer Katanlar Yunus Emre</t>
+          <t>Kayıp Kitaplar Kitabı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>165</v>
+        <v>77</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789752214989</t>
+          <t>9789752202566</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Değer Katanlar Evliya Çelebi</t>
+          <t>Güzel Ülkemin İnsanları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>165</v>
+        <v>44</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789752214972</t>
+          <t>9789752200128</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Berbat Çocuk Yetiştirme Kitabı</t>
+          <t>Fi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>390</v>
+        <v>49</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789752206274</t>
+          <t>9789752204508</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Bayrak</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>400</v>
+        <v>82</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789754945515</t>
+          <t>9789754947274</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Elli Robot</t>
+          <t>Bana Çocukluğumu Anlat</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>125</v>
+        <v>36</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789754946147</t>
+          <t>9789752204737</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Bir Göçmen Kuştu O</t>
+          <t>Aşk, Şiir ve Müziğin Coşkusuyla</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789754949391</t>
+          <t>9789752201712</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Zehir Zıkkım Hikayeler</t>
+          <t>Anadolu’nun Öyküsü</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789754949223</t>
+          <t>9789752204171</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Mideler</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>125</v>
+        <v>91</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789752201958</t>
+          <t>9789752215016</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Zaman da Eskir</t>
+          <t>Mesafeler</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789754944662</t>
+          <t>9789752215009</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yavrusu Ramram’ın Dünya Serüvenleri</t>
+          <t>Ölümsüzlüğün Öyküsü</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>126</v>
+        <v>250</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789754948615</t>
+          <t>9789752214996</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 3 Minik Sultan Beceriksiz Palyaço</t>
+          <t>Anadolu’ya Değer Katanlar Yunus Emre</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789754948608</t>
+          <t>9789752214989</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 2 Minik Sultanla Deniz Kızı</t>
+          <t>Anadolu’ya Değer Katanlar Evliya Çelebi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789754948592</t>
+          <t>9789752214972</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 1 Minik Sultan Sihirbaz</t>
+          <t>Berbat Çocuk Yetiştirme Kitabı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>125</v>
+        <v>545</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789754945478</t>
+          <t>9789752206274</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Beceriksizler Sirki</t>
+          <t>Yedinci Bayrak</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789752205734</t>
+          <t>9789754945515</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kardeşimi Sevmeye Başladım</t>
+          <t>Çiçek Elli Robot</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754946963</t>
+          <t>9789754946147</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Sevgisayar</t>
+          <t>Bir Göçmen Kuştu O</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>29</v>
+        <v>190</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754942019</t>
+          <t>9789754949391</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Sen de Gitme Triyandafilis</t>
+          <t>Zehir Zıkkım Hikayeler</t>
         </is>
       </c>
       <c r="C971" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789752203860</t>
+          <t>9789754949223</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Melek ve Dostları (Ciltli)</t>
+          <t>Zavallı Mideler</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>266</v>
+        <v>125</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789754945645</t>
+          <t>9789752201958</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Mekruh Kadınlar Mezarlığı</t>
+          <t>Zaman da Eskir</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789752200791</t>
+          <t>9789754944662</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Mavi Saçlar Pembe Gözler</t>
+          <t>Yıldız Yavrusu Ramram’ın Dünya Serüvenleri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789754945492</t>
+          <t>9789754948615</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kendini Köpek Sanan Ayakkabılar</t>
+          <t>Minik Sultan’ın Serüvenleri: 3 Minik Sultan Beceriksiz Palyaço</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789754944266</t>
+          <t>9789754948608</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kadın Destanı</t>
+          <t>Minik Sultan’ın Serüvenleri: 2 Minik Sultanla Deniz Kızı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789754949384</t>
+          <t>9789754948592</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Minik Sultan’ın Serüvenleri: 1 Minik Sultan Sihirbaz</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789754946680</t>
+          <t>9789754945478</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Sırrı Harika İkizler / 1</t>
+          <t>Beceriksizler Sirki</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789754949407</t>
+          <t>9789752205734</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Islak Güneş</t>
+          <t>Eyvah Kardeşimi Sevmeye Başladım</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754947472</t>
+          <t>9789754946963</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Hüsnüyusuf Güzellemesi</t>
+          <t>Sevgisayar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>147</v>
+        <v>29</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789754944624</t>
+          <t>9789754942019</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Umut</t>
+          <t>Sen de Gitme Triyandafilis</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789754945485</t>
+          <t>9789752203860</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kertenkele ile Kutup Ayısı 2. Kitap</t>
+          <t>Melek ve Dostları (Ciltli)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>125</v>
+        <v>266</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789754947809</t>
+          <t>9789754945645</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Emir Bey’in Kızları Bir Göçmen Kuştu O (2)</t>
+          <t>Mekruh Kadınlar Mezarlığı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>294</v>
+        <v>240</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789752200807</t>
+          <t>9789752200791</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Ateş Üstünde Yürümek</t>
+          <t>Mavi Saçlar Pembe Gözler</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789752203266</t>
+          <t>9789754945492</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Asi... Asi</t>
+          <t>Kendini Köpek Sanan Ayakkabılar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789754946734</t>
+          <t>9789754944266</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Artık Çok Oldunuz</t>
+          <t>Kadın Destanı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789752208728</t>
+          <t>9789754949384</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları (Ciltli)</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789752214927</t>
+          <t>9789754946680</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Bir Çınar Bir Çocuk (Ciltli)</t>
+          <t>İkizlerin Sırrı Harika İkizler / 1</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>490</v>
+        <v>125</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789752214965</t>
+          <t>9789754949407</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Saat Yönünün Tersine</t>
+          <t>Islak Güneş</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789752214958</t>
+          <t>9789754947472</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sandığı</t>
+          <t>Hüsnüyusuf Güzellemesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>260</v>
+        <v>147</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789752214941</t>
+          <t>9789754944624</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Çocukları</t>
+          <t>Hoşça Kal Umut</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789752214934</t>
+          <t>9789754945485</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayatlarının İlk Günü</t>
+          <t>Gezgin Kertenkele ile Kutup Ayısı 2. Kitap</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789752214897</t>
+          <t>9789754947809</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ölecek Son İblis</t>
+          <t>Emir Bey’in Kızları Bir Göçmen Kuştu O (2)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>480</v>
+        <v>294</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789752214903</t>
+          <t>9789752200807</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Efsanelerimiz</t>
+          <t>Ateş Üstünde Yürümek</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789752214910</t>
+          <t>9789752203266</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Nergis Zamanı</t>
+          <t>Asi... Asi</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789752214880</t>
+          <t>9789754946734</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Çetesi</t>
+          <t>Artık Çok Oldunuz</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789752214873</t>
+          <t>9789752208728</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Son Yelkovan</t>
+          <t>Kahraman Türk Kadınları (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789752214866</t>
+          <t>9789752214927</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşi</t>
+          <t>Bir Çınar Bir Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>175</v>
+        <v>685</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789752213890</t>
+          <t>9789752214965</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gördü Dil Söyledi</t>
+          <t>Saat Yönünün Tersine</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789752213883</t>
+          <t>9789752214958</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Ati</t>
+          <t>Babamın Sandığı</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789752202962</t>
+          <t>9789752214941</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Allahaısmarladık</t>
+          <t>Ağaç Çocukları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789752201026</t>
+          <t>9789752214934</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Türk - Irak İlişkilerinde Türkmenler</t>
+          <t>Yeni Hayatlarının İlk Günü</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789752204553</t>
+          <t>9789752214897</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son</t>
+          <t>Ölecek Son İblis</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789754942231</t>
+          <t>9789752214903</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Geminin En Altındaki</t>
+          <t>Sihirli Efsanelerimiz</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786661254754</t>
+          <t>9789752214910</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar Serisi Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Nergis Zamanı</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>900</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789752205123</t>
+          <t>9789752214880</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Yarışmalar Kenti</t>
+          <t>Pazartesi Çetesi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789752207240</t>
+          <t>9789752214873</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sığmadı Düşlerime</t>
+          <t>Son Yelkovan</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789754949162</t>
+          <t>9789752214866</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Okuma</t>
+          <t>Kan Kardeşi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789752200319</t>
+          <t>9789752213890</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Dev Adamlar</t>
+          <t>Gönül Gördü Dil Söyledi</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>80</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789752203211</t>
+          <t>9789752213883</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Dağları Bekleyen Kız</t>
+          <t>Akıllı Ati</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789754940435</t>
+          <t>9789752202962</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Çanak Çömlek Patladı</t>
+          <t>Allahaısmarladık</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789754949933</t>
+          <t>9789752201026</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Çal Dedim Klarnetçi Çocuğa</t>
+          <t>Türk - Irak İlişkilerinde Türkmenler</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>145</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789752200579</t>
+          <t>9789752204553</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Tebeşir İstiyoruz</t>
+          <t>İlk ve Son</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754949643</t>
+          <t>9789754942231</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Martı</t>
+          <t>Geminin En Altındaki</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754949797</t>
+          <t>9786661254754</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Sincabım Olsa</t>
+          <t>Pasaklılar Serisi Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>85</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789752204126</t>
+          <t>9789752205123</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri (1856 - 1880 )</t>
+          <t>Yarışmalar Kenti</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789752205994</t>
+          <t>9789752207240</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylem Gecesi</t>
+          <t>Sevdam Sığmadı Düşlerime</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789752203648</t>
+          <t>9789754949162</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Türk Yahudiler 2</t>
+          <t>Eleştirel Okuma</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>590</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789752203594</t>
+          <t>9789752200319</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Son Gece</t>
+          <t>Dev Adamlar</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789754940077</t>
+          <t>9789752203211</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Siz Bilirsiniz Paşam!...</t>
+          <t>Dağları Bekleyen Kız</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789752201927</t>
+          <t>9789754940435</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükle Ölümün Öpüştüğü An</t>
+          <t>Çanak Çömlek Patladı</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789752202955</t>
+          <t>9789754949933</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Tek Gecesi</t>
+          <t>Çal Dedim Klarnetçi Çocuğa</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789752204522</t>
+          <t>9789752200579</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Torba Gaga</t>
+          <t>Bir Kutu Tebeşir İstiyoruz</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789752200166</t>
+          <t>9789754949643</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çalgıcılar</t>
+          <t>Yalnız Martı</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754949063</t>
+          <t>9789754949797</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Mektuplar</t>
+          <t>Ah Bir Sincabım Olsa</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789752200920</t>
+          <t>9789752204126</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Yapar Yuvayı</t>
+          <t>Osmanlı Ermenileri (1856 - 1880 )</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>110</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754946345</t>
+          <t>9789752205994</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Halk Önderi Atatürk</t>
+          <t>Bir Eylem Gecesi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754948530</t>
+          <t>9789752203648</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gül Yaprağı</t>
+          <t>Türk Yahudiler 2</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>170</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789752204539</t>
+          <t>9789752203594</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Fırt Fırt Fırça</t>
+          <t>Son Gece</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>50</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754946307</t>
+          <t>9789754940077</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kurtuluş Savaşı</t>
+          <t>Siz Bilirsiniz Paşam!...</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789752201378</t>
+          <t>9789752201927</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Meselesi 1774 - 2005</t>
+          <t>Özgürlükle Ölümün Öpüştüğü An</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789752209619</t>
+          <t>9789752202955</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kalk ve Önce Sen Öldür</t>
+          <t>Ömrümün Tek Gecesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>850</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789752213531</t>
+          <t>9789752204522</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Torba Gaga</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>650</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789752213548</t>
+          <t>9789752200166</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>M. Yüzyılın Oğlu</t>
+          <t>Küçük Çalgıcılar</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789752213524</t>
+          <t>9789754949063</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati Serisi</t>
+          <t>Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>575</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789754942163</t>
+          <t>9789752200920</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Deliye Hergün Bayram</t>
+          <t>Kırlangıç Yapar Yuvayı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754940299</t>
+          <t>9789754946345</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 2 - Eski Kahramanlar</t>
+          <t>Halk Önderi Atatürk</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789752209947</t>
+          <t>9789754948530</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Ankara’nın Kördüğümü Sakarya</t>
+          <t>Günaydın Gül Yaprağı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789752200142</t>
+          <t>9789752204539</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 4</t>
+          <t>Fırt Fırt Fırça</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754949551</t>
+          <t>9789754946307</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 2</t>
+          <t>Atatürk ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754949544</t>
+          <t>9789752201378</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 1</t>
+          <t>Ermeni Meselesi 1774 - 2005</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>90</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789752200135</t>
+          <t>9789752209619</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 3</t>
+          <t>Kalk ve Önce Sen Öldür</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>90</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789752213128</t>
+          <t>9789752213531</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Karanlık Gölgeler</t>
+          <t>Neşe</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789752213173</t>
+          <t>9789752213548</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi Havada Bulut</t>
+          <t>M. Yüzyılın Oğlu</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>110</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789752213180</t>
+          <t>9789752213524</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Semaver Sarnıç</t>
+          <t>Kum Saati Serisi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>110</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789752213197</t>
+          <t>9789754942163</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Medarı Maişet Motoru</t>
+          <t>Deliye Hergün Bayram</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789752213142</t>
+          <t>9789754940299</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Ömer Seyfettin Bütün Eserleri 2 - Eski Kahramanlar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789752213135</t>
+          <t>9789752209947</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Ankara’nın Kördüğümü Sakarya</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>80</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789752213166</t>
+          <t>9789752200142</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı Son Kuşlar</t>
+          <t>Neşeli Boyama 4</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789752213159</t>
+          <t>9789754949551</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan Lüzumsuz Adam</t>
+          <t>Neşeli Boyama 2</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789752213227</t>
+          <t>9789754949544</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Çiçeği</t>
+          <t>Neşeli Boyama 1</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789752213210</t>
+          <t>9789752200135</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Arılar İş Başında</t>
+          <t>Neşeli Boyama 3</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789752213234</t>
+          <t>9789752213128</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Olgunlaştı</t>
+          <t>Yapay Zekâ Karanlık Gölgeler</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754940916</t>
+          <t>9789752213173</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Mahalle Kahvesi Havada Bulut</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789752213111</t>
+          <t>9789752213180</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Götürdüğü</t>
+          <t>Semaver Sarnıç</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789752213104</t>
+          <t>9789752213197</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Vakti Zamansız Şiirler</t>
+          <t>Medarı Maişet Motoru</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789752213043</t>
+          <t>9789752213142</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789754941999</t>
+          <t>9789752213135</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gücü</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789752204928</t>
+          <t>9789752213166</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Paşa Paşa Yatacaksınız</t>
+          <t>Havuz Başı Son Kuşlar</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789752207950</t>
+          <t>9789752213159</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Şahmerdan Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789752205383</t>
+          <t>9789752213227</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe</t>
+          <t>Hatmi Çiçeği</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789752202894</t>
+          <t>9789752213210</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Ankara Ekspresi</t>
+          <t>Arılar İş Başında</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789752206038</t>
+          <t>9789752213234</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Fıkralar</t>
+          <t>Meyveler Olgunlaştı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789752207264</t>
+          <t>9789754940916</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Hepiniz Suçlusunuz</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>77</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789754945782</t>
+          <t>9789752213111</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diplomatlar</t>
+          <t>Dalgaların Götürdüğü</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789754949780</t>
+          <t>9789752213104</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Ben Galatasaraylıyım</t>
+          <t>Şiirin Vakti Zamansız Şiirler</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789752206021</t>
+          <t>9789752213043</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Hiperaktivite Bozukluğu</t>
+          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>590</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789754948042</t>
+          <t>9789754941999</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Soydum Başucuma Koydum (Tekerlemeler)</t>
+          <t>Türkçenin Gücü</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>44</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789754941111</t>
+          <t>9789752204928</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sevgi</t>
+          <t>Paşa Paşa Yatacaksınız</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789752202252</t>
+          <t>9789752207950</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Mum Işığı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789752202443</t>
+          <t>9789752205383</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner’in Timsahı</t>
+          <t>Mevhibe</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>140</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789754941470</t>
+          <t>9789752202894</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gözyaşları</t>
+          <t>Ankara Ekspresi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>23</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789752201651</t>
+          <t>9789752206038</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Baba İnönü’den Ömer İnönü’ye Mektuplar</t>
+          <t>Güldür Güldür Fıkralar</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789752213005</t>
+          <t>9789752207264</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Çobanı Mojo</t>
+          <t>Hepiniz Suçlusunuz</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>225</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789752213036</t>
+          <t>9789754945782</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Günlüğüme Kim Sızdı?</t>
+          <t>Bizim Diplomatlar</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>135</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789752212992</t>
+          <t>9789754949780</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Bak Bakalım Kim Gelmiş</t>
+          <t>Ben Galatasaraylıyım</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789752213029</t>
+          <t>9789752206021</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Ders Çalışma Kitabı</t>
+          <t>Dikkat Eksikliği Hiperaktivite Bozukluğu</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789752213012</t>
+          <t>9789754948042</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kadri</t>
+          <t>Portakalı Soydum Başucuma Koydum (Tekerlemeler)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789752212985</t>
+          <t>9789754941111</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Yok mu Bana Bir Yuva ?</t>
+          <t>Merhaba Sevgi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789752212954</t>
+          <t>9789752202252</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Zorbey Zorbey’in Ardındaki Boşluk</t>
+          <t>Karanlıkta Mum Işığı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>275</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789752212978</t>
+          <t>9789752202443</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Meşe</t>
+          <t>Haldun Taner’in Timsahı</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789752212961</t>
+          <t>9789754941470</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Mahya İblisi</t>
+          <t>Eşeğin Gözyaşları</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789752212947</t>
+          <t>9789752201651</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'dan Tesla'ya</t>
+          <t>Baba İnönü’den Ömer İnönü’ye Mektuplar</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789752212848</t>
+          <t>9789752213005</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Nene Hatun</t>
+          <t>Dinozor Çobanı Mojo</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789752212930</t>
+          <t>9789752213036</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Öğretmen</t>
+          <t>Günlüğüme Kim Sızdı?</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789752212909</t>
+          <t>9789752212992</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Hatice Bacı</t>
+          <t>Bak Bakalım Kim Gelmiş</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>85</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789752212893</t>
+          <t>9789752213029</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Tayyar Rahime</t>
+          <t>Ders Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>85</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789752212862</t>
+          <t>9789752213012</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Onbaşı Nezahat</t>
+          <t>Hayalet Kadri</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789752212879</t>
+          <t>9789752212985</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Gördesli Makbule</t>
+          <t>Yok mu Bana Bir Yuva ?</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>85</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789752212916</t>
+          <t>9789752212954</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Kara Fatma</t>
+          <t>Zorbey Zorbey’in Ardındaki Boşluk</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>85</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789752212855</t>
+          <t>9789752212978</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Hemşire Safiye</t>
+          <t>Kızıl Meşe</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789752212886</t>
+          <t>9789752212961</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Asker Saime</t>
+          <t>Mahya İblisi</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>85</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789752212831</t>
+          <t>9789752212947</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati 3</t>
+          <t>Mimar Sinan'dan Tesla'ya</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789752212787</t>
+          <t>9789752212848</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Kitap</t>
+          <t>Kahraman Türk Kadınları Nene Hatun</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789752212701</t>
+          <t>9789752212930</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Hadiseler Cereyan Ederken</t>
+          <t>Yılmaz Öğretmen</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789752211575</t>
+          <t>9789752212909</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İki Kez Ölen Adam</t>
+          <t>Kahraman Türk Kadınları Hatice Bacı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789754942781</t>
+          <t>9789752212893</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi Seti (7 Cilt Takım)</t>
+          <t>Kahraman Türk Kadınları Tayyar Rahime</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>2940</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789752204195</t>
+          <t>9789752212862</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Elma Şekeri Ülkesi</t>
+          <t>Kahraman Türk Kadınları Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789754943382</t>
+          <t>9789752212879</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası</t>
+          <t>Kahraman Türk Kadınları Gördesli Makbule</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789752202436</t>
+          <t>9789752212916</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Erkekler</t>
+          <t>Kahraman Türk Kadınları Kara Fatma</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789752202696</t>
+          <t>9789752212855</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Dinci Çember</t>
+          <t>Kahraman Türk Kadınları Hemşire Safiye</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789754940497</t>
+          <t>9789752212886</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ege’den Denize Bırakılmış Bir Çiçek</t>
+          <t>Kahraman Türk Kadınları Asker Saime</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789752203716</t>
+          <t>9789752212831</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Düş Sandığı</t>
+          <t>Kum Saati 3</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>65</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789752204584</t>
+          <t>9789752212787</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Düş Kıyamet</t>
+          <t>Tüylü Kitap</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>147</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789752204560</t>
+          <t>9789752212701</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ucundaki Fener</t>
+          <t>Hadiseler Cereyan Ederken</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789754948660</t>
+          <t>9789752211575</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Duyduk Duymadık Demeyin</t>
+          <t>İki Kez Ölen Adam</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789752202160</t>
+          <t>9789754942781</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap Döner Kebap</t>
+          <t>Türk Devrim Tarihi Seti (7 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>150</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789752203457</t>
+          <t>9789752204195</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Dost Ayılar</t>
+          <t>Elma Şekeri Ülkesi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754942903</t>
+          <t>9789754943382</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Donumdaki Para</t>
+          <t>Ekmek Parası</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789752203068</t>
+          <t>9789752202436</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Eğreti Erkekler</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789752204423</t>
+          <t>9789752202696</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Yarasa Yarışları</t>
+          <t>Eğitime Dinci Çember</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789752203655</t>
+          <t>9789754940497</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Ölüler Ormanı</t>
+          <t>Ege’den Denize Bırakılmış Bir Çiçek</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789752202641</t>
+          <t>9789752203716</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Mumya Dükkanı</t>
+          <t>Düş Sandığı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>195</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754948455</t>
+          <t>9789752204584</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Duma Duma Dum</t>
+          <t>Düş Kıyamet</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>110</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789752202948</t>
+          <t>9789752204560</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Dinozorla Kahvaltı</t>
+          <t>Dünyanın Ucundaki Fener</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754944853</t>
+          <t>9789754948660</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Dilber</t>
+          <t>Duyduk Duymadık Demeyin</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789752200357</t>
+          <t>9789752202160</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Dil, Şu Büyülü Düzen</t>
+          <t>Dönme Dolap Döner Kebap</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754948226</t>
+          <t>9789752203457</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Dış Basında Laik Cumhuriyetin Doğuşu</t>
+          <t>Dost Ayılar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789752203501</t>
+          <t>9789754942903</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Atatürk</t>
+          <t>Donumdaki Para</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789754942477</t>
+          <t>9789752203068</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20 Bin Fersah</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789754940169</t>
+          <t>9789752204423</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimiz Kaç Para Eder</t>
+          <t>Dolunay Dedektifleri - Yarasa Yarışları</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789752204324</t>
+          <t>9789752203655</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Dolunay Dedektifleri - Ölüler Ormanı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754944655</t>
+          <t>9789752202641</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Dandini Vatandaş Dandini Bütün Eserleri 29</t>
+          <t>Dolunay Dedektifleri - Mumya Dükkanı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754942682</t>
+          <t>9789754948455</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dalgıçlar</t>
+          <t>Duma Duma Dum</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>235</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789752202740</t>
+          <t>9789752202948</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldaki Sır</t>
+          <t>Dinozorla Kahvaltı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789754947618</t>
+          <t>9789754944853</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Ormanı</t>
+          <t>Dilber</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789754941081</t>
+          <t>9789752200357</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Osman</t>
+          <t>Dil, Şu Büyülü Düzen</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789752201446</t>
+          <t>9789754948226</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Zamanı</t>
+          <t>Dış Basında Laik Cumhuriyetin Doğuşu</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789752204225</t>
+          <t>9789752203501</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Türkler - Kıbrıs</t>
+          <t>Dersimiz: Atatürk</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>470</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789752201699</t>
+          <t>9789754942477</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Çanlar Kimin İçin Çalıyor</t>
+          <t>Denizler Altında 20 Bin Fersah</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789752202221</t>
+          <t>9789754940169</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Çağlayangil’in Anıları Kader Bizi Una Değil, Üne İtti</t>
+          <t>Demokrasimiz Kaç Para Eder</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789752203631</t>
+          <t>9789752204324</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi İkinci Kitap</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>675</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789752203181</t>
+          <t>9789754944655</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi Birinci Kitap</t>
+          <t>Dandini Vatandaş Dandini Bütün Eserleri 29</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789752200654</t>
+          <t>9789754942682</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminden Bugüne Örneklerle Şiir Çözümlemeleri</t>
+          <t>Dalgıçlar</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789754947779</t>
+          <t>9789752202740</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Bayrağı Altında Yaşamöykümde Devrim</t>
+          <t>Çuvaldaki Sır</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754946338</t>
+          <t>9789754947618</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Ağacı Ya Bağımsızlık Ya Ölüm</t>
+          <t>Çocukların Ormanı</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754945218</t>
+          <t>9789754941081</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Can Dede'nin Oyuncakları</t>
+          <t>Çizmeli Osman</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789754941326</t>
+          <t>9789752201446</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Can Dayım</t>
+          <t>Çikolata Zamanı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789754945157</t>
+          <t>9789752204225</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Dr. Rıza Nur Dosyası</t>
+          <t>Çılgın Türkler - Kıbrıs</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789752203327</t>
+          <t>9789752201699</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Canım Öğretmenim</t>
+          <t>Çanlar Kimin İçin Çalıyor</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>85</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789752200265</t>
+          <t>9789752202221</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sabahlarım Senin Olsun</t>
+          <t>Çağlayangil’in Anıları Kader Bizi Una Değil, Üne İtti</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>170</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789752202214</t>
+          <t>9789752203631</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları: 3 Bir Çift Yün Çorap / Böyle Aşk Duydunuz mu?</t>
+          <t>Cumhuriyet Türk Mucizesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>165</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789752202269</t>
+          <t>9789752203181</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 2</t>
+          <t>Cumhuriyet Türk Mucizesi Birinci Kitap</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>165</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789752203785</t>
+          <t>9789752200654</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Göl</t>
+          <t>Cumhuriyet Döneminden Bugüne Örneklerle Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>65</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754945904</t>
+          <t>9789754947779</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Milli Kahraman Matador Mahmut</t>
+          <t>Cumhuriyet Bayrağı Altında Yaşamöykümde Devrim</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789752202085</t>
+          <t>9789754946338</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları</t>
+          <t>Cumhuriyet Ağacı Ya Bağımsızlık Ya Ölüm</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>42</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789752201439</t>
+          <t>9789754945218</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Halikarnas Balıkçısı</t>
+          <t>Can Dede'nin Oyuncakları</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754941173</t>
+          <t>9789754941326</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Anadolu Bütün Eserleri:4</t>
+          <t>Can Dayım</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789752201248</t>
+          <t>9789754945157</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Max Tivoli’nin İtirafları</t>
+          <t>Dr. Rıza Nur Dosyası</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789752203761</t>
+          <t>9789752203327</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Masalcının Mektubu</t>
+          <t>Canım Öğretmenim</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789754949940</t>
+          <t>9789752200265</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Marathon "Bir Uzun Koşu"</t>
+          <t>Bütün Sabahlarım Senin Olsun</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789752204102</t>
+          <t>9789752202214</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Manzum Bektaşi Fıkraları</t>
+          <t>Bütün Oyunları: 3 Bir Çift Yün Çorap / Böyle Aşk Duydunuz mu?</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789752202610</t>
+          <t>9789752202269</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Malta Sürgünleri</t>
+          <t>Bütün Oyunları 2</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789752203815</t>
+          <t>9789752203785</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener Seti (10 Kitap Takım)</t>
+          <t>Dipsiz Göl</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789754946352</t>
+          <t>9789754945904</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Kızımla Evlenir misiniz?</t>
+          <t>Milli Kahraman Matador Mahmut</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789754940732</t>
+          <t>9789752202085</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Lüp Lüp Makinesi</t>
+          <t>Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>170</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789754948646</t>
+          <t>9789752201439</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kuşadalı Metin Kaptan</t>
+          <t>Merhaba Halikarnas Balıkçısı</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789754945560</t>
+          <t>9789754941173</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuklar</t>
+          <t>Merhaba Anadolu Bütün Eserleri:4</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>165</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789752203730</t>
+          <t>9789752201248</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Köpek Okulu</t>
+          <t>Max Tivoli’nin İtirafları</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>65</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789752203747</t>
+          <t>9789752203761</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Aşık Oldu</t>
+          <t>Masalcının Mektubu</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789752202733</t>
+          <t>9789754949940</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük 2 1924-1999</t>
+          <t>Marathon "Bir Uzun Koşu"</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789754947885</t>
+          <t>9789752204102</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Korkma İnsancık Korkma</t>
+          <t>Manzum Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789754945621</t>
+          <t>9789752202610</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kahraman</t>
+          <t>Malta Sürgünleri</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789754947205</t>
+          <t>9789752203815</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kedi</t>
+          <t>Mavisel Yener Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789754945577</t>
+          <t>9789754946352</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Balon</t>
+          <t>Lütfen Kızımla Evlenir misiniz?</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789754947519</t>
+          <t>9789754940732</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Konuş Benimle</t>
+          <t>Lüp Lüp Makinesi</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789752203464</t>
+          <t>9789754948646</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Komik Şiirler</t>
+          <t>Kuşadalı Metin Kaptan</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789754941852</t>
+          <t>9789754945560</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sürgün Bütün Eserleri - 3</t>
+          <t>Kuklacı Çocuklar</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789752204287</t>
+          <t>9789752203730</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Köpek Okulu</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789754940145</t>
+          <t>9789752203747</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Sokak Çocuğu</t>
+          <t>Köpeğim Aşık Oldu</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789754940343</t>
+          <t>9789752202733</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Kürtçülük 2 1924-1999</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>120</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789752203570</t>
+          <t>9789754947885</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Korkma İnsancık Korkma</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>85</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789752201804</t>
+          <t>9789754945621</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dev Adam</t>
+          <t>Korkak Kahraman</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789754940930</t>
+          <t>9789754947205</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Küçük Arı Büyük Arı</t>
+          <t>Konuşan Kedi</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789754942439</t>
+          <t>9789754945577</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kız</t>
+          <t>Konuşan Balon</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789754945546</t>
+          <t>9789754947519</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Çocuklar</t>
+          <t>Konuş Benimle</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789752200050</t>
+          <t>9789752203464</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Kestane Şekeri</t>
+          <t>Komik Şiirler</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789754948752</t>
+          <t>9789754941852</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Kelepir -Memduh Şevket Esendal Bütün Eserleri 11</t>
+          <t>Mavi Sürgün Bütün Eserleri - 3</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>120</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789752204058</t>
+          <t>9789752204287</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Patileri Minicik (Ciltli)</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789754941395</t>
+          <t>9789754940145</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Uçurtma</t>
+          <t>Küçük Prens ve Sokak Çocuğu</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789754947182</t>
+          <t>9789754940343</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Gözlüklü Köpek</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789754944020</t>
+          <t>9789752203570</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kaçanı Kovalar</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1182" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789752204263</t>
+          <t>9789752201804</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kalem</t>
+          <t>Küçük Dev Adam</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789754943436</t>
+          <t>9789754940930</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet / Kurumuş Ağaçlar / Nokta</t>
+          <t>Küçük Arı Büyük Arı</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789752203822</t>
+          <t>9789754942439</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Gitme Dönmezsin</t>
+          <t>Kiraz Kız</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789754944969</t>
+          <t>9789754945546</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Denizlerinde</t>
+          <t>Kızılderili Çocuklar</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789752202351</t>
+          <t>9789752200050</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Gelin Bebek</t>
+          <t>Kestane Şekeri</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789752203419</t>
+          <t>9789754948752</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Fulya’nın Bebekleri</t>
+          <t>Kelepir -Memduh Şevket Esendal Bütün Eserleri 11</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789752200296</t>
+          <t>9789752204058</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Frida</t>
+          <t>Kedicik Patileri Minicik (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789752204041</t>
+          <t>9789754941395</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>FerhAntoloji</t>
+          <t>Güldüren Uçurtma</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>590</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789752201941</t>
+          <t>9789754947182</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Faul! FIFA’nın Karanlık Yüzü</t>
+          <t>Gözlüklü Köpek</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789754944402</t>
+          <t>9789754944020</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Gönül Kaçanı Kovalar</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789754940824</t>
+          <t>9789752204263</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 8 - Falaka</t>
+          <t>Göçmen Kalem</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789752204294</t>
+          <t>9789754943436</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Gizli Mabet / Kurumuş Ağaçlar / Nokta</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789752201156</t>
+          <t>9789752203822</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Evinden Kaçan Masal</t>
+          <t>Gitme Dönmezsin</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789754945522</t>
+          <t>9789754944969</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Türküsü</t>
+          <t>Gençlik Denizlerinde</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>165</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789752201170</t>
+          <t>9789752202351</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Fikri</t>
+          <t>Gelin Bebek</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789752203198</t>
+          <t>9789752203419</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Erikler Çiçek Açtı</t>
+          <t>Fulya’nın Bebekleri</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789754948783</t>
+          <t>9789752200296</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Başı Dil Türkçemiz Üzerine Konuşmalar</t>
+          <t>Frida</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>235</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789754943030</t>
+          <t>9789752204041</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 2. Kitap</t>
+          <t>FerhAntoloji</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>420</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789752212770</t>
+          <t>9789752201941</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlar Zamanı</t>
+          <t>Faul! FIFA’nın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>590</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789752200241</t>
+          <t>9789754944402</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Pembe Köşk’ten Masallar</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789752212763</t>
+          <t>9789754940824</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Stan</t>
+          <t>Ömer Seyfettin Bütün Eserleri 8 - Falaka</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789752201071</t>
+          <t>9789752204294</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Gördüm Ben Çocukken 1</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789754941357</t>
+          <t>9789752201156</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 1 - Efruz Bey</t>
+          <t>Evinden Kaçan Masal</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789754941883</t>
+          <t>9789754945522</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Aganta Burina Burinata</t>
+          <t>Eşeğin Türküsü</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789754943696</t>
+          <t>9789752201170</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Eşeğin Fikri</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789752204454</t>
+          <t>9789752203198</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Köpekleri Seven Kedi</t>
+          <t>Erikler Çiçek Açtı</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>80</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789752212718</t>
+          <t>9789754948783</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Köy Lokantası</t>
+          <t>Erdemin Başı Dil Türkçemiz Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789752212688</t>
+          <t>9789754943030</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üzerine</t>
+          <t>Türk Devrim Tarihi 2. Kitap</t>
         </is>
       </c>
       <c r="C1210" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789752212695</t>
+          <t>9789752212770</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Horul Horul Bir Yıl</t>
+          <t>Beyaz Atlar Zamanı</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789752206014</t>
+          <t>9789752200241</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Juju Beni Unutma</t>
+          <t>Pembe Köşk’ten Masallar</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789754942644</t>
+          <t>9789752212763</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kattaki At</t>
+          <t>Maceracı Stan</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789752202818</t>
+          <t>9789752201071</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Hamdolsun Açız</t>
+          <t>Atatürk’ü Gördüm Ben Çocukken 1</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789752208711</t>
+          <t>9789754941357</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Diyen Şövalye</t>
+          <t>Ömer Seyfettin Bütün Eserleri 1 - Efruz Bey</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789752212671</t>
+          <t>9789754941883</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Aganta Burina Burinata</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>235</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789752212664</t>
+          <t>9789754943696</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Ötesine, Ağaçların İçine</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789752201972</t>
+          <t>9789752204454</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - İz Peşinde</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Köpekleri Seven Kedi</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789752202337</t>
+          <t>9789752212718</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Dehşet Mektuplar</t>
+          <t>Bir Garip Köy Lokantası</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789752203204</t>
+          <t>9789752212688</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Korkunç Satranç</t>
+          <t>Savaş Üzerine</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>195</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789752202108</t>
+          <t>9789752212695</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Doğa’nın Yayla Günlüğü</t>
+          <t>Horul Horul Bir Yıl</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789754942187</t>
+          <t>9789752206014</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Çiçeklerin Düğünü Bütün Eserleri 18</t>
+          <t>Juju Beni Unutma</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789752204690</t>
+          <t>9789754942644</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayaklı Futbolcu</t>
+          <t>Üçüncü Kattaki At</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789754948677</t>
+          <t>9789752202818</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Çıngıraklı Çoban</t>
+          <t>Hamdolsun Açız</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789752204089</t>
+          <t>9789752208711</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı: Korsan Takımı</t>
+          <t>Hayır! Diyen Şövalye</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>230</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789752204096</t>
+          <t>9789752212671</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı: Çıldıran Kasaba</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789752204362</t>
+          <t>9789752212664</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı - Dinozor Takımı</t>
+          <t>Nehrin Ötesine, Ağaçların İçine</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789754946024</t>
+          <t>9789752201972</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Çiçek</t>
+          <t>Dolunay Dedektifleri - İz Peşinde</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789754949360</t>
+          <t>9789752202337</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Anıları</t>
+          <t>Dolunay Dedektifleri - Dehşet Mektuplar</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789754942552</t>
+          <t>9789752203204</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Bir Kasabadan Resimler</t>
+          <t>Dolunay Dedektifleri - Korkunç Satranç</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789754945591</t>
+          <t>9789752202108</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Treni</t>
+          <t>Doğa’nın Yayla Günlüğü</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789752203839</t>
+          <t>9789754942187</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Yurdunu Yitiren Ağaç</t>
+          <t>Halikarnas Balıkçısı - Çiçeklerin Düğünü Bütün Eserleri 18</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789754949179</t>
+          <t>9789752204690</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - Örnekli Deyimler Sözlüğü</t>
+          <t>Çıplak Ayaklı Futbolcu</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>340</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789752204157</t>
+          <t>9789754948677</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Yazı</t>
+          <t>Çıngıraklı Çoban</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789752201149</t>
+          <t>9789752204089</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Mavi Elma</t>
+          <t>Çılgınlar Sınıfı: Korsan Takımı</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789754948202</t>
+          <t>9789752204096</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Hangi Leylasın Sen</t>
+          <t>Çılgınlar Sınıfı: Çıldıran Kasaba</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789754941937</t>
+          <t>9789752204362</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Halo Dayı ve İki Öküz</t>
+          <t>Çılgınlar Sınıfı - Dinozor Takımı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789754947922</t>
+          <t>9789754946024</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirimizin Gücü</t>
+          <t>Bir Kucak Çiçek</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789752204331</t>
+          <t>9789754949360</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Ayıya Bak</t>
+          <t>Bir Kedinin Anıları</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789754940510</t>
+          <t>9789754942552</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Bir Kasabadan Resimler</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789754948721</t>
+          <t>9789754945591</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Arıcık</t>
+          <t>Yusuf’un Treni</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789752200197</t>
+          <t>9789752203839</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Aptal Dünya</t>
+          <t>Yurdunu Yitiren Ağaç</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789752212657</t>
+          <t>9789754949179</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Kitabı</t>
+          <t>Açıklamalı - Örnekli Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789754947793</t>
+          <t>9789752204157</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Senaryo Yazma Tekniği Tiyatro, Radyo, Televizyon, Sinema</t>
+          <t>Ömrün Yazı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789752200784</t>
+          <t>9789752201149</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>İşte O Çocuk</t>
+          <t>Mavi Elma</t>
         </is>
       </c>
       <c r="C1245" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789752203525</t>
+          <t>9789754948202</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Görgü ve Nezaket Kuralları</t>
+          <t>Hangi Leylasın Sen</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789752212640</t>
+          <t>9789754941937</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Çocukları</t>
+          <t>Halo Dayı ve İki Öküz</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>290</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789752212633</t>
+          <t>9789754947922</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Üst Komşum Zebra</t>
+          <t>Halk Şiirimizin Gücü</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789752207561</t>
+          <t>9789752204331</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Sevgi İzi</t>
+          <t>Ayıya Bak</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789752204805</t>
+          <t>9789754940510</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Şehre Kaçış</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789752212619</t>
+          <t>9789754948721</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalmasın</t>
+          <t>Arıcık</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789752212626</t>
+          <t>9789752200197</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Hedefi Bulmayan Kurşun (Perşembe Günü Cinayet Kulübü #3)</t>
+          <t>Aptal Dünya</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9782222548805</t>
+          <t>9789752212657</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Günü Cinayet Kulübü Serisi</t>
+          <t>Yapay Zeka Kitabı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>1320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789752201279</t>
+          <t>9789754947793</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Türkler</t>
+          <t>Oyun ve Senaryo Yazma Tekniği Tiyatro, Radyo, Televizyon, Sinema</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789752212541</t>
+          <t>9789752200784</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Konuşan?</t>
+          <t>İşte O Çocuk</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789752212534</t>
+          <t>9789752203525</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Ressam Olmak İsteyen Papağan</t>
+          <t>Görgü ve Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789752212558</t>
+          <t>9789752212640</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Segu Toprak Surlar</t>
+          <t>Can Dede’nin Çocukları</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789752212565</t>
+          <t>9789752212633</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Ordesa</t>
+          <t>Üst Komşum Zebra</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789752209817</t>
+          <t>9789752207561</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Ben Yanılabilirim</t>
+          <t>Sevgi İzi</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789752200760</t>
+          <t>9789752204805</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Şehre Kaçış</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789752203587</t>
+          <t>9789752212619</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ağacı</t>
+          <t>Aramızda Kalmasın</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>110</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789754947168</t>
+          <t>9789752212626</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Küçük Futbolcu</t>
+          <t>Hedefi Bulmayan Kurşun (Perşembe Günü Cinayet Kulübü #3)</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789754947199</t>
+          <t>9782222548805</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Kahkahacı Sınıf</t>
+          <t>Perşembe Günü Cinayet Kulübü Serisi</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>150</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789752208872</t>
+          <t>9789752201279</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Albie Bright'in Sayısız Dünyası</t>
+          <t>Şu Çılgın Türkler</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789752212503</t>
+          <t>9789752212541</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Pembe Bir Renk Değildir</t>
+          <t>Kim Bu Konuşan?</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789752212527</t>
+          <t>9789752212534</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Renklenme Günü</t>
+          <t>Ressam Olmak İsteyen Papağan</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789752212480</t>
+          <t>9789752212558</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Uzay Tuhaflığı</t>
+          <t>Segu Toprak Surlar</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>230</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789752212510</t>
+          <t>9789752212565</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Gece Diye Bir Şey Yoktur!</t>
+          <t>Ordesa</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789752212473</t>
+          <t>9789752209817</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Sinoplu Marcion’un Kayıp İncili</t>
+          <t>Ben Yanılabilirim</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789752212497</t>
+          <t>9789752200760</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>TaTuTa’ya Yolculuk</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>160</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9782202547842</t>
+          <t>9789752203587</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla Serisi (3 Kitap)</t>
+          <t>Kuş Ağacı</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>690</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9782202547903</t>
+          <t>9789754947168</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Döngü Üçlemesi</t>
+          <t>Küçük Futbolcu</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>1260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9782202547927</t>
+          <t>9789754947199</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler Maceraları Seti</t>
+          <t>Kahkahacı Sınıf</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>960</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9782202547910</t>
+          <t>9789752208872</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı Seti</t>
+          <t>Albie Bright'in Sayısız Dünyası</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>8270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789752212411</t>
+          <t>9789752212503</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Yuvada Yeşeren Yaşam</t>
+          <t>Pembe Bir Renk Değildir</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>420</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789752212404</t>
+          <t>9789752212527</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Denek 3.8.3</t>
+          <t>Renklenme Günü</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789752212381</t>
+          <t>9789752212480</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Ati’nin Deprem Kitabı</t>
+          <t>Uzay Tuhaflığı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789752212398</t>
+          <t>9789752212510</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Şapkalı Solucan</t>
+          <t>Gece Diye Bir Şey Yoktur!</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789752212343</t>
+          <t>9789752212473</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Destan</t>
+          <t>Sinoplu Marcion’un Kayıp İncili</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>170</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789752212312</t>
+          <t>9789752212497</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Dadı Eftalya’nın Pembe Misketi</t>
+          <t>TaTuTa’ya Yolculuk</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789752212336</t>
+          <t>9782202547842</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Sapkınlar</t>
+          <t>King ve Kayla Serisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>590</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789752212374</t>
+          <t>9782202547903</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>100 Yıla Bakış 1923-2023</t>
+          <t>Döngü Üçlemesi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>400</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789752212367</t>
+          <t>9782202547927</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Çamur Böceği</t>
+          <t>Erik Vogler Maceraları Seti</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>150</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789752212350</t>
+          <t>9782202547910</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Foks - Tarihe Tanıklık Eden Köpek</t>
+          <t>Halikarnas Balıkçısı Seti</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>145</v>
+        <v>8270</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789752212329</t>
+          <t>9789752212411</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Kalbi</t>
+          <t>Yuvada Yeşeren Yaşam</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>385</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789752212305</t>
+          <t>9789752212404</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sürgün (Özel Baskı) (Ciltli)</t>
+          <t>Denek 3.8.3</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>750</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789752212244</t>
+          <t>9789752212381</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlar Nereye Yağar</t>
+          <t>Ati’nin Deprem Kitabı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789752212237</t>
+          <t>9789752212398</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye Defteri</t>
+          <t>Şapkalı Solucan</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789752212213</t>
+          <t>9789752212343</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Yanlış Kız</t>
+          <t>Adını Arayan Destan</t>
         </is>
       </c>
       <c r="C1289" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789752212220</t>
+          <t>9789752212312</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Pan'ın Penceresi</t>
+          <t>Dadı Eftalya’nın Pembe Misketi</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789752212084</t>
+          <t>9789752212336</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 1 - Kayıp Kurabiye Olayı</t>
+          <t>Sapkınlar</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>230</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789752212091</t>
+          <t>9789752212374</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 2 - Gizemli Fare Olayı</t>
+          <t>100 Yıla Bakış 1923-2023</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789752212107</t>
+          <t>9789752212367</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 3 - Gizli Şifre Olayı</t>
+          <t>Çamur Böceği</t>
         </is>
       </c>
       <c r="C1293" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789752212077</t>
+          <t>9789752212350</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Çok Çok Harika Bir Okul</t>
+          <t>Foks - Tarihe Tanıklık Eden Köpek</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789752212053</t>
+          <t>9789752212329</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Güneşi Mustafa Kemal Atatürk</t>
+          <t>Kentlerin Kalbi</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>135</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789752212060</t>
+          <t>9789752212305</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Mustafa Kemal Atatürk</t>
+          <t>Mavi Sürgün (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789752212015</t>
+          <t>9789752212244</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Sonra Güneş Açtı</t>
+          <t>Yağmurlar Nereye Yağar</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789752211940</t>
+          <t>9789752212237</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Devridaim</t>
+          <t>Kuvayı Milliye Defteri</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>220</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789752212008</t>
+          <t>9789752212213</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Uzun Parlak Nehir</t>
+          <t>Erik Vogler ve Yanlış Kız</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>360</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789752211995</t>
+          <t>9789752212220</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Papirüs</t>
+          <t>Pan'ın Penceresi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789752211834</t>
+          <t>9789752212084</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Dominikli</t>
+          <t>King ve Kayla 1 - Kayıp Kurabiye Olayı</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789752211810</t>
+          <t>9789752212091</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Cezeri ve Mezopotamya'daki Sır</t>
+          <t>King ve Kayla 2 - Gizemli Fare Olayı</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789752211643</t>
+          <t>9789752212107</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Ebola 76</t>
+          <t>King ve Kayla 3 - Gizli Şifre Olayı</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789752211827</t>
+          <t>9789752212077</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Resmini Yolla</t>
+          <t>Çok Çok Harika Bir Okul</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789752211803</t>
+          <t>9789752212053</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Jack Sparks'ın Son Günleri</t>
+          <t>Anadolu'nun Güneşi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789752211636</t>
+          <t>9789752212060</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Stan Gezegeni</t>
+          <t>Mucize - Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789752211414</t>
+          <t>9789752212015</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Keşif</t>
+          <t>Sonra Güneş Açtı</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789752211629</t>
+          <t>9789752211940</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Ben Mantar Kafa Değilim</t>
+          <t>Devridaim</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789752211605</t>
+          <t>9789752212008</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Küçücük Bir Şaka</t>
+          <t>Uzun Parlak Nehir</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>170</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789752211421</t>
+          <t>9789752211995</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Mo</t>
+          <t>Papirüs</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789752211582</t>
+          <t>9789752211834</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Her Yerde Sev</t>
+          <t>Dominikli</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>270</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789752211599</t>
+          <t>9789752211810</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Bir Kirpi Bin Masal</t>
+          <t>Cezeri ve Mezopotamya'daki Sır</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789752211612</t>
+          <t>9789752211643</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Kim Yaptı Bunu?</t>
+          <t>Ebola 76</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789752211551</t>
+          <t>9789752211827</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Mutasyonlar</t>
+          <t>Bana Bir Resmini Yolla</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789752211568</t>
+          <t>9789752211803</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Jack Sparks'ın Son Günleri</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9788757854787</t>
+          <t>9789752211636</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Akıl Almaz Maceraları Seti (20 Kitap)</t>
+          <t>Stan Gezegeni</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>7200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789752211407</t>
+          <t>9789752211414</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Sözel Çocuk</t>
+          <t>Keşif</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789752211278</t>
+          <t>9789752211629</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Saklı Asa</t>
+          <t>Canavar Bumbum - Ben Mantar Kafa Değilim</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789752211254</t>
+          <t>9789752211605</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Ayışığından Kayan - Manzum Hikaye</t>
+          <t>Canavar Bumbum - Küçücük Bir Şaka</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789752211261</t>
+          <t>9789752211421</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati 2 - Japonya</t>
+          <t>Ejderha Mo</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789752211247</t>
+          <t>9789752211582</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Anımsıyorum</t>
+          <t>Her Zaman Her Yerde Sev</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789752211230</t>
+          <t>9789752211599</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Dişler!</t>
+          <t>Bir Kirpi Bin Masal</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789752211223</t>
+          <t>9789752211612</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Romanı</t>
+          <t>Canavar Bumbum - Kim Yaptı Bunu?</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789752211216</t>
+          <t>9789752211551</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Düdüklü Tencere Orkestrası</t>
+          <t>Mutasyonlar</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9782084687827</t>
+          <t>9789752211568</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanlar Dizisi (5 Kitap)</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>495</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9782084687834</t>
+          <t>9788757854787</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Çocuklar Dizisi (6 Kitap)</t>
+          <t>Anneannemin Akıl Almaz Maceraları Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>715</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789781254550</t>
+          <t>9789752211407</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Teo Dizisi - 9 Kitap Takım</t>
+          <t>Sözel Çocuk</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>2070</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9782084687841</t>
+          <t>9789752211278</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat ve Felsefe Dizisi (5 Kitap)</t>
+          <t>Saklı Asa</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786054875429</t>
+          <t>9789752211254</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 11 Kitap</t>
+          <t>Ayışığından Kayan - Manzum Hikaye</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>825</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789752211179</t>
+          <t>9789752211261</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Kum Saati 2 - Japonya</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789752210929</t>
+          <t>9789752211247</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Kızları</t>
+          <t>Anımsıyorum</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789752210998</t>
+          <t>9789752211230</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat’ın Romanı</t>
+          <t>Sakın Açma Dişler!</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9782754587457</t>
+          <t>9789752211223</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Eğer Serisi Seti - 6 Kitap Takım</t>
+          <t>Hayatımın Romanı</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>1410</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789782548870</t>
+          <t>9789752211216</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar Seti (6 Kitap Takım)</t>
+          <t>Düdüklü Tencere Orkestrası</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>730</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789752210875</t>
+          <t>9782084687827</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Kutusu</t>
+          <t>Çocuk Kahramanlar Dizisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>75</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789752210899</t>
+          <t>9782084687834</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Gezgin Çocuklar Dizisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>120</v>
+        <v>990</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789752210868</t>
+          <t>9789781254550</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Misty Abbey Kalesi Laneti</t>
+          <t>Teo Dizisi - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>240</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789752210882</t>
+          <t>9782084687841</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kanatlar Altında - Döngü İçlemesi 2</t>
+          <t>Çocuklar İçin Sanat ve Felsefe Dizisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>420</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789754948233</t>
+          <t>9786054875429</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Uysal Dev</t>
+          <t>Stefan Zweig Seti - 11 Kitap</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>110</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789754949230</t>
+          <t>9789752211179</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Ufuk</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789752210912</t>
+          <t>9789752210929</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Değiştirme Rehberi</t>
+          <t>Babalar ve Kızları</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789752210905</t>
+          <t>9789752210998</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Hipokrat’ın Romanı</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786661254730</t>
+          <t>9782754587457</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri Seti (5 kitap)</t>
+          <t>Eğer Serisi Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>400</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>2789786022571</t>
+          <t>9789782548870</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi Seti (2 Kitap Takım)</t>
+          <t>Hüseyin Rahmi Gürpınar Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>1095</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789756987858</t>
+          <t>9789752210875</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Ernest Hemingway Seti (18 Kitap Takım)</t>
+          <t>Bilmece Kutusu</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>6260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786661254723</t>
+          <t>9789752210899</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı Seti (5 Kitap Takım)</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>1150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9782754587471</t>
+          <t>9789752210868</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri Seti (6 Kitap Takım)</t>
+          <t>Erik Vogler ve Misty Abbey Kalesi Laneti</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>1170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786661254716</t>
+          <t>9789752210882</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kasabası Serisi (3 Kitap Takım)</t>
+          <t>Kutlu Kanatlar Altında - Döngü İçlemesi 2</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>435</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786661254747</t>
+          <t>9789754948233</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu Serisi Seti (5 Kitap Takım)</t>
+          <t>Uysal Dev</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786661254778</t>
+          <t>9789754949230</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler Dizisi (Beş Kitaplık Set)</t>
+          <t>Uykucu Ufuk</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>950</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786661254761</t>
+          <t>9789752210912</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü Okuma Kitapları Seti (5 Kitap Takım)</t>
+          <t>Her Şeyi Değiştirme Rehberi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>550</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789752210691</t>
+          <t>9789752210905</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi - The Black Cat</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789752210707</t>
+          <t>9786661254730</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kedi - The White Cat</t>
+          <t>Armut Kafa Ailesinin Serüvenleri Seti (5 kitap)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789752210684</t>
+          <t>2789786022571</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Karalama Defteri</t>
+          <t>Cumhuriyet Türk Mucizesi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>135</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789752210554</t>
+          <t>9789756987858</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediğimiz Şeyler</t>
+          <t>Ernest Hemingway Seti (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>400</v>
+        <v>8875</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789752210530</t>
+          <t>9786661254723</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Larva Avcısı</t>
+          <t>Çılgınlar Sınıfı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>210</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789752210592</t>
+          <t>9786661254716</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Gazi Babamız</t>
+          <t>Mucize Kasabası Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>165</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789752210561</t>
+          <t>9786661254747</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Mucizeli Hayvanlar Kulübü</t>
+          <t>Palyaço Okulu Serisi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>150</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789752210523</t>
+          <t>9786661254778</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo ve Sürüsü</t>
+          <t>Tittirikler Dizisi (Beş Kitaplık Set)</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>310</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789752210578</t>
+          <t>9786661254761</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Bir Aykırı Adam</t>
+          <t>Muzaffer İzgü Okuma Kitapları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>145</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789752210547</t>
+          <t>9789752210691</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Ben Tituba Salem'in Kara Cadısı</t>
+          <t>Kara Kedi - The Black Cat</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789752210363</t>
+          <t>9789752210707</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Maisie Day’in Sonsuz Canları</t>
+          <t>Beyaz Kedi - The White Cat</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789752210585</t>
+          <t>9789752210684</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Kalım Arasındaki İnce Çizgi</t>
+          <t>Tanrı'nın Karalama Defteri</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789752210356</t>
+          <t>9789752210554</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Ne İçindeyiz Ne Dışında</t>
+          <t>Söyleyemediğimiz Şeyler</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789752210349</t>
+          <t>9789752210530</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Özel Coğrafya Dersleri</t>
+          <t>Larva Avcısı</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789752210318</t>
+          <t>9789752210592</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Günü Cinayet Kulübü</t>
+          <t>Gazi Babamız</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>440</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789752210325</t>
+          <t>9789752210561</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni ve Dinle!</t>
+          <t>Mucizeli Hayvanlar Kulübü</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789752210097</t>
+          <t>9789752210523</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Bekleyenler</t>
+          <t>Don Camillo ve Sürüsü</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789752210332</t>
+          <t>9789752210578</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Seven Adam</t>
+          <t>Bir Aykırı Adam</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>590</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789752209879</t>
+          <t>9789752210547</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Saatin Arka Yüzü</t>
+          <t>Ben Tituba Salem'in Kara Cadısı</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789752210011</t>
+          <t>9789752210363</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Clara'nın Yolculuğu</t>
+          <t>Maisie Day’in Sonsuz Canları</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789752210004</t>
+          <t>9789752210585</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>13. Bölüm</t>
+          <t>Ölümle Kalım Arasındaki İnce Çizgi</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789752210028</t>
+          <t>9789752210356</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Ne İçindeyiz Ne Dışında</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789752209992</t>
+          <t>9789752210349</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Ama O Zaman Elma Ağacı Büyür müydü?</t>
+          <t>Özel Coğrafya Dersleri</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789752209978</t>
+          <t>9789752210318</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurtları İçin Kitap Değerlendirme Defteri</t>
+          <t>Perşembe Günü Cinayet Kulübü</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789752209985</t>
+          <t>9789752210325</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İsteyen Kedi</t>
+          <t>Kapa Çeneni ve Dinle!</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>275</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789752209961</t>
+          <t>9789752210097</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Farkında</t>
+          <t>Korkuyu Bekleyenler</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789752209954</t>
+          <t>9789752210332</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Macera Vakti Babişko</t>
+          <t>Köpekleri Seven Adam</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>270</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789752209930</t>
+          <t>9789752209879</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>İlhan, Mahir, David</t>
+          <t>Saatin Arka Yüzü</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789752209855</t>
+          <t>9789752210011</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı Kuşağı - Doğuş ve Arayış</t>
+          <t>Clara'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>355</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789752209831</t>
+          <t>9789752210004</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Buradaki Kitap Nereye Gitti?</t>
+          <t>13. Bölüm</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789752209824</t>
+          <t>9789752210028</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Hikayesi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>270</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789752209848</t>
+          <t>9789752209992</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Laiklik Siyaseti</t>
+          <t>Ama O Zaman Elma Ağacı Büyür müydü?</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789752209732</t>
+          <t>9789752209978</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Altın Madeni</t>
+          <t>Kitap Kurtları İçin Kitap Değerlendirme Defteri</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789752209770</t>
+          <t>9789752209985</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İsteyen Dinozor</t>
+          <t>Astronot Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789752209763</t>
+          <t>9789752209961</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Farkında</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789752209756</t>
+          <t>9789752209954</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Üzerine</t>
+          <t>Macera Vakti Babişko</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789752209749</t>
+          <t>9789752209930</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sınırı</t>
+          <t>İlhan, Mahir, David</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789752209794</t>
+          <t>9789752209855</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Yolu</t>
+          <t>68 Kuşağı Kuşağı - Doğuş ve Arayış</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789752209800</t>
+          <t>9789752209831</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Kül Kahvesi</t>
+          <t>Buradaki Kitap Nereye Gitti?</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>220</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789752209787</t>
+          <t>9789752209824</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>21 Köy Enstitüsü / Çınarlar Anlatıyor</t>
+          <t>Balinanın Hikayesi</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789752209688</t>
+          <t>9789752209848</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Yapışır!</t>
+          <t>Laiklik Siyaseti</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>310</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789752209725</t>
+          <t>9789752209732</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Dünyadan Öyküler</t>
+          <t>Altın Madeni</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789752209718</t>
+          <t>9789752209770</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Gölde</t>
+          <t>Mutlu Olmak İsteyen Dinozor</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789752209701</t>
+          <t>9789752209763</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Havlamak İsteyen Köpekbalığı</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789752209695</t>
+          <t>9789752209756</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dedi Ki</t>
+          <t>Şizofreni Üzerine</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789752208681</t>
+          <t>9789752209749</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Scratch 3 İle Kodlamak Çok Kolay</t>
+          <t>Cennetin Sınırı</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789752209657</t>
+          <t>9789752209794</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Bağımsızlık Yolu</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789752209671</t>
+          <t>9789752209800</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Dedektif</t>
+          <t>Kül Kahvesi</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789752209633</t>
+          <t>9789752209787</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Portakal Bahçesi</t>
+          <t>21 Köy Enstitüsü / Çınarlar Anlatıyor</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789752209640</t>
+          <t>9789752209688</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuklar Atlası</t>
+          <t>Sakın Açma Yapışır!</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>135</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789752209664</t>
+          <t>9789752209725</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Sırlar</t>
+          <t>Doğa - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>295</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789752209596</t>
+          <t>9789752209718</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Sofraya Bir Tabak Daha Koy</t>
+          <t>Gölde</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789752209626</t>
+          <t>9789752209701</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Semercisi - Mucize Kasabası</t>
+          <t>Havlamak İsteyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>145</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789752209602</t>
+          <t>9789752209695</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Leya - Mucize Kasabası</t>
+          <t>Kadın Dedi Ki</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>145</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789752209589</t>
+          <t>9789752208681</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kitaplık - Mucize Kasabası</t>
+          <t>Scratch 3 İle Kodlamak Çok Kolay</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789752209558</t>
+          <t>9789752209657</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Annişkosal Mücadele</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789752209565</t>
+          <t>9789752209671</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Gri</t>
+          <t>Dedektif</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789752209541</t>
+          <t>9789752209633</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Babişkomel Macera</t>
+          <t>Portakal Bahçesi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789752209572</t>
+          <t>9789752209640</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Şehri - Beş Benzemez</t>
+          <t>Tek Çocuklar Atlası</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789942001900</t>
+          <t>9789752209664</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
+          <t>Gölgedeki Sırlar</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>750</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9782000145875</t>
+          <t>9789752209596</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Suç Dehaları Serisi (3 Kitap Takım)</t>
+          <t>Sofraya Bir Tabak Daha Koy</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>870</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789752209527</t>
+          <t>9789752209626</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Ejderha Semercisi - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>3990000027341</t>
+          <t>9789752209602</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 8 Güz 2020</t>
+          <t>Leyla İle Leya - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>136</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789752209480</t>
+          <t>9789752209589</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Şeytanminareleri</t>
+          <t>Uçan Kitaplık - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789752209459</t>
+          <t>9789752209558</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Dönüşü</t>
+          <t>Annişkosal Mücadele</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789752209503</t>
+          <t>9789752209565</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Göklerden Gelen Umut - Döngü / Bir İnsanlık Üçlemesi</t>
+          <t>Bu Kitap Gri</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>420</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789752209473</t>
+          <t>9789752209541</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Siranuş’un Mızıkası</t>
+          <t>Babişkomel Macera</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789752209510</t>
+          <t>9789752209572</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Ambrosia</t>
+          <t>Dinozorlar Şehri - Beş Benzemez</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789752209497</t>
+          <t>9789942001900</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katilim</t>
+          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>150</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789752209428</t>
+          <t>9782000145875</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Maymun</t>
+          <t>Suç Dehaları Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789752209411</t>
+          <t>9789752209527</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Jamie Drake Denklemi</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789752209466</t>
+          <t>3990000027341</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Anıları</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 8 Güz 2020</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>170</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789752209442</t>
+          <t>9789752209480</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları</t>
+          <t>Şeytanminareleri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789752209435</t>
+          <t>9789752209459</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Kulübenin Gizemi</t>
+          <t>Sherlock Holmes'un Dönüşü</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789752209404</t>
+          <t>9789752209503</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Aromatik Adam</t>
+          <t>Göklerden Gelen Umut - Döngü / Bir İnsanlık Üçlemesi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789752209381</t>
+          <t>9789752209473</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Siranuş’un Mızıkası</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789752209398</t>
+          <t>9789752209510</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbol Takımı</t>
+          <t>Ambrosia</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789752209374</t>
+          <t>9789752209497</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>İntikam - Suç Dehaları</t>
+          <t>Sevgili Katilim</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789752209367</t>
+          <t>9789752209428</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>The Philosopher Oak</t>
+          <t>Dedem Bir Maymun</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789752209350</t>
+          <t>9789752209411</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Astropenguen!</t>
+          <t>Jamie Drake Denklemi</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789752209343</t>
+          <t>9789752209466</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Tarlakuşu Mahallesi</t>
+          <t>Sherlock Holmes'un Anıları</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789752209336</t>
+          <t>9789752209442</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Zine</t>
+          <t>Sherlock Holmes'un Maceraları</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789752209312</t>
+          <t>9789752209435</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Bilgisavarlar</t>
+          <t>Kulübenin Gizemi</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789752209305</t>
+          <t>9789752209404</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Süper Yetenekli</t>
+          <t>Aromatik Adam</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789752209299</t>
+          <t>9789752209381</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Ve Balık Onu Yuttu</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789752209282</t>
+          <t>9789752209398</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Efsane Futbol Takımı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789752209268</t>
+          <t>9789752209374</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>İntikam - Suç Dehaları</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789752209275</t>
+          <t>9789752209367</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>The Philosopher Oak</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789752209145</t>
+          <t>9789752209350</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları (2 Kitap Takım)</t>
+          <t>Astropenguen!</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>1250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789752209251</t>
+          <t>9789752209343</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Kapısız Kilitler</t>
+          <t>Tarlakuşu Mahallesi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789752208964</t>
+          <t>9789752209336</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Muz Kabuğu Cinayeti</t>
+          <t>Zine</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789752209244</t>
+          <t>9789752209312</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin - Bir Devrim</t>
+          <t>Bilgisavarlar</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789752209176</t>
+          <t>9789752209305</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Uçuş</t>
+          <t>Süper Yetenekli</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789752209183</t>
+          <t>9789752209299</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>PR Mitleri</t>
+          <t>Ve Balık Onu Yuttu</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>235</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789752209237</t>
+          <t>9789752209282</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Bir Köprüden Geçtik</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789752209220</t>
+          <t>9789752209268</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Eliuzunlar Akademisi</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789752209213</t>
+          <t>9789752209275</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Wuhan Günlüğü</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789752209206</t>
+          <t>9789752209145</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaz</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>165</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789752209190</t>
+          <t>9789752209251</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Göbeklitepe'deki Sır</t>
+          <t>Kapısız Kilitler</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789752209091</t>
+          <t>9789752208964</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Destanı</t>
+          <t>Muz Kabuğu Cinayeti</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789752209084</t>
+          <t>9789752209244</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kadınlar Kahramandır</t>
+          <t>Charles Darwin - Bir Devrim</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789752209121</t>
+          <t>9789752209176</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>Uçuş</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789752209053</t>
+          <t>9789752209183</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>PR Mitleri</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789752209060</t>
+          <t>9789752209237</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Bir Köprüden Geçtik</t>
         </is>
       </c>
       <c r="C1455" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789752209107</t>
+          <t>9789752209220</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Eliuzunlar Akademisi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789752209039</t>
+          <t>9789752209213</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Mutlaka Almalıyım - Turuncu 430</t>
+          <t>Wuhan Günlüğü</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789752209022</t>
+          <t>9789752209206</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şakayık - Selig</t>
+          <t>Kara Kaz</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789752208940</t>
+          <t>9789752209190</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Ölümcül Mango Şerbeti</t>
+          <t>Piri Reis ve Göbeklitepe'deki Sır</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789752209015</t>
+          <t>9789752209091</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzindekiler</t>
+          <t>Sakarya Destanı</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789752209077</t>
+          <t>9789752209084</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Fransız Belgelerine Göre Mithat Paşa'nın Sonu</t>
+          <t>Bütün Kadınlar Kahramandır</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789752208957</t>
+          <t>9789752209121</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Hemingway</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>165</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789752208841</t>
+          <t>9789752209053</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerinde 1945 Kabusu</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789752208988</t>
+          <t>9789752209060</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Fareciği Okula Götürürsen</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752208995</t>
+          <t>9789752209107</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Geyikçiğe Top Kek Verirsen</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789752209008</t>
+          <t>9789752209039</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Köpekçiğe Çörek Verirsen</t>
+          <t>Mutlaka Almalıyım - Turuncu 430</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789752208971</t>
+          <t>9789752209022</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Çevresinde Yolculuk</t>
+          <t>Sihirli Şakayık - Selig</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789752208865</t>
+          <t>9789752208940</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>3, 2, 1 Fırlat!</t>
+          <t>Erik Vogler ve Ölümcül Mango Şerbeti</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>270</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789752208926</t>
+          <t>9789752209015</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem... Evrenin En Harika Annesi</t>
+          <t>Atatürk'ün İzindekiler</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789752208933</t>
+          <t>9789752209077</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam... Evrenin En Harika Babası</t>
+          <t>Fransız Belgelerine Göre Mithat Paşa'nın Sonu</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789752208919</t>
+          <t>9789752208957</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Bilge Çiçek</t>
+          <t>Sonsuza Dek Hemingway</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789752208889</t>
+          <t>9789752208841</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Özlemi</t>
+          <t>Türkiye Üzerinde 1945 Kabusu</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789752208896</t>
+          <t>9789752208988</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ayı (Ciltli)</t>
+          <t>Eğer Bir Fareciği Okula Götürürsen</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789752208698</t>
+          <t>9789752208995</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Adalı (Ciltli)</t>
+          <t>Eğer Bir Geyikçiğe Top Kek Verirsen</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789752208902</t>
+          <t>9789752209008</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Kel Çocuk</t>
+          <t>Eğer Bir Köpekçiğe Çörek Verirsen</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789752208858</t>
+          <t>9789752208971</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik Mitleri</t>
+          <t>Ay’ın Çevresinde Yolculuk</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789752208704</t>
+          <t>9789752208865</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Bir Kar Fırtınasında</t>
+          <t>3, 2, 1 Fırlat!</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789752208742</t>
+          <t>9789752208926</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Sfenksi</t>
+          <t>Benim Annem... Evrenin En Harika Annesi</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9782005487420</t>
+          <t>9789752208933</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Behrengi'nin Altın Kalpli Çocukları Seti (7 Kitap Takım)</t>
+          <t>Benim Babam... Evrenin En Harika Babası</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>570</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789752208827</t>
+          <t>9789752208919</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 5 - En Komik Şeyler</t>
+          <t>Bilge Çiçek</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789752208780</t>
+          <t>9789752208889</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 1 - En Korkunç Şeyler</t>
+          <t>Gökyüzü Özlemi</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789752208810</t>
+          <t>9789752208896</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 4 - En Çılgın Şeyler</t>
+          <t>Çocuk ve Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789752208797</t>
+          <t>9789752208698</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 3 - En Eğlenceli Şeyler</t>
+          <t>Adalı (Ciltli)</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789752208803</t>
+          <t>9789752208902</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 2 - En Gürültücü Şeyler</t>
+          <t>Güvercinci Kel Çocuk</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789752208773</t>
+          <t>9789752208858</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Hırsızı - Beş Benzemez</t>
+          <t>Yöneticilik Mitleri</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752208759</t>
+          <t>9789752208704</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Evvel Zaman İçinde Bir Kar Fırtınasında</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789752208766</t>
+          <t>9789752208742</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Anıları</t>
+          <t>Buzlar Sfenksi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789752208667</t>
+          <t>9782005487420</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Behrengi'nin Altın Kalpli Çocukları Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>120</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789752208674</t>
+          <t>9789752208827</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Tittirikler 5 - En Komik Şeyler</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>75</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789752208735</t>
+          <t>9789752208780</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Yazma Üzerine</t>
+          <t>Tittirikler 1 - En Korkunç Şeyler</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789752208636</t>
+          <t>9789752208810</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Tittirikler 4 - En Çılgın Şeyler</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789752208650</t>
+          <t>9789752208797</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Tittirikler 3 - En Eğlenceli Şeyler</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789752208643</t>
+          <t>9789752208803</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Tittirikler 2 - En Gürültücü Şeyler</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789752208612</t>
+          <t>9789752208773</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Yerçekimi Hırsızı - Beş Benzemez</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789752208629</t>
+          <t>9789752208759</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789752208544</t>
+          <t>9789752208766</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
+          <t>Genç Bir Doktorun Anıları</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789752208605</t>
+          <t>9789752208667</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık Olarak Doğru</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>355</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789752208575</t>
+          <t>9789752208674</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Mitleri</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789752208537</t>
+          <t>9789752208735</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Yazma Üzerine</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9782084587851</t>
+          <t>9789752208636</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Dizisi (5 Kitap Takım)</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>610</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789752208568</t>
+          <t>9789752208650</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo'nun Küçük Dünyası</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789752208520</t>
+          <t>9789752208643</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Isırır!</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789752208483</t>
+          <t>9789752208612</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Tembel Teneke</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789752208513</t>
+          <t>9789752208629</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar- Suç Dehaları</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789752208599</t>
+          <t>9789752208544</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>75</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789752208469</t>
+          <t>9789752208605</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Yaklaşık Olarak Doğru</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789752208551</t>
+          <t>9789752208575</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>İşyeri Mitleri</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789752208353</t>
+          <t>9789752208537</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789752208360</t>
+          <t>9782084587851</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Bilim ve Teknoloji Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>75</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789752208445</t>
+          <t>9789752208568</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Don Camillo'nun Küçük Dünyası</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789752208452</t>
+          <t>9789752208520</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Sakın Açma Isırır!</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>75</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789752208391</t>
+          <t>9789752208483</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinin Meclis Süreci</t>
+          <t>Tembel Teneke</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>400</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789752208421</t>
+          <t>9789752208513</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Nostromo</t>
+          <t>Kaçaklar- Suç Dehaları</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789752208438</t>
+          <t>9789752208599</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Karmen - Toplu Çeviriler</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789752208384</t>
+          <t>9789752208469</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Duvar ve Adam</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789752208476</t>
+          <t>9789752208551</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789752208377</t>
+          <t>9789752208353</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Bir Geçmiş Düşü</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789752208407</t>
+          <t>9789752208360</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Altın Volkanı</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789752208414</t>
+          <t>9789752208445</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Konuşan Bebeği</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789752208339</t>
+          <t>9789752208452</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasının Sırları</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789752208346</t>
+          <t>9789752208391</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerine Öyküler</t>
+          <t>Köy Enstitülerinin Meclis Süreci</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789752208285</t>
+          <t>9789752208421</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Baba, Savaş Ne Demek?</t>
+          <t>Nostromo</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789752208308</t>
+          <t>9789752208438</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Efsane Değil İnsanım</t>
+          <t>Karmen - Toplu Çeviriler</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789752208315</t>
+          <t>9789752208384</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Duvar ve Adam</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>85</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789752204027</t>
+          <t>9789752208476</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Masallar (8 Kitap)</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789752208322</t>
+          <t>9789752208377</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Adayımızsın Hayrettin</t>
+          <t>Bir Geçmiş Düşü</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789752208292</t>
+          <t>9789752208407</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Altın Volkanı</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789752208230</t>
+          <t>9789752208414</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Yıldız ile Konuşan Bebeği</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789752208223</t>
+          <t>9789752208339</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Hayvanlar Dünyasının Sırları</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789752208278</t>
+          <t>9789752208346</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Atasözlerine Öyküler</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>180</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789752208216</t>
+          <t>9789752208285</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Baba, Savaş Ne Demek?</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789752208247</t>
+          <t>9789752208308</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Efsane Değil İnsanım</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789752208261</t>
+          <t>9789752208315</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Torbadaki Maksim Gorki</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789752208254</t>
+          <t>9789752204027</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Turkish and Greek Relations in an Age of Turmoil (1821 - 1922)</t>
+          <t>Masallar (8 Kitap)</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789752208124</t>
+          <t>9789752208322</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Kendi Diliyle Kavrulmak</t>
+          <t>Adayımızsın Hayrettin</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789787857854</t>
+          <t>9789752208292</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (6 Kitap Takım)</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>780</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789752208094</t>
+          <t>9789752208230</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kobra</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789752208117</t>
+          <t>9789752208223</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Tıbbiyeli Hikmet</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789752208179</t>
+          <t>9789752208278</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789752208100</t>
+          <t>9789752208216</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789752208155</t>
+          <t>9789752208247</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789752208186</t>
+          <t>9789752208261</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Kağnı Ses</t>
+          <t>Torbadaki Maksim Gorki</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789752208148</t>
+          <t>9789752208254</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Turkish and Greek Relations in an Age of Turmoil (1821 - 1922)</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789752208131</t>
+          <t>9789752208124</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Dağlar ve Rüzgar</t>
+          <t>Kendi Diliyle Kavrulmak</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789752208056</t>
+          <t>9789787857854</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Sabahattin Ali Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>85</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789752208162</t>
+          <t>9789752208094</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kobra</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789752208049</t>
+          <t>9789752208117</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Tıbbiyeli Hikmet</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>110</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789752208087</t>
+          <t>9789752208179</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Bile Dişlerini Fırçalar</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789752208070</t>
+          <t>9789752208100</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Beyaz Şahin Suçları</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789752208063</t>
+          <t>9789752208155</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Limonluk Yurdu'nun Perisi</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789752208018</t>
+          <t>9789752208186</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oğul Efsanesi</t>
+          <t>Kağnı Ses</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789752208032</t>
+          <t>9789752208148</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Köleliğe Kaçış</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789752208001</t>
+          <t>9789752208131</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Süzme Felsefe</t>
+          <t>Değirmen Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789752207899</t>
+          <t>9789752208056</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C1554" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789752207905</t>
+          <t>9789752208162</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789752208025</t>
+          <t>9789752208049</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Düşler Diyarı</t>
+          <t>Türk Destanları</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789752207974</t>
+          <t>9789752208087</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Tanıyalım</t>
+          <t>Canavarlar Bile Dişlerini Fırçalar</t>
         </is>
       </c>
       <c r="C1557" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789752207998</t>
+          <t>9789752208070</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Hayvan Sevgisi</t>
+          <t>Erik Vogler ve Beyaz Şahin Suçları</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>270</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789752207981</t>
+          <t>9789752208063</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Doğa Sevgisi</t>
+          <t>Limonluk Yurdu'nun Perisi</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789752207967</t>
+          <t>9789752208018</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye Öyküleri</t>
+          <t>Büyük Oğul Efsanesi</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789752207875</t>
+          <t>9789752208032</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç - Suç Dehaları</t>
+          <t>Köleliğe Kaçış</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789752207943</t>
+          <t>9789752208001</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Aparkat</t>
+          <t>Süzme Felsefe</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789752207912</t>
+          <t>9789752207899</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789752207936</t>
+          <t>9789752207905</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Fıkraları</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789752207929</t>
+          <t>9789752208025</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Söyle Söyleyebilirsen - Tekerlemeler</t>
+          <t>Düşler Diyarı</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>75</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789752207882</t>
+          <t>9789752207974</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Clara’nın Yolculuğu - Sezahat</t>
+          <t>Atatürk’ü Tanıyalım</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789752207844</t>
+          <t>9789752207998</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Atatürk’ün Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789752207868</t>
+          <t>9789752207981</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Atatürk'ün Doğa Sevgisi</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789752207851</t>
+          <t>9789752207967</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Ruh İkizleri</t>
+          <t>Kuvayı Milliye Öyküleri</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789752207820</t>
+          <t>9789752207875</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Başlangıç - Suç Dehaları</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789752207813</t>
+          <t>9789752207943</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Aparkat</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789752207806</t>
+          <t>9789752207912</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789752207790</t>
+          <t>9789752207936</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Muz Cenneti</t>
+          <t>Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789752207783</t>
+          <t>9789752207929</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Filozof Meşe</t>
+          <t>Söyle Söyleyebilirsen - Tekerlemeler</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789752207622</t>
+          <t>9789752207882</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>The Armenian Revolutionary Movement</t>
+          <t>Clara’nın Yolculuğu - Sezahat</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789752207615</t>
+          <t>9789752207844</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin İhtilal Hareketleri</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789752207752</t>
+          <t>9789752207868</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789752207707</t>
+          <t>9789752207851</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Ruh İkizleri</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>75</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789752207776</t>
+          <t>9789752207820</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789752207769</t>
+          <t>9789752207813</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789752207745</t>
+          <t>9789752207806</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Teo'nun Zorbalık Kitabı</t>
+          <t>Bağrıyanık Ömer</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789752207738</t>
+          <t>9789752207790</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Teo'nun "Ben Nereden Geldim?" Kitabı</t>
+          <t>Muz Cenneti</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789752207721</t>
+          <t>9789752207783</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Kral Teo Kitabı</t>
+          <t>Filozof Meşe</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789752207653</t>
+          <t>9789752207622</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Nick Adams Öyküleri (Bütün Eserleri 14)</t>
+          <t>The Armenian Revolutionary Movement</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789752207714</t>
+          <t>9789752207615</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Sobe - Öldün</t>
+          <t>Ermenilerin İhtilal Hareketleri</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789752207691</t>
+          <t>9789752207752</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789752207684</t>
+          <t>9789752207707</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Hmm! Dedi Doktor; Anjio Olmanız Gerekiyor...</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789752207660</t>
+          <t>9789752207776</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti Babişko</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789752207677</t>
+          <t>9789752207769</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Okul Vakti Babişko</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789752207639</t>
+          <t>9789752207745</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Bizi Seviyor</t>
+          <t>Teo'nun Zorbalık Kitabı</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789752207578</t>
+          <t>9789752207738</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Odamdaki Hayalet</t>
+          <t>Teo'nun "Ben Nereden Geldim?" Kitabı</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789752207585</t>
+          <t>9789752207721</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Kral Teo Kitabı</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789752207554</t>
+          <t>9789752207653</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Nick Adams Öyküleri (Bütün Eserleri 14)</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>80</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789752207530</t>
+          <t>9789752207714</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Bozma Kızın Moralini</t>
+          <t>Sobe - Öldün</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789752207523</t>
+          <t>9789752207691</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789752207486</t>
+          <t>9789752207684</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Kayıp Yumurtayı Arıyorlar</t>
+          <t>Hmm! Dedi Doktor; Anjio Olmanız Gerekiyor...</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789752207479</t>
+          <t>9789752207660</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Gökkuşağı Yapıyorlar</t>
+          <t>Uyku Vakti Babişko</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789752207493</t>
+          <t>9789752207677</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Tanışıyorlar</t>
+          <t>Okul Vakti Babişko</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789752207462</t>
+          <t>9789752207639</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya - Değirmende</t>
+          <t>Atatürk Bizi Seviyor</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789752207509</t>
+          <t>9789752207578</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Uçurtma Uçuruyorlar</t>
+          <t>Odamdaki Hayalet</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>145</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789752207455</t>
+          <t>9789752207585</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Suları Çekilen Nehir</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789752207448</t>
+          <t>9789752207554</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Yalınayak Uçar</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789752207431</t>
+          <t>9789752207530</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Al Söyle Beni</t>
+          <t>Bozma Kızın Moralini</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789752207417</t>
+          <t>9789752207523</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Siyasetçinin Günlüğünden</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789752207370</t>
+          <t>9789752207486</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Sakarya</t>
+          <t>Bayan Şeftali ve Alya Kayıp Yumurtayı Arıyorlar</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789752207400</t>
+          <t>9789752207479</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşının Mali Kaynakları</t>
+          <t>Bayan Şeftali ve Alya Gökkuşağı Yapıyorlar</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789752207424</t>
+          <t>9789752207493</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>İktidar Kıskacında Din</t>
+          <t>Bayan Şeftali ve Alya Tanışıyorlar</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789752207394</t>
+          <t>9789752207462</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Bayan Şeftali ve Alya - Değirmende</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789752207356</t>
+          <t>9789752207509</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bayan Şeftali ve Alya Uçurtma Uçuruyorlar</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789752207363</t>
+          <t>9789752207455</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Kol ve İspanya İç Savaşının Dört Öyküsü</t>
+          <t>Suları Çekilen Nehir</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789752207349</t>
+          <t>9789752207448</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama</t>
+          <t>Kuşlar Yalınayak Uçar</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789752207288</t>
+          <t>9789752207431</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Yılgayak</t>
+          <t>Al Söyle Beni</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9789752207325</t>
+          <t>9789752207417</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Siyasetçinin Günlüğünden</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9789752207165</t>
+          <t>9789752207370</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Sakarya</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>150</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789752207295</t>
+          <t>9789752207400</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Kurtuluş Savaşının Mali Kaynakları</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>75</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789752207301</t>
+          <t>9789752207424</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Nutuk</t>
+          <t>İktidar Kıskacında Din</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789752207318</t>
+          <t>9789752207394</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü ile Gülümsemek</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1617" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789752207202</t>
+          <t>9789752207356</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Altındağ</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789752207271</t>
+          <t>9789752207363</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Başka Şeylerin Şiirleri</t>
+          <t>Beşinci Kol ve İspanya İç Savaşının Dört Öyküsü</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>130</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789752207257</t>
+          <t>9789752207349</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kapısı</t>
+          <t>Masallı Boyama</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789752207233</t>
+          <t>9789752207288</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Acemi Korsan</t>
+          <t>Yılgayak</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9789752207226</t>
+          <t>9789752207325</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Atatürk</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789752207172</t>
+          <t>9789752207165</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>En Komik Nasreddin Hoca Fıkraları</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789752207189</t>
+          <t>9789752207295</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Fıkralar</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789752207219</t>
+          <t>9789752207301</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Topraklar</t>
+          <t>Çocuklar ve Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789752207141</t>
+          <t>9789752207318</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Salak</t>
+          <t>Muzaffer İzgü ile Gülümsemek</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789752207110</t>
+          <t>9789752207202</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Altındağ</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>120</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789752207158</t>
+          <t>9789752207271</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Amerika Diye Diye</t>
+          <t>Başka Şeylerin Şiirleri</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9789752207080</t>
+          <t>9789752207257</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>İnsan/Üstüninsan</t>
+          <t>Sokak Kapısı</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9789752207134</t>
+          <t>9789752207233</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Türk Yıldızları</t>
+          <t>Acemi Korsan</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789752207097</t>
+          <t>9789752207226</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Öğretmenim Atatürk</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789752207103</t>
+          <t>9789752207172</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>En Komik Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9789752207011</t>
+          <t>9789752207189</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Temsilcileri</t>
+          <t>Gıdıklayan Fıkralar</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789752207073</t>
+          <t>9789752207219</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunun Psikoloğu Olmak</t>
+          <t>Lanetli Topraklar</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9789752207028</t>
+          <t>9789752207141</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Sevgili Salak</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9789752207035</t>
+          <t>9789752207110</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant'in Çocukları</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9789752207066</t>
+          <t>9789752207158</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Şşşşt!</t>
+          <t>Amerika Diye Diye</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9789752207059</t>
+          <t>9789752207080</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>İnsan/Üstüninsan</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>140</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9789752207042</t>
+          <t>9789752207134</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Türk Yıldızları</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>165</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9789752207004</t>
+          <t>9789752207097</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şiirler</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9789752206946</t>
+          <t>9789752207103</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Pasklılar - Şapşal Baykuş (Ciltli)</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9789752206977</t>
+          <t>9789752207011</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Saldırgan Masum Annem</t>
+          <t>Tanrı'nın Temsilcileri</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>250</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9789752206991</t>
+          <t>9789752207073</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Gecesinde Bir Tren</t>
+          <t>Çocuğunun Psikoloğu Olmak</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9789752206953</t>
+          <t>9789752207028</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Noel Babalar Grevde</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9789752206984</t>
+          <t>9789752207035</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşlarında Rumeli Türkleri</t>
+          <t>Kaptan Grant'in Çocukları</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9789752206908</t>
+          <t>9789752207066</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Balıkçı'ya Merhaba</t>
+          <t>Şşşşt!</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9789752206960</t>
+          <t>9789752207059</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9789752206939</t>
+          <t>9789752207042</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Apartmanı</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9789752206922</t>
+          <t>9789752207004</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Tüm Öyküleri</t>
+          <t>Uçan Şiirler</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9789752206915</t>
+          <t>9789752206946</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Öyküleri</t>
+          <t>Pasklılar - Şapşal Baykuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9789752206830</t>
+          <t>9789752206977</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Saldırgan Masum Annem</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9789752206854</t>
+          <t>9789752206991</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Derin Şehir</t>
+          <t>Bozkır Gecesinde Bir Tren</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9789752206861</t>
+          <t>9789752206953</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Kafka Oteli</t>
+          <t>Noel Babalar Grevde</t>
         </is>
       </c>
       <c r="C1653" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9789752206885</t>
+          <t>9789752206984</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Domuzcuğa Parti Verirsen</t>
+          <t>Balkan Savaşlarında Rumeli Türkleri</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>235</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9789752206892</t>
+          <t>9789752206908</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Kediciğe Kek Verirsen</t>
+          <t>Anılarla Balıkçı'ya Merhaba</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789752206878</t>
+          <t>9789752206960</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Fareciğe Kurabiye Verirsen</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9789752206847</t>
+          <t>9789752206939</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Mevsim Apartmanı</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9789752206823</t>
+          <t>9789752206922</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Yetenek(siz)</t>
+          <t>Tüm Öyküleri</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>240</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789752206816</t>
+          <t>9789752206915</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Deyimler ve Öyküleri</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>85</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9789752206809</t>
+          <t>9789752206830</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1660" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9789752206793</t>
+          <t>9789752206854</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>O İyi Kitaplar Olmasaydı</t>
+          <t>Uykusu Derin Şehir</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789752206779</t>
+          <t>9789752206861</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Kafka Oteli</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9789752206762</t>
+          <t>9789752206885</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Hayri potur Harry Potter'a Karşı</t>
+          <t>Eğer Bir Domuzcuğa Parti Verirsen</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9789754940121</t>
+          <t>9789752206892</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Uluç Reis Bütün Eserleri 5</t>
+          <t>Eğer Bir Kediciğe Kek Verirsen</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789752201484</t>
+          <t>9789752206878</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Balım Kız Dalım Oğul</t>
+          <t>Eğer Bir Fareciğe Kurabiye Verirsen</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9789752206649</t>
+          <t>9789752206847</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Türkiye Gerçeği</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9789754940855</t>
+          <t>9789752206823</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Belgeleriyle Sakarya'dan İzmir'e</t>
+          <t>Yetenek(siz)</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9789752206717</t>
+          <t>9789752206816</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9789752206724</t>
+          <t>9789752206809</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789752206670</t>
+          <t>9789752206793</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Korkak Babam</t>
+          <t>O İyi Kitaplar Olmasaydı</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9789752206700</t>
+          <t>9789752206779</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Evlat</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>210</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9789752206656</t>
+          <t>9789752206762</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubur Canavarı</t>
+          <t>Hayri potur Harry Potter'a Karşı</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>235</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9789752206663</t>
+          <t>9789754940121</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Terör PKK</t>
+          <t>Halikarnas Balıkçısı - Uluç Reis Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9789752206632</t>
+          <t>9789752201484</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Balım Kız Dalım Oğul</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9789752206618</t>
+          <t>9789752206649</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Falaka ve Gecelerim</t>
+          <t>Anılarla Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>75</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9789752206601</t>
+          <t>9789754940855</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>İngiliz Belgeleriyle Sakarya'dan İzmir'e</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789752201682</t>
+          <t>9789752206717</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz (İhtiyar Balıkçı)</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789752206472</t>
+          <t>9789752206724</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıfta Neler Oluyor?</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9789752206458</t>
+          <t>9789752206670</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Kahraman Korkak Babam</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789752206465</t>
+          <t>9789752206700</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Cehennemi</t>
+          <t>Evlat</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9789752206441</t>
+          <t>9789752206656</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Abur Cubur Canavarı</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9789752206359</t>
+          <t>9789752206663</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Naif Bir Flamingonun Günlüğü</t>
+          <t>Terör PKK</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>145</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789752206403</t>
+          <t>9789752206632</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar - Timsah Havuzu (Ciltli)</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9789752206342</t>
+          <t>9789752206618</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Falaka ve Gecelerim</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789752206335</t>
+          <t>9789752206601</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789752204836</t>
+          <t>9789752201682</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Korku Öyküleri Cilt: 2</t>
+          <t>Yaşlı Adam ve Deniz (İhtiyar Balıkçı)</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789752206267</t>
+          <t>9789752206472</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi Mezunları Üzerine Bir Araştırma</t>
+          <t>Palyaço Okulu - Sınıfta Neler Oluyor?</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789752204812</t>
+          <t>9789752206458</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Çiçekleri</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9789752205987</t>
+          <t>9789752206465</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Örümceği</t>
+          <t>Yeşilçam Cehennemi</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9789752205956</t>
+          <t>9789752206441</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar- Tehlikeli Maymun (Ciltli)</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9789752205888</t>
+          <t>9789752206359</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Dalga Geçme Kitabı</t>
+          <t>Naif Bir Flamingonun Günlüğü</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9789752205871</t>
+          <t>9789752206403</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Can Sıkıntısı Kitabı</t>
+          <t>Pasaklılar - Timsah Havuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9789752205895</t>
+          <t>9789752206342</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Tablet Kitabı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9789752205598</t>
+          <t>9789752206335</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9789752205901</t>
+          <t>9789752204836</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Bronz Kolye</t>
+          <t>Anadolu Korku Öyküleri Cilt: 2</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9789752206007</t>
+          <t>9789752206267</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Bela İyidir</t>
+          <t>Köy Enstitüleri Sistemi Mezunları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9789752205949</t>
+          <t>9789752204812</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Benazir</t>
+          <t>Jandarma Çiçekleri</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9789752205970</t>
+          <t>9789752205987</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Az Önce</t>
+          <t>Keşiş Örümceği</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9789752205918</t>
+          <t>9789752205956</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin On Beş Yaş</t>
+          <t>Pasaklılar- Tehlikeli Maymun (Ciltli)</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9789754949568</t>
+          <t>9789752205888</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Kuyruklu Yıldızı</t>
+          <t>Teo’nun Dalga Geçme Kitabı</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9789754949919</t>
+          <t>9789752205871</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Konuk Kedisi</t>
+          <t>Teo’nun Can Sıkıntısı Kitabı</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9789752202399</t>
+          <t>9789752205895</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Kar Kızı</t>
+          <t>Teo’nun Tablet Kitabı</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9789752202382</t>
+          <t>9789752205598</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Güllü Yorganı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9789754944709</t>
+          <t>9789752205901</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Gramofonu</t>
+          <t>Bronz Kolye</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9789754944730</t>
+          <t>9789752206007</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Erikli Bahçesi</t>
+          <t>Bela İyidir</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9789752201835</t>
+          <t>9789752205949</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Cep Telefonu</t>
+          <t>Benazir</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>360</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9789754946925</t>
+          <t>9789752205970</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Bebeği - Anneannemin Akıl Almaz Maceraları 10. Kitap</t>
+          <t>Ölmeden Az Önce</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9789754944723</t>
+          <t>9789752205918</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Apartman Kuzusu</t>
+          <t>Hoş Geldin On Beş Yaş</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9789752205741</t>
+          <t>9789754949568</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Samanadam</t>
+          <t>Anneannemin Kuyruklu Yıldızı</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>165</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9789752205703</t>
+          <t>9789754949919</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Anne Oldum</t>
+          <t>Anneannemin Konuk Kedisi</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9789752205536</t>
+          <t>9789752202399</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Anneannemin Kar Kızı</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>120</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9789752205932</t>
+          <t>9789752202382</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı Atlantis Takımı</t>
+          <t>Anneannemin Güllü Yorganı</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9789752205406</t>
+          <t>9789754944709</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Karamelli Akide Şekeri</t>
+          <t>Anneannemin Gramofonu</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9789752205352</t>
+          <t>9789754944730</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Geçilmez</t>
+          <t>Anneannemin Erikli Bahçesi</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9789752205369</t>
+          <t>9789752201835</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sözvarlığı</t>
+          <t>Anneannemin Cep Telefonu</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9789752205338</t>
+          <t>9789754946925</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Dramı</t>
+          <t>Anneannemin Bebeği - Anneannemin Akıl Almaz Maceraları 10. Kitap</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9789752205376</t>
+          <t>9789754944723</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman</t>
+          <t>Anneannemin Apartman Kuzusu</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9789752205321</t>
+          <t>9789752205741</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Samanadam</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9789752205390</t>
+          <t>9789752205703</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Engin Alan - Bölünmeye Çeyrek Kala</t>
+          <t>Eyvah Anne Oldum</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9789752205277</t>
+          <t>9789752205536</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Akdeniz</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9789752205291</t>
+          <t>9789752205932</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Şeyler Kitabı (Ciltli)</t>
+          <t>Çılgınlar Sınıfı Atlantis Takımı</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9789752205246</t>
+          <t>9789752205406</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Karamelli Akide Şekeri</t>
         </is>
       </c>
       <c r="C1722" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9789752205222</t>
+          <t>9789752205352</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Kaka Kitabı</t>
+          <t>Çanakkale Geçilmez</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9789752205215</t>
+          <t>9789752205369</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Gece Korkusu Kitabı</t>
+          <t>Türkçenin Sözvarlığı</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9789752205239</t>
+          <t>9789752205338</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Tırnak Yeme Kitabı</t>
+          <t>Sarıkamış Dramı</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>230</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9789752205031</t>
+          <t>9789752205376</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Direne Direne Kazanacağız</t>
+          <t>Turgut Özakman</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>103</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9789752205260</t>
+          <t>9789752205321</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Şiirler</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9789752205208</t>
+          <t>9789752205390</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Benim Adım Engin Alan - Bölünmeye Çeyrek Kala</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>75</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9789752205185</t>
+          <t>9789752205277</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Merhaba Akdeniz</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>75</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9789752206311</t>
+          <t>9789752205291</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Eğlenceli Şeyler Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9789752206328</t>
+          <t>9789752205246</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Maşalar ve Piyonlar</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>125</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9789752205161</t>
+          <t>9789752205222</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım Günlüğü</t>
+          <t>Teo’nun Kaka Kitabı</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>590</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9789752205178</t>
+          <t>9789752205215</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Barış Zinciri</t>
+          <t>Teo’nun Gece Korkusu Kitabı</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9789752203433</t>
+          <t>9789752205239</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Düşleri</t>
+          <t>Teo’nun Tırnak Yeme Kitabı</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9789754940480</t>
+          <t>9789752205031</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Zıkkımın Kökü</t>
+          <t>Direne Direne Kazanacağız</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>350</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9789752201453</t>
+          <t>9789752205260</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Zeki’nin Zekası Kaçtı</t>
+          <t>Zıplayan Şiirler</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9789754947236</t>
+          <t>9789752205208</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Bulutlara Simit Satan Çocuk</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9789752202917</t>
+          <t>9789752205185</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9789754946161</t>
+          <t>9789752206311</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Bulamaç Bütün Eserleri: 21</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9789752202429</t>
+          <t>9789752206328</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Ben Çocukken - 6</t>
+          <t>Maşalar ve Piyonlar</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9789754940329</t>
+          <t>9789752205161</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Bomba - Primo Türk Çocuğu - Nakarat - Hürriyet Bayrakları -İrtica Haberi</t>
+          <t>10 Kasım Günlüğü</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>100</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9789752203402</t>
+          <t>9789752205178</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıfın Ormanı Var</t>
+          <t>Barış Zinciri</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9789752203372</t>
+          <t>9789752203433</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıf Kıra Gitti</t>
+          <t>Zürafanın Düşleri</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9789754946970</t>
+          <t>9789754940480</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Şevket Esendal  Bütün Eserleri: 10 Bizim Nesibe</t>
+          <t>Zıkkımın Kökü</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9789752201477</t>
+          <t>9789752201453</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Bizim Fare TV Yıldızı</t>
+          <t>Zeki’nin Zekası Kaçtı</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9789754942392</t>
+          <t>9789754947236</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ayılar Amerikalıları Çok Sever</t>
+          <t>Bulutlara Simit Satan Çocuk</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9789754945461</t>
+          <t>9789752202917</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Bisikletim Vız Vız</t>
+          <t>Bulgaristan Türkleri</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9789752200456</t>
+          <t>9789754946161</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Bir Şampiyonluk Öyküsü</t>
+          <t>Halikarnas Balıkçısı - Bulamaç Bütün Eserleri: 21</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>110</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9789754942910</t>
+          <t>9789752202429</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs Polis Bayramı</t>
+          <t>Boncuk Ben Çocukken - 6</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9789752201286</t>
+          <t>9789754940329</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Bir Haydut Kuş</t>
+          <t>Bomba - Primo Türk Çocuğu - Nakarat - Hürriyet Bayrakları -İrtica Haberi</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9789752200562</t>
+          <t>9789752203402</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Bir Dolmakalemin Anıları</t>
+          <t>Bizim Sınıfın Ormanı Var</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9789754948790</t>
+          <t>9789752203372</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Şiir</t>
+          <t>Bizim Sınıf Kıra Gitti</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9789754948035</t>
+          <t>9789754946970</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Mahmut Şevket Esendal  Bütün Eserleri: 10 Bizim Nesibe</t>
         </is>
       </c>
       <c r="C1753" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9789754949353</t>
+          <t>9789752201477</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarlı Şapka</t>
+          <t>Bizim Fare TV Yıldızı</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9789754944631</t>
+          <t>9789754942392</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayara Giren Tırtıl</t>
+          <t>Bizim Ayılar Amerikalıları Çok Sever</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9789754945850</t>
+          <t>9789754945461</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Amca</t>
+          <t>Bisikletim Vız Vız</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9789752203358</t>
+          <t>9789752200456</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Ben Üzümüm</t>
+          <t>Bir Şampiyonluk Öyküsü</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9789754949889</t>
+          <t>9789754942910</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Ben Trabzonsporluyum</t>
+          <t>Bir Mayıs Polis Bayramı</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9789754949872</t>
+          <t>9789752201286</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Ben Fenerbahçeliyim</t>
+          <t>Bir Haydut Kuş</t>
         </is>
       </c>
       <c r="C1759" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9789752201187</t>
+          <t>9789752200562</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Ben Cumhuriyet Bayramında Doğdum - Ben Çocukken 5</t>
+          <t>Bir Dolmakalemin Anıları</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9789754949865</t>
+          <t>9789754948790</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Ben Beşiktaşlıyım</t>
+          <t>Bir Demet Şiir</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9789752203440</t>
+          <t>9789754948035</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakıcısı Kaplumbağa</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9789754940701</t>
+          <t>9789754949353</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Bilgisayarlı Şapka</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9789752203112</t>
+          <t>9789754944631</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Bakkal Amca</t>
+          <t>Bilgisayara Giren Tırtıl</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9789754949476</t>
+          <t>9789754945850</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Bahçeden Kovulan Çiçek</t>
+          <t>Bilgisayar Amca</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9789754947724</t>
+          <t>9789752203358</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Gülü Buğday, Kadın, Gül ve Gökyüzü</t>
+          <t>Ben Üzümüm</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9789754940107</t>
+          <t>9789754949889</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Azrail Nasıl Rüşvet Yedi?</t>
+          <t>Ben Trabzonsporluyum</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9789752203877</t>
+          <t>9789754949872</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan</t>
+          <t>Ben Fenerbahçeliyim</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9789754945539</t>
+          <t>9789752201187</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Ayvayı Yedik</t>
+          <t>Ben Cumhuriyet Bayramında Doğdum - Ben Çocukken 5</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9789754940213</t>
+          <t>9789754949865</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Ben Beşiktaşlıyım</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9789754945102</t>
+          <t>9789752203440</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Ateş Mektupları</t>
+          <t>Bebek Bakıcısı Kaplumbağa</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9789754945812</t>
+          <t>9789754940701</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Olmak</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9789752200951</t>
+          <t>9789752203112</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Aşkgüzar</t>
+          <t>Bakkal Amca</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9789754940312</t>
+          <t>9789754949476</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dalgası - Bahar ve Kelebekler - İlk Düşen Ak</t>
+          <t>Bahçeden Kovulan Çiçek</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9789754941586</t>
+          <t>9789754947724</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Aşıcı Baba</t>
+          <t>Bağımsızlık Gülü Buğday, Kadın, Gül ve Gökyüzü</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>21</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9789754945584</t>
+          <t>9789754940107</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Armutçu Ayı</t>
+          <t>Azrail Nasıl Rüşvet Yedi?</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9789752204478</t>
+          <t>9789752203877</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Sihirbaz Dinozor</t>
+          <t>Azerbaycan</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>80</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9789752204447</t>
+          <t>9789754945539</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Piyano Çalan Kedi</t>
+          <t>Ayvayı Yedik</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9789752204461</t>
+          <t>9789754940213</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Papağanlar Ne Yer</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9789752204430</t>
+          <t>9789754945102</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - İkizler Okula Başlıyor</t>
+          <t>Ateş Mektupları</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9789754943214</t>
+          <t>9789754945812</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dede</t>
+          <t>Atatürkçü Olmak</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9789754944372</t>
+          <t>9789752200951</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Tek Perdelik 9 Oyun</t>
+          <t>Aşkgüzar</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9789754949377</t>
+          <t>9789754940312</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Annemin Mektupları</t>
+          <t>Aşk Dalgası - Bahar ve Kelebekler - İlk Düşen Ak</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9789752204683</t>
+          <t>9789754941586</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Acıktım</t>
+          <t>Aşıcı Baba</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>110</v>
+        <v>21</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9789752202672</t>
+          <t>9789754945584</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Anı Defteri</t>
+          <t>Armutçu Ayı</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9789752203365</t>
+          <t>9789752204478</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Anneanneme Bilgisayar Öğretiyorum</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Sihirbaz Dinozor</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9789754949483</t>
+          <t>9789752204447</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Süsleniyor</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Piyano Çalan Kedi</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9789752200586</t>
+          <t>9789752204461</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Sihirbaz</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Papağanlar Ne Yer</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9789752200258</t>
+          <t>9789752204430</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Hayvanlar Arasında</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - İkizler Okula Başlıyor</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9789754946475</t>
+          <t>9789754943214</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Gelin Oldu</t>
+          <t>Arkadaşım Dede</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9789754946932</t>
+          <t>9789754944372</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Dans Kraliçesi 9. Kitap</t>
+          <t>Anton Çehov Tek Perdelik 9 Oyun</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9789752204218</t>
+          <t>9789754949377</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Anlatım Sanatı</t>
+          <t>Annemin Mektupları</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9789754940237</t>
+          <t>9789752204683</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Ankara... Ankara Bir Başkentin Doğuşu</t>
+          <t>Anneciğim Acıktım</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>420</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9789752203105</t>
+          <t>9789752202672</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Anılar Akın Akın</t>
+          <t>Anneannemin Anı Defteri</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9789752203167</t>
+          <t>9789752203365</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Anamı da Aldım Geldim</t>
+          <t>Anneanneme Bilgisayar Öğretiyorum</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9789754943399</t>
+          <t>9789754949483</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu’nun Sesi Bütün Eserleri 8</t>
+          <t>Anneannem Süsleniyor</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9789754941890</t>
+          <t>9789752200586</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu Tanrıları Bütün Eserleri 15</t>
+          <t>Anneannem Sihirbaz</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9789754941036</t>
+          <t>9789752200258</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu Efsaneleri Bütün Eserleri 14</t>
+          <t>Anneannem Hayvanlar Arasında</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>235</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9789754949582</t>
+          <t>9789754946475</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Anadolar</t>
+          <t>Anneannem Gelin Oldu</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9789754949810</t>
+          <t>9789754946932</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Anadilimizin Söz Denizinde</t>
+          <t>Anneannem Dans Kraliçesi 9. Kitap</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9789754942545</t>
+          <t>9789752204218</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Alyanaklı Mavi Balon</t>
+          <t>Anlatım Sanatı</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9789754942408</t>
+          <t>9789754940237</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Altıncı Kıta Akdeniz Bütün Eserleri 9</t>
+          <t>Ankara... Ankara Bir Başkentin Doğuşu</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>360</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9789754941043</t>
+          <t>9789752203105</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Al Yanaklı Hasan</t>
+          <t>Anılar Akın Akın</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9789754947601</t>
+          <t>9789752203167</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Akrobat Pisicik</t>
+          <t>Anamı da Aldım Geldim</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9789752203709</t>
+          <t>9789754943399</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>AKP Döneminde Kadrolaşma Kıskacında Eğitim</t>
+          <t>Halikarnas Balıkçısı - Anadolu’nun Sesi Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9789752201842</t>
+          <t>9789754941890</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Akıntı Adaları Bütün Eserleri 5</t>
+          <t>Halikarnas Balıkçısı - Anadolu Tanrıları Bütün Eserleri 15</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9789754946468</t>
+          <t>9789754941036</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşanlar</t>
+          <t>Halikarnas Balıkçısı - Anadolu Efsaneleri Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9789754949650</t>
+          <t>9789754949582</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Atasözleri Sözlüğü</t>
+          <t>Anadolar</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9789752200685</t>
+          <t>9789754949810</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>AB, AKP ve Kıbrıs</t>
+          <t>Anadilimizin Söz Denizinde</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>360</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9789752202054</t>
+          <t>9789754942545</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>90. Yaşında Haldun Taner’i Anarken...</t>
+          <t>Alyanaklı Mavi Balon</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9789754940206</t>
+          <t>9789754942408</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Halikarnas Balıkçısı - Altıncı Kıta Akdeniz Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>120</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9789754940220</t>
+          <t>9789754941043</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Şiiri Antolojisi</t>
+          <t>Al Yanaklı Hasan</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9789752202481</t>
+          <t>9789754947601</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 1999  Atatürk Yeniden Samsun’da</t>
+          <t>Akrobat Pisicik</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9789754948165</t>
+          <t>9789752203709</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>1881-1938 Atatürk, Kurtuluş Savaşı ve Cumhuriyet Kronolojisi Açıklamalar, Kaynaklar, Temel Belgeler ve Devrim Yasaları</t>
+          <t>AKP Döneminde Kadrolaşma Kıskacında Eğitim</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9789754944396</t>
+          <t>9789752201842</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Akıntı Adaları Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>85</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9789754941241</t>
+          <t>9789754946468</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Yarısı</t>
+          <t>Akıllı Tavşanlar</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9789754948714</t>
+          <t>9789754949650</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Karlı Yollarda</t>
+          <t>Açıklamalı Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>165</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9789752201064</t>
+          <t>9789752200685</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Sofrası Bütün Eserleri: 11</t>
+          <t>AB, AKP ve Kıbrıs</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>135</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9789754948738</t>
+          <t>9789752202054</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>90. Yaşında Haldun Taner’i Anarken...</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9789754948370</t>
+          <t>9789754940206</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Kaçtı</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9789754941579</t>
+          <t>9789754940220</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Kara Pamuk</t>
+          <t>20. Yüzyıl Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>165</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9789754946550</t>
+          <t>9789752202481</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Süleyman Dönemi: Taht Kavgaları</t>
+          <t>19 Mayıs 1999  Atatürk Yeniden Samsun’da</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>210</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9789754945607</t>
+          <t>9789754948165</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kuçu</t>
+          <t>1881-1938 Atatürk, Kurtuluş Savaşı ve Cumhuriyet Kronolojisi Açıklamalar, Kaynaklar, Temel Belgeler ve Devrim Yasaları</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9789754940398</t>
+          <t>9789754944396</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn Kahraman Cingözler</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9789752200401</t>
+          <t>9789754941241</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Tarlası</t>
+          <t>Kasabanın Yarısı</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9789752201743</t>
+          <t>9789754948714</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız Erkekler Bütün Eserleri 4</t>
+          <t>Karlı Yollarda</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9789752202870</t>
+          <t>9789752201064</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse</t>
+          <t>Kardeş Sofrası Bütün Eserleri: 11</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9789754946857</t>
+          <t>9789754948738</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kız</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9789754948684</t>
+          <t>9789754948370</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Amca</t>
+          <t>Kardan Adam Kaçtı</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9789754943450</t>
+          <t>9789754941579</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>İt Adası</t>
+          <t>Kara Pamuk</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9789754941555</t>
+          <t>9789754946550</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>İşte Mühür İşte Sen</t>
+          <t>Kanuni Süleyman Dönemi: Taht Kavgaları</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9789752200425</t>
+          <t>9789754945607</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Yaşamı, Dönemi ve Kişiliği (Ciltli)</t>
+          <t>Kahraman Kuçu</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9789752206298</t>
+          <t>9789754940398</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Huckleberry Finn Kahraman Cingözler</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9789752206304</t>
+          <t>9789752200401</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kahkaha Tarlası</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9789752205116</t>
+          <t>9789752201743</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Bayır Köy’ün Çocukları</t>
+          <t>Kadınsız Erkekler Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9789752205130</t>
+          <t>9789752202870</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sözlüğü</t>
+          <t>Kadın İsterse</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9789752205109</t>
+          <t>9789754946857</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Diyet Bahane Kilo Vermek Şahane</t>
+          <t>Kaçak Kız</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9789752205093</t>
+          <t>9789754948684</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmayı Seviyorum (Ciltli)</t>
+          <t>Kabakçı Amca</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9789752205079</t>
+          <t>9789754943450</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Parolamız Çikolata</t>
+          <t>İt Adası</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9789752204751</t>
+          <t>9789754941555</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Çapulcu musun Vay Vay?</t>
+          <t>İşte Mühür İşte Sen</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9789752205086</t>
+          <t>9789752200425</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Ulusalcı mı Milliyetçi mi Olmalıyız?</t>
+          <t>İsmet İnönü Yaşamı, Dönemi ve Kişiliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9789752205055</t>
+          <t>9789752206298</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Başbakan Sayın R.T. Erdoğan’a ve Herkese Açık Mektup</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9789752204911</t>
+          <t>9789752206304</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>İş Sevdaya Gelince</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9789752203969</t>
+          <t>9789752205116</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Masallar Hansel Ve Gretel</t>
+          <t>Bayır Köy’ün Çocukları</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>50</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9789754941968</t>
+          <t>9789752205130</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçe Sözlük</t>
+          <t>Edebiyat Sözlüğü</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>195</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9789754941944</t>
+          <t>9789752205109</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Ortadireği Yıkan Ayı</t>
+          <t>Diyet Bahane Kilo Vermek Şahane</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9789752204010</t>
+          <t>9789752205093</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Masallar Pamuk Prenses</t>
+          <t>Öykü Yazmayı Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>50</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9789752204003</t>
+          <t>9789752205079</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Masallar Külkedisi</t>
+          <t>Parolamız Çikolata</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9789752203990</t>
+          <t>9789752204751</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Masallar Kırmızı Başlıklı Kız</t>
+          <t>Çapulcu musun Vay Vay?</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9789752203983</t>
+          <t>9789752205086</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çizmeli Kedi</t>
+          <t>Ulusalcı mı Milliyetçi mi Olmalıyız?</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9789752204904</t>
+          <t>9789752205055</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Sokaktan Gelen Kadın</t>
+          <t>Başbakan Sayın R.T. Erdoğan’a ve Herkese Açık Mektup</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9789752203952</t>
+          <t>9789752204911</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çirkin Ördek Yavrusu</t>
+          <t>İş Sevdaya Gelince</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>50</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9789752203945</t>
+          <t>9789752203969</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Masallar - Bremen Mızıkacıları</t>
+          <t>Masallar Hansel Ve Gretel</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9789752203976</t>
+          <t>9789754941968</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Masallar Uyuyan Güzel</t>
+          <t>Osmanlıca Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>50</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9789752204898</t>
+          <t>9789754941944</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Korku Öyküleri 1</t>
+          <t>Ortadireği Yıkan Ayı</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9789752202238</t>
+          <t>9789752204010</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Enerji Sorunları ve Nükleer Gereklilik</t>
+          <t>Masallar Pamuk Prenses</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9789752201897</t>
+          <t>9789752204003</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Cahit Külebi - Bütün Şiirleri</t>
+          <t>Masallar Külkedisi</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9789754941814</t>
+          <t>9789752203990</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 7 - Yalnız Efe</t>
+          <t>Masallar Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9789752203273</t>
+          <t>9789752203983</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Türk Yahudiler</t>
+          <t>Masallar Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9789754948318</t>
+          <t>9789752204904</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Dönemler-Yönelimler</t>
+          <t>Sokaktan Gelen Kadın</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9789752201316</t>
+          <t>9789752203952</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Başparmağın Şarkısı</t>
+          <t>Masallar Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9789752201095</t>
+          <t>9789752203945</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Bandocu Çocuk Ben Çocukken 2</t>
+          <t>Masallar - Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9789752202474</t>
+          <t>9789752203976</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Çanakkale 1915</t>
+          <t>Masallar Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9789754942521</t>
+          <t>9789752204898</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Uzay Karpuzu</t>
+          <t>Anadolu Korku Öyküleri 1</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9789754944679</t>
+          <t>9789752202238</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Uzay Dolmuşu Kalkıyor</t>
+          <t>Türkiye’nin Enerji Sorunları ve Nükleer Gereklilik</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9789754943498</t>
+          <t>9789752201897</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Arşipel</t>
+          <t>Cahit Külebi - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>330</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9789752202153</t>
+          <t>9789754941814</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük 1 (1787-1923)</t>
+          <t>Ömer Seyfettin Bütün Eserleri 7 - Yalnız Efe</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9789754941739</t>
+          <t>9789752203273</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Bir Namussuz Aranıyor</t>
+          <t>Türk Yahudiler</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9789752204676</t>
+          <t>9789754948318</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Sibel</t>
+          <t>Türk ve Dünya Edebiyatında Dönemler-Yönelimler</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>110</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9789752203686</t>
+          <t>9789752201316</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 7 - Deli Bayramı / Komşularımız</t>
+          <t>Başparmağın Şarkısı</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9789752202580</t>
+          <t>9789752201095</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 4</t>
+          <t>Bandocu Çocuk Ben Çocukken 2</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9789752202573</t>
+          <t>9789752202474</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3 Ah Şu Gençler</t>
+          <t>Diriliş Çanakkale 1915</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9789754940442</t>
+          <t>9789754942521</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı -Turgut Reis Bütün Eserleri 2</t>
+          <t>Uzay Karpuzu</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9789752202887</t>
+          <t>9789754944679</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman Bütün Oyunları 6</t>
+          <t>Uzay Dolmuşu Kalkıyor</t>
         </is>
       </c>
       <c r="C1874" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9789752204201</t>
+          <t>9789754943498</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Cümbür Cemaat</t>
+          <t>Arşipel</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9789754949209</t>
+          <t>9789752202153</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Çocukluk, Gençlik Yılları ve Bugün</t>
+          <t>Kürtçülük 1 (1787-1923)</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9789754941418</t>
+          <t>9789754941739</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Bülbül Düdük</t>
+          <t>Bir Namussuz Aranıyor</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9789752204300</t>
+          <t>9789752204676</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Burcu Kızın Bebekleri - Soyunmak İstemeyen Ağaç</t>
+          <t>Uykucu Sibel</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9789752204379</t>
+          <t>9789752203686</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Lozan Günlüğü</t>
+          <t>Bütün Oyunları 7 - Deli Bayramı / Komşularımız</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>590</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9789752204775</t>
+          <t>9789752202580</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Bir Kara Çalma Öyküsü</t>
+          <t>Bütün Oyunları 4</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9789754944327</t>
+          <t>9789752202573</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Sesini Bana Bırak Bütün Eserleri 1</t>
+          <t>Bütün Oyunları 3 Ah Şu Gençler</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>165</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9789754947915</t>
+          <t>9789754940442</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Serçenin Şiir Defteri</t>
+          <t>Halikarnas Balıkçısı -Turgut Reis Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>165</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9789754947038</t>
+          <t>9789752202887</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çağırışı</t>
+          <t>Turgut Özakman Bütün Oyunları 6</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9789752201507</t>
+          <t>9789752204201</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Deniz İpeği</t>
+          <t>Cümbür Cemaat</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9789754942415</t>
+          <t>9789754949209</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gurbetçileri</t>
+          <t>Cumhuriyetin Çocukluk, Gençlik Yılları ve Bugün</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9789754948219</t>
+          <t>9789754941418</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Atatürk</t>
+          <t>Bülbül Düdük</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9789752204720</t>
+          <t>9789752204300</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dili ve Türk Şiir Dili</t>
+          <t>Burcu Kızın Bebekleri - Soyunmak İstemeyen Ağaç</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9789752204669</t>
+          <t>9789752204379</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kız</t>
+          <t>Lozan Günlüğü</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>110</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9789754949247</t>
+          <t>9789752204775</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Şehit Diplomatlarımız 1973-1994 (2 Cilt Takım)</t>
+          <t>Bir Kara Çalma Öyküsü</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>1000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9789752204249</t>
+          <t>9789754944327</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Kişiler Kenti</t>
+          <t>Sesini Bana Bırak Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9789752201767</t>
+          <t>9789754947915</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Yeşil Tepeleri Bütün Eserleri 3</t>
+          <t>Serçenin Şiir Defteri</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9789752204140</t>
+          <t>9789754947038</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Adını Siz Koyun</t>
+          <t>Denizin Çağırışı</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9789752204270</t>
+          <t>9789752201507</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü (Ciltli)</t>
+          <t>Deniz İpeği</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9789754940190</t>
+          <t>9789754942415</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Gödeli Mehmet</t>
+          <t>Deniz Gurbetçileri</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>120</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9789754949636</t>
+          <t>9789754948219</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Eski Köyün Gizi</t>
+          <t>Şiirlerle Atatürk</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9789754947052</t>
+          <t>9789752204720</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Yol Ver Deniz</t>
+          <t>Şiir Dili ve Türk Şiir Dili</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9789752204607</t>
+          <t>9789752204669</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Ödevimi Kim Yapar?</t>
+          <t>Şeker Kız</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9789752204645</t>
+          <t>9789754949247</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Çantadaki Hazine</t>
+          <t>Şehit Diplomatlarımız 1973-1994 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>110</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9789752204065</t>
+          <t>9789752204249</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Padişahım Çok Yaşa</t>
+          <t>Kurmaca Kişiler Kenti</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9789754941500</t>
+          <t>9789752201767</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 10 - Beyaz Lale</t>
+          <t>Afrika’nın Yeşil Tepeleri Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>120</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9789752203532</t>
+          <t>9789752204140</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Adını Siz Koyun</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9789752203891</t>
+          <t>9789752204270</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Efelerin Efesi - Yörük Ali Efe</t>
+          <t>Gökten Üç Elma Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>135</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9789752203082</t>
+          <t>9789754940190</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Düzyazının Sorgulayan Gücü</t>
+          <t>Gödeli Mehmet</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9789754943818</t>
+          <t>9789754949636</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Düşün Yazıları</t>
+          <t>Eski Köyün Gizi</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9789752203471</t>
+          <t>9789754947052</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Yol Ver Deniz</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9789752203778</t>
+          <t>9789752204607</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Palyaço Okulu - Ödevimi Kim Yapar?</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>65</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9789754943443</t>
+          <t>9789752204645</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Palyaço Okulu - Çantadaki Hazine</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9789752200227</t>
+          <t>9789752204065</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Bütün Eserleri - 18 Oğullarıma Mektuplar</t>
+          <t>Padişahım Çok Yaşa</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9789752201811</t>
+          <t>9789754941500</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bulutları Boyuyor</t>
+          <t>Ömer Seyfettin Bütün Eserleri 10 - Beyaz Lale</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9789754944693</t>
+          <t>9789752203532</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Askere Gidiyor</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9789752201101</t>
+          <t>9789752203891</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Anne Dersim Bitmedi Ben Çocukken 3</t>
+          <t>Efelerin Efesi - Yörük Ali Efe</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9789752204409</t>
+          <t>9789752203082</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Olmak</t>
+          <t>Düzyazının Sorgulayan Gücü</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9789754942965</t>
+          <t>9789754943818</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Devletin Malı Deniz</t>
+          <t>Düşün Yazıları</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>170</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9789754942118</t>
+          <t>9789752203471</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Devlet Babanın Tonton Çocuğu</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9789752204829</t>
+          <t>9789752203778</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9789752206281</t>
+          <t>9789754943443</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Anlambilim</t>
+          <t>Mendil Altında</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9789752206373</t>
+          <t>9789752200227</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Kazanana Ödül Yok</t>
+          <t>Memduh Şevket Esendal Bütün Eserleri - 18 Oğullarıma Mektuplar</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9789752206427</t>
+          <t>9789752201811</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İkinci Yüzyılı</t>
+          <t>Anneannem Bulutları Boyuyor</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9789752206380</t>
+          <t>9789754944693</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Bekleme</t>
+          <t>Anneannem Askere Gidiyor</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9789752206397</t>
+          <t>9789752201101</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mahalle</t>
+          <t>Anne Dersim Bitmedi Ben Çocukken 3</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9789752206366</t>
+          <t>9789752204409</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler</t>
+          <t>Anne - Baba Olmak</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9789752202009</t>
+          <t>9789754942965</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Teptim Tekerlendi Öptüm Şekerlendi</t>
+          <t>Devletin Malı Deniz</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9789752203242</t>
+          <t>9789754942118</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Devlet Babanın Tonton Çocuğu</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9789752201996</t>
+          <t>9789752204829</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Çocuk</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9789752203600</t>
+          <t>9789752206281</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar</t>
+          <t>Anlambilim</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9789754943733</t>
+          <t>9789752206373</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Kazanana Ödül Yok</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9789754946727</t>
+          <t>9789752206427</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Dedem Çocuk Oldu</t>
+          <t>Cumhuriyetin İkinci Yüzyılı</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9789754942156</t>
+          <t>9789752206380</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Dayak Birincisi</t>
+          <t>Anne Beni Bekleme</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>170</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9789754944518</t>
+          <t>9789752206397</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Kayıp Mahalle</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9789752200470</t>
+          <t>9789752206366</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Mutlu Filler</t>
+          <t>Gizli İşler</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9789752204782</t>
+          <t>9789752202009</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Islanmaz</t>
+          <t>Teptim Tekerlendi Öptüm Şekerlendi</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9789752204492</t>
+          <t>9789752203242</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Tırtıl - Tırtılın Yolculuğu (Ciltli)</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9789752204850</t>
+          <t>9789752201996</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı - Sırlar Takımı</t>
+          <t>Sayısal Çocuk</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9789752204744</t>
+          <t>9789752203600</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Zor Ödev Lozan</t>
+          <t>Ölünceye Kadar</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9789752204485</t>
+          <t>9789754943733</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Kilimanjaro’nun Karları Bütün Eserleri: 9</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9789752204768</t>
+          <t>9789754946727</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Şehitler Günlüğü</t>
+          <t>Dedem Çocuk Oldu</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9789752204843</t>
+          <t>9789754942156</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Karabasan</t>
+          <t>Dayak Birincisi</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9789752204799</t>
+          <t>9789754944518</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Öyküsü (Düz Yazıları)</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
+          <t>9789752200470</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>Dans Eden Mutlu Filler</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9789752204782</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler Islanmaz</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9789752204492</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yeşil Tırtıl - Tırtılın Yolculuğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9789752204850</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Çılgınlar Sınıfı - Sırlar Takımı</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9789752204744</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Zor Ödev Lozan</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9789752204485</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Kilimanjaro’nun Karları Bütün Eserleri: 9</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9789752204768</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Şehitler Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9789752204843</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Karabasan</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9789752204799</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçının Öyküsü (Düz Yazıları)</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
           <t>9789752204874</t>
         </is>
       </c>
-      <c r="B1939" s="1" t="inlineStr">
+      <c r="B1948" s="1" t="inlineStr">
         <is>
           <t>Yangın Yeriydi Yurdum</t>
         </is>
       </c>
-      <c r="C1939" s="1">
-        <v>340</v>
+      <c r="C1948" s="1">
+        <v>475</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>