--- v1 (2026-02-06)
+++ v2 (2026-03-29)
@@ -85,29245 +85,29470 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752215627</t>
+          <t>9789752215795</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Odası</t>
+          <t>Sunum Günü Dexter</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752215658</t>
+          <t>9789752215788</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Masallar Sirki - Siyah Beyaz Ülke</t>
+          <t>Dexter'ı Unutma</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752215641</t>
+          <t>9789752215764</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Olmayacak Şeylerin Romanı</t>
+          <t>Dönüştürücü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752215580</t>
+          <t>9789752215757</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı Serisi (5 Kitap – Kutulu Set)</t>
+          <t>Şifalı Bitkilerle Ölme Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752215610</t>
+          <t>9789752215771</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Teo Dizisi (9 Kitap – Kutulu Set)</t>
+          <t>Dexter Tatilde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2880</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752215603</t>
+          <t>9789752215702</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Suç Dehaları Serisi (3 Kitap – Kutulu Set)</t>
+          <t>Oyun Sevenler Şapka Taksın</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752215597</t>
+          <t>9789752215672</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi (5 kitap – Kutulu Set)</t>
+          <t>Dans Sevenler Ayağa Fırlasın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1060</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752215467</t>
+          <t>9789752215665</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceli Dünya Bulmacalı Macera</t>
+          <t>Örümcek Roy ve Günlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752215337</t>
+          <t>9789752215733</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri Serisi (6 Kitap Kutulu Set)</t>
+          <t>Şiir Sevenler Parmak Kaldırsın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1680</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752215344</t>
+          <t>9789752215696</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Şifreleri Serisi (4 Kitap Kutulu Set)</t>
+          <t>Masal Sevenler Bulutlara Baksın</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752215221</t>
+          <t>9789752215634</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sihirli Scooter</t>
+          <t>Son Sakura</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752215108</t>
+          <t>9789752215719</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen'in Kayıp Defteri</t>
+          <t>Patlamış Mısır Sevenler Sinemaya Koşsun</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752215115</t>
+          <t>9789752215726</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Buna Kim İnanır?</t>
+          <t>Resim Sevenler Eğlenceye Katılsın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752215122</t>
+          <t>9789752215689</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Umut</t>
+          <t>Kedi Sevenler Buraya Toplansın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752215139</t>
+          <t>9789752215474</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fiko’nun Çorabı</t>
+          <t>Mavi Sürgün (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752215207</t>
+          <t>9789752215627</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Işıklar</t>
+          <t>Kaçış Odası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752215191</t>
+          <t>9789752215658</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Frenk Sokağı’nda Sonbahar</t>
+          <t>Masallar Sirki - Siyah Beyaz Ülke</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752215146</t>
+          <t>9789752215641</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Sahibine Şans Getirir</t>
+          <t>Olmayacak Şeylerin Romanı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752215177</t>
+          <t>9789752215580</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Çatlak</t>
+          <t>Çılgınlar Sınıfı Serisi (5 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752215184</t>
+          <t>9789752215610</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uyuşma</t>
+          <t>Teo Dizisi (9 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752215153</t>
+          <t>9789752215603</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Attaleia Destanı</t>
+          <t>Suç Dehaları Serisi (3 Kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752215214</t>
+          <t>9789752215597</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Atam Çok Teşekkür Ederim</t>
+          <t>Sherlock Holmes Serisi (5 kitap – Kutulu Set)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752215078</t>
+          <t>9789752215467</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kim-Yon ve Sar-Man Kayıp Kahraman</t>
+          <t>Bilmeceli Dünya Bulmacalı Macera</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752215160</t>
+          <t>9789752215337</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Düdüklü Tencere Orkestrası ve Çipilgözler</t>
+          <t>Dolunay Dedektifleri Serisi (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752215085</t>
+          <t>9789752215344</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Tarihin Şifreleri Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752215092</t>
+          <t>9789752215221</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Soru Bin Cevap Komik Öyküler</t>
+          <t>Sarı Sihirli Scooter</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752215061</t>
+          <t>9789752215108</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İhanet Makamı</t>
+          <t>Hezarfen'in Kayıp Defteri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9782007859812</t>
+          <t>9789752215115</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Masallar Diyarı Seti (2 Kitap)</t>
+          <t>Buna Kim İnanır?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>168</v>
+        <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752210851</t>
+          <t>9789752215122</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Yolunda</t>
+          <t>Bir Yudum Umut</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752207837</t>
+          <t>9789752215139</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz Gece</t>
+          <t>Fiko’nun Çorabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752208209</t>
+          <t>9789752215207</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tren Tam Vaktinde Geldi</t>
+          <t>Bozkırdaki Işıklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>33</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752207646</t>
+          <t>9789752215191</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cevat Şakir'in Bodrum'u</t>
+          <t>Frenk Sokağı’nda Sonbahar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752207592</t>
+          <t>9789752215146</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Neşter</t>
+          <t>Bu Kitap Sahibine Şans Getirir</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>35</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754943429</t>
+          <t>9789752215177</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Evreninki mi? Özalınki mi? Tarihle Yüzleşme...</t>
+          <t>Karanlıkta Bir Çatlak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>7.87</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000002997</t>
+          <t>9789752215184</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hapishanedeki Ecevit</t>
+          <t>Uyuşma</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>8.33</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000002991</t>
+          <t>9789752215153</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Önce Çocuklar Öldü</t>
+          <t>Attaleia Destanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>6.48</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000002990</t>
+          <t>9789752215214</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arcayürek Açıklıyor- 8 Müdahalenin Ayak Sesleri 1978-1979</t>
+          <t>Atam Çok Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754947847</t>
+          <t>9789752215078</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir,Bu Topraklar</t>
+          <t>Kim-Yon ve Sar-Man Kayıp Kahraman</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752201231</t>
+          <t>9789752215160</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Ankara</t>
+          <t>Düdüklü Tencere Orkestrası ve Çipilgözler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.89</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000002988</t>
+          <t>9789752215085</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gül Bekçisi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000002977</t>
+          <t>9789752215092</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Romanda Hesaplaşma - Defter 1</t>
+          <t>Bir Soru Bin Cevap Komik Öyküler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>6.48</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000002976</t>
+          <t>9789752215061</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>İhanet Makamı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>7.41</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000002973</t>
+          <t>9782007859812</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Can Boğazdan Gelir</t>
+          <t>Masallar Diyarı Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>8.33</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000002972</t>
+          <t>9789752210851</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızılı Kaşkol</t>
+          <t>Aydınlanma Yolunda</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>11.57</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000002970</t>
+          <t>9789752207837</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeninde Türkiye</t>
+          <t>Uğursuz Gece</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>10.65</v>
+        <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754946437</t>
+          <t>9789752208209</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Tren Tam Vaktinde Geldi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>6.48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000002969</t>
+          <t>9789752207646</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arcayürek Açıklıyor - 4 Yeni Demokrasi Yeni Arayışlar 1960-1965</t>
+          <t>Cevat Şakir'in Bodrum'u</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000002958</t>
+          <t>9789752207592</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2. İnönü Hikayeleri</t>
+          <t>Neşter</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9.17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754943849</t>
+          <t>9789754943429</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Demirel'in Yokluk Yılları</t>
+          <t>Evreninki mi? Özalınki mi? Tarihle Yüzleşme...</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>11.11</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754949698</t>
+          <t>3990000002997</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bahar Yetmez</t>
+          <t>Hapishanedeki Ecevit</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754944464</t>
+          <t>3990000002991</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Adam</t>
+          <t>Önce Çocuklar Öldü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>6.94</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754948585</t>
+          <t>3990000002990</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zenciler Birbirine Benzemez</t>
+          <t>Cüneyt Arcayürek Açıklıyor- 8 Müdahalenin Ayak Sesleri 1978-1979</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754944105</t>
+          <t>9789754947847</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kirli Tarih</t>
+          <t>Bu Şehir,Bu Topraklar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754945287</t>
+          <t>9789752201231</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Öldü mü?</t>
+          <t>Bir Zamanlar Ankara</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>6.02</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754940985</t>
+          <t>3990000002988</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Salıncağı</t>
+          <t>Gül Bekçisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754943092</t>
+          <t>3990000002977</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uçuçböceği / Delikır</t>
+          <t>Romanda Hesaplaşma - Defter 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754945768</t>
+          <t>3990000002976</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hangi Sağ</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754943863</t>
+          <t>3990000002973</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kadınlar Yanlış Erkekler</t>
+          <t>Can Boğazdan Gelir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000001730</t>
+          <t>3990000002972</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelen Ölüm</t>
+          <t>Sarı Kırmızılı Kaşkol</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754943610</t>
+          <t>3990000002970</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Western Filmleri (Ciltli)</t>
+          <t>Şeytan Üçgeninde Türkiye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.04</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754944686</t>
+          <t>9789754946437</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Devlet Devlet'e Karşı</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>7.87</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754948073</t>
+          <t>3990000002969</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Haco Hanım Vay!...</t>
+          <t>Cüneyt Arcayürek Açıklıyor - 4 Yeni Demokrasi Yeni Arayışlar 1960-1965</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754946079</t>
+          <t>3990000002958</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>O Karanlıkta Biz</t>
+          <t>2. İnönü Hikayeleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12.96</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754942194</t>
+          <t>9789754943849</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yasak Sevişmek</t>
+          <t>Demirel'in Yokluk Yılları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754943320</t>
+          <t>9789754949698</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Hüzün</t>
+          <t>Aşka Bahar Yetmez</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754945799</t>
+          <t>9789754944464</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Savaşı</t>
+          <t>Sokaktaki Adam</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754946512</t>
+          <t>9789754948585</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Ayak Sesleri</t>
+          <t>Zenciler Birbirine Benzemez</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754948097</t>
+          <t>9789754944105</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ufkun Arkasını Görebilmek...</t>
+          <t>Kirli Tarih</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754943191</t>
+          <t>9789754945287</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Komik Hüzünlerim</t>
+          <t>İdeoloji Öldü mü?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>6.48</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754948899</t>
+          <t>9789754940985</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sultan Galiyef</t>
+          <t>Rüzgar Salıncağı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754946536</t>
+          <t>9789754943092</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hangi Seks</t>
+          <t>Uçuçböceği / Delikır</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.04</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754948639</t>
+          <t>9789754945768</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçilik Savaşı</t>
+          <t>Hangi Sağ</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754946994</t>
+          <t>9789754943863</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Savaşı</t>
+          <t>Yanlış Kadınlar Yanlış Erkekler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000017953</t>
+          <t>3990000001730</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Teknede Üç Kişi</t>
+          <t>Gece Gelen Ölüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000026453</t>
+          <t>9789754943610</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aday - 2</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Western Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>9</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000026454</t>
+          <t>9789754944686</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aday - 1</t>
+          <t>Devlet Devlet'e Karşı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752204935</t>
+          <t>9789754948073</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar ve Cellatlar</t>
+          <t>Haco Hanım Vay!...</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>51</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754944990</t>
+          <t>9789754946079</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Gerilim -Polisiye Filmleri (Ciltli)</t>
+          <t>O Karanlıkta Biz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754943627</t>
+          <t>9789754942194</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Gangster Filmleri (Ciltli)</t>
+          <t>Yasak Sevişmek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754949148</t>
+          <t>9789754943320</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kış Masalları Ayna Kırıkları 3</t>
+          <t>Elde Var Hüzün</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754945119</t>
+          <t>9789754945799</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Cehennem</t>
+          <t>Aydınlar Savaşı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752200555</t>
+          <t>9789754946512</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kimlik</t>
+          <t>Faşizmin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754949308</t>
+          <t>9789754948097</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Issız Günleri</t>
+          <t>Ufkun Arkasını Görebilmek...</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058557307</t>
+          <t>9789754943191</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'nun Kara Kutusu</t>
+          <t>Komik Hüzünlerim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752204867</t>
+          <t>9789754948899</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>The Fisherman of Halicarnassus</t>
+          <t>Sultan Galiyef</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752205307</t>
+          <t>9789754946536</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu</t>
+          <t>Hangi Seks</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752201859</t>
+          <t>9789754948639</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terör ve Türkiye</t>
+          <t>Gerçekçilik Savaşı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754948295</t>
+          <t>9789754946994</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Ayağıma Dolandı</t>
+          <t>Kadınlar Savaşı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754945010</t>
+          <t>3990000017953</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze  - Duygu - Aşk filmleri (Ciltli)</t>
+          <t>Teknede Üç Kişi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754947939</t>
+          <t>3990000026453</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yengecin Kıskacı</t>
+          <t>Aday - 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754944860</t>
+          <t>3990000026454</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hangi Laiklik</t>
+          <t>Aday - 1</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>17.59</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000017908</t>
+          <t>9789752204935</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yetimi Çocuklar</t>
+          <t>Sultanlar ve Cellatlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>7.87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754943641</t>
+          <t>9789754944990</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Mansur</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Gerilim -Polisiye Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000016902</t>
+          <t>9789754943627</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Devirden Devire Cilt: 2</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Gangster Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754947632</t>
+          <t>9789754949148</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Altın Oğlan ile Altın Kız</t>
+          <t>Kış Masalları Ayna Kırıkları 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754948066</t>
+          <t>9789754945119</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Küçük Arkadaş</t>
+          <t>Sevgiden Ötesi Cehennem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>6.94</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754949339</t>
+          <t>9789752200555</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayardaki Saklambaç</t>
+          <t>Saklı Kimlik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754947267</t>
+          <t>9789754949308</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Gizli Defteri</t>
+          <t>Ömrün Issız Günleri</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754948264</t>
+          <t>9786058557307</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gecede Kanat Sesleri</t>
+          <t>Orta Doğu'nun Kara Kutusu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754947700</t>
+          <t>9789752204867</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İncili Salkım</t>
+          <t>The Fisherman of Halicarnassus</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>6.48</v>
+        <v>78</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754946260</t>
+          <t>9789752205307</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ege Sevgisi</t>
+          <t>Çıkış Yolu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754946239</t>
+          <t>9789752201859</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Sıcak Merhaba</t>
+          <t>Küresel Terör ve Türkiye</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000017436</t>
+          <t>9789754948295</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İktisat Söyleşileri</t>
+          <t>Bir Bulut Ayağıma Dolandı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754945942</t>
+          <t>9789754945010</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyıl Ağıtları</t>
+          <t>100 Filmde Başlangıcından Günümüze  - Duygu - Aşk filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000003150</t>
+          <t>9789754947939</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hamfendi Tatilden Döndüler</t>
+          <t>Yengecin Kıskacı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000022347</t>
+          <t>9789754944860</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 4 Kış 2018</t>
+          <t>Hangi Laiklik</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>98</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752206731</t>
+          <t>3990000017908</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pako’ya Mektuplar</t>
+          <t>Sevgi Yetimi Çocuklar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>98</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752205482</t>
+          <t>9789754943641</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ümmid-i Aşkım Fikriye</t>
+          <t>Kod Adı: Mansur</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>136</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752208193</t>
+          <t>3990000016902</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cadı'nın Dönüşü - Masallar Diyarı</t>
+          <t>Devirden Devire Cilt: 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>117</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752207332</t>
+          <t>9789754947632</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yılbaşı Öyküleri</t>
+          <t>Altın Oğlan ile Altın Kız</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000098831</t>
+          <t>9789754948066</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 2 Güz 2016</t>
+          <t>Güle Güle Küçük Arkadaş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>98</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752206786</t>
+          <t>9789754949339</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnönü’den İkinci Dünya Savaşı</t>
+          <t>Bilgisayardaki Saklambaç</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752206755</t>
+          <t>9789754947267</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin Karakteri Kültürü Bilinci (2 Cilt Takım)</t>
+          <t>Aşkların Gizli Defteri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>163</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752207516</t>
+          <t>9789754948264</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kadınlar</t>
+          <t>Gecede Kanat Sesleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>61</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000054548</t>
+          <t>9789754947700</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 3 Yaz 2017</t>
+          <t>İncili Salkım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>98</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752205345</t>
+          <t>9789754946260</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Celladına Aşık Olmak</t>
+          <t>Ege Sevgisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752207196</t>
+          <t>9789754946239</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şen Şakrak Bilmeceler</t>
+          <t>Bir Sıcak Merhaba</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>13</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752206410</t>
+          <t>3990000017436</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul mü?</t>
+          <t>İktisat Söyleşileri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752205963</t>
+          <t>9789754945942</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pazarlık Yok</t>
+          <t>Yirminci Yüzyıl Ağıtları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>38</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752206434</t>
+          <t>3990000003150</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tutanaklarla Kozmik Odanın Esrarı</t>
+          <t>Hamfendi Tatilden Döndüler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752206748</t>
+          <t>3990000022347</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kader Senfonisi</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 4 Kış 2018</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752205710</t>
+          <t>9789752206731</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aksaray’da İnecek Var</t>
+          <t>Pako’ya Mektuplar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>37</v>
+        <v>98</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754946000</t>
+          <t>9789752205482</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim 2. Kitap (Taktikler)</t>
+          <t>Ümmid-i Aşkım Fikriye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>6.48</v>
+        <v>136</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752205048</t>
+          <t>9789752208193</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>En Eski Türkçenin İzlerinde</t>
+          <t>Cadı'nın Dönüşü - Masallar Diyarı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>310</v>
+        <v>117</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752206687</t>
+          <t>9789752207332</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masallar Diyarı Dilek Büyüsü</t>
+          <t>Karanlık Yılbaşı Öyküleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>101</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752205413</t>
+          <t>3990000098831</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eksik Etek</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 2 Güz 2016</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>23.15</v>
+        <v>98</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000017350</t>
+          <t>9789752206786</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nerde O Eski Mapushaneler</t>
+          <t>İnönü’den İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12.96</v>
+        <v>48</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000017349</t>
+          <t>9789752206755</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bakmak</t>
+          <t>Milletlerin Karakteri Kültürü Bilinci (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5.56</v>
+        <v>163</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000017351</t>
+          <t>9789752207516</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kenan Evren'in Yazılmamış Anıları/2 - Son Defter</t>
+          <t>Karanlıktaki Kadınlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>61</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754947663</t>
+          <t>3990000054548</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ellerimden Su İçsinler</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 3 Yaz 2017</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>98</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754944358</t>
+          <t>9789752205345</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Öyküsü</t>
+          <t>Celladına Aşık Olmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>8.33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000014959</t>
+          <t>9789752207196</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eğlentili Bir Gömme Töreni</t>
+          <t>Şen Şakrak Bilmeceler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>6.48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754944211</t>
+          <t>9789752206410</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üstüne Narin (Düzyazıları)</t>
+          <t>Faili Meçhul mü?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>83</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754949094</t>
+          <t>9789752205963</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ebru’ların Tatili</t>
+          <t>Pazarlık Yok</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3990000012934</t>
+          <t>9789752206434</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Tutanaklarla Kozmik Odanın Esrarı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000014109</t>
+          <t>9789752206748</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo Çıkmazda</t>
+          <t>Kader Senfonisi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754948172</t>
+          <t>9789752205710</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Kahramanı Atatürk</t>
+          <t>Aksaray’da İnecek Var</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>590</v>
+        <v>37</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754940831</t>
+          <t>9789754946000</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Yer Şiirler / Mensur Şiirler / Fıkralar</t>
+          <t>Satranç Öğrenelim 2. Kitap (Taktikler)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754948578</t>
+          <t>9789752205048</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Doğan Avcıoğlu Bir Jön Türk’ün Ardından...</t>
+          <t>En Eski Türkçenin İzlerinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>310</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000014160</t>
+          <t>9789752206687</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Antolojisi</t>
+          <t>Masallar Diyarı Dilek Büyüsü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>32.41</v>
+        <v>101</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754947571</t>
+          <t>9789752205413</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Diş İzleri</t>
+          <t>Eksik Etek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754949070</t>
+          <t>3990000017350</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Diplomaturka</t>
+          <t>Nerde O Eski Mapushaneler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752201576</t>
+          <t>3990000017349</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dip Dalgası</t>
+          <t>Bakmak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>44</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000005291</t>
+          <t>3990000017351</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dilleri Var Bizim Dile Benzemez</t>
+          <t>Kenan Evren'in Yazılmamış Anıları/2 - Son Defter</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754940848</t>
+          <t>9789754947663</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dil Konusunda Yazılar</t>
+          <t>Ellerimden Su İçsinler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754948844</t>
+          <t>9789754944358</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dil Kiri El Kiri</t>
+          <t>Elif’in Öyküsü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>10</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754947564</t>
+          <t>3990000014959</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Oyunun Kuralları</t>
+          <t>Eğlentili Bir Gömme Töreni</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754942576</t>
+          <t>9789754944211</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Deve Tellal Pire Berber İken...</t>
+          <t>Edebiyat Üstüne Narin (Düzyazıları)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754945881</t>
+          <t>9789754949094</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Despina'nın Gözyaşları</t>
+          <t>Ebru’ların Tatili</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000017869</t>
+          <t>3990000012934</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dertli</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752200968</t>
+          <t>3990000014109</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Derin Yırtmaç</t>
+          <t>Don Camillo Çıkmazda</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752201828</t>
+          <t>9789754948172</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı</t>
+          <t>Doğunun Kahramanı Atatürk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>7.41</v>
+        <v>590</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754946918</t>
+          <t>9789754940831</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Denizin Kanı</t>
+          <t>Doğduğum Yer Şiirler / Mensur Şiirler / Fıkralar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752203624</t>
+          <t>9789754948578</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye ve Hukuka Ergenekon Tezgahı</t>
+          <t>Doğan Avcıoğlu Bir Jön Türk’ün Ardından...</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754943634</t>
+          <t>3990000014160</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye Geçiş Sürecinde Anayasa Yapımı</t>
+          <t>Divan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000005354</t>
+          <t>9789754947571</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Sonbaharı 1977-1978</t>
+          <t>Diş İzleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754942460</t>
+          <t>9789754949070</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 4 Demokrasiden Darbeye (1957-1960)</t>
+          <t>Diplomaturka</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754942170</t>
+          <t>9789752201576</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 3 DP Yokuş Aşağı 1954-1957</t>
+          <t>Dip Dalgası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754947434</t>
+          <t>3990000005291</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Deliler Ülkesinde Keloğlan Masalları - 1</t>
+          <t>Dilleri Var Bizim Dile Benzemez</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754944891</t>
+          <t>9789754940848</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Deli Deli</t>
+          <t>Dil Konusunda Yazılar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754944228</t>
+          <t>9789754948844</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Davulun Sesi</t>
+          <t>Dil Kiri El Kiri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752202146</t>
+          <t>9789754947564</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sesi</t>
+          <t>Dış Politikada Oyunun Kuralları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754945966</t>
+          <t>9789754942576</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dağ Denize Kavuştu</t>
+          <t>Deve Tellal Pire Berber İken...</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>47</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754941661</t>
+          <t>9789754945881</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Despina'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754946444</t>
+          <t>3990000017869</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çözümsüz Demokrasi</t>
+          <t>Dertli</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754945843</t>
+          <t>9789752200968</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çöpçü Martı</t>
+          <t>Derin Yırtmaç</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754944549</t>
+          <t>9789752201828</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzelsin Gitme Dur</t>
+          <t>Denizkızı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752200029</t>
+          <t>9789754946918</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğa Yolculuk</t>
+          <t>Denizin Kanı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>45</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754949964</t>
+          <t>9789752203624</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çoban Köpeği</t>
+          <t>Demokrasiye ve Hukuka Ergenekon Tezgahı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752204713</t>
+          <t>9789754943634</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ateşleri</t>
+          <t>Demokrasiye Geçiş Sürecinde Anayasa Yapımı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>69</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752201224</t>
+          <t>3990000005354</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Demokrasinin Sonbaharı 1977-1978</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>2.78</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000010669</t>
+          <t>9789754942460</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 4 Demokrasiden Darbeye (1957-1960)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000004337</t>
+          <t>9789754942170</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Yol</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları 1944-1973 Cilt: 3 DP Yokuş Aşağı 1954-1957</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752200067</t>
+          <t>9789754947434</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Muhalefeti</t>
+          <t>Deliler Ülkesinde Keloğlan Masalları - 1</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754941647</t>
+          <t>9789754944891</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Hesaplaşması</t>
+          <t>Deli Deli</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752202689</t>
+          <t>9789754944228</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İlk Günde Biterdi</t>
+          <t>Davulun Sesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754945065</t>
+          <t>9789752202146</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sinemanın Sorunları</t>
+          <t>Dağların Sesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754944822</t>
+          <t>9789754945966</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Gezegeni</t>
+          <t>Dağ Denize Kavuştu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754949421</t>
+          <t>9789754941661</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Demokrasi Yazılar Röportajlar Mektuplar</t>
+          <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752201989</t>
+          <t>9789754946444</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Toprakları ve Küresel İşgal Bir Millet Uyanıyor: 15</t>
+          <t>Çözümsüz Demokrasi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754946987</t>
+          <t>9789754945843</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Bebeleri</t>
+          <t>Çöpçü Martı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754943009</t>
+          <t>9789754944549</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Çok Güzelsin Gitme Dur</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754948462</t>
+          <t>9789752200029</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cadı Ağacı</t>
+          <t>Çocukluğa Yolculuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>136</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754947410</t>
+          <t>9789754949964</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sofra Keloğlan Masalları 3</t>
+          <t>Çoban Köpeği</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754943740</t>
+          <t>9789752204713</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Canım Kocacım</t>
+          <t>Çoban Ateşleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>9.26</v>
+        <v>69</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754947083</t>
+          <t>9789752201224</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dullara Yas Yakışır</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754946277</t>
+          <t>3990000010669</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yenilgiler Ansiklopedisi</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752203846</t>
+          <t>3990000004337</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Eşeği</t>
+          <t>Çapraz Yol</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>98</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754945195</t>
+          <t>9789752200067</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Çocukları</t>
+          <t>Çankaya Muhalefeti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754946871</t>
+          <t>9789754941647</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sanatına Temel Yaklaşımlar</t>
+          <t>Çankaya Hesaplaşması</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754947946</t>
+          <t>9789752202689</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Yaşam Kılavuzu</t>
+          <t>Çanakkale İlk Günde Biterdi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754949186</t>
+          <t>9789754945065</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cem’in Çaydanlığı</t>
+          <t>Çağdaş Sinemanın Sorunları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000005873</t>
+          <t>9789754944822</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Biziz</t>
+          <t>Cüceler Gezegeni</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752201293</t>
+          <t>9789754949421</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Irmak</t>
+          <t>Cumhuriyetçi Demokrasi Yazılar Röportajlar Mektuplar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752202924</t>
+          <t>9789752201989</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sermaye</t>
+          <t>Cumhuriyet Toprakları ve Küresel İşgal Bir Millet Uyanıyor: 15</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752201880</t>
+          <t>9789754946987</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Şu Çılgın Türkler</t>
+          <t>Cumhuriyet Bebeleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000013396</t>
+          <t>9789754943009</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Buyruklu Demokrasi (1980-1983)</t>
+          <t>Cahit Sıtkı Tarancı Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754943078</t>
+          <t>9789754948462</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bunca Yağmurların Söndüremediği</t>
+          <t>Cadı Ağacı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>9.26</v>
+        <v>136</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754947960</t>
+          <t>9789754947410</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Budalalar Takvimi</t>
+          <t>Büyülü Sofra Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754943832</t>
+          <t>9789754943740</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bu Dağların Arkasında Başka Dağlar Var</t>
+          <t>Canım Kocacım</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754949049</t>
+          <t>9789754947083</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 4. Kitap</t>
+          <t>Dullara Yas Yakışır</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754949032</t>
+          <t>9789754946277</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 3. Kitap</t>
+          <t>Çağdaş Yenilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754949025</t>
+          <t>9789752203846</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 2. Kitap</t>
+          <t>Can Dede’nin Eşeği</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2.78</v>
+        <v>98</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754949018</t>
+          <t>9789754945195</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Boyama 3 + Yaş 1. Kitap</t>
+          <t>Can Dede’nin Çocukları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>2.78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754945973</t>
+          <t>9789754946871</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Adası</t>
+          <t>Çağdaş Türk Sanatına Temel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>23</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990000010731</t>
+          <t>9789754947946</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bizden Çocuğa</t>
+          <t>Cinsel Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754941722</t>
+          <t>9789754949186</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Selin Vardı...</t>
+          <t>Cem’in Çaydanlığı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754948509</t>
+          <t>3990000005873</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Neon Kayması</t>
+          <t>Cehennem Biziz</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752201675</t>
+          <t>9789752201293</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Şu Değişen Dünya - Bir Millet Uyanıyor:9</t>
+          <t>Büyülü Irmak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000012465</t>
+          <t>9789752202924</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Kiraz Ağacı Olsaydım Bir Hariciyecinin Anıları</t>
+          <t>Büyük Sermaye</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752202177</t>
+          <t>9789752201880</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Rüyası</t>
+          <t>Bütün Oyunları 1 Şu Çılgın Türkler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>8</v>
+        <v>210</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000011764</t>
+          <t>3990000013396</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Penceresinden</t>
+          <t>Buyruklu Demokrasi (1980-1983)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754948745</t>
+          <t>9789754943078</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bir Giden Bir Gelen Bir Bekleyen Büyüklere Masallar Küçüklere Gerçekler 2</t>
+          <t>Bunca Yağmurların Söndüremediği</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754943023</t>
+          <t>9789754947960</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecenin Beyliği</t>
+          <t>Budalalar Takvimi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754943283</t>
+          <t>9789754943832</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Müydü O İzmir</t>
+          <t>Bu Dağların Arkasında Başka Dağlar Var</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754942422</t>
+          <t>9789754949049</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Bürokratın Romanı "Memduh Aytür"</t>
+          <t>Boyama 3 + Yaş 4. Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>11.11</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752200388</t>
+          <t>9789754949032</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir Bayram Günü</t>
+          <t>Boyama 3 + Yaş 3. Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>7.41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752202634</t>
+          <t>9789754949025</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Benim Mesleğim</t>
+          <t>Boyama 3 + Yaş 2. Kitap</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752202306</t>
+          <t>9789754949018</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Boyama 3 + Yaş 1. Kitap</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000034572</t>
+          <t>9789754945973</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Biber Oğlan’la Şeker Kız</t>
+          <t>Boncuk Adası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>7.41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754944389</t>
+          <t>3990000010731</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bıyıklar Konuşuyor</t>
+          <t>Bizden Çocuğa</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754946086</t>
+          <t>9789754941722</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Savaş</t>
+          <t>Bir Selin Vardı...</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754945959</t>
+          <t>9789754948509</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Beş Kardeşler Masalı</t>
+          <t>Bir Neon Kayması</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754943979</t>
+          <t>9789752201675</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Berlin Mektupları - Viyana’nın Atlattığı Vartalar</t>
+          <t>Şu Değişen Dünya - Bir Millet Uyanıyor:9</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754949124</t>
+          <t>3990000012465</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim Yazarlarım Bütün Eserleri 9</t>
+          <t>Bir Kiraz Ağacı Olsaydım Bir Hariciyecinin Anıları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752202290</t>
+          <t>9789752202177</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevgili Genim</t>
+          <t>Bir Kedinin Rüyası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752200272</t>
+          <t>3990000011764</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim Dedem Bir Tane</t>
+          <t>Bir Kadının Penceresinden</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752203556</t>
+          <t>9789754948745</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Benim Çirkin Kardeşim</t>
+          <t>Bir Giden Bir Gelen Bir Bekleyen Büyüklere Masallar Küçüklere Gerçekler 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>29</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754944839</t>
+          <t>9789754943023</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ben Unutmadan</t>
+          <t>Bir Gecenin Beyliği</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754941227</t>
+          <t>9789754943283</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ben Tarihim Bay Başkan</t>
+          <t>Bir Düş Müydü O İzmir</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754942484</t>
+          <t>9789754942422</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Menekşeleri Senin İçin Topladım</t>
+          <t>Bir Büyük Bürokratın Romanı "Memduh Aytür"</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754949803</t>
+          <t>9789752200388</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ben Balerin Olacağım</t>
+          <t>Bir Bayram Günü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752202498</t>
+          <t>9789752202634</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Büyük Ermenistan Peşinde Ermeni Komiteleri</t>
+          <t>Bir Başkadır Benim Mesleğim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>64</v>
+        <v>41</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754947991</t>
+          <t>9789752202306</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bay Balyoz’un Derdi Hassas Burun Dedektiflik Bürosu 3. Kitap</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752201354</t>
+          <t>3990000034572</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Batılı İşçi Sömürüye Ortak</t>
+          <t>Biber Oğlan’la Şeker Kız</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752203938</t>
+          <t>9789754944389</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Batıkent Çocuk Şenliği</t>
+          <t>Bıyıklar Konuşuyor</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752203679</t>
+          <t>9789754946086</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Başın Öne Eğilmesin</t>
+          <t>Beyaz Savaş</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754940589</t>
+          <t>9789754945959</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bando Takımı</t>
+          <t>Beş Kardeşler Masalı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754943337</t>
+          <t>9789754943979</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Berlin Mektupları - Viyana’nın Atlattığı Vartalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754947748</t>
+          <t>9789754949124</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren</t>
+          <t>Benim Yazarlarım Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754940640</t>
+          <t>9789752202290</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Zehir Yüklü Bulutlar Halepçe’den Hakkari’ye</t>
+          <t>Benim Sevgili Genim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>9.26</v>
+        <v>56</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752202320</t>
+          <t>9789752200272</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Zaman Torbası</t>
+          <t>Benim Dedem Bir Tane</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754944457</t>
+          <t>9789752203556</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Yarısı Gece</t>
+          <t>Benim Çirkin Kardeşim</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>8.33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754948776</t>
+          <t>9789754944839</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Kırlangıç Gölgesi</t>
+          <t>Ben Unutmadan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752203853</t>
+          <t>9789754941227</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yüzler ve Sözcükler</t>
+          <t>Ben Tarihim Bay Başkan</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>335</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754940275</t>
+          <t>9789754942484</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri 6</t>
+          <t>Ben Bu Menekşeleri Senin İçin Topladım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754949322</t>
+          <t>9789754949803</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze Edebiyat Söyleşi</t>
+          <t>Ben Balerin Olacağım</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754940305</t>
+          <t>9789752202498</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 5 - Yüksek Ökçeler</t>
+          <t>Belgelerle Büyük Ermenistan Peşinde Ermeni Komiteleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>64</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752202900</t>
+          <t>9789754947991</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yüce Divan Dosyası</t>
+          <t>Bay Balyoz’un Derdi Hassas Burun Dedektiflik Bürosu 3. Kitap</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752201415</t>
+          <t>9789752201354</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şiirinin Gücü</t>
+          <t>Batılı İşçi Sömürüye Ortak</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>335</v>
+        <v>20</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754940947</t>
+          <t>9789752203938</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Çıkan Öğretmen</t>
+          <t>Batıkent Çocuk Şenliği</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000011453</t>
+          <t>9789752203679</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yönelişler</t>
+          <t>Başın Öne Eğilmesin</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>6.48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754940633</t>
+          <t>9789754940589</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Çanlar</t>
+          <t>Bando Takımı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>11.11</v>
+        <v>275</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754946642</t>
+          <t>9789754943337</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yollar Nereye Düşer</t>
+          <t>Ziya Gökalp Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754943276</t>
+          <t>9789754947748</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Geçen Adam</t>
+          <t>Zeki Müren</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754949759</t>
+          <t>9789754940640</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yılların Ardından</t>
+          <t>Zehir Yüklü Bulutlar Halepçe’den Hakkari’ye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752200999</t>
+          <t>9789752202320</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Toplayan Çocuk</t>
+          <t>Zaman Torbası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>7.41</v>
+        <v>210</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754941067</t>
+          <t>9789754944457</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yıl Sıfır Darbe Hazır</t>
+          <t>Yüzün Yarısı Gece</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>275</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754942668</t>
+          <t>9789754948776</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bayır</t>
+          <t>Yüzümde Kırlangıç Gölgesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>310</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754947816</t>
+          <t>9789752203853</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yerli Film</t>
+          <t>Yüzler ve Sözcükler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.26</v>
+        <v>335</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752200913</t>
+          <t>9789754940275</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sevinçler</t>
+          <t>Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754948387</t>
+          <t>9789754949322</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yengeçten Korkan Köpek</t>
+          <t>Yüz Yüze Edebiyat Söyleşi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754948653</t>
+          <t>9789754940305</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renkli Saat</t>
+          <t>Ömer Seyfettin Bütün Eserleri 5 - Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754941692</t>
+          <t>9789752202900</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yedi Domuzlu Altın</t>
+          <t>Yüce Divan Dosyası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>9.26</v>
+        <v>96</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789754948325</t>
+          <t>9789752201415</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Türler</t>
+          <t>Yunus Emre Şiirinin Gücü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>505</v>
+        <v>335</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000004426</t>
+          <t>9789754940947</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Yağmur</t>
+          <t>Yumurtadan Çıkan Öğretmen</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754946246</t>
+          <t>3990000011453</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öpüşleri -Yeniden Kurgulanmış Eski Aşklarla- Bütün Eserleri 16</t>
+          <t>Yönelişler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000006428</t>
+          <t>9789754940633</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yaz Boz Tahtası Devekuşuna Mektuplar 2</t>
+          <t>Yorgun Çanlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752201637</t>
+          <t>9789754946642</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yaşayınca...</t>
+          <t>Yollar Nereye Düşer</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>295</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789754944716</t>
+          <t>9789754943276</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kanal Anneanne</t>
+          <t>Yoldan Geçen Adam</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>495</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754949858</t>
+          <t>9789754949759</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Dolap</t>
+          <t>Yılların Ardından</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>7.41</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754946710</t>
+          <t>9789752200999</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Anneannespor</t>
+          <t>Yıldız Toplayan Çocuk</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>495</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754944037</t>
+          <t>9789754941067</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Yıl Sıfır Darbe Hazır</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>11.11</v>
+        <v>275</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754948394</t>
+          <t>9789754942668</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Tavşanın Doktoru</t>
+          <t>Yeşil Bayır</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752200449</t>
+          <t>9789754947816</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yaprakta Sevgi Büyütmek</t>
+          <t>Yerli Film</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>135</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752201361</t>
+          <t>9789752200913</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Eğlenmek İçin</t>
+          <t>Yeni Sevinçler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752200647</t>
+          <t>9789754948387</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seninle</t>
+          <t>Yengeçten Korkan Köpek</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000012234</t>
+          <t>9789754948653</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam</t>
+          <t>Yedi Renkli Saat</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789754944594</t>
+          <t>9789754941692</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yalıda Sabah</t>
+          <t>Yedi Domuzlu Altın</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752204591</t>
+          <t>9789754948325</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yalandan Kim Ölmüş</t>
+          <t>Yazınsal Türler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>505</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789754945744</t>
+          <t>3990000004426</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yakut Balık</t>
+          <t>Yaz ve Yağmur</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789754944068</t>
+          <t>9789754946246</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Yaz Öpüşleri -Yeniden Kurgulanmış Eski Aşklarla- Bütün Eserleri 16</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>3990000005148</t>
+          <t>3990000006428</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Giden</t>
+          <t>Yaz Boz Tahtası Devekuşuna Mektuplar 2</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789754942774</t>
+          <t>9789752201637</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Adamları / Bağrıyanık Ömer ile Güzel Zeynep</t>
+          <t>Yaşayınca...</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>9.26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000005849</t>
+          <t>9789754944716</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Yaşasın Kanal Anneanne</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>9.26</v>
+        <v>495</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789754946154</t>
+          <t>9789754949858</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Veysel Çavuş</t>
+          <t>Yaşasın Dolap</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789754947649</t>
+          <t>9789754946710</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ve, Tanrı Onları Cezalandırdı</t>
+          <t>Yaşasın Anneannespor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.26</v>
+        <v>495</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789754949285</t>
+          <t>9789754944037</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Keiko’yu Yarattı</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752202061</t>
+          <t>9789754948394</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Vatanın Bağrına Düşman Dayamış Hançerini</t>
+          <t>Yaralı Tavşanın Doktoru</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>3990000012936</t>
+          <t>9789752200449</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş</t>
+          <t>Yaprakta Sevgi Büyütmek</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>9.26</v>
+        <v>135</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754940664</t>
+          <t>9789752201361</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kurtaran Şaban</t>
+          <t>Yalnızca Eğlenmek İçin</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789754947441</t>
+          <t>9789752200647</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Yalnız Seninle</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752201330</t>
+          <t>3990000012234</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Vampir Öyküsü</t>
+          <t>Yalnız Adam</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752202344</t>
+          <t>9789754944594</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Valilerin de Öyküleri Vardır</t>
+          <t>Yalıda Sabah</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789754946697</t>
+          <t>9789752204591</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Vahidettin, M. Kemal ve Milli Mücadele</t>
+          <t>Yalandan Kim Ölmüş</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1065</v>
+        <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752201569</t>
+          <t>9789754945744</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç</t>
+          <t>Yakut Balık</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754941777</t>
+          <t>9789754944068</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerden Komik Anılar</t>
+          <t>Yakup Kadri Karaosmanoğlu Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754940909</t>
+          <t>3990000005148</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Üniformanın Hatırı Var</t>
+          <t>Yağmurla Giden</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754945041</t>
+          <t>9789754942774</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Kane</t>
+          <t>Yabanın Adamları / Bağrıyanık Ömer ile Güzel Zeynep</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754942743</t>
+          <t>3990000005849</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yunuslama</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754940961</t>
+          <t>9789754946154</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Veysel Çavuş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752202757</t>
+          <t>9789754947649</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Yolculuk</t>
+          <t>Ve, Tanrı Onları Cezalandırdı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>3990000006256</t>
+          <t>9789754949285</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’de İslamlık</t>
+          <t>Ve Tanrı Keiko’yu Yarattı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754946383</t>
+          <t>9789752202061</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Ufuk Çizgisi - Akdeniz Lirikleri</t>
+          <t>Vatanın Bağrına Düşman Dayamış Hançerini</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>11.11</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752203136</t>
+          <t>3990000012936</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sorumluluktur</t>
+          <t>Vatandaş</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754948912</t>
+          <t>9789754940664</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Doğru</t>
+          <t>Vatan Kurtaran Şaban</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>13</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754942286</t>
+          <t>9789754947441</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kuzu</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>8.33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752203389</t>
+          <t>9789752201330</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kukla</t>
+          <t>Vampir Öyküsü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752201552</t>
+          <t>9789752202344</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Altın Kayalar Adası</t>
+          <t>Valilerin de Öyküleri Vardır</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>49</v>
+        <v>33</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754947878</t>
+          <t>9789754946697</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Alo, Harika Hanım Nasılsınız?</t>
+          <t>Vahidettin, M. Kemal ve Milli Mücadele</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>9.26</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754946123</t>
+          <t>9789752201569</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Alçaktan Uçan Güvercin Bütün Eserleri 15</t>
+          <t>Üşengeç</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>9.26</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754946284</t>
+          <t>9789754941777</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıktaki Ülke</t>
+          <t>Ünlülerden Komik Anılar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754945836</t>
+          <t>9789754940909</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Alaca Baykuş</t>
+          <t>Üniformanın Hatırı Var</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752202467</t>
+          <t>9789754945041</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>AKP Çoktan Kapatılmalıydı</t>
+          <t>Yurttaş Kane</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>20</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754945294</t>
+          <t>9789754942743</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kıbrıs’la Bozmak</t>
+          <t>Yunuslama</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754944112</t>
+          <t>9789754940961</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Kalan Masallar</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754946796</t>
+          <t>9789752202757</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Doktorlar..</t>
+          <t>Yeraltına Yolculuk</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754944501</t>
+          <t>3990000006256</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ağlasun Ayşafağı</t>
+          <t>Yeni Türkiye’de İslamlık</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>38</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752200081</t>
+          <t>9789754946383</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ağla Sevgili Yurdum</t>
+          <t>Yaşamın Ufuk Çizgisi - Akdeniz Lirikleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754943986</t>
+          <t>9789752203136</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ağırmeşrep Kadınlar</t>
+          <t>Yaşamak Sorumluluktur</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>3990000014066</t>
+          <t>9789754948912</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aday (2 Cilt Takım)</t>
+          <t>Yaşama Doğru</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754941487</t>
+          <t>9789754942286</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eyledik</t>
+          <t>Yaramaz Kuzu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754948356</t>
+          <t>9789752203389</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Acının Gümüşü</t>
+          <t>Yaramaz Kukla</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754943122</t>
+          <t>9789752201552</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Acılara Tutunmak</t>
+          <t>Altın Kayalar Adası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>31</v>
+        <v>49</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752200715</t>
+          <t>9789754947878</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler Salatalar</t>
+          <t>Alo, Harika Hanım Nasılsınız?</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752200708</t>
+          <t>9789754946123</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Özel Günler İçin Tatlılar</t>
+          <t>Alçaktan Uçan Güvercin Bütün Eserleri 15</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752200746</t>
+          <t>9789754946284</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Balıklar</t>
+          <t>Alacakaranlıktaki Ülke</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>3990000010417</t>
+          <t>9789754945836</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>7 Numaralı Mahkeme</t>
+          <t>Alaca Baykuş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752200333</t>
+          <t>9789752202467</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’a İlk Adım Büyüklere Masallar, Küçüklere Gerçekler 9</t>
+          <t>AKP Çoktan Kapatılmalıydı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>19.44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752204881</t>
+          <t>9789754945294</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>90 Soruda Lozan Barış Antlaşması</t>
+          <t>Aklını Kıbrıs’la Bozmak</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752201019</t>
+          <t>9789754944112</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Diri Diri Yanmak</t>
+          <t>Aklımda Kalan Masallar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>43</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752204393</t>
+          <t>9789754946796</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş El Kitabı ve Genç Kalmanın Sırları</t>
+          <t>Ah Şu Doktorlar..</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754949841</t>
+          <t>9789754944501</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ormana Dönüş</t>
+          <t>Ağlasun Ayşafağı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>205</v>
+        <v>38</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752200548</t>
+          <t>9789752200081</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Organize Suç Örgütleri, Kara Para ve Aklanması</t>
+          <t>Ağla Sevgili Yurdum</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>40</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754946765</t>
+          <t>9789754943986</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Onunla Güzeldim</t>
+          <t>Ağırmeşrep Kadınlar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752202504</t>
+          <t>3990000014066</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Onların Hikayesi</t>
+          <t>Aday (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754944785</t>
+          <t>9789754941487</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Onlar Ermiş Muradına</t>
+          <t>Acıyı Bal Eyledik</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>9.26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754940459</t>
+          <t>9789754948356</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Onikiye Bir Var / Sancho’nun Sabah Yürüyüşü / Gülerek Ölmek</t>
+          <t>Acının Gümüşü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752201934</t>
+          <t>9789754943122</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Onbaşı Nezahat</t>
+          <t>Acılara Tutunmak</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>190</v>
+        <v>31</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754944648</t>
+          <t>9789752200715</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>A La Carte Lezzetli Tarifler Salatalar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>170</v>
+        <v>26</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754944587</t>
+          <t>9789752200708</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 6 1991-1992</t>
+          <t>A La Carte Lezzetli Tarifler  Özel Günler İçin Tatlılar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754943757</t>
+          <t>9789752200746</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 5 1988-1990</t>
+          <t>A La Carte Lezzetli Tarifler  Balıklar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754940473</t>
+          <t>3990000010417</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 4 1986-1988</t>
+          <t>7 Numaralı Mahkeme</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>3990000006560</t>
+          <t>9789752200333</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 3 1979-1984</t>
+          <t>28 Şubat’a İlk Adım Büyüklere Masallar, Küçüklere Gerçekler 9</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>12.04</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789754943955</t>
+          <t>9789752204881</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve İnsanlar / 1 1961-1972</t>
+          <t>90 Soruda Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789754944600</t>
+          <t>9789752201019</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Okula Giden Robot</t>
+          <t>Diri Diri Yanmak</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>43</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752204072</t>
+          <t>9789752204393</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Değer Eğitimi</t>
+          <t>Orta Yaş El Kitabı ve Genç Kalmanın Sırları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>335</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754944006</t>
+          <t>9789754949841</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Bütün Şiirleri 2</t>
+          <t>Ormana Dönüş</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>38</v>
+        <v>205</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754943665</t>
+          <t>9789752200548</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Nostaljik Muhabbetler</t>
+          <t>Organize Suç Örgütleri, Kara Para ve Aklanması</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752200210</t>
+          <t>9789754946765</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>No Logo Küresel Markalar Hedef Tahtasında</t>
+          <t>Onunla Güzeldim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>46.3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754948967</t>
+          <t>9789752202504</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik</t>
+          <t>Onların Hikayesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754944563</t>
+          <t>9789754944785</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Onlar Ermiş Muradına</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754949575</t>
+          <t>9789754940459</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ne Olacak Ne Yapmalıyız?</t>
+          <t>Onikiye Bir Var / Sancho’nun Sabah Yürüyüşü / Gülerek Ölmek</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754948363</t>
+          <t>9789752201934</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Müsamere</t>
+          <t>Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>9.26</v>
+        <v>190</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754944570</t>
+          <t>9789754944648</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>11.11</v>
+        <v>170</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752201033</t>
+          <t>9789754944587</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Son Hikâyeler 13 Bütün Eserleri 19</t>
+          <t>Olaylar ve İnsanlar / 6 1991-1992</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752202313</t>
+          <t>9789754943757</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Kayıp Seslerinin İzinde</t>
+          <t>Olaylar ve İnsanlar / 5 1988-1990</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>290</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754944778</t>
+          <t>9789754940473</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Uyanan Doğu</t>
+          <t>Olaylar ve İnsanlar / 4 1986-1988</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754946826</t>
+          <t>3990000006560</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal: Bir İmparatorluğun Ölümü</t>
+          <t>Olaylar ve İnsanlar / 3 1979-1984</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>46</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752200814</t>
+          <t>9789754943955</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Kendine Özgü Bir Yaşam ve Kişilik (Ciltli)</t>
+          <t>Olaylar ve İnsanlar / 1 1961-1972</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>36.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752202849</t>
+          <t>9789754944600</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Okula Giden Robot</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754943931</t>
+          <t>9789752204072</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Baba Oldum? Bütün Eserleri 27</t>
+          <t>Okul Öncesinde Değer Eğitimi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754949605</t>
+          <t>9789754944006</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk 1881-1938</t>
+          <t>Oğlak Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754947359</t>
+          <t>9789754943665</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Musalladan Şöhrete Safiye Ayla</t>
+          <t>Nostaljik Muhabbetler</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789752201118</t>
+          <t>9789752200210</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mum Bebek - Ben Çocukken 4</t>
+          <t>No Logo Küresel Markalar Hedef Tahtasında</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752200661</t>
+          <t>9789754948967</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mor Dönem Öyküleri</t>
+          <t>Neyzen Tevfik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754945706</t>
+          <t>9789754944563</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754940251</t>
+          <t>9789754949575</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Ne Olacak Ne Yapmalıyız?</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752202092</t>
+          <t>9789754948363</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Minti Düşler Ülkesinde</t>
+          <t>Müsamere</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>3990000011034</t>
+          <t>9789754944570</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Milyarder</t>
+          <t>Muzaffer İzgü Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754947373</t>
+          <t>9789752201033</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Millenium Sanalizasyon Fareleri, Yarasalar ve Diğerleri</t>
+          <t>Mutlu Bir Son Hikâyeler 13 Bütün Eserleri 19</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754949766</t>
+          <t>9789752202313</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Militan Atatürkçülük</t>
+          <t>Mustafa Kemal’in Kayıp Seslerinin İzinde</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>54</v>
+        <v>290</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752200005</t>
+          <t>9789754944778</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Miço Diye Biri</t>
+          <t>Mustafa Kemal ve Uyanan Doğu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>15</v>
+        <v>52</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754947342</t>
+          <t>9789754946826</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe-2 Çankaya’nın Hanımefendisi (Ciltli)</t>
+          <t>Mustafa Kemal: Bir İmparatorluğun Ölümü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>16.67</v>
+        <v>46</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754944877</t>
+          <t>9789752200814</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe (Ciltli)</t>
+          <t>Mustafa Kemal Atatürk Kendine Özgü Bir Yaşam ve Kişilik (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>15.74</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754940527</t>
+          <t>9789752202849</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Demokrasi</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754946635</t>
+          <t>9789754943931</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Namludaki Karanfilden Şeriata: İran</t>
+          <t>Nasıl Baba Oldum? Bütün Eserleri 27</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754946611</t>
+          <t>9789754949605</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kılavuzu Piyano ve Oda Müziği</t>
+          <t>Mustafa Kemal Atatürk 1881-1938</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>9.26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754946888</t>
+          <t>9789754947359</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Defterim Işık Saçıyor</t>
+          <t>Musalladan Şöhrete Safiye Ayla</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754948547</t>
+          <t>9789752201118</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut</t>
+          <t>Mum Bebek - Ben Çocukken 4</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>7.41</v>
+        <v>240</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754943535</t>
+          <t>9789752200661</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Gençlerin Eğitimi</t>
+          <t>Mor Dönem Öyküleri</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754948103</t>
+          <t>9789754945706</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754942446</t>
+          <t>9789754940251</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İnsan Tomurcukları</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754949131</t>
+          <t>9789752202092</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Müzesi - Sevincin Sırrı 4</t>
+          <t>Minti Düşler Ülkesinde</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754948059</t>
+          <t>3990000011034</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ak Gömleğin Dili Olsa...</t>
+          <t>Milyarder</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752200692</t>
+          <t>9789754947373</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler İtalyan Usulü Sebzeler</t>
+          <t>Millenium Sanalizasyon Fareleri, Yarasalar ve Diğerleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752200722</t>
+          <t>9789754949766</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Lezzetli Tarifler  Çorbalar</t>
+          <t>Militan Atatürkçülük</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>21</v>
+        <v>54</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754942217</t>
+          <t>9789752200005</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Akşamı</t>
+          <t>Miço Diye Biri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754942279</t>
+          <t>9789754947342</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçücük Aslancık Varmış</t>
+          <t>Mevhibe-2 Çankaya’nın Hanımefendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>3990000006225</t>
+          <t>9789754944877</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Beş Komünizm</t>
+          <t>Mevhibe (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754948943</t>
+          <t>9789754940527</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Adamın Gerçekleşen Düşü Büyüklere Masallar, Küçüklere Gerçekler 4</t>
+          <t>Namlunun Ucundaki Demokrasi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754941005</t>
+          <t>9789754946635</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Çocuğun Düşleri</t>
+          <t>Namludaki Karanfilden Şeriata: İran</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754942378</t>
+          <t>9789754946611</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Müzik Kılavuzu Piyano ve Oda Müziği</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754942255</t>
+          <t>9789754946888</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Üç Halka Yirmibeş</t>
+          <t>Defterim Işık Saçıyor</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>275</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754944846</t>
+          <t>9789754948547</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Gelince</t>
+          <t>Dedem Korkut</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754948158</t>
+          <t>9789754943535</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Karanfil</t>
+          <t>Çocukların Gençlerin Eğitimi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754945164</t>
+          <t>9789754948103</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Arkadaşım</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752200982</t>
+          <t>9789754942446</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Kedi Var mı?</t>
+          <t>Çocuklar İnsan Tomurcukları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754944440</t>
+          <t>9789754949131</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Uçurtma</t>
+          <t>Çocuk Müzesi - Sevincin Sırrı 4</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752206625</t>
+          <t>9789754948059</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Darbe</t>
+          <t>Ak Gömleğin Dili Olsa...</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>64</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752205284</t>
+          <t>9789752200692</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Basra Yollarında</t>
+          <t>A La Carte Lezzetli Tarifler İtalyan Usulü Sebzeler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>51</v>
+        <v>21</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754942767</t>
+          <t>9789752200722</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşa'lı Yılları 1944-1973 Cilt: 5 Yarı Silahlı, Yarı Külahlı Bir Ara Rejim 1960-1961</t>
+          <t>A La Carte Lezzetli Tarifler  Çorbalar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>10.19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754945003</t>
+          <t>9789754942217</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>100 Filmde Başlangıcından Günümüze   - Güldürü Komedi Filmleri (Ciltli)</t>
+          <t>Bir Masal Akşamı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754945270</t>
+          <t>9789754942279</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Asıl Şimdi</t>
+          <t>Bir Küçücük Aslancık Varmış</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752207127</t>
+          <t>3990000006225</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Leman'la Lijin</t>
+          <t>Beş Komünizm</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752205925</t>
+          <t>9789754948943</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Söyleyeceklerim Var</t>
+          <t>Bekleyen Adamın Gerçekleşen Düşü Büyüklere Masallar, Küçüklere Gerçekler 4</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>36</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>3990000010714</t>
+          <t>9789754941005</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bin İnsan</t>
+          <t>Becerikli Çocuğun Düşleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>4.63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754943061</t>
+          <t>9789754942378</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet Sevda</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754944136</t>
+          <t>9789754942255</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Ahlak ve Siyasal Ahlaksızlık</t>
+          <t>Üç Halka Yirmibeş</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>12.04</v>
+        <v>275</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752200111</t>
+          <t>9789754944846</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kelebek</t>
+          <t>Uzaylılar Gelince</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754949629</t>
+          <t>9789754948158</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Filistin Askısından Fezlekeye İşkencenin Kitabı</t>
+          <t>Uzaydaki Karanfil</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754944181</t>
+          <t>9789754945164</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bölük... Pörçük... Bir Hayatın Öyküsü</t>
+          <t>Uzaydaki Arkadaşım</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754942828</t>
+          <t>9789752200982</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bela Çiçeği</t>
+          <t>Uzayda Kedi Var mı?</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>9.26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754943504</t>
+          <t>9789754944440</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Olup Bitenler, Toplumsal Yazılar Kadınlar ve Çocuklar / Eğitim ve Uygarlık / Dedikodu Fıkraları / Anı Defterinden</t>
+          <t>Uzaya Giden Uçurtma</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>7.41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752203006</t>
+          <t>9789752206625</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirinin Gücü</t>
+          <t>İhanet ve Darbe</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>335</v>
+        <v>64</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754948882</t>
+          <t>9789752205284</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Naylon Köşk "Çadırkentten Başkente"</t>
+          <t>Bağdat-Basra Yollarında</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>9.26</v>
+        <v>51</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752201057</t>
+          <t>9789754942767</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Nataşalar</t>
+          <t>Demokrasimizin İsmet Paşa'lı Yılları 1944-1973 Cilt: 5 Yarı Silahlı, Yarı Külahlı Bir Ara Rejim 1960-1961</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>210</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752205314</t>
+          <t>9789754945003</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Son Sözü</t>
+          <t>100 Filmde Başlangıcından Günümüze   - Güldürü Komedi Filmleri (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>105</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752205192</t>
+          <t>9789754945270</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kazanımları</t>
+          <t>Sosyalizm Asıl Şimdi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>64</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752205253</t>
+          <t>9789752207127</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Chp  Neden İktidar Olamaz</t>
+          <t>Leman'la Lijin</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789752205024</t>
+          <t>9789752205925</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dünden Yarına Atatürk'ün Öngörüleri</t>
+          <t>Söyleyeceklerim Var</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752205864</t>
+          <t>3990000010714</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Titanic Kemancıları</t>
+          <t>Bin İnsan</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752204966</t>
+          <t>9789754943061</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 3</t>
+          <t>Aşk-ı Muhabbet Sevda</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752204959</t>
+          <t>9789754944136</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 2</t>
+          <t>Siyasal Ahlak ve Siyasal Ahlaksızlık</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789752204942</t>
+          <t>9789752200111</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 1</t>
+          <t>Vahşi Kelebek</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752205017</t>
+          <t>9789754949629</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 4</t>
+          <t>Filistin Askısından Fezlekeye İşkencenin Kitabı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>10</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752205000</t>
+          <t>9789754944181</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 3</t>
+          <t>Bölük... Pörçük... Bir Hayatın Öyküsü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>10</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752204997</t>
+          <t>9789754942828</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 2</t>
+          <t>Bela Çiçeği</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752204980</t>
+          <t>9789754943504</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Balım Boyama 1</t>
+          <t>Olup Bitenler, Toplumsal Yazılar Kadınlar ve Çocuklar / Eğitim ve Uygarlık / Dedikodu Fıkraları / Anı Defterinden</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>3990000017625</t>
+          <t>9789752203006</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Anıpolitik ( 1945-1960 )</t>
+          <t>Nazım Hikmet Şiirinin Gücü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>9.26</v>
+        <v>335</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752201910</t>
+          <t>9789754948882</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizmin Girdabında Türkiye</t>
+          <t>Naylon Köşk "Çadırkentten Başkente"</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752202016</t>
+          <t>9789752201057</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Denktaş ve Kıbrıs'ta Son Tango</t>
+          <t>Nataşalar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>20</v>
+        <v>210</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752204973</t>
+          <t>9789752205314</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Çizer Boyar Oynarım Boyama 4</t>
+          <t>Aşkın Son Sözü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>10</v>
+        <v>105</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9770245881214</t>
+          <t>9789752205192</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 1 Kış 2016</t>
+          <t>Cumhuriyet Kazanımları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>98</v>
+        <v>64</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752205147</t>
+          <t>9789752205253</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Mor Odanın Gizi</t>
+          <t>Chp  Neden İktidar Olamaz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>330</v>
+        <v>49</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000025610</t>
+          <t>9789752205024</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Dünden Yarına Atatürk'ün Öngörüleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>7.87</v>
+        <v>95</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>3990000017543</t>
+          <t>9789752205864</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Başbakanı Kim Öptü</t>
+          <t>Titanic Kemancıları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>6.48</v>
+        <v>48</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>3990000026740</t>
+          <t>9789752204966</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Melez Zaman</t>
+          <t>Çizer Boyar Oynarım Boyama 3</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>6.02</v>
+        <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789754940886</t>
+          <t>9789752204959</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kandan Kına Yakılmaz</t>
+          <t>Çizer Boyar Oynarım Boyama 2</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>38</v>
+        <v>10</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>3990000027230</t>
+          <t>9789752204942</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Yaz</t>
+          <t>Çizer Boyar Oynarım Boyama 1</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>8.33</v>
+        <v>10</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754948851</t>
+          <t>9789752205017</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Öykü Tutmaz</t>
+          <t>Balım Boyama 4</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752200609</t>
+          <t>9789752205000</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Kalan Tarih Büyüklere Masallar - Küçüklere Gerçekler - 11</t>
+          <t>Balım Boyama 3</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>15.74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754945096</t>
+          <t>9789752204997</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Çocukluk Eskizleri</t>
+          <t>Balım Boyama 2</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789754948240</t>
+          <t>9789752204980</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şiirler Tercüme Dergisi Şiir Özel Sayısı’ndan (19 Mart 1946)</t>
+          <t>Balım Boyama 1</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>96</v>
+        <v>10</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754942040</t>
+          <t>3990000017625</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Umut Gün Işığında</t>
+          <t>Anıpolitik ( 1945-1960 )</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789754941128</t>
+          <t>9789752201910</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Umursanmayan Kadınlar</t>
+          <t>Küresel Kapitalizmin Girdabında Türkiye</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754945683</t>
+          <t>9789752202016</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Uçuran Holding</t>
+          <t>Denktaş ve Kıbrıs'ta Son Tango</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789754947687</t>
+          <t>9789752204973</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Uçu</t>
+          <t>Çizer Boyar Oynarım Boyama 4</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754948691</t>
+          <t>9770245881214</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Ali Uçtu</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 1 Kış 2016</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>98</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752203723</t>
+          <t>9789752205147</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Uçan Goril</t>
+          <t>Mor Odanın Gizi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789754945614</t>
+          <t>3990000025610</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Uçan Eşek</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>230</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789754944273</t>
+          <t>3990000017543</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türklük Üzerine Yazılar</t>
+          <t>Başbakanı Kim Öptü</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752201323</t>
+          <t>3990000026740</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Jeopolitiği ve Avrasyacılık Bir Millet Uyanıyor 2</t>
+          <t>Melez Zaman</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>12.04</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752204164</t>
+          <t>9789754940886</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Düşünmek</t>
+          <t>Kandan Kına Yakılmaz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>225</v>
+        <v>38</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789754947298</t>
+          <t>3990000027230</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kültür Sorunları ve Anadolu Uygarlıklarının Dünya Tarihindeki Önemi</t>
+          <t>En Tatlı Yaz</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>8699754942883</t>
+          <t>9789754948851</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Açıklamalı Sosyal Politika Tarihi</t>
+          <t>Bu Aşk Öykü Tutmaz</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789754949100</t>
+          <t>9789752200609</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Dünü, Bugünü, Yarını</t>
+          <t>Uzakta Kalan Tarih Büyüklere Masallar - Küçüklere Gerçekler - 11</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>310</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752200777</t>
+          <t>9789754945096</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Çökerken</t>
+          <t>Unutulmuş Çocukluk Eskizleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754949612</t>
+          <t>9789754948240</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türkçeyi Güzel Konuşma ve Okuma Kılavuzu</t>
+          <t>Unutulmaz Şiirler Tercüme Dergisi Şiir Özel Sayısı’ndan (19 Mart 1946)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>450</v>
+        <v>96</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752202528</t>
+          <t>9789754942040</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türkçeye Yansıyan Türk Kültürü</t>
+          <t>Umut Gün Işığında</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>335</v>
+        <v>210</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789752201125</t>
+          <t>9789754941128</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Zenginlikleri İncelikleri</t>
+          <t>Umursanmayan Kadınlar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>335</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752202023</t>
+          <t>9789754945683</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Bağımsızlık Savaşımı</t>
+          <t>Uçuran Holding</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>310</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>3990000012224</t>
+          <t>9789754947687</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı (İlk Dönem 1872-1900)</t>
+          <t>Uçu</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>3990000010872</t>
+          <t>9789754948691</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türk Mizah Hikayeleri Antolojisi</t>
+          <t>Uçtu Uçtu Ali Uçtu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789754941449</t>
+          <t>9789752203723</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihi</t>
+          <t>Uçan Goril</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>590</v>
+        <v>90</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752200074</t>
+          <t>9789754945614</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Türk Küçükleri</t>
+          <t>Uçan Eşek</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>3990000012858</t>
+          <t>9789754944273</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 7 Kitap Takım</t>
+          <t>Türklük Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>171.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754949827</t>
+          <t>9789752201323</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 5. Kitap</t>
+          <t>Türklerin Jeopolitiği ve Avrasyacılık Bir Millet Uyanıyor 2</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>590</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754948271</t>
+          <t>9789752204164</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 4. Kitap (İkinci Bölüm)</t>
+          <t>Türkiye’yi Düşünmek</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>590</v>
+        <v>225</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754948080</t>
+          <t>9789754947298</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 4. Kitap (Birinci Bölüm)</t>
+          <t>Türkiye’nin Kültür Sorunları ve Anadolu Uygarlıklarının Dünya Tarihindeki Önemi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>590</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789754945997</t>
+          <t>8699754942883</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 3. Kitap (İkinci Bölüm)</t>
+          <t>Türkiye’nin Açıklamalı Sosyal Politika Tarihi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>590</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789754942798</t>
+          <t>9789754949100</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 1. Kitap</t>
+          <t>Türkiye Türkçesinin Dünü, Bugünü, Yarını</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>590</v>
+        <v>310</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752202405</t>
+          <t>9789752200777</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan Savaşı</t>
+          <t>Türkiye Cumhuriyeti Çökerken</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789754949728</t>
+          <t>9789754949612</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yürek</t>
+          <t>Türkçeyi Güzel Konuşma ve Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>10</v>
+        <v>450</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789752203396</t>
+          <t>9789752202528</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Topum Bana Küstü</t>
+          <t>Türkçeye Yansıyan Türk Kültürü</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789752200531</t>
+          <t>9789752201125</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Düşen Tohum</t>
+          <t>Türkçenin Zenginlikleri İncelikleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>5.56</v>
+        <v>335</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789754940626</t>
+          <t>9789752202023</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Türkçenin Bağımsızlık Savaşımı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789754948875</t>
+          <t>3990000012224</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Tom Baba’nın Tombalası</t>
+          <t>Türk Romanı (İlk Dönem 1872-1900)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789754940923</t>
+          <t>3990000010872</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Türk Mizah Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789754940091</t>
+          <t>9789754941449</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tohumlar Tuz İçinde Bütün Şiirleri 15</t>
+          <t>Türk Kültür Tarihi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>39</v>
+        <v>590</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789754949117</t>
+          <t>9789752200074</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Cadısı</t>
+          <t>Türk Küçükleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752203754</t>
+          <t>3990000012858</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Teyze</t>
+          <t>Türk Devrim Tarihi 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>90</v>
+        <v>171.3</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752203495</t>
+          <t>9789754949827</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Bitkiler Atlası</t>
+          <t>Türk Devrim Tarihi 5. Kitap</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>700</v>
+        <v>590</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752202542</t>
+          <t>9789754948271</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>The Turkish Blue Selected Poems</t>
+          <t>Türk Devrim Tarihi 4. Kitap (İkinci Bölüm)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>265</v>
+        <v>590</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789752204188</t>
+          <t>9789754948080</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>The Armenian File</t>
+          <t>Türk Devrim Tarihi 4. Kitap (Birinci Bölüm)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>62</v>
+        <v>590</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754948479</t>
+          <t>9789754945997</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Demokrasi</t>
+          <t>Türk Devrim Tarihi 3. Kitap (İkinci Bölüm)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>11.11</v>
+        <v>590</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789754948950</t>
+          <t>9789754942798</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Tekbacaklılar - Çokayaklılar</t>
+          <t>Türk Devrim Tarihi 1. Kitap</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>9.26</v>
+        <v>590</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752202559</t>
+          <t>9789752202405</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yaz - Bütün Eserleri 6</t>
+          <t>Türk - Amerikan Savaşı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>420</v>
+        <v>59</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752202931</t>
+          <t>9789754949728</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Tatlım Ödevini Yap</t>
+          <t>Tutsak Yürek</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752203549</t>
+          <t>9789752203396</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tatlıdan Tuzludan</t>
+          <t>Topum Bana Küstü</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>161</v>
+        <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789754946659</t>
+          <t>9789752200531</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Taş Üstüne Gül Oyması</t>
+          <t>Toprağa Düşen Tohum</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752204577</t>
+          <t>9789754940626</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Gerçekler Işığında Dersim’den Ders Almak</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789752203075</t>
+          <t>9789754948875</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Türk-Yunan İlişkileri ve Megali-İdea</t>
+          <t>Tom Baba’nın Tombalası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>12.96</v>
+        <v>275</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752203921</t>
+          <t>9789754940923</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Tarafsızlıktan Soğuk Savaşa Doğru Türk-Sovyet İlişkileri (1939-1953)</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>59</v>
+        <v>140</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789754944525</t>
+          <t>9789754940091</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tansu Çiller’in Siyaset Romanı</t>
+          <t>Tohumlar Tuz İçinde Bütün Şiirleri 15</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>9.26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789754947496</t>
+          <t>9789754949117</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tançiçeği</t>
+          <t>Tiyatronun Cadısı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>3990000011050</t>
+          <t>9789752203754</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Talih İşareti</t>
+          <t>Tırtıl Teyze</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789754948028</t>
+          <t>9789752203495</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tahran Anıları ve Düşsel Yazılar</t>
+          <t>Tıbbi Bitkiler Atlası</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789754943481</t>
+          <t>9789752202542</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Şişhane’ye Yağmur Yağıyordu / Ayışığında Çalışkur</t>
+          <t>The Turkish Blue Selected Poems</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>14.81</v>
+        <v>265</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789754942583</t>
+          <t>9789752204188</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>The Armenian File</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>3990000013775</t>
+          <t>9789754948479</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şili’de Amerikan Darbesi</t>
+          <t>Terör ve Demokrasi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789752203334</t>
+          <t>9789754948950</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Şikayetçi Şakir</t>
+          <t>Tekbacaklılar - Çokayaklılar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789754943207</t>
+          <t>9789752202559</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Laz Karadeniz Fıkraları</t>
+          <t>Tehlikeli Yaz - Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>9.26</v>
+        <v>420</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>3990000013642</t>
+          <t>9789752202931</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Son Bilmecesi</t>
+          <t>Tatlım Ödevini Yap</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789754949087</t>
+          <t>9789752203549</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Şeker’le Biber’in Gelişi Sevincin Sırrı - 2</t>
+          <t>Tatlıdan Tuzludan</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>6.48</v>
+        <v>161</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789752203884</t>
+          <t>9789754946659</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Şiirler</t>
+          <t>Taş Üstüne Gül Oyması</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>230</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789754945256</t>
+          <t>9789752204577</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcılar</t>
+          <t>Tarihi Gerçekler Işığında Dersim’den Ders Almak</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>9.26</v>
+        <v>62</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789754947175</t>
+          <t>9789752203075</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Kuşlar</t>
+          <t>Tarih Boyunca Türk-Yunan İlişkileri ve Megali-İdea</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>210</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789754949988</t>
+          <t>9789752203921</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Şapkasız Teğmen</t>
+          <t>Tarafsızlıktan Soğuk Savaşa Doğru Türk-Sovyet İlişkileri (1939-1953)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>9.26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789752200104</t>
+          <t>9789754944525</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Yanan Mumlar</t>
+          <t>Tansu Çiller’in Siyaset Romanı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789754947212</t>
+          <t>9789754947496</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Süslü Kızlar</t>
+          <t>Tançiçeği</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>210</v>
+        <v>12</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752201392</t>
+          <t>3990000011050</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sürüsünü Yitiren Küçük Fil</t>
+          <t>Talih İşareti</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789754947229</t>
+          <t>9789754948028</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Süpermen İstanbul’a Düştü</t>
+          <t>Tahran Anıları ve Düşsel Yazılar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789754947366</t>
+          <t>9789754943481</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sus</t>
+          <t>Şişhane’ye Yağmur Yağıyordu / Ayışığında Çalışkur</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789752204416</t>
+          <t>9789754942583</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Vak’ası</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>170</v>
+        <v>12</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789754942224</t>
+          <t>3990000013775</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Sizsiniz</t>
+          <t>Şili’de Amerikan Darbesi</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789754949674</t>
+          <t>9789752203334</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sözümüz Vardı</t>
+          <t>Şikayetçi Şakir</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789752204546</t>
+          <t>9789754943207</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Vicdanı</t>
+          <t>Şiirlerle Laz Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>475</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789754949506</t>
+          <t>3990000013642</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediğim Sözcükler</t>
+          <t>Şeytanın Son Bilmecesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>27</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789754945805</t>
+          <t>9789754949087</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Söylevi Okurken</t>
+          <t>Şeker’le Biber’in Gelişi Sevincin Sırrı - 2</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>295</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789752200180</t>
+          <t>9789752203884</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Soyma Beni Utanırım</t>
+          <t>Şaşkın Şiirler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752201705</t>
+          <t>9789754945256</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Soyka</t>
+          <t>Şarkıcılar</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>155</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789754940565</t>
+          <t>9789754947175</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Soygun</t>
+          <t>Şarkıcı Kuşlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>3990000015038</t>
+          <t>9789754949988</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Gözüyle Jöntürkler</t>
+          <t>Şapkasız Teğmen</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>3990000005410</t>
+          <t>9789752200104</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm İçin Anahtar</t>
+          <t>Şafakta Yanan Mumlar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789754947670</t>
+          <t>9789754947212</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokratlar</t>
+          <t>Süslü Kızlar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>11.11</v>
+        <v>210</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754943085</t>
+          <t>9789752201392</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Bulutlar</t>
+          <t>Sürüsünü Yitiren Küçük Fil</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789754946048</t>
+          <t>9789754947229</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Sessiz Büyür</t>
+          <t>Süpermen İstanbul’a Düştü</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>3990000007202</t>
+          <t>9789754947366</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Gelen Casus</t>
+          <t>Sus</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>3990000007201</t>
+          <t>9789752204416</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Smiley’in Dönüşü</t>
+          <t>Sultan Abdülaziz Vak’ası</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>11.11</v>
+        <v>170</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>3990000005395</t>
+          <t>9789754942224</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktidar Sanata Karşı</t>
+          <t>Suçlu Sizsiniz</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789754944259</t>
+          <t>9789754949674</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Sözümüz Vardı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789754947588</t>
+          <t>9789752204546</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Lideri Dr. Nejat F. Eczacıbaşı</t>
+          <t>Sözcüklerin Vicdanı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>11.11</v>
+        <v>475</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789754947243</t>
+          <t>9789754949506</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sirk Gitti Biz Kaldık</t>
+          <t>Söyleyemediğim Sözcükler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>110</v>
+        <v>27</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789754947250</t>
+          <t>9789754945805</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Simitçilerle Boyacıların Maçı</t>
+          <t>Söylevi Okurken</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789752202795</t>
+          <t>9789752200180</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Silahlara Veda</t>
+          <t>Soyma Beni Utanırım</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>575</v>
+        <v>275</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789754946314</t>
+          <t>9789752201705</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sevgim Servetimdir Bütün Eserleri: 4</t>
+          <t>Soyka</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>9.26</v>
+        <v>155</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752202658</t>
+          <t>9789754940565</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kitaplarım</t>
+          <t>Soygun</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752200036</t>
+          <t>3990000015038</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Sovyet Gözüyle Jöntürkler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789754946451</t>
+          <t>3990000005410</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kuşları</t>
+          <t>Sosyalizm İçin Anahtar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789754943672</t>
+          <t>9789754947670</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sevda Şiirleri / Zeytin Ağacı</t>
+          <t>Sosyal Demokratlar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789754943924</t>
+          <t>9789754943085</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Setenay’ın Ağacı</t>
+          <t>Sorumlu Bulutlar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789754947304</t>
+          <t>9789754946048</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Soru</t>
+          <t>Sonsuzluk Sessiz Büyür</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>9.26</v>
+        <v>510</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789754949742</t>
+          <t>3990000007202</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Darbe Büyüklere Masallar Küçüklere Gerçekler 7</t>
+          <t>Soğuktan Gelen Casus</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752202276</t>
+          <t>3990000007201</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ağıt</t>
+          <t>Smiley’in Dönüşü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789754941012</t>
+          <t>3990000005395</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sersem Kocanın Kurnaz Karısı</t>
+          <t>Siyasal İktidar Sanata Karşı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789754948400</t>
+          <t>9789754944259</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevgiye Emanet Ediyorum</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>3990000013764</t>
+          <t>9789754947588</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Bomba "M.M."</t>
+          <t>Sivil Toplum Lideri Dr. Nejat F. Eczacıbaşı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789754945553</t>
+          <t>9789754947243</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sarı Şapkalı Kardan Adam</t>
+          <t>Sirk Gitti Biz Kaldık</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752204652</t>
+          <t>9789754947250</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sarı Civciv</t>
+          <t>Simitçilerle Boyacıların Maçı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752200623</t>
+          <t>9789752202795</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sancı Yılanı</t>
+          <t>Silahlara Veda</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>11.11</v>
+        <v>575</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789754941364</t>
+          <t>9789754946314</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Yazıları</t>
+          <t>Sevgim Servetimdir Bütün Eserleri: 4</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789754943177</t>
+          <t>9789752202658</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sanat Günah Çıkarıyor</t>
+          <t>Sevgili Kitaplarım</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>10</v>
+        <v>190</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789754947830</t>
+          <t>9789752200036</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sam Amca’nın Tahtını İstiyor Yaşanmış Hikayelerle Japonya Gerçeği: 3</t>
+          <t>Sevgi Soysal Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789754946215</t>
+          <t>9789754946451</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sakızlı Koy Kumpanyası ve Rakıntılar</t>
+          <t>Sevgi Kuşları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752202993</t>
+          <t>9789754943672</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Gazeteci</t>
+          <t>Sevda Şiirleri / Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>165</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789752202771</t>
+          <t>9789754943924</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sakar Sincap</t>
+          <t>Setenay’ın Ağacı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>120</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789752204034</t>
+          <t>9789754947304</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Gezdiren Kedi</t>
+          <t>Sessiz Soru</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789754947465</t>
+          <t>9789754949742</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sahan Külbastısı</t>
+          <t>Sessiz Darbe Büyüklere Masallar Küçüklere Gerçekler 7</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789752203303</t>
+          <t>9789752202276</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sabahtan Akşama Dünya Masalları 2</t>
+          <t>Sessiz Ağıt</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752203297</t>
+          <t>9789754941012</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sabahtan Akşama Dünya Masalları 1</t>
+          <t>Sersem Kocanın Kurnaz Karısı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789754948554</t>
+          <t>9789754948400</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Romantika</t>
+          <t>Seni Sevgiye Emanet Ediyorum</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>310</v>
+        <v>30</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789754940152</t>
+          <t>3990000013764</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Sarışın Bomba "M.M."</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789754944044</t>
+          <t>9789754945553</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Reşat Nuri Güntekin Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Sarı Şapkalı Kardan Adam</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>11.11</v>
+        <v>230</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789754941098</t>
+          <t>9789752204652</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Bıldırcınları</t>
+          <t>Sarı Civciv</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>23</v>
+        <v>155</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789754949292</t>
+          <t>9789752200623</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Resimli 'Ahmetler' Tarihi</t>
+          <t>Sancı Yılanı</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789754943917</t>
+          <t>9789754941364</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Renkler Kraliçesi</t>
+          <t>Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>3.7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>3990000006165</t>
+          <t>9789754943177</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Redife’ye Güzelleme</t>
+          <t>Sanat Günah Çıkarıyor</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789754947823</t>
+          <t>9789754947830</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Raylardaki Merdivenler</t>
+          <t>Samuray Sam Amca’nın Tahtını İstiyor Yaşanmış Hikayelerle Japonya Gerçeği: 3</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>3990000014786</t>
+          <t>9789754946215</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Sakızlı Koy Kumpanyası ve Rakıntılar</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789754944426</t>
+          <t>9789752202993</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Rakı Sohbetleri</t>
+          <t>Sakıncalı Gazeteci</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>9.26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789754943351</t>
+          <t>9789752202771</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Sakar Sincap</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752202863</t>
+          <t>9789752204034</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman Bütün Oyunları 5</t>
+          <t>Sahibini Gezdiren Kedi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752203488</t>
+          <t>9789754947465</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Pusu Hikayeleri</t>
+          <t>Sahan Külbastısı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789754945034</t>
+          <t>9789752203303</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Potemkin Zırhlısı / Harp Esirleri / Cehennemden Dönüş</t>
+          <t>Sabahtan Akşama Dünya Masalları 2</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>11.11</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>3990000012230</t>
+          <t>9789752203297</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Postacı</t>
+          <t>Sabahtan Akşama Dünya Masalları 1</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789752202184</t>
+          <t>9789754948554</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Pontus’ta Hesaplaşma</t>
+          <t>Romantika</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>33</v>
+        <v>310</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789754944051</t>
+          <t>9789754940152</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Plastik Papatya Kokusu Bir Değişimin Öyküsü</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789754941623</t>
+          <t>9789754944044</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Pirzola</t>
+          <t>Reşat Nuri Güntekin Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789754940978</t>
+          <t>9789754941098</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Ressamın Bıldırcınları</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>11.11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789754940268</t>
+          <t>9789754949292</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Resimli 'Ahmetler' Tarihi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789754946390</t>
+          <t>9789754943917</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Peter’in Reçeteleri</t>
+          <t>Renkler Kraliçesi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>32</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789754944129</t>
+          <t>3990000006165</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Peter İlkesi</t>
+          <t>Redife’ye Güzelleme</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754948004</t>
+          <t>9789754947823</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Perma’nın Başarısı Hassas Burun Dedektiflik Bürosu 4. Kitap</t>
+          <t>Raylardaki Merdivenler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752202191</t>
+          <t>3990000014786</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Dansı</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752202726</t>
+          <t>9789754944426</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Pazar Neşesi</t>
+          <t>Rakı Sohbetleri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789754948707</t>
+          <t>9789754943351</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Pazar Kuşları</t>
+          <t>Sabahattin Ali Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789754941272</t>
+          <t>9789752202863</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Parmak Damgası Bütün Eserleri 17</t>
+          <t>Turgut Özakman Bütün Oyunları 5</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789754946758</t>
+          <t>9789752203488</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Denetim</t>
+          <t>Pusu Hikayeleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752206694</t>
+          <t>9789754945034</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Paris Bir Şenliktir</t>
+          <t>Potemkin Zırhlısı / Harp Esirleri / Cehennemden Dönüş</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>520</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752204638</t>
+          <t>3990000012230</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıftaki Aslan</t>
+          <t>Postacı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>155</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752204621</t>
+          <t>9789752202184</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıfta Karmaşa</t>
+          <t>Pontus’ta Hesaplaşma</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>5.56</v>
+        <v>33</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>3990000013395</t>
+          <t>9789754944051</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllar 1983-1987</t>
+          <t>Plastik Papatya Kokusu Bir Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789754941180</t>
+          <t>9789754941623</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ötelerin Çocukları Bütün Eserleri 7</t>
+          <t>Pirzola</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>560</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789754944174</t>
+          <t>9789754940978</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şiirler 1976-1991</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789752202603</t>
+          <t>9789754940268</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Turgut Nereden Koşuyor / Turgut’un Serüveni</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789754945317</t>
+          <t>9789754946390</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Öpülesi Gemiler</t>
+          <t>Peter’in Reçeteleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789754947953</t>
+          <t>9789754944129</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla 28 Şubat</t>
+          <t>Peter İlkesi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789752202511</t>
+          <t>9789754948004</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsanım Sonra Gazeteci</t>
+          <t>Perma’nın Başarısı Hassas Burun Dedektiflik Bürosu 4. Kitap</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>225</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>3990000006427</t>
+          <t>9789752202191</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan Devekuşuna Mektuplar 1</t>
+          <t>Perilerin Dansı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789754948868</t>
+          <t>9789752202726</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ömrüne Denktir Kelebeğin Sonsuz Sayılan Yaşamları</t>
+          <t>Pazar Neşesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>11.11</v>
+        <v>210</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789754949711</t>
+          <t>9789754948707</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Sancı</t>
+          <t>Pazar Kuşları</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789754942262</t>
+          <t>9789754941272</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Seyrani</t>
+          <t>Halikarnas Balıkçısı - Parmak Damgası Bütün Eserleri 17</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>11.11</v>
+        <v>330</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789754944099</t>
+          <t>9789754946758</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Parlamenter Denetim</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789754944341</t>
+          <t>9789752206694</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm, Ömrüm...</t>
+          <t>Paris Bir Şenliktir</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>9.26</v>
+        <v>520</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789754941678</t>
+          <t>9789752204638</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin</t>
+          <t>Palyaço Okulu - Sınıftaki Aslan</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>9.26</v>
+        <v>155</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789754946949</t>
+          <t>9789752204621</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ölürse Ten Ölür Canlar Ölesi Değil</t>
+          <t>Palyaço Okulu - Sınıfta Karmaşa</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>17.59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789754946222</t>
+          <t>3990000013395</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Bekleyen Kent</t>
+          <t>Özal’lı Yıllar 1983-1987</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789754947014</t>
+          <t>9789754941180</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Nedeni: Bilinmiyor</t>
+          <t>Ötelerin Çocukları Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>12.04</v>
+        <v>560</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789754944747</t>
+          <t>9789754944174</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Öhhööö!. .</t>
+          <t>Öteki Şiirler 1976-1991</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752204119</t>
+          <t>9789752202603</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Günlüğünden</t>
+          <t>Turgut Nereden Koşuyor / Turgut’un Serüveni</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>205</v>
+        <v>45</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789754945690</t>
+          <t>9789754945317</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sevilmeyen Ülke Türkiye</t>
+          <t>Öpülesi Gemiler</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752203792</t>
+          <t>9789754947953</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ödev Makinesi</t>
+          <t>Öncesi ve Sonrasıyla 28 Şubat</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>90</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>3990000013582</t>
+          <t>9789752202511</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralı Basında Özdenetim</t>
+          <t>Önce İnsanım Sonra Gazeteci</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>10</v>
+        <v>225</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789752202078</t>
+          <t>3990000006427</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakların Park Gezisi</t>
+          <t>Önce İnsan Devekuşuna Mektuplar 1</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789754947380</t>
+          <t>9789754948868</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Oturaklı Başkan</t>
+          <t>Ömrüne Denktir Kelebeğin Sonsuz Sayılan Yaşamları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>275</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789754940893</t>
+          <t>9789754949711</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Sıcak Sancı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789754947533</t>
+          <t>9789754942262</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Senfonik Öyküler</t>
+          <t>Seyrani</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752201217</t>
+          <t>9789754944099</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>2.78</v>
+        <v>170</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752204614</t>
+          <t>9789754944341</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Unuttum Öğretmenim</t>
+          <t>Ömrüm, Ömrüm...</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>155</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789754940725</t>
+          <t>9789754941678</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Sen Kim Hovardalık Kim?</t>
+          <t>Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752201750</t>
+          <t>9789754946949</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Truva’dan Dönüş</t>
+          <t>Ölürse Ten Ölür Canlar Ölesi Değil</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>20</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752200944</t>
+          <t>9789754946222</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Truva</t>
+          <t>Ölümü Bekleyen Kent</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752204515</t>
+          <t>9789754947014</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Tosbik Tosbağa</t>
+          <t>Ölüm Nedeni: Bilinmiyor</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>3990000006647</t>
+          <t>9789754944747</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Topuzlu / Uzak Dünyalar</t>
+          <t>Öhhööö!. .</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>9.26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789754941029</t>
+          <t>9789752204119</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Bildirisi Bütün Şiirleri 4</t>
+          <t>Öğretmenin Günlüğünden</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>26</v>
+        <v>205</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752200678</t>
+          <t>9789754945690</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tel Örgüler ve Pencereler</t>
+          <t>Sevilmeyen Ülke Türkiye</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789754943993</t>
+          <t>9789752203792</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tekilleşme</t>
+          <t>Ödev Makinesi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>9.26</v>
+        <v>90</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752202047</t>
+          <t>3990000013582</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler (Sayışmalar)</t>
+          <t>Oyunun Kuralı Basında Özdenetim</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>205</v>
+        <v>10</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>3990000013178</t>
+          <t>9789752202078</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Tahran 1943</t>
+          <t>Oyuncakların Park Gezisi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789754944495</t>
+          <t>9789754947380</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Tac Mahal Oteli</t>
+          <t>Oturaklı Başkan</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752201521</t>
+          <t>9789754940893</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Türkler  Özel Basım (Ciltli)</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>32.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>3990000011427</t>
+          <t>9789754947533</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Senfonik Öyküler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752202764</t>
+          <t>9789752201217</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sözcükler</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>135</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789754949704</t>
+          <t>9789752204614</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Semih Balcıoğlu</t>
+          <t>Palyaço Okulu - Unuttum Öğretmenim</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>10.19</v>
+        <v>155</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>3990000006223</t>
+          <t>9789754940725</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Seksoloji İçin Anahtar</t>
+          <t>Sen Kim Hovardalık Kim?</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>3990000007251</t>
+          <t>9789752201750</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Dünya ve Türkiye</t>
+          <t>Truva’dan Dönüş</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9999750019688</t>
+          <t>9789752200944</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim Büyük Ustalar Nasıl Oynuyor ? En Yüksek Düzeyde 150 Oyun 5. Kitap</t>
+          <t>Truva</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789754948905</t>
+          <t>9789752204515</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğrenelim 6 12 Altın Adam Dünya Şampiyonları Nasıl Oynuyor</t>
+          <t>Tosbik Tosbağa</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752200159</t>
+          <t>3990000006647</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Satılmışların Ekonomisi</t>
+          <t>Topuzlu / Uzak Dünyalar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>55</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752203044</t>
+          <t>9789754941029</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Masallar (Ciltli)</t>
+          <t>Temmuz Bildirisi Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>3990000013026</t>
+          <t>9789752200678</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sibernetik Yaratıcılık</t>
+          <t>Tel Örgüler ve Pencereler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789754945188</t>
+          <t>9789754943993</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sıska Balıkçı</t>
+          <t>Tekilleşme</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789752202665</t>
+          <t>9789752202047</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Sırsayar</t>
+          <t>Tekerlemeler (Sayışmalar)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789754944235</t>
+          <t>3990000013178</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sıpa</t>
+          <t>Tahran 1943</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789754948813</t>
+          <t>9789754944495</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sınır - Duvar</t>
+          <t>Tac Mahal Oteli</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752202368</t>
+          <t>9789752201521</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Metin Toker’den "Akis"ler</t>
+          <t>Şu Çılgın Türkler  Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>16.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789754947489</t>
+          <t>3990000011427</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kız Anadolu Masalları 3</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752200302</t>
+          <t>9789752202764</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Meraklının Anıları</t>
+          <t>Sihirli Sözcükler</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>15.74</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789754942637</t>
+          <t>9789754949704</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal</t>
+          <t>Semih Balcıoğlu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>3990000007226</t>
+          <t>3990000006223</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mavi Savaşçı</t>
+          <t>Seksoloji İçin Anahtar</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789754944808</t>
+          <t>3990000007251</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş - Sevincin Sırrı -1</t>
+          <t>Savaşan Dünya ve Türkiye</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789754947403</t>
+          <t>9999750019688</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kahkaha Çiçeği Anadolu Masalları 1</t>
+          <t>Satranç Öğrenelim Büyük Ustalar Nasıl Oynuyor ? En Yüksek Düzeyde 150 Oyun 5. Kitap</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>3990000004853</t>
+          <t>9789754948905</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Matador</t>
+          <t>Satranç Öğrenelim 6 12 Altın Adam Dünya Şampiyonları Nasıl Oynuyor</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>3990000013702</t>
+          <t>9789752200159</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Mapusane Çeşmesi Bütün Eserleri 1</t>
+          <t>Satılmışların Ekonomisi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>13.89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>3990000025661</t>
+          <t>9789752203044</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Mağara Gölünde Serüven</t>
+          <t>Sihirli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>3990000010411</t>
+          <t>3990000013026</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Mafia’nın Sesi</t>
+          <t>Sibernetik Yaratıcılık</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>3990000006690</t>
+          <t>9789754945188</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Mafia’nın Dışında Kim Kaldı?</t>
+          <t>Sıska Balıkçı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789754944204</t>
+          <t>9789752202665</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Made in Turkey</t>
+          <t>Sırsayar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>34</v>
+        <v>275</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789754943948</t>
+          <t>9789754944235</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Lozan Konferansı ve İsmet Paşa (Ciltli)</t>
+          <t>Sıpa</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>37.04</v>
+        <v>240</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789752203662</t>
+          <t>9789754948813</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Lordlar Kamarası</t>
+          <t>Sınır - Duvar</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>74</v>
+        <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789754946116</t>
+          <t>9789752202368</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Liderlerimiz ve Dış Politika</t>
+          <t>Metin Toker’den "Akis"ler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789752200739</t>
+          <t>9789754947489</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Tarifler Pratik Yemekler</t>
+          <t>Mercan Kız Anadolu Masalları 3</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>3990000014399</t>
+          <t>9789752200302</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Leopar</t>
+          <t>Meraklının Anıları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>3990000012324</t>
+          <t>9789754942637</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İnekler</t>
+          <t>Memduh Şevket Esendal</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789752202283</t>
+          <t>3990000007226</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altındaki Türkiye</t>
+          <t>Mavi Savaşçı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789754946406</t>
+          <t>9789754944808</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kuş Gölü’nde Günler</t>
+          <t>Mavi Kuş - Sevincin Sırrı -1</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789754946017</t>
+          <t>9789754947403</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Ata Ata Biter</t>
+          <t>Mavi Kahkaha Çiçeği Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789752203020</t>
+          <t>3990000004853</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Matador</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789754940367</t>
+          <t>3990000013702</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ku-De-Ta Büyüklere Masallar</t>
+          <t>Mapusane Çeşmesi Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789754948820</t>
+          <t>3990000025661</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kriz Doğuran Savaş Büyüklere Masallar Küçüklere Gerçekler 3</t>
+          <t>Mağara Gölünde Serüven</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>3990000004311</t>
+          <t>3990000010411</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Körfez Üstü Yıldız Gezer</t>
+          <t>Mafia’nın Sesi</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789754945775</t>
+          <t>3990000006690</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kör Kaptanın Serüvenleri</t>
+          <t>Mafia’nın Dışında Kim Kaldı?</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789754947526</t>
+          <t>9789754944204</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Köpek Yılları</t>
+          <t>Made in Turkey</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>12.04</v>
+        <v>34</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789754948288</t>
+          <t>9789754943948</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Koyma Akıl, Oyma Akıl</t>
+          <t>Lozan Konferansı ve İsmet Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>11.11</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789754943856</t>
+          <t>9789752203662</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Seyir Defteri</t>
+          <t>Lordlar Kamarası</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>13.89</v>
+        <v>74</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789754947854</t>
+          <t>9789754946116</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Korkuyor Aşk</t>
+          <t>Liderlerimiz ve Dış Politika</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>3990000010419</t>
+          <t>9789752200739</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Venüs</t>
+          <t>Lezzetli Tarifler Pratik Yemekler</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789754947076</t>
+          <t>3990000014399</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler</t>
+          <t>Leopar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789754942293</t>
+          <t>3990000012324</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Lafonten Masalları</t>
+          <t>Kutsal İnekler</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789754946109</t>
+          <t>9789752202283</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Mayolu Kız</t>
+          <t>Kuşatma Altındaki Türkiye</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789752201408</t>
+          <t>9789754946406</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Küresel Haçlı Seferi Bir Millet Uyanıyor: 5 Küreselleşme, GOP, NATO, Küresel İşgal ve Avrasyacılık</t>
+          <t>Kuş Gölü’nde Günler</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>12.04</v>
+        <v>9</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789752201200</t>
+          <t>9789754946017</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Kurşun Ata Ata Biter</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789752200975</t>
+          <t>9789752203020</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman Yavuz</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789754946376</t>
+          <t>9789754940367</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’nin Özel Mektupları "İki Gözüm Ayşe"</t>
+          <t>Ku-De-Ta Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789754942996</t>
+          <t>9789754948820</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Yurdakul Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Kriz Doğuran Savaş Büyüklere Masallar Küçüklere Gerçekler 3</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789754942613</t>
+          <t>3990000004311</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy Yaşamı - Sanatı - Yapıtlarından Seçmeler</t>
+          <t>Körfez Üstü Yıldız Gezer</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789754945355</t>
+          <t>9789754945775</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balıkçılar</t>
+          <t>Kör Kaptanın Serüvenleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789754947311</t>
+          <t>9789754947526</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Asker</t>
+          <t>Köpek Yılları</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789754946819</t>
+          <t>9789754948288</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Maymun da Ağaçtan Düşer ’Saru mo Ki kara ochiru’ Yaşanmış Hikayelerle Japonya Gerçeği</t>
+          <t>Koyma Akıl, Oyma Akıl</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752201798</t>
+          <t>9789754943856</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük Sorununun Analizi ve Çözüm Politikaları Bir Millet Uyanıyor: 11</t>
+          <t>Korsanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>3990000013005</t>
+          <t>9789754947854</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kokteyl Parti</t>
+          <t>Korkuyor Aşk</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789754941791</t>
+          <t>3990000010419</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kodes A.Ş.</t>
+          <t>Kürklü Venüs</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789754940138</t>
+          <t>9789754947076</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin - Koçero Vatan Şiiri  Bütün Şiirleri 7</t>
+          <t>Lanetliler</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>44</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752203617</t>
+          <t>9789754942293</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Hainler?</t>
+          <t>Lafonten Masalları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789754941821</t>
+          <t>9789754946109</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kızma Birader "Fıkralarla Ünlüler"</t>
+          <t>Lacivert Mayolu Kız</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752201088</t>
+          <t>9789752201408</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Sünnet Olur mu?</t>
+          <t>Küresel Haçlı Seferi Bir Millet Uyanıyor: 5 Küreselleşme, GOP, NATO, Küresel İşgal ve Avrasyacılık</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789754940176</t>
+          <t>9789752201200</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kızılkuğu (Şiirin Uyanışı)</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>12.96</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789754942200</t>
+          <t>9789752200975</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak</t>
+          <t>Küçük Kahraman Yavuz</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789754940428</t>
+          <t>9789754946376</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlı Amazon</t>
+          <t>Sabahattin Ali’nin Özel Mektupları "İki Gözüm Ayşe"</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752203907</t>
+          <t>9789754942996</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kız Doğursun Analar</t>
+          <t>Mehmet Emin Yurdakul Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>3990000013027</t>
+          <t>9789754942613</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kıpırdama... Öperim</t>
+          <t>Mehmet Akif Ersoy Yaşamı - Sanatı - Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789754944754</t>
+          <t>9789754945355</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kıpırda Ey Aydınlık Bütün Şiirleri</t>
+          <t>Küçük Balıkçılar</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789754943825</t>
+          <t>9789754947311</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Yangınında Büyükelçilik</t>
+          <t>Kuyudaki Asker</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789754943788</t>
+          <t>9789754946819</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs 1 Ayağa Kalkan Adam 1954-1959</t>
+          <t>Maymun da Ağaçtan Düşer ’Saru mo Ki kara ochiru’ Yaşanmış Hikayelerle Japonya Gerçeği</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789754941265</t>
+          <t>9789752201798</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Keşanlı Ali Destanı</t>
+          <t>Kürtçülük Sorununun Analizi ve Çözüm Politikaları Bir Millet Uyanıyor: 11</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>12.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752201965</t>
+          <t>3990000013005</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Kimliği</t>
+          <t>Kokteyl Parti</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>55</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789754946741</t>
+          <t>9789754941791</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kerem’i Kimse İstemiyor</t>
+          <t>Kodes A.Ş.</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>3990000004336</t>
+          <t>9789754940138</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kemik</t>
+          <t>Hasan Hüseyin - Koçero Vatan Şiiri  Bütün Şiirleri 7</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>9.26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789754948431</t>
+          <t>9789752203617</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Düşü</t>
+          <t>Kim Bu Hainler?</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789754945911</t>
+          <t>9789754941821</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Diliyle</t>
+          <t>Kızma Birader "Fıkralarla Ünlüler"</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789754941951</t>
+          <t>9789752201088</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kelepçemin Karasında Bir Ak Güvercin Bütün Şiirleri 5</t>
+          <t>Kızlar Sünnet Olur mu?</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752203013</t>
+          <t>9789754940176</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Keçi Adası</t>
+          <t>Kızılkuğu (Şiirin Uyanışı)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789754944983</t>
+          <t>9789754942200</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kazanana Ödül Yok Bütün Eserleri 5</t>
+          <t>Kızılırmak</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789754945669</t>
+          <t>9789754940428</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Bütün Eserleri 14</t>
+          <t>Kızıl Saçlı Amazon</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752202139</t>
+          <t>9789752203907</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kavga Günleri Bir Millet Uyanıyor: 17</t>
+          <t>Kız Doğursun Analar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789754944143</t>
+          <t>3990000013027</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin - Kavel Bütün Şiirleri 12</t>
+          <t>Kıpırdama... Öperim</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>3990000014110</t>
+          <t>9789754944754</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Katır İnadı</t>
+          <t>Kıpırda Ey Aydınlık Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789754941425</t>
+          <t>9789754943825</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklar Kılavuzu</t>
+          <t>Kıbrıs Yangınında Büyükelçilik</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789754947656</t>
+          <t>9789754943788</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Karla Gelen</t>
+          <t>Kıbrıs 1 Ayağa Kalkan Adam 1954-1959</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789754941869</t>
+          <t>9789754941265</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Karikaturgut</t>
+          <t>Keşanlı Ali Destanı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789754947281</t>
+          <t>9789752201965</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kargatulumba Refah</t>
+          <t>Kerkük’ün Kimliği</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>3990000005048</t>
+          <t>9789754946741</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kareler Aklar</t>
+          <t>Kerem’i Kimse İstemiyor</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789754944976</t>
+          <t>3990000004336</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kara Pelerinli Bir Şövalye "Hamdi Bey"</t>
+          <t>Kemik</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789754945867</t>
+          <t>9789754948431</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa ve Kuşlar</t>
+          <t>Keloğlan’ın Düşü</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>3990000012233</t>
+          <t>9789754945911</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kanun</t>
+          <t>Keloğlan’ın Diliyle</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>3990000011132</t>
+          <t>9789754941951</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kahire Dosyası</t>
+          <t>Kelepçemin Karasında Bir Ak Güvercin Bütün Şiirleri 5</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>3990000012044</t>
+          <t>9789752203013</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kafa  Kol Bankası</t>
+          <t>Keçi Adası</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789754949667</t>
+          <t>9789754944983</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Kadınlığım, Yazarlığım, Yurdum</t>
+          <t>Kazanana Ödül Yok Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789754947458</t>
+          <t>9789754945669</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Japonuma Laf Söyletmem Arkadaş Yaşanmış Hikayelerle Japonya Gerçeği</t>
+          <t>Kayabaşı Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789754942712</t>
+          <t>9789752202139</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İyilikçi Tilki</t>
+          <t>Kavga Günleri Bir Millet Uyanıyor: 17</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789754940046</t>
+          <t>9789754944143</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Uzun Bir Hayata Doğru</t>
+          <t>Hasan Hüseyin - Kavel Bütün Şiirleri 12</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789752204232</t>
+          <t>3990000014110</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Sayın Seyirciler</t>
+          <t>Katır İnadı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>3990000012969</t>
+          <t>9789754941425</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Dünya</t>
+          <t>Karşılıklar Kılavuzu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789754942538</t>
+          <t>9789754947656</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Bir Meclis 1983-1991</t>
+          <t>Karla Gelen</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789754943795</t>
+          <t>9789754941869</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İsyanın Bin Yüzü</t>
+          <t>Karikaturgut</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789752201774</t>
+          <t>9789754947281</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Hatıralar</t>
+          <t>Kargatulumba Refah</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>825</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789754948417</t>
+          <t>3990000005048</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Kareler Aklar</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789754943597</t>
+          <t>9789754944976</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 3. Kitap</t>
+          <t>Kara Pelerinli Bir Şövalye "Hamdi Bey"</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789754943580</t>
+          <t>9789754945867</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 2. Kitap</t>
+          <t>Kaplumbağa ve Kuşlar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>12.96</v>
+        <v>8</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754941807</t>
+          <t>3990000012233</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet 1. Kitap</t>
+          <t>Kanun</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752203037</t>
+          <t>3990000011132</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Sırrı</t>
+          <t>Kahire Dosyası</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789754948936</t>
+          <t>3990000012044</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İrtica ve Bölücülüğe Karşı Militan Demokrasi</t>
+          <t>Kafa  Kol Bankası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>8699754942876</t>
+          <t>9789754949667</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İç Dünyası</t>
+          <t>Kadınlığım, Yazarlığım, Yurdum</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789752204348</t>
+          <t>9789754947458</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüreğine Yolculuk</t>
+          <t>Japonuma Laf Söyletmem Arkadaş Yaşanmış Hikayelerle Japonya Gerçeği</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>420</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789754944945</t>
+          <t>9789754942712</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Korunması Alanında Temel Belgeler</t>
+          <t>İyilikçi Tilki</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789754943375</t>
+          <t>9789754940046</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bilmeden Hepinizi I Love You</t>
+          <t>İyi ve Uzun Bir Hayata Doğru</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>390</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752203310</t>
+          <t>9789752204232</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İnci Minci Birinci (Ciltli)</t>
+          <t>İyi Uykular Sayın Seyirciler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789754946413</t>
+          <t>3990000012969</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İmbatla Dol Kalbim</t>
+          <t>İyi Geceler Dünya</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789752200012</t>
+          <t>9789754942538</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - İmbat Serinliği Bütün Eserleri 22</t>
+          <t>İşte Böyle Bir Meclis 1983-1991</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>330</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789754940619</t>
+          <t>9789754943795</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İlyas Efendi</t>
+          <t>İsyanın Bin Yüzü</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789754942804</t>
+          <t>9789752201774</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Düşüşler</t>
+          <t>İsmet İnönü Hatıralar</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>9.26</v>
+        <v>825</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789752203143</t>
+          <t>9789754948417</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Yazım Kılavuzu</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789752203099</t>
+          <t>9789754943597</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>İslamiyet 3. Kitap</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>21</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789752203150</t>
+          <t>9789754943580</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Deyimler - Atasözleri - Özdeyişler</t>
+          <t>İslamiyet 2. Kitap</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789752203563</t>
+          <t>9789754941807</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Atatürk ve Cumhuriyet Kronolojisi</t>
+          <t>İslamiyet 1. Kitap</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>210</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789752203426</t>
+          <t>9789752203037</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Dizisi (10 Kitap Takım)</t>
+          <t>İsa’nın Sırrı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>1200</v>
+        <v>46</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789752201736</t>
+          <t>9789754948936</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İkizler Sevincin Sırrı - 8</t>
+          <t>İrtica ve Bölücülüğe Karşı Militan Demokrasi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>8.33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789752203518</t>
+          <t>8699754942876</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
+          <t>İnsanın İç Dünyası</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789754946499</t>
+          <t>9789752204348</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İki’ler Özdeyiş Şiirleri</t>
+          <t>İnsan Yüreğine Yolculuk</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>9.26</v>
+        <v>420</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789754940718</t>
+          <t>9789754944945</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>İnsan Haklarının Korunması Alanında Temel Belgeler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789752202450</t>
+          <t>9789754943375</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İki Çılgın Otomobil</t>
+          <t>İngilizce Bilmeden Hepinizi I Love You</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>9.26</v>
+        <v>390</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789754946581</t>
+          <t>9789752203310</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Çilingir</t>
+          <t>İnci Minci Birinci (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789754948769</t>
+          <t>9789754946413</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İçimde Çiçekler Açınca</t>
+          <t>İmbatla Dol Kalbim</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789752202207</t>
+          <t>9789752200012</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>İçi Sevda Dolu Yolculuk</t>
+          <t>Halikarnas Balıkçısı - İmbat Serinliği Bütün Eserleri 22</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789754945300</t>
+          <t>9789754940619</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İçgüveysinin Encamı</t>
+          <t>İlyas Efendi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>9.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789754941524</t>
+          <t>9789754942804</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Işıklarla Oynamayın Bütün Şiirleri 11</t>
+          <t>Kanatsız Düşüşler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789752201309</t>
+          <t>9789752203143</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Irmağın Türküsü</t>
+          <t>İlköğretim Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>155</v>
+        <v>15</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754945898</t>
+          <t>9789752203099</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hüznü Denesem Yalan</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789752200616</t>
+          <t>9789752203150</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Çiftetellisi</t>
+          <t>İlköğretim Deyimler - Atasözleri - Özdeyişler</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789752203129</t>
+          <t>9789752203563</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Topraklar</t>
+          <t>İlköğretim Atatürk ve Cumhuriyet Kronolojisi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>94</v>
+        <v>210</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754941982</t>
+          <t>9789752203426</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Üstünlüğüne Saygı</t>
+          <t>İlk Okuma Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>16.67</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>3990000012830</t>
+          <t>9789752201736</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Sosyal Bilimler Sözlüğü</t>
+          <t>İkizler Sevincin Sırrı - 8</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>16.67</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789754949414</t>
+          <t>9789752203518</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Demokrasi Savaşımı "Konuşmalar-Demeçler"</t>
+          <t>İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>18.52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789752202719</t>
+          <t>9789754946499</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Hukuk (!) İle Aldatmak</t>
+          <t>İki’ler Özdeyiş Şiirleri</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789754942736</t>
+          <t>9789754940718</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Küçük</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789754947595</t>
+          <t>9789752202450</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz Uzaylılar</t>
+          <t>İki Çılgın Otomobil</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789754944921</t>
+          <t>9789754946581</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci Tanesi</t>
+          <t>İhtiyar Çilingir</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754945348</t>
+          <t>9789754948769</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>İçimde Çiçekler Açınca</t>
         </is>
       </c>
       <c r="C780" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789752200289</t>
+          <t>9789752202207</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>İçi Sevda Dolu Yolculuk</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>8.33</v>
+        <v>265</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789754946598</t>
+          <t>9789754945300</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hiç Değilse Ölüm Var</t>
+          <t>İçgüveysinin Encamı</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789754946505</t>
+          <t>9789754941524</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Köpek</t>
+          <t>Işıklarla Oynamayın Bütün Şiirleri 11</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>275</v>
+        <v>29</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789754946895</t>
+          <t>9789752201309</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hınzır Çiçek</t>
+          <t>Irmağın Türküsü</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>6.48</v>
+        <v>155</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789754940657</t>
+          <t>9789754945898</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hey Koca Yurt Bütün Eserleri:16</t>
+          <t>Hüznü Denesem Yalan</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>560</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789754948189</t>
+          <t>9789752200616</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Herkese Bir Yastık Bütün Eserleri 36</t>
+          <t>Hükümet Çiftetellisi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789752200043</t>
+          <t>9789752203129</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilen Çocuk</t>
+          <t>Huzursuz Topraklar</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>210</v>
+        <v>94</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789752203341</t>
+          <t>9789754941982</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Ağlayan Kız</t>
+          <t>Hukukun Üstünlüğüne Saygı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>120</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789752202702</t>
+          <t>3990000012830</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Her Kuşun Eti Yenmez</t>
+          <t>Hukuk ve Sosyal Bilimler Sözlüğü</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>133</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789754940749</t>
+          <t>9789754949414</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Her Eve Bir Karakol</t>
+          <t>Hukuk ve Demokrasi Savaşımı "Konuşmalar-Demeçler"</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789754946062</t>
+          <t>9789752202719</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hepimüz Lazük "100 Laz Fıkrası"</t>
+          <t>Hukuk (!) İle Aldatmak</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789754944310</t>
+          <t>9789754942736</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Hoşça Kal Küçük</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789754942590</t>
+          <t>9789754947595</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Haziranda Ölmek Zor 2. Kitap</t>
+          <t>Hoş Geldiniz Uzaylılar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>44</v>
+        <v>110</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789752201903</t>
+          <t>9789754944921</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesinde Bir Gün</t>
+          <t>Horoz ile İnci Tanesi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789752202979</t>
+          <t>9789754945348</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur ve Pempirik 2. Kitap</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789752202597</t>
+          <t>9789752200289</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur Harry Potter’a Karşı</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789752202986</t>
+          <t>9789754946598</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Hayri Potur Görünmez Çocuk</t>
+          <t>Hiç Değilse Ölüm Var</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789754944419</t>
+          <t>9789754946505</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Havalı Meryem Bütün Eserleri: 3</t>
+          <t>Hırsız Köpek</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789754946574</t>
+          <t>9789754946895</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hava Parası</t>
+          <t>Hınzır Çiçek</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789752203174</t>
+          <t>9789754940657</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Haşa Huzurdan Demokrasi Geldi</t>
+          <t>Hey Koca Yurt Bütün Eserleri:16</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>60</v>
+        <v>560</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789754947908</t>
+          <t>9789754948189</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Hariciyeciler Dedikoduyu Sever</t>
+          <t>Herkese Bir Yastık Bütün Eserleri 36</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789752203914</t>
+          <t>9789752200043</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kalpazan</t>
+          <t>Her Şeyi Bilen Çocuk</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>27.78</v>
+        <v>210</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789754940282</t>
+          <t>9789752203341</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Bütün Eserleri 4</t>
+          <t>Her Şeye Ağlayan Kız</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789754943542</t>
+          <t>9789752202702</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Halk Albümü</t>
+          <t>Her Kuşun Eti Yenmez</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>205</v>
+        <v>133</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789754943344</t>
+          <t>9789754940749</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Her Eve Bir Karakol</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>12</v>
+        <v>240</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789754949520</t>
+          <t>9789754946062</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı ve Bir Duruşmanın Öyküsü</t>
+          <t>Hepimüz Lazük "100 Laz Fıkrası"</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>205</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789754948806</t>
+          <t>9789754944310</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Kabare</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>3990000006429</t>
+          <t>9789754942590</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hak Dostum Diye Başlayalım Söze</t>
+          <t>Haziranda Ölmek Zor 2. Kitap</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>9.26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>3990000011385</t>
+          <t>9789752201903</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Güzel Huzursuzluk</t>
+          <t>Hayvanat Bahçesinde Bir Gün</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789754949971</t>
+          <t>9789752202979</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Güvercin, Kurt, Bir de Arı Ele Geçirince İktidarı...</t>
+          <t>Hayri Potur ve Pempirik 2. Kitap</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789752202801</t>
+          <t>9789752202597</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Güneş de Doğar Bütün Eserleri 8</t>
+          <t>Hayri Potur Harry Potter’a Karşı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>475</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>3990000007185</t>
+          <t>9789752202986</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Günah Kuyumcuları</t>
+          <t>Hayri Potur Görünmez Çocuk</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789754943313</t>
+          <t>9789754944419</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur Devran Döner</t>
+          <t>Havalı Meryem Bütün Eserleri: 3</t>
         </is>
       </c>
       <c r="C813" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789754948424</t>
+          <t>9789754946574</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kemerli Kız</t>
+          <t>Hava Parası</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>3990000004723</t>
+          <t>9789752203174</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Tiyatrosu</t>
+          <t>Haşa Huzurdan Demokrasi Geldi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789754942934</t>
+          <t>9789754947908</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Güllüce Bağları Yolunda</t>
+          <t>Hariciyeciler Dedikoduyu Sever</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754944303</t>
+          <t>9789752203914</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Kalpazan</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>180</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789754947045</t>
+          <t>9789754940282</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ada</t>
+          <t>Ömer Seyfettin - Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789752200517</t>
+          <t>9789754943542</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yitiren Kral</t>
+          <t>Halk Albümü</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>5.56</v>
+        <v>205</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789754949995</t>
+          <t>9789754943344</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Gece Yok</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789754943054</t>
+          <t>9789754949520</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimi Kaparım Vazifemi Yaparım</t>
+          <t>Halikarnas Balıkçısı ve Bir Duruşmanın Öyküsü</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>12.96</v>
+        <v>205</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752201385</t>
+          <t>9789754948806</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Göz Göre Göre... Kapana Düştü Türkiyem Bir Millet Uyanıyor: 4</t>
+          <t>Haldun Taner Kabare</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>16.67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789754947427</t>
+          <t>3990000006429</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam Keloğlan Masalları - 2</t>
+          <t>Hak Dostum Diye Başlayalım Söze</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789752201781</t>
+          <t>3990000011385</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner Seyir Defteri</t>
+          <t>Güzel Huzursuzluk</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789754943115</t>
+          <t>9789754949971</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Gönen’den Bir Tutam Öykü</t>
+          <t>Güvercin, Kurt, Bir de Arı Ele Geçirince İktidarı...</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789754948523</t>
+          <t>9789752202801</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Gönderdiğin Mektubu Aldım</t>
+          <t>Güneş de Doğar Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>9.26</v>
+        <v>475</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789754946703</t>
+          <t>3990000007185</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Göl Hafif Çalkantılı Olacak</t>
+          <t>Günah Kuyumcuları</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789754941920</t>
+          <t>9789754943313</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Glasnost Fıkraları</t>
+          <t>Gün Olur Devran Döner</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752201620</t>
+          <t>9789754948424</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Gizli Akşam Yemeği</t>
+          <t>Gümüş Kemerli Kız</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752200906</t>
+          <t>3990000004723</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi</t>
+          <t>Haldun Taner Tiyatrosu</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752200463</t>
+          <t>9789754942934</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Geri Gidişe İzin Yok</t>
+          <t>Güllüce Bağları Yolunda</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>15.74</v>
+        <v>150</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752202412</t>
+          <t>9789754944303</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Genelkurmay’ın Işıkları Yanıyordu</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>18.52</v>
+        <v>180</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789754948332</t>
+          <t>9789754947045</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin O Yakıcı Mevsimi</t>
+          <t>Gülen Ada</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>11.11</v>
+        <v>310</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789754946833</t>
+          <t>9789752200517</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Geçti Akşam Suları Ben Unutmadan 2</t>
+          <t>Gücünü Yitiren Kral</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789754942248</t>
+          <t>9789754949995</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bakan Kadın</t>
+          <t>Gözlerinde Gece Yok</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754940602</t>
+          <t>9789754943054</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu</t>
+          <t>Gözlerimi Kaparım Vazifemi Yaparım</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>275</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754948448</t>
+          <t>9789752201385</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Gece Tanıklığı</t>
+          <t>Göz Göre Göre... Kapana Düştü Türkiyem Bir Millet Uyanıyor: 4</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789754945072</t>
+          <t>9789754947427</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Görünmez Adam Keloğlan Masalları - 2</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789752202627</t>
+          <t>9789752201781</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Garip Şiirler Antolojisi</t>
+          <t>Haldun Taner Seyir Defteri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789752200937</t>
+          <t>9789754943115</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Formik ile Mirmik</t>
+          <t>Gönen’den Bir Tutam Öykü</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789754941258</t>
+          <t>9789754948523</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Filizkıran Fırtınası Bütün Şiirleri 9</t>
+          <t>Gönderdiğin Mektubu Aldım</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789754944334</t>
+          <t>9789754946703</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü / Televizyona Anlattıklarım</t>
+          <t>Göl Hafif Çalkantılı Olacak</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754944914</t>
+          <t>9789754941920</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Fikriye</t>
+          <t>Glasnost Fıkraları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>3990000012017</t>
+          <t>9789752201620</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Fesat</t>
+          <t>Gizli Akşam Yemeği</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754944471</t>
+          <t>9789752200906</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Fazilet Eczanesi</t>
+          <t>Gezgin Kedi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>3990000012464</t>
+          <t>9789752200463</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Fatin Rüştü Zorlu’nun Öyküsü Z "Zorro" Gibi...</t>
+          <t>Geri Gidişe İzin Yok</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>7.41</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789754940183</t>
+          <t>9789752202412</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Eylüller</t>
+          <t>Genelkurmay’ın Işıkları Yanıyordu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789754947106</t>
+          <t>9789754948332</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Evrim Kuramı ve Bağnazlık</t>
+          <t>Gençliğin O Yakıcı Mevsimi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789754943160</t>
+          <t>9789754946833</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeye Hazır mısınız?</t>
+          <t>Geçti Akşam Suları Ben Unutmadan 2</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789754949193</t>
+          <t>9789754942248</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Etekli Demokrasi Büyüklere Masallar Küçüklere Gerçekler 5</t>
+          <t>Geçmişe Bakan Kadın</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>3990000012256</t>
+          <t>9789754940602</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Gecekondu</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789754945249</t>
+          <t>9789754948448</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gölgesi</t>
+          <t>Gece Tanıklığı</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754947984</t>
+          <t>9789754945072</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mektup Hassas Burun Dedektiflik Bürosu 2. Kitap</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752202825</t>
+          <t>9789752202627</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Huvava</t>
+          <t>Garip Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>85</v>
+        <v>12</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754940060</t>
+          <t>9789752200937</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Dosyası</t>
+          <t>Formik ile Mirmik</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754949957</t>
+          <t>9789754941258</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Erken Açan Papatyalar</t>
+          <t>Filizkıran Fırtınası Bütün Şiirleri 9</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>9.26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789752201255</t>
+          <t>9789754944334</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Uşakları</t>
+          <t>İsmet İnönü / Televizyona Anlattıklarım</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789754945331</t>
+          <t>9789754944914</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Böcekleri</t>
+          <t>Fikriye</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752201866</t>
+          <t>3990000012017</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bakan Olmak</t>
+          <t>Fesat</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789754940688</t>
+          <t>9789754944471</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Bağışla Onları</t>
+          <t>Fazilet Eczanesi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789754949513</t>
+          <t>3990000012464</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Baba’sının Kızı Büyüklere Masallar Küçüklere Gerçekler 6</t>
+          <t>Fatin Rüştü Zorlu’nun Öyküsü Z "Zorro" Gibi...</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>15.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>3990000004640</t>
+          <t>9789754940183</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler</t>
+          <t>Eylüller</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789754945928</t>
+          <t>9789754947106</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül</t>
+          <t>Evrim Kuramı ve Bağnazlık</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754947397</t>
+          <t>9789754943160</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ayşecik ile Fatmacık Anadolu Masalları 2</t>
+          <t>Evlenmeye Hazır mısınız?</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789754945935</t>
+          <t>9789754949193</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Aynalara Yolculuk</t>
+          <t>Etekli Demokrasi Büyüklere Masallar Küçüklere Gerçekler 5</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754945027</t>
+          <t>3990000012256</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Gibi / Sessizlik...</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789752204256</t>
+          <t>9789754945249</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ayla Kutlu Edebiyatı</t>
+          <t>Eşeğin Gölgesi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754946208</t>
+          <t>9789754947984</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ayışığında Şamata</t>
+          <t>Esrarengiz Mektup Hassas Burun Dedektiflik Bürosu 2. Kitap</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789754944792</t>
+          <t>9789752202825</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı Sonatı</t>
+          <t>Huvava</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>9.26</v>
+        <v>85</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789754948134</t>
+          <t>9789754940060</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ayda Yaz Uykusu</t>
+          <t>Ermeni Dosyası</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789754949438</t>
+          <t>9789754949957</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yollarında Türkiye</t>
+          <t>Erken Açan Papatyalar</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789752204355</t>
+          <t>9789752201255</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Esirciler Hanı</t>
+          <t>Emperyalizmin Uşakları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789752201644</t>
+          <t>9789754945331</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tuzağında Mankurtlaşan Türkiye Bir Millet Uyanıyor: 8</t>
+          <t>Balinanın Böcekleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>3990000005855</t>
+          <t>9789752201866</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Meydan Okuyor Servan Schreiber’e Sosyalist Cevap</t>
+          <t>Bakan Olmak</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789752201491</t>
+          <t>9789754940688</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Çıkmaz Sokak! Bir Millet Uyanıyor: 6</t>
+          <t>Bağışla Onları</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789754949537</t>
+          <t>9789754949513</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’la 1000 Saat</t>
+          <t>Baba’sının Kızı Büyüklere Masallar Küçüklere Gerçekler 6</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>8.8</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789754949834</t>
+          <t>3990000004640</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’da Kültür Sorunsalı</t>
+          <t>Gizli Örgütler</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789754943412</t>
+          <t>9789754945928</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalmayı Deneyenler İçin</t>
+          <t>Ayşegül</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>3990000004427</t>
+          <t>9789754947397</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Türk Dil Kurumu ve Sonrası</t>
+          <t>Ayşecik ile Fatmacık Anadolu Masalları 2</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789752200371</t>
+          <t>9789754945935</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Özel Yaşamı</t>
+          <t>Aynalara Yolculuk</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789752200524</t>
+          <t>9789754945027</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kemiklerini Sızlatan Parti: CHP</t>
+          <t>Aynadaki Gibi / Sessizlik...</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789754946864</t>
+          <t>9789752204256</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Anıları</t>
+          <t>Ayla Kutlu Edebiyatı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789752204317</t>
+          <t>9789754946208</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’üm</t>
+          <t>Ayışığında Şamata</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789754949926</t>
+          <t>9789754944792</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Ermeni Konusu  Belgelerle</t>
+          <t>Ayışığı Sonatı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789754949452</t>
+          <t>9789754948134</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İki Büyük Türk Düşünürü Namık Kemal Ziya Gökalp</t>
+          <t>Ayda Yaz Uykusu</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789754947113</t>
+          <t>9789754949438</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Taçyaprağı</t>
+          <t>Avrupa Yollarında Türkiye</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754948516</t>
+          <t>9789752204355</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Şiirimiz</t>
+          <t>Esirciler Hanı</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>3990000014851</t>
+          <t>9789752201644</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mutfağı "Yemek Kitabı"</t>
+          <t>Avrupa Tuzağında Mankurtlaşan Türkiye Bir Millet Uyanıyor: 8</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789754949681</t>
+          <t>3990000005855</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Aşk Boyu Sürgün</t>
+          <t>Avrupa Meydan Okuyor Servan Schreiber’e Sosyalist Cevap</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789754943962</t>
+          <t>9789752201491</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Aşk Allahaısmarladık</t>
+          <t>Avrupa Birliği Çıkmaz Sokak! Bir Millet Uyanıyor: 6</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789752200395</t>
+          <t>9789754949537</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Aslan İbiş İbiş ile Memiş 2. Kitap</t>
+          <t>Attila İlhan’la 1000 Saat</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>7.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789754942361</t>
+          <t>9789754949834</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Asılacak Kitap</t>
+          <t>Attila İlhan’da Kültür Sorunsalı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>3990000004331</t>
+          <t>9789754943412</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Artık Çok Geç</t>
+          <t>Ateşi Çalmayı Deneyenler İçin</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752200500</t>
+          <t>3990000004427</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Cingo</t>
+          <t>Atatürk’ün Türk Dil Kurumu ve Sonrası</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789752200890</t>
+          <t>9789752200371</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 6</t>
+          <t>Atatürk’ün Özel Yaşamı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>2.78</v>
+        <v>61</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789752200883</t>
+          <t>9789752200524</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 5</t>
+          <t>Atatürk’ün Kemiklerini Sızlatan Parti: CHP</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>2.78</v>
+        <v>34</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789752200876</t>
+          <t>9789754946864</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 4</t>
+          <t>Atatürk’ün Anıları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789752200869</t>
+          <t>9789752204317</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 3</t>
+          <t>Atatürk’üm</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789752200852</t>
+          <t>9789754949926</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 2</t>
+          <t>Atatürk’ten Ermeni Konusu  Belgelerle</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>10</v>
+        <v>38</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789752200845</t>
+          <t>9789754949452</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boyama 1</t>
+          <t>Atatürk ve İki Büyük Türk Düşünürü Namık Kemal Ziya Gökalp</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789754941531</t>
+          <t>9789754947113</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Arabesk</t>
+          <t>Aşkın Taçyaprağı</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754948493</t>
+          <t>9789754948516</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Annemle Kahve İçmek</t>
+          <t>Aşkımız Şiirimiz</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>47</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789754946482</t>
+          <t>3990000014851</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Cankurtaran</t>
+          <t>Aşk Mutfağı "Yemek Kitabı"</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>495</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789752202832</t>
+          <t>9789754949681</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Leylak Günleri</t>
+          <t>Aşk Boyu Sürgün</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789754945324</t>
+          <t>9789754943962</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Anayasa’nın Püf Noktası</t>
+          <t>Aşk Allahaısmarladık</t>
         </is>
       </c>
       <c r="C905" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789754945874</t>
+          <t>9789752200395</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Anası Bulut Babası Yağmur</t>
+          <t>Aslan İbiş İbiş ile Memiş 2. Kitap</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754943221</t>
+          <t>9789754942361</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Anamı Arıyorum</t>
+          <t>Asılacak Kitap</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789752200630</t>
+          <t>3990000004331</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Ankara Cinayeti</t>
+          <t>Artık Çok Geç</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789754944556</t>
+          <t>9789752200500</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
+          <t>Arkadaşım Cingo</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754943467</t>
+          <t>9789752200890</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kanton’da İsyan</t>
+          <t>Arkadaşım Boyama 6</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>11.11</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>3990000028138</t>
+          <t>9789752200883</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kandan Kına Yakılmaz</t>
+          <t>Arkadaşım Boyama 5</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>12.04</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789754948622</t>
+          <t>9789752200876</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Arkadaşım Boyama 4</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789752209114</t>
+          <t>9789752200869</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma</t>
+          <t>Arkadaşım Boyama 3</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>87</v>
+        <v>10</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>3990000012582</t>
+          <t>9789752200852</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 7 Kış 2020</t>
+          <t>Arkadaşım Boyama 2</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789752208834</t>
+          <t>9789752200845</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kahvesi</t>
+          <t>Arkadaşım Boyama 1</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>36</v>
+        <v>10</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789752209329</t>
+          <t>9789754941531</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı</t>
+          <t>Arabesk</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>69</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789754945263</t>
+          <t>9789754948493</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 3. Kitap (Birinci Bölüm)</t>
+          <t>Annemle Kahve İçmek</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>590</v>
+        <v>47</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789754942347</t>
+          <t>9789754946482</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Güneş Salkımı Bütün Eserleri 1</t>
+          <t>Anneannem Cankurtaran</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>3990000006891</t>
+          <t>9789752202832</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Günün İçinden Dünden Bugüne Gazete Yazıları</t>
+          <t>Ankara’da Leylak Günleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>11.11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789754941463</t>
+          <t>9789754945324</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Günün Adamı / Dışardakiler</t>
+          <t>Anayasa’nın Püf Noktası</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789752203693</t>
+          <t>9789754945874</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gülüşü</t>
+          <t>Anası Bulut Babası Yağmur</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>230</v>
+        <v>10</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789752207608</t>
+          <t>9789754943221</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz(Çizgi Roman) (Ciltli)</t>
+          <t>Anamı Arıyorum</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>195</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789752208506</t>
+          <t>9789752200630</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Aklın Mucizesi</t>
+          <t>Ankara Cinayeti</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>145</v>
+        <v>15</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789752208490</t>
+          <t>9789754944556</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Beni Anla</t>
+          <t>Halide Edip Adıvar Yaşamı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>116</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789752208582</t>
+          <t>9789754943467</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Mitleri</t>
+          <t>Kanton’da İsyan</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>201</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789752209138</t>
+          <t>3990000028138</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağlayan Liderlik Uygulamaları</t>
+          <t>Kandan Kına Yakılmaz</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789754940008</t>
+          <t>9789754948622</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Politika Bilimine Giriş</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789752201729</t>
+          <t>9789752209114</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bir Millet Uyanıyor: 10 - Türkiye'de Amerikan Misyonerleri</t>
+          <t>Elimi Bırakma</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>10.31</v>
+        <v>87</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789754948196</t>
+          <t>3990000012582</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öteki Yüzü</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 7 Kış 2020</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>20</v>
+        <v>136</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789754946901</t>
+          <t>9789752208834</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Barış Adlı Çocuk</t>
+          <t>Leyla’nın Kahvesi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>3990000022306</t>
+          <t>9789752209329</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 6 Bahar 2019</t>
+          <t>Bıçak Sırtı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>98</v>
+        <v>69</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789752215054</t>
+          <t>9789754945263</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ses Koleksiyoncusu</t>
+          <t>Türk Devrim Tarihi 3. Kitap (Birinci Bölüm)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789752215047</t>
+          <t>9789754942347</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Mori</t>
+          <t>Güneş Salkımı Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789752215030</t>
+          <t>3990000006891</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya İncili</t>
+          <t>Günün İçinden Dünden Bugüne Gazete Yazıları</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789752215023</t>
+          <t>9789754941463</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Hep Ben</t>
+          <t>Günün Adamı / Dışardakiler</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>230</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789754941593</t>
+          <t>9789752203693</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Öcü</t>
+          <t>Güneşin Gülüşü</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>27</v>
+        <v>230</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789752205062</t>
+          <t>9789752207608</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Demir Taht</t>
+          <t>Yaşlı Adam ve Deniz(Çizgi Roman) (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>64</v>
+        <v>195</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789752205154</t>
+          <t>9789752208506</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Savruluş</t>
+          <t>Aklın Mucizesi</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>74</v>
+        <v>145</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789752200364</t>
+          <t>9789752208490</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Yaşamı Dönemi ve Kişiliği</t>
+          <t>Beni Anla</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>400</v>
+        <v>116</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>3990000022348</t>
+          <t>9789752208582</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 5 Yaz 2018</t>
+          <t>Liderlik Mitleri</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>98</v>
+        <v>201</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789752207547</t>
+          <t>9789752209138</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Uyum Sağlayan Liderlik Uygulamaları</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>56</v>
+        <v>320</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789752205727</t>
+          <t>9789754940008</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Gölgeler</t>
+          <t>Politika Bilimine Giriş</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>68</v>
+        <v>12</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789752201002</t>
+          <t>9789752201729</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Gelinler</t>
+          <t>Bir Millet Uyanıyor: 10 - Türkiye'de Amerikan Misyonerleri</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>68</v>
+        <v>10.31</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789752202030</t>
+          <t>9789754948196</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ege’de Kurtuluş Savaşı Başlarken</t>
+          <t>Dağın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789752204386</t>
+          <t>9789754946901</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Hukuk</t>
+          <t>Barış Adlı Çocuk</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>98</v>
+        <v>7</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789754945454</t>
+          <t>3990000022306</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Başı Kuşlu Çocuk</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 6 Bahar 2019</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>139</v>
+        <v>98</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789752203808</t>
+          <t>9789752215054</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Birce</t>
+          <t>Ses Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789752203235</t>
+          <t>9789752215047</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Adı Unutulmuş Kadınlar</t>
+          <t>Ahtapot Mori</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>31</v>
+        <v>150</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789754949155</t>
+          <t>9789752215030</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Kudret Aksal</t>
+          <t>Yeni Dünya İncili</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>11.11</v>
+        <v>450</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789752204706</t>
+          <t>9789752215023</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Pazarı</t>
+          <t>Hep Ben</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>136</v>
+        <v>230</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789752203051</t>
+          <t>9789754941593</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Öncü</t>
+          <t>Ormanın Öcü</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>85</v>
+        <v>27</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789752202375</t>
+          <t>9789752205062</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kovulduk Ey Halkım Unutma Bizi</t>
+          <t>Demir Taht</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752204133</t>
+          <t>9789752205154</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Le Dossier Armenien</t>
+          <t>Savruluş</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>89</v>
+        <v>74</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789754945508</t>
+          <t>9789752200364</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Tren</t>
+          <t>İsmet İnönü Yaşamı Dönemi ve Kişiliği</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789752202856</t>
+          <t>3990000022348</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplar Kitabı</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 5 Yaz 2018</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>77</v>
+        <v>98</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789752202566</t>
+          <t>9789752207547</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülkemin İnsanları</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>44</v>
+        <v>56</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789752200128</t>
+          <t>9789752205727</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Fi</t>
+          <t>Mahrem Gölgeler</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>49</v>
+        <v>68</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789752204508</t>
+          <t>9789752201002</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Eğreti Gelinler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>82</v>
+        <v>68</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789754947274</t>
+          <t>9789752202030</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bana Çocukluğumu Anlat</t>
+          <t>Ege’de Kurtuluş Savaşı Başlarken</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789752204737</t>
+          <t>9789752204386</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Şiir ve Müziğin Coşkusuyla</t>
+          <t>Devrimci Hukuk</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>90</v>
+        <v>98</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789752201712</t>
+          <t>9789754945454</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Öyküsü</t>
+          <t>Başı Kuşlu Çocuk</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>60</v>
+        <v>139</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789752204171</t>
+          <t>9789752203808</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Dedektif Birce</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789752215016</t>
+          <t>9789752203235</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler</t>
+          <t>Adı Unutulmuş Kadınlar</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>275</v>
+        <v>31</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789752215009</t>
+          <t>9789754949155</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Öyküsü</t>
+          <t>Sabahattin Kudret Aksal</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789752214996</t>
+          <t>9789752204706</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Değer Katanlar Yunus Emre</t>
+          <t>Örgüt Pazarı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>165</v>
+        <v>136</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789752214989</t>
+          <t>9789752203051</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Değer Katanlar Evliya Çelebi</t>
+          <t>Öncü</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789752214972</t>
+          <t>9789752202375</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Berbat Çocuk Yetiştirme Kitabı</t>
+          <t>Kovulduk Ey Halkım Unutma Bizi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>545</v>
+        <v>57</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789752206274</t>
+          <t>9789752204133</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Bayrak</t>
+          <t>Le Dossier Armenien</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>400</v>
+        <v>89</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789754945515</t>
+          <t>9789754945508</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Elli Robot</t>
+          <t>Küçük Mavi Tren</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754946147</t>
+          <t>9789752202856</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bir Göçmen Kuştu O</t>
+          <t>Kayıp Kitaplar Kitabı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>190</v>
+        <v>77</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754949391</t>
+          <t>9789752202566</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Zehir Zıkkım Hikayeler</t>
+          <t>Güzel Ülkemin İnsanları</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>190</v>
+        <v>44</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789754949223</t>
+          <t>9789752200128</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Mideler</t>
+          <t>Fi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>125</v>
+        <v>49</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789752201958</t>
+          <t>9789752204508</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Zaman da Eskir</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>320</v>
+        <v>82</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789754944662</t>
+          <t>9789754947274</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yavrusu Ramram’ın Dünya Serüvenleri</t>
+          <t>Bana Çocukluğumu Anlat</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>126</v>
+        <v>36</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789754948615</t>
+          <t>9789752204737</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 3 Minik Sultan Beceriksiz Palyaço</t>
+          <t>Aşk, Şiir ve Müziğin Coşkusuyla</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789754948608</t>
+          <t>9789752201712</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 2 Minik Sultanla Deniz Kızı</t>
+          <t>Anadolu’nun Öyküsü</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789754948592</t>
+          <t>9789752204171</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Minik Sultan’ın Serüvenleri: 1 Minik Sultan Sihirbaz</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>125</v>
+        <v>91</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789754945478</t>
+          <t>9789752215016</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Beceriksizler Sirki</t>
+          <t>Mesafeler</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789752205734</t>
+          <t>9789752215009</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kardeşimi Sevmeye Başladım</t>
+          <t>Ölümsüzlüğün Öyküsü</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754946963</t>
+          <t>9789752214996</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Sevgisayar</t>
+          <t>Anadolu’ya Değer Katanlar Yunus Emre</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>29</v>
+        <v>165</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789754942019</t>
+          <t>9789752214989</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Sen de Gitme Triyandafilis</t>
+          <t>Anadolu’ya Değer Katanlar Evliya Çelebi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789752203860</t>
+          <t>9789752214972</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Melek ve Dostları (Ciltli)</t>
+          <t>Berbat Çocuk Yetiştirme Kitabı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>266</v>
+        <v>545</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789754945645</t>
+          <t>9789752206274</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Mekruh Kadınlar Mezarlığı</t>
+          <t>Yedinci Bayrak</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789752200791</t>
+          <t>9789754945515</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Mavi Saçlar Pembe Gözler</t>
+          <t>Çiçek Elli Robot</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789754945492</t>
+          <t>9789754946147</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kendini Köpek Sanan Ayakkabılar</t>
+          <t>Bir Göçmen Kuştu O</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789754944266</t>
+          <t>9789754949391</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kadın Destanı</t>
+          <t>Zehir Zıkkım Hikayeler</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789754949384</t>
+          <t>9789754949223</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Zavallı Mideler</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789754946680</t>
+          <t>9789752201958</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Sırrı Harika İkizler / 1</t>
+          <t>Zaman da Eskir</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789754949407</t>
+          <t>9789754944662</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Islak Güneş</t>
+          <t>Yıldız Yavrusu Ramram’ın Dünya Serüvenleri</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>190</v>
+        <v>126</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789754947472</t>
+          <t>9789754948615</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Hüsnüyusuf Güzellemesi</t>
+          <t>Minik Sultan’ın Serüvenleri: 3 Minik Sultan Beceriksiz Palyaço</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>147</v>
+        <v>125</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789754944624</t>
+          <t>9789754948608</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Umut</t>
+          <t>Minik Sultan’ın Serüvenleri: 2 Minik Sultanla Deniz Kızı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789754945485</t>
+          <t>9789754948592</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kertenkele ile Kutup Ayısı 2. Kitap</t>
+          <t>Minik Sultan’ın Serüvenleri: 1 Minik Sultan Sihirbaz</t>
         </is>
       </c>
       <c r="C992" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789754947809</t>
+          <t>9789754945478</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Emir Bey’in Kızları Bir Göçmen Kuştu O (2)</t>
+          <t>Beceriksizler Sirki</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>294</v>
+        <v>125</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789752200807</t>
+          <t>9789752205734</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Ateş Üstünde Yürümek</t>
+          <t>Eyvah Kardeşimi Sevmeye Başladım</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789752203266</t>
+          <t>9789754946963</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Asi... Asi</t>
+          <t>Sevgisayar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>350</v>
+        <v>29</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789754946734</t>
+          <t>9789754942019</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Artık Çok Oldunuz</t>
+          <t>Sen de Gitme Triyandafilis</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789752208728</t>
+          <t>9789752203860</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları (Ciltli)</t>
+          <t>Melek ve Dostları (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>350</v>
+        <v>266</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789752214927</t>
+          <t>9789754945645</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Bir Çınar Bir Çocuk (Ciltli)</t>
+          <t>Mekruh Kadınlar Mezarlığı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>685</v>
+        <v>240</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789752214965</t>
+          <t>9789752200791</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Saat Yönünün Tersine</t>
+          <t>Mavi Saçlar Pembe Gözler</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789752214958</t>
+          <t>9789754945492</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sandığı</t>
+          <t>Kendini Köpek Sanan Ayakkabılar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>365</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789752214941</t>
+          <t>9789754944266</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Çocukları</t>
+          <t>Kadın Destanı</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789752214934</t>
+          <t>9789754949384</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayatlarının İlk Günü</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789752214897</t>
+          <t>9789754946680</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ölecek Son İblis</t>
+          <t>İkizlerin Sırrı Harika İkizler / 1</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789752214903</t>
+          <t>9789754949407</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Efsanelerimiz</t>
+          <t>Islak Güneş</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789752214910</t>
+          <t>9789754947472</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Nergis Zamanı</t>
+          <t>Hüsnüyusuf Güzellemesi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>490</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789752214880</t>
+          <t>9789754944624</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Çetesi</t>
+          <t>Hoşça Kal Umut</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789752214873</t>
+          <t>9789754945485</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Son Yelkovan</t>
+          <t>Gezgin Kertenkele ile Kutup Ayısı 2. Kitap</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>310</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789752214866</t>
+          <t>9789754947809</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşi</t>
+          <t>Emir Bey’in Kızları Bir Göçmen Kuştu O (2)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>245</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789752213890</t>
+          <t>9789752200807</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gördü Dil Söyledi</t>
+          <t>Ateş Üstünde Yürümek</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>365</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789752213883</t>
+          <t>9789752203266</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Ati</t>
+          <t>Asi... Asi</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789752202962</t>
+          <t>9789754946734</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Allahaısmarladık</t>
+          <t>Artık Çok Oldunuz</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789752201026</t>
+          <t>9789752208728</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Türk - Irak İlişkilerinde Türkmenler</t>
+          <t>Kahraman Türk Kadınları (Ciltli)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>825</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789752204553</t>
+          <t>9789752214927</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son</t>
+          <t>Bir Çınar Bir Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>225</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754942231</t>
+          <t>9789752214965</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Geminin En Altındaki</t>
+          <t>Saat Yönünün Tersine</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786661254754</t>
+          <t>9789752214958</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar Serisi Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Babamın Sandığı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>1260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789752205123</t>
+          <t>9789752214941</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Yarışmalar Kenti</t>
+          <t>Ağaç Çocukları</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789752207240</t>
+          <t>9789752214934</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sığmadı Düşlerime</t>
+          <t>Yeni Hayatlarının İlk Günü</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789754949162</t>
+          <t>9789752214897</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Okuma</t>
+          <t>Ölecek Son İblis</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>335</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789752200319</t>
+          <t>9789752214903</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Dev Adamlar</t>
+          <t>Sihirli Efsanelerimiz</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789752203211</t>
+          <t>9789752214910</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Dağları Bekleyen Kız</t>
+          <t>Nergis Zamanı</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789754940435</t>
+          <t>9789752214880</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çanak Çömlek Patladı</t>
+          <t>Pazartesi Çetesi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789754949933</t>
+          <t>9789752214873</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çal Dedim Klarnetçi Çocuğa</t>
+          <t>Son Yelkovan</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789752200579</t>
+          <t>9789752214866</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Tebeşir İstiyoruz</t>
+          <t>Kan Kardeşi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789754949643</t>
+          <t>9789752213890</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Martı</t>
+          <t>Gönül Gördü Dil Söyledi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754949797</t>
+          <t>9789752213883</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Sincabım Olsa</t>
+          <t>Akıllı Ati</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789752204126</t>
+          <t>9789752202962</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri (1856 - 1880 )</t>
+          <t>Allahaısmarladık</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789752205994</t>
+          <t>9789752201026</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylem Gecesi</t>
+          <t>Türk - Irak İlişkilerinde Türkmenler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>295</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789752203648</t>
+          <t>9789752204553</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Türk Yahudiler 2</t>
+          <t>İlk ve Son</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>825</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789752203594</t>
+          <t>9789754942231</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Son Gece</t>
+          <t>Geminin En Altındaki</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754940077</t>
+          <t>9786661254754</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Siz Bilirsiniz Paşam!...</t>
+          <t>Pasaklılar Serisi Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>275</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789752201927</t>
+          <t>9789752205123</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükle Ölümün Öpüştüğü An</t>
+          <t>Yarışmalar Kenti</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789752202955</t>
+          <t>9789752207240</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Tek Gecesi</t>
+          <t>Sevdam Sığmadı Düşlerime</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789752204522</t>
+          <t>9789754949162</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Torba Gaga</t>
+          <t>Eleştirel Okuma</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>70</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789752200166</t>
+          <t>9789752200319</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çalgıcılar</t>
+          <t>Dev Adamlar</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789754949063</t>
+          <t>9789752203211</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Mektuplar</t>
+          <t>Dağları Bekleyen Kız</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789752200920</t>
+          <t>9789754940435</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Yapar Yuvayı</t>
+          <t>Çanak Çömlek Patladı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754946345</t>
+          <t>9789754949933</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Halk Önderi Atatürk</t>
+          <t>Çal Dedim Klarnetçi Çocuğa</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789754948530</t>
+          <t>9789752200579</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gül Yaprağı</t>
+          <t>Bir Kutu Tebeşir İstiyoruz</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789752204539</t>
+          <t>9789754949643</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Fırt Fırt Fırça</t>
+          <t>Yalnız Martı</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754946307</t>
+          <t>9789754949797</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kurtuluş Savaşı</t>
+          <t>Ah Bir Sincabım Olsa</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789752201378</t>
+          <t>9789752204126</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Meselesi 1774 - 2005</t>
+          <t>Osmanlı Ermenileri (1856 - 1880 )</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789752209619</t>
+          <t>9789752205994</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Kalk ve Önce Sen Öldür</t>
+          <t>Bir Eylem Gecesi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>850</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789752213531</t>
+          <t>9789752203648</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Türk Yahudiler 2</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>650</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789752213548</t>
+          <t>9789752203594</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>M. Yüzyılın Oğlu</t>
+          <t>Son Gece</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>1050</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789752213524</t>
+          <t>9789754940077</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati Serisi</t>
+          <t>Siz Bilirsiniz Paşam!...</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>830</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789754942163</t>
+          <t>9789752201927</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Deliye Hergün Bayram</t>
+          <t>Özgürlükle Ölümün Öpüştüğü An</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789754940299</t>
+          <t>9789752202955</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 2 - Eski Kahramanlar</t>
+          <t>Ömrümün Tek Gecesi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789752209947</t>
+          <t>9789752204522</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ankara’nın Kördüğümü Sakarya</t>
+          <t>Torba Gaga</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>335</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789752200142</t>
+          <t>9789752200166</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 4</t>
+          <t>Küçük Çalgıcılar</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789754949551</t>
+          <t>9789754949063</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 2</t>
+          <t>Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789754949544</t>
+          <t>9789752200920</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 1</t>
+          <t>Kırlangıç Yapar Yuvayı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789752200135</t>
+          <t>9789754946345</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 3</t>
+          <t>Halk Önderi Atatürk</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789752213128</t>
+          <t>9789754948530</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Karanlık Gölgeler</t>
+          <t>Günaydın Gül Yaprağı</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789752213173</t>
+          <t>9789752204539</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi Havada Bulut</t>
+          <t>Fırt Fırt Fırça</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789752213180</t>
+          <t>9789754946307</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Semaver Sarnıç</t>
+          <t>Atatürk ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789752213197</t>
+          <t>9789752201378</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Medarı Maişet Motoru</t>
+          <t>Ermeni Meselesi 1774 - 2005</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789752213142</t>
+          <t>9789752209619</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Kalk ve Önce Sen Öldür</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789752213135</t>
+          <t>9789752213531</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Neşe</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789752213166</t>
+          <t>9789752213548</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı Son Kuşlar</t>
+          <t>M. Yüzyılın Oğlu</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>120</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789752213159</t>
+          <t>9789752213524</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan Lüzumsuz Adam</t>
+          <t>Kum Saati Serisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>120</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789752213227</t>
+          <t>9789754942163</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Çiçeği</t>
+          <t>Deliye Hergün Bayram</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789752213210</t>
+          <t>9789754940299</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Arılar İş Başında</t>
+          <t>Ömer Seyfettin Bütün Eserleri 2 - Eski Kahramanlar</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789752213234</t>
+          <t>9789752209947</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Olgunlaştı</t>
+          <t>Ankara’nın Kördüğümü Sakarya</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789754940916</t>
+          <t>9789752200142</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Neşeli Boyama 4</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789752213111</t>
+          <t>9789754949551</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Götürdüğü</t>
+          <t>Neşeli Boyama 2</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789752213104</t>
+          <t>9789754949544</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Vakti Zamansız Şiirler</t>
+          <t>Neşeli Boyama 1</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789752213043</t>
+          <t>9789752200135</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
+          <t>Neşeli Boyama 3</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>670</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789754941999</t>
+          <t>9789752213128</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gücü</t>
+          <t>Yapay Zekâ Karanlık Gölgeler</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789752204928</t>
+          <t>9789752213173</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Paşa Paşa Yatacaksınız</t>
+          <t>Mahalle Kahvesi Havada Bulut</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789752207950</t>
+          <t>9789752213180</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Semaver Sarnıç</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789752205383</t>
+          <t>9789752213197</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Mevhibe</t>
+          <t>Medarı Maişet Motoru</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>590</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789752202894</t>
+          <t>9789752213142</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Ankara Ekspresi</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789752206038</t>
+          <t>9789752213135</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Fıkralar</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789752207264</t>
+          <t>9789752213166</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Hepiniz Suçlusunuz</t>
+          <t>Havuz Başı Son Kuşlar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>77</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789754945782</t>
+          <t>9789752213159</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diplomatlar</t>
+          <t>Şahmerdan Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>590</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789754949780</t>
+          <t>9789752213227</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Ben Galatasaraylıyım</t>
+          <t>Hatmi Çiçeği</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789752206021</t>
+          <t>9789752213210</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Hiperaktivite Bozukluğu</t>
+          <t>Arılar İş Başında</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>850</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789754948042</t>
+          <t>9789752213234</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Soydum Başucuma Koydum (Tekerlemeler)</t>
+          <t>Meyveler Olgunlaştı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>44</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789754941111</t>
+          <t>9789754940916</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sevgi</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789752202252</t>
+          <t>9789752213111</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Mum Işığı</t>
+          <t>Dalgaların Götürdüğü</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>48</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789752202443</t>
+          <t>9789752213104</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner’in Timsahı</t>
+          <t>Şiirin Vakti Zamansız Şiirler</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789754941470</t>
+          <t>9789752213043</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gözyaşları</t>
+          <t>Yaşlı Adam ve Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>23</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789752201651</t>
+          <t>9789754941999</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Baba İnönü’den Ömer İnönü’ye Mektuplar</t>
+          <t>Türkçenin Gücü</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789752213005</t>
+          <t>9789752204928</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Çobanı Mojo</t>
+          <t>Paşa Paşa Yatacaksınız</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789752213036</t>
+          <t>9789752207950</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Günlüğüme Kim Sızdı?</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789752212992</t>
+          <t>9789752205383</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Bak Bakalım Kim Gelmiş</t>
+          <t>Mevhibe</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>335</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789752213029</t>
+          <t>9789752202894</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Ders Çalışma Kitabı</t>
+          <t>Ankara Ekspresi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789752213012</t>
+          <t>9789752206038</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kadri</t>
+          <t>Güldür Güldür Fıkralar</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789752212985</t>
+          <t>9789752207264</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Yok mu Bana Bir Yuva ?</t>
+          <t>Hepiniz Suçlusunuz</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>315</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789752212954</t>
+          <t>9789754945782</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Zorbey Zorbey’in Ardındaki Boşluk</t>
+          <t>Bizim Diplomatlar</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>385</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789752212978</t>
+          <t>9789754949780</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Meşe</t>
+          <t>Ben Galatasaraylıyım</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789752212961</t>
+          <t>9789752206021</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Mahya İblisi</t>
+          <t>Dikkat Eksikliği Hiperaktivite Bozukluğu</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789752212947</t>
+          <t>9789754948042</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'dan Tesla'ya</t>
+          <t>Portakalı Soydum Başucuma Koydum (Tekerlemeler)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>350</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789752212848</t>
+          <t>9789754941111</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Nene Hatun</t>
+          <t>Merhaba Sevgi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789752212930</t>
+          <t>9789752202252</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Öğretmen</t>
+          <t>Karanlıkta Mum Işığı</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>500</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789752212909</t>
+          <t>9789752202443</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Hatice Bacı</t>
+          <t>Haldun Taner’in Timsahı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789752212893</t>
+          <t>9789754941470</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Tayyar Rahime</t>
+          <t>Eşeğin Gözyaşları</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>120</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789752212862</t>
+          <t>9789752201651</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Onbaşı Nezahat</t>
+          <t>Baba İnönü’den Ömer İnönü’ye Mektuplar</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789752212879</t>
+          <t>9789752213005</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Gördesli Makbule</t>
+          <t>Dinozor Çobanı Mojo</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789752212916</t>
+          <t>9789752213036</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Kara Fatma</t>
+          <t>Günlüğüme Kim Sızdı?</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789752212855</t>
+          <t>9789752212992</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Hemşire Safiye</t>
+          <t>Bak Bakalım Kim Gelmiş</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789752212886</t>
+          <t>9789752213029</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Kadınları Asker Saime</t>
+          <t>Ders Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789752212831</t>
+          <t>9789752213012</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati 3</t>
+          <t>Hayalet Kadri</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789752212787</t>
+          <t>9789752212985</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Kitap</t>
+          <t>Yok mu Bana Bir Yuva ?</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789752212701</t>
+          <t>9789752212954</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Hadiseler Cereyan Ederken</t>
+          <t>Zorbey Zorbey’in Ardındaki Boşluk</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789752211575</t>
+          <t>9789752212978</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İki Kez Ölen Adam</t>
+          <t>Kızıl Meşe</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789754942781</t>
+          <t>9789752212961</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi Seti (7 Cilt Takım)</t>
+          <t>Mahya İblisi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>4130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789752204195</t>
+          <t>9789752212947</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Elma Şekeri Ülkesi</t>
+          <t>Mimar Sinan'dan Tesla'ya</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754943382</t>
+          <t>9789752212848</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası</t>
+          <t>Kahraman Türk Kadınları Nene Hatun</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789752202436</t>
+          <t>9789752212930</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Erkekler</t>
+          <t>Yılmaz Öğretmen</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789752202696</t>
+          <t>9789752212909</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Dinci Çember</t>
+          <t>Kahraman Türk Kadınları Hatice Bacı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789754940497</t>
+          <t>9789752212893</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Ege’den Denize Bırakılmış Bir Çiçek</t>
+          <t>Kahraman Türk Kadınları Tayyar Rahime</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>475</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789752203716</t>
+          <t>9789752212862</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Düş Sandığı</t>
+          <t>Kahraman Türk Kadınları Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789752204584</t>
+          <t>9789752212879</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Düş Kıyamet</t>
+          <t>Kahraman Türk Kadınları Gördesli Makbule</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>147</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789752204560</t>
+          <t>9789752212916</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ucundaki Fener</t>
+          <t>Kahraman Türk Kadınları Kara Fatma</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754948660</t>
+          <t>9789752212855</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Duyduk Duymadık Demeyin</t>
+          <t>Kahraman Türk Kadınları Hemşire Safiye</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789752202160</t>
+          <t>9789752212886</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap Döner Kebap</t>
+          <t>Kahraman Türk Kadınları Asker Saime</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789752203457</t>
+          <t>9789752212831</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Dost Ayılar</t>
+          <t>Kum Saati 3</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789754942903</t>
+          <t>9789752212787</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Donumdaki Para</t>
+          <t>Tüylü Kitap</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789752203068</t>
+          <t>9789752212701</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Hadiseler Cereyan Ederken</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789752204423</t>
+          <t>9789752211575</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Yarasa Yarışları</t>
+          <t>İki Kez Ölen Adam</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789752203655</t>
+          <t>9789754942781</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Ölüler Ormanı</t>
+          <t>Türk Devrim Tarihi Seti (7 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>280</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789752202641</t>
+          <t>9789752204195</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Mumya Dükkanı</t>
+          <t>Elma Şekeri Ülkesi</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754948455</t>
+          <t>9789754943382</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Duma Duma Dum</t>
+          <t>Ekmek Parası</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789752202948</t>
+          <t>9789752202436</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Dinozorla Kahvaltı</t>
+          <t>Eğreti Erkekler</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789754944853</t>
+          <t>9789752202696</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Dilber</t>
+          <t>Eğitime Dinci Çember</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789752200357</t>
+          <t>9789754940497</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Dil, Şu Büyülü Düzen</t>
+          <t>Ege’den Denize Bırakılmış Bir Çiçek</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>310</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789754948226</t>
+          <t>9789752203716</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Dış Basında Laik Cumhuriyetin Doğuşu</t>
+          <t>Düş Sandığı</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789752203501</t>
+          <t>9789752204584</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Atatürk</t>
+          <t>Düş Kıyamet</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>320</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789754942477</t>
+          <t>9789752204560</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20 Bin Fersah</t>
+          <t>Dünyanın Ucundaki Fener</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754940169</t>
+          <t>9789754948660</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimiz Kaç Para Eder</t>
+          <t>Duyduk Duymadık Demeyin</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789752204324</t>
+          <t>9789752202160</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Dönme Dolap Döner Kebap</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789754944655</t>
+          <t>9789752203457</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Dandini Vatandaş Dandini Bütün Eserleri 29</t>
+          <t>Dost Ayılar</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789754942682</t>
+          <t>9789754942903</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dalgıçlar</t>
+          <t>Donumdaki Para</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789752202740</t>
+          <t>9789752203068</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldaki Sır</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754947618</t>
+          <t>9789752204423</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Ormanı</t>
+          <t>Dolunay Dedektifleri - Yarasa Yarışları</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754941081</t>
+          <t>9789752203655</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Osman</t>
+          <t>Dolunay Dedektifleri - Ölüler Ormanı</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789752201446</t>
+          <t>9789752202641</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Zamanı</t>
+          <t>Dolunay Dedektifleri - Mumya Dükkanı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789752204225</t>
+          <t>9789754948455</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Türkler - Kıbrıs</t>
+          <t>Duma Duma Dum</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789752201699</t>
+          <t>9789752202948</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Çanlar Kimin İçin Çalıyor</t>
+          <t>Dinozorla Kahvaltı</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>670</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789752202221</t>
+          <t>9789754944853</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Çağlayangil’in Anıları Kader Bizi Una Değil, Üne İtti</t>
+          <t>Dilber</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>560</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789752203631</t>
+          <t>9789752200357</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi İkinci Kitap</t>
+          <t>Dil, Şu Büyülü Düzen</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>945</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789752203181</t>
+          <t>9789754948226</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi Birinci Kitap</t>
+          <t>Dış Basında Laik Cumhuriyetin Doğuşu</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789752200654</t>
+          <t>9789752203501</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminden Bugüne Örneklerle Şiir Çözümlemeleri</t>
+          <t>Dersimiz: Atatürk</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754947779</t>
+          <t>9789754942477</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Bayrağı Altında Yaşamöykümde Devrim</t>
+          <t>Denizler Altında 20 Bin Fersah</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789754946338</t>
+          <t>9789754940169</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Ağacı Ya Bağımsızlık Ya Ölüm</t>
+          <t>Demokrasimiz Kaç Para Eder</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754945218</t>
+          <t>9789752204324</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Can Dede'nin Oyuncakları</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754941326</t>
+          <t>9789754944655</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Can Dayım</t>
+          <t>Dandini Vatandaş Dandini Bütün Eserleri 29</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789754945157</t>
+          <t>9789754942682</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Dr. Rıza Nur Dosyası</t>
+          <t>Dalgıçlar</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789752203327</t>
+          <t>9789752202740</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Canım Öğretmenim</t>
+          <t>Çuvaldaki Sır</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789752200265</t>
+          <t>9789754947618</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Bütün Sabahlarım Senin Olsun</t>
+          <t>Çocukların Ormanı</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789752202214</t>
+          <t>9789754941081</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları: 3 Bir Çift Yün Çorap / Böyle Aşk Duydunuz mu?</t>
+          <t>Çizmeli Osman</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789752202269</t>
+          <t>9789752201446</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 2</t>
+          <t>Çikolata Zamanı</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789752203785</t>
+          <t>9789752204225</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Göl</t>
+          <t>Çılgın Türkler - Kıbrıs</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789754945904</t>
+          <t>9789752201699</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Milli Kahraman Matador Mahmut</t>
+          <t>Çanlar Kimin İçin Çalıyor</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>275</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789752202085</t>
+          <t>9789752202221</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları</t>
+          <t>Çağlayangil’in Anıları Kader Bizi Una Değil, Üne İtti</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>42</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789752201439</t>
+          <t>9789752203631</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Halikarnas Balıkçısı</t>
+          <t>Cumhuriyet Türk Mucizesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>195</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789754941173</t>
+          <t>9789752203181</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Anadolu Bütün Eserleri:4</t>
+          <t>Cumhuriyet Türk Mucizesi Birinci Kitap</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>510</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789752201248</t>
+          <t>9789752200654</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Max Tivoli’nin İtirafları</t>
+          <t>Cumhuriyet Döneminden Bugüne Örneklerle Şiir Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789752203761</t>
+          <t>9789754947779</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Masalcının Mektubu</t>
+          <t>Cumhuriyet Bayrağı Altında Yaşamöykümde Devrim</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789754949940</t>
+          <t>9789754946338</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Marathon "Bir Uzun Koşu"</t>
+          <t>Cumhuriyet Ağacı Ya Bağımsızlık Ya Ölüm</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789752204102</t>
+          <t>9789754945218</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Manzum Bektaşi Fıkraları</t>
+          <t>Can Dede'nin Oyuncakları</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789752202610</t>
+          <t>9789754941326</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Malta Sürgünleri</t>
+          <t>Can Dayım</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789752203815</t>
+          <t>9789754945157</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener Seti (10 Kitap Takım)</t>
+          <t>Dr. Rıza Nur Dosyası</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789754946352</t>
+          <t>9789752203327</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Kızımla Evlenir misiniz?</t>
+          <t>Canım Öğretmenim</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789754940732</t>
+          <t>9789752200265</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Lüp Lüp Makinesi</t>
+          <t>Bütün Sabahlarım Senin Olsun</t>
         </is>
       </c>
       <c r="C1166" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789754948646</t>
+          <t>9789752202214</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kuşadalı Metin Kaptan</t>
+          <t>Bütün Oyunları: 3 Bir Çift Yün Çorap / Böyle Aşk Duydunuz mu?</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789754945560</t>
+          <t>9789752202269</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuklar</t>
+          <t>Bütün Oyunları 2</t>
         </is>
       </c>
       <c r="C1168" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789752203730</t>
+          <t>9789752203785</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Köpek Okulu</t>
+          <t>Dipsiz Göl</t>
         </is>
       </c>
       <c r="C1169" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789752203747</t>
+          <t>9789754945904</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Aşık Oldu</t>
+          <t>Milli Kahraman Matador Mahmut</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789752202733</t>
+          <t>9789752202085</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük 2 1924-1999</t>
+          <t>Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>825</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789754947885</t>
+          <t>9789752201439</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Korkma İnsancık Korkma</t>
+          <t>Merhaba Halikarnas Balıkçısı</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789754945621</t>
+          <t>9789754941173</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kahraman</t>
+          <t>Merhaba Anadolu Bütün Eserleri:4</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789754947205</t>
+          <t>9789752201248</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kedi</t>
+          <t>Max Tivoli’nin İtirafları</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789754945577</t>
+          <t>9789752203761</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Balon</t>
+          <t>Masalcının Mektubu</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789754947519</t>
+          <t>9789754949940</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Konuş Benimle</t>
+          <t>Marathon "Bir Uzun Koşu"</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789752203464</t>
+          <t>9789752204102</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Komik Şiirler</t>
+          <t>Manzum Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789754941852</t>
+          <t>9789752202610</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sürgün Bütün Eserleri - 3</t>
+          <t>Malta Sürgünleri</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>525</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789752204287</t>
+          <t>9789752203815</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Mavisel Yener Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789754940145</t>
+          <t>9789754946352</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Sokak Çocuğu</t>
+          <t>Lütfen Kızımla Evlenir misiniz?</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789754940343</t>
+          <t>9789754940732</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Lüp Lüp Makinesi</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789752203570</t>
+          <t>9789754948646</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Kuşadalı Metin Kaptan</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789752201804</t>
+          <t>9789754945560</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dev Adam</t>
+          <t>Kuklacı Çocuklar</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789754940930</t>
+          <t>9789752203730</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Arı Büyük Arı</t>
+          <t>Köpek Okulu</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789754942439</t>
+          <t>9789752203747</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kız</t>
+          <t>Köpeğim Aşık Oldu</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789754945546</t>
+          <t>9789752202733</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Çocuklar</t>
+          <t>Kürtçülük 2 1924-1999</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>230</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789752200050</t>
+          <t>9789754947885</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Kestane Şekeri</t>
+          <t>Korkma İnsancık Korkma</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789754948752</t>
+          <t>9789754945621</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kelepir -Memduh Şevket Esendal Bütün Eserleri 11</t>
+          <t>Korkak Kahraman</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789752204058</t>
+          <t>9789754947205</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Kedicik Patileri Minicik (Ciltli)</t>
+          <t>Konuşan Kedi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789754941395</t>
+          <t>9789754945577</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Uçurtma</t>
+          <t>Konuşan Balon</t>
         </is>
       </c>
       <c r="C1190" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789754947182</t>
+          <t>9789754947519</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Gözlüklü Köpek</t>
+          <t>Konuş Benimle</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789754944020</t>
+          <t>9789752203464</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kaçanı Kovalar</t>
+          <t>Komik Şiirler</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789752204263</t>
+          <t>9789754941852</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kalem</t>
+          <t>Mavi Sürgün Bütün Eserleri - 3</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789754943436</t>
+          <t>9789752204287</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet / Kurumuş Ağaçlar / Nokta</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789752203822</t>
+          <t>9789754940145</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Gitme Dönmezsin</t>
+          <t>Küçük Prens ve Sokak Çocuğu</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789754944969</t>
+          <t>9789754940343</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Denizlerinde</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>510</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789752202351</t>
+          <t>9789752203570</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Gelin Bebek</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789752203419</t>
+          <t>9789752201804</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Fulya’nın Bebekleri</t>
+          <t>Küçük Dev Adam</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789752200296</t>
+          <t>9789754940930</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Frida</t>
+          <t>Küçük Arı Büyük Arı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789752204041</t>
+          <t>9789754942439</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>FerhAntoloji</t>
+          <t>Kiraz Kız</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>825</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789752201941</t>
+          <t>9789754945546</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Faul! FIFA’nın Karanlık Yüzü</t>
+          <t>Kızılderili Çocuklar</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>178</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789754944402</t>
+          <t>9789752200050</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Kestane Şekeri</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789754940824</t>
+          <t>9789754948752</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 8 - Falaka</t>
+          <t>Kelepir -Memduh Şevket Esendal Bütün Eserleri 11</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789752204294</t>
+          <t>9789752204058</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Kedicik Patileri Minicik (Ciltli)</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789752201156</t>
+          <t>9789754941395</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Evinden Kaçan Masal</t>
+          <t>Güldüren Uçurtma</t>
         </is>
       </c>
       <c r="C1205" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789754945522</t>
+          <t>9789754947182</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Türküsü</t>
+          <t>Gözlüklü Köpek</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789752201170</t>
+          <t>9789754944020</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Fikri</t>
+          <t>Gönül Kaçanı Kovalar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789752203198</t>
+          <t>9789752204263</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Erikler Çiçek Açtı</t>
+          <t>Göçmen Kalem</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789754948783</t>
+          <t>9789754943436</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Başı Dil Türkçemiz Üzerine Konuşmalar</t>
+          <t>Gizli Mabet / Kurumuş Ağaçlar / Nokta</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789754943030</t>
+          <t>9789752203822</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 2. Kitap</t>
+          <t>Gitme Dönmezsin</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>590</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789752212770</t>
+          <t>9789754944969</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlar Zamanı</t>
+          <t>Gençlik Denizlerinde</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>825</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789752200241</t>
+          <t>9789752202351</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Pembe Köşk’ten Masallar</t>
+          <t>Gelin Bebek</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789752212763</t>
+          <t>9789752203419</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Stan</t>
+          <t>Fulya’nın Bebekleri</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789752201071</t>
+          <t>9789752200296</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Gördüm Ben Çocukken 1</t>
+          <t>Frida</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789754941357</t>
+          <t>9789752204041</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 1 - Efruz Bey</t>
+          <t>FerhAntoloji</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>170</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789754941883</t>
+          <t>9789752201941</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Aganta Burina Burinata</t>
+          <t>Faul! FIFA’nın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>475</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789754943696</t>
+          <t>9789754944402</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789752204454</t>
+          <t>9789754940824</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Köpekleri Seven Kedi</t>
+          <t>Ömer Seyfettin Bütün Eserleri 8 - Falaka</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789752212718</t>
+          <t>9789752204294</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Köy Lokantası</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789752212688</t>
+          <t>9789752201156</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üzerine</t>
+          <t>Evinden Kaçan Masal</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>825</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789752212695</t>
+          <t>9789754945522</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Horul Horul Bir Yıl</t>
+          <t>Eşeğin Türküsü</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789752206014</t>
+          <t>9789752201170</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Juju Beni Unutma</t>
+          <t>Eşeğin Fikri</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789754942644</t>
+          <t>9789752203198</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kattaki At</t>
+          <t>Erikler Çiçek Açtı</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789752202818</t>
+          <t>9789754948783</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Hamdolsun Açız</t>
+          <t>Erdemin Başı Dil Türkçemiz Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789752208711</t>
+          <t>9789754943030</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Diyen Şövalye</t>
+          <t>Türk Devrim Tarihi 2. Kitap</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>405</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789752212671</t>
+          <t>9789752212770</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Beyaz Atlar Zamanı</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>320</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789752212664</t>
+          <t>9789752200241</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Ötesine, Ağaçların İçine</t>
+          <t>Pembe Köşk’ten Masallar</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>590</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789752201972</t>
+          <t>9789752212763</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - İz Peşinde</t>
+          <t>Maceracı Stan</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789752202337</t>
+          <t>9789752201071</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Dehşet Mektuplar</t>
+          <t>Atatürk’ü Gördüm Ben Çocukken 1</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789752203204</t>
+          <t>9789754941357</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Dedektifleri - Korkunç Satranç</t>
+          <t>Ömer Seyfettin Bütün Eserleri 1 - Efruz Bey</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789752202108</t>
+          <t>9789754941883</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Doğa’nın Yayla Günlüğü</t>
+          <t>Aganta Burina Burinata</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789754942187</t>
+          <t>9789754943696</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Çiçeklerin Düğünü Bütün Eserleri 18</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789752204690</t>
+          <t>9789752204454</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayaklı Futbolcu</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Köpekleri Seven Kedi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789754948677</t>
+          <t>9789752212718</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Çıngıraklı Çoban</t>
+          <t>Bir Garip Köy Lokantası</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789752204089</t>
+          <t>9789752212688</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı: Korsan Takımı</t>
+          <t>Savaş Üzerine</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>320</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789752204096</t>
+          <t>9789752212695</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı: Çıldıran Kasaba</t>
+          <t>Horul Horul Bir Yıl</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789752204362</t>
+          <t>9789752206014</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı - Dinozor Takımı</t>
+          <t>Juju Beni Unutma</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789754946024</t>
+          <t>9789754942644</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Çiçek</t>
+          <t>Üçüncü Kattaki At</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789754949360</t>
+          <t>9789752202818</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Anıları</t>
+          <t>Hamdolsun Açız</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789754942552</t>
+          <t>9789752208711</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Bir Kasabadan Resimler</t>
+          <t>Hayır! Diyen Şövalye</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789754945591</t>
+          <t>9789752212671</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Treni</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789752203839</t>
+          <t>9789752212664</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Yurdunu Yitiren Ağaç</t>
+          <t>Nehrin Ötesine, Ağaçların İçine</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789754949179</t>
+          <t>9789752201972</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - Örnekli Deyimler Sözlüğü</t>
+          <t>Dolunay Dedektifleri - İz Peşinde</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789752204157</t>
+          <t>9789752202337</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Yazı</t>
+          <t>Dolunay Dedektifleri - Dehşet Mektuplar</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789752201149</t>
+          <t>9789752203204</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Mavi Elma</t>
+          <t>Dolunay Dedektifleri - Korkunç Satranç</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789754948202</t>
+          <t>9789752202108</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Hangi Leylasın Sen</t>
+          <t>Doğa’nın Yayla Günlüğü</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789754941937</t>
+          <t>9789754942187</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Halo Dayı ve İki Öküz</t>
+          <t>Halikarnas Balıkçısı - Çiçeklerin Düğünü Bütün Eserleri 18</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>670</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789754947922</t>
+          <t>9789752204690</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirimizin Gücü</t>
+          <t>Çıplak Ayaklı Futbolcu</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>330</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789752204331</t>
+          <t>9789754948677</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Ayıya Bak</t>
+          <t>Çıngıraklı Çoban</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789754940510</t>
+          <t>9789752204089</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Çılgınlar Sınıfı: Korsan Takımı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789754948721</t>
+          <t>9789752204096</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Arıcık</t>
+          <t>Çılgınlar Sınıfı: Çıldıran Kasaba</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789752200197</t>
+          <t>9789752204362</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Aptal Dünya</t>
+          <t>Çılgınlar Sınıfı - Dinozor Takımı</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789752212657</t>
+          <t>9789754946024</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Kitabı</t>
+          <t>Bir Kucak Çiçek</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789754947793</t>
+          <t>9789754949360</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Senaryo Yazma Tekniği Tiyatro, Radyo, Televizyon, Sinema</t>
+          <t>Bir Kedinin Anıları</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789752200784</t>
+          <t>9789754942552</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>İşte O Çocuk</t>
+          <t>Bir Kasabadan Resimler</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789752203525</t>
+          <t>9789754945591</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Görgü ve Nezaket Kuralları</t>
+          <t>Yusuf’un Treni</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789752212640</t>
+          <t>9789752203839</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Can Dede’nin Çocukları</t>
+          <t>Yurdunu Yitiren Ağaç</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789752212633</t>
+          <t>9789754949179</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Üst Komşum Zebra</t>
+          <t>Açıklamalı - Örnekli Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>420</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789752207561</t>
+          <t>9789752204157</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Sevgi İzi</t>
+          <t>Ömrün Yazı</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789752204805</t>
+          <t>9789752201149</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Şehre Kaçış</t>
+          <t>Mavi Elma</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789752212619</t>
+          <t>9789754948202</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalmasın</t>
+          <t>Hangi Leylasın Sen</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789752212626</t>
+          <t>9789754941937</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Hedefi Bulmayan Kurşun (Perşembe Günü Cinayet Kulübü #3)</t>
+          <t>Halo Dayı ve İki Öküz</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>600</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9782222548805</t>
+          <t>9789754947922</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Günü Cinayet Kulübü Serisi</t>
+          <t>Halk Şiirimizin Gücü</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>1320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789752201279</t>
+          <t>9789752204331</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Şu Çılgın Türkler</t>
+          <t>Ayıya Bak</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789752212541</t>
+          <t>9789754940510</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Konuşan?</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789752212534</t>
+          <t>9789754948721</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Ressam Olmak İsteyen Papağan</t>
+          <t>Arıcık</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789752212558</t>
+          <t>9789752200197</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Segu Toprak Surlar</t>
+          <t>Aptal Dünya</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>665</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789752212565</t>
+          <t>9789752212657</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Ordesa</t>
+          <t>Yapay Zeka Kitabı</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789752209817</t>
+          <t>9789754947793</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Ben Yanılabilirim</t>
+          <t>Oyun ve Senaryo Yazma Tekniği Tiyatro, Radyo, Televizyon, Sinema</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789752200760</t>
+          <t>9789752200784</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>İşte O Çocuk</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>825</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789752203587</t>
+          <t>9789752203525</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ağacı</t>
+          <t>Görgü ve Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789754947168</t>
+          <t>9789752212640</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Küçük Futbolcu</t>
+          <t>Can Dede’nin Çocukları</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789754947199</t>
+          <t>9789752212633</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Kahkahacı Sınıf</t>
+          <t>Üst Komşum Zebra</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789752208872</t>
+          <t>9789752207561</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Albie Bright'in Sayısız Dünyası</t>
+          <t>Sevgi İzi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789752212503</t>
+          <t>9789752204805</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Pembe Bir Renk Değildir</t>
+          <t>Şehre Kaçış</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>365</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789752212527</t>
+          <t>9789752212619</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Renklenme Günü</t>
+          <t>Aramızda Kalmasın</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>390</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789752212480</t>
+          <t>9789752212626</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Uzay Tuhaflığı</t>
+          <t>Hedefi Bulmayan Kurşun (Perşembe Günü Cinayet Kulübü #3)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789752212510</t>
+          <t>9782222548805</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Gece Diye Bir Şey Yoktur!</t>
+          <t>Perşembe Günü Cinayet Kulübü Serisi</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>390</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789752212473</t>
+          <t>9789752201279</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Sinoplu Marcion’un Kayıp İncili</t>
+          <t>Şu Çılgın Türkler</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>660</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789752212497</t>
+          <t>9789752212541</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>TaTuTa’ya Yolculuk</t>
+          <t>Kim Bu Konuşan?</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9782202547842</t>
+          <t>9789752212534</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla Serisi (3 Kitap)</t>
+          <t>Ressam Olmak İsteyen Papağan</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>960</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9782202547903</t>
+          <t>9789752212558</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Döngü Üçlemesi</t>
+          <t>Segu Toprak Surlar</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>1770</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9782202547927</t>
+          <t>9789752212565</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler Maceraları Seti</t>
+          <t>Ordesa</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>1340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9782202547910</t>
+          <t>9789752209817</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı Seti</t>
+          <t>Ben Yanılabilirim</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>8270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789752212411</t>
+          <t>9789752200760</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Yuvada Yeşeren Yaşam</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>590</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789752212404</t>
+          <t>9789752203587</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Denek 3.8.3</t>
+          <t>Kuş Ağacı</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>475</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789752212381</t>
+          <t>9789754947168</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Ati’nin Deprem Kitabı</t>
+          <t>Küçük Futbolcu</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789752212398</t>
+          <t>9789754947199</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Şapkalı Solucan</t>
+          <t>Kahkahacı Sınıf</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789752212343</t>
+          <t>9789752208872</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Adını Arayan Destan</t>
+          <t>Albie Bright'in Sayısız Dünyası</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789752212312</t>
+          <t>9789752212503</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Dadı Eftalya’nın Pembe Misketi</t>
+          <t>Pembe Bir Renk Değildir</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789752212336</t>
+          <t>9789752212527</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Sapkınlar</t>
+          <t>Renklenme Günü</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>825</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789752212374</t>
+          <t>9789752212480</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>100 Yıla Bakış 1923-2023</t>
+          <t>Uzay Tuhaflığı</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789752212367</t>
+          <t>9789752212510</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Çamur Böceği</t>
+          <t>Gece Diye Bir Şey Yoktur!</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789752212350</t>
+          <t>9789752212473</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Foks - Tarihe Tanıklık Eden Köpek</t>
+          <t>Sinoplu Marcion’un Kayıp İncili</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>225</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789752212329</t>
+          <t>9789752212497</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Kalbi</t>
+          <t>TaTuTa’ya Yolculuk</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>540</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789752212305</t>
+          <t>9782202547842</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sürgün (Özel Baskı) (Ciltli)</t>
+          <t>King ve Kayla Serisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>750</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789752212244</t>
+          <t>9782202547903</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlar Nereye Yağar</t>
+          <t>Döngü Üçlemesi</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>280</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789752212237</t>
+          <t>9782202547927</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye Defteri</t>
+          <t>Erik Vogler Maceraları Seti</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>415</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789752212213</t>
+          <t>9782202547910</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Yanlış Kız</t>
+          <t>Halikarnas Balıkçısı Seti</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>335</v>
+        <v>8270</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789752212220</t>
+          <t>9789752212411</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Pan'ın Penceresi</t>
+          <t>Yuvada Yeşeren Yaşam</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789752212084</t>
+          <t>9789752212404</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 1 - Kayıp Kurabiye Olayı</t>
+          <t>Denek 3.8.3</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>320</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789752212091</t>
+          <t>9789752212381</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 2 - Gizemli Fare Olayı</t>
+          <t>Ati’nin Deprem Kitabı</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789752212107</t>
+          <t>9789752212398</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>King ve Kayla 3 - Gizli Şifre Olayı</t>
+          <t>Şapkalı Solucan</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789752212077</t>
+          <t>9789752212343</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Çok Çok Harika Bir Okul</t>
+          <t>Adını Arayan Destan</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789752212053</t>
+          <t>9789752212312</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Güneşi Mustafa Kemal Atatürk</t>
+          <t>Dadı Eftalya’nın Pembe Misketi</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789752212060</t>
+          <t>9789752212336</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Mustafa Kemal Atatürk</t>
+          <t>Sapkınlar</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789752212015</t>
+          <t>9789752212374</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Sonra Güneş Açtı</t>
+          <t>100 Yıla Bakış 1923-2023</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>475</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789752211940</t>
+          <t>9789752212367</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Devridaim</t>
+          <t>Çamur Böceği</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789752212008</t>
+          <t>9789752212350</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Uzun Parlak Nehir</t>
+          <t>Foks - Tarihe Tanıklık Eden Köpek</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>505</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789752211995</t>
+          <t>9789752212329</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Papirüs</t>
+          <t>Kentlerin Kalbi</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>590</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789752211834</t>
+          <t>9789752212305</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Dominikli</t>
+          <t>Mavi Sürgün (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>435</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789752211810</t>
+          <t>9789752212244</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Cezeri ve Mezopotamya'daki Sır</t>
+          <t>Yağmurlar Nereye Yağar</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789752211643</t>
+          <t>9789752212237</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Ebola 76</t>
+          <t>Kuvayı Milliye Defteri</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>295</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789752211827</t>
+          <t>9789752212213</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Resmini Yolla</t>
+          <t>Erik Vogler ve Yanlış Kız</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>500</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789752211803</t>
+          <t>9789752212220</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Jack Sparks'ın Son Günleri</t>
+          <t>Pan'ın Penceresi</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789752211636</t>
+          <t>9789752212084</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Stan Gezegeni</t>
+          <t>King ve Kayla 1 - Kayıp Kurabiye Olayı</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789752211414</t>
+          <t>9789752212091</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Keşif</t>
+          <t>King ve Kayla 2 - Gizemli Fare Olayı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789752211629</t>
+          <t>9789752212107</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Ben Mantar Kafa Değilim</t>
+          <t>King ve Kayla 3 - Gizli Şifre Olayı</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789752211605</t>
+          <t>9789752212077</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Küçücük Bir Şaka</t>
+          <t>Çok Çok Harika Bir Okul</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789752211421</t>
+          <t>9789752212053</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Mo</t>
+          <t>Anadolu'nun Güneşi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789752211582</t>
+          <t>9789752212060</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Her Yerde Sev</t>
+          <t>Mucize - Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789752211599</t>
+          <t>9789752212015</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Bir Kirpi Bin Masal</t>
+          <t>Sonra Güneş Açtı</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>335</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789752211612</t>
+          <t>9789752211940</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bumbum - Kim Yaptı Bunu?</t>
+          <t>Devridaim</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789752211551</t>
+          <t>9789752212008</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Mutasyonlar</t>
+          <t>Uzun Parlak Nehir</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>450</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789752211568</t>
+          <t>9789752211995</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Papirüs</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>265</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9788757854787</t>
+          <t>9789752211834</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Akıl Almaz Maceraları Seti (20 Kitap)</t>
+          <t>Dominikli</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>9900</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789752211407</t>
+          <t>9789752211810</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Sözel Çocuk</t>
+          <t>Cezeri ve Mezopotamya'daki Sır</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789752211278</t>
+          <t>9789752211643</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Saklı Asa</t>
+          <t>Ebola 76</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789752211254</t>
+          <t>9789752211827</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Ayışığından Kayan - Manzum Hikaye</t>
+          <t>Bana Bir Resmini Yolla</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789752211261</t>
+          <t>9789752211803</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati 2 - Japonya</t>
+          <t>Jack Sparks'ın Son Günleri</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789752211247</t>
+          <t>9789752211636</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Anımsıyorum</t>
+          <t>Stan Gezegeni</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789752211230</t>
+          <t>9789752211414</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Dişler!</t>
+          <t>Keşif</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>435</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789752211223</t>
+          <t>9789752211629</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Romanı</t>
+          <t>Canavar Bumbum - Ben Mantar Kafa Değilim</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789752211216</t>
+          <t>9789752211605</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Düdüklü Tencere Orkestrası</t>
+          <t>Canavar Bumbum - Küçücük Bir Şaka</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9782084687827</t>
+          <t>9789752211421</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanlar Dizisi (5 Kitap)</t>
+          <t>Ejderha Mo</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9782084687834</t>
+          <t>9789752211582</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Çocuklar Dizisi (6 Kitap)</t>
+          <t>Her Zaman Her Yerde Sev</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>990</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789781254550</t>
+          <t>9789752211599</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Teo Dizisi - 9 Kitap Takım</t>
+          <t>Bir Kirpi Bin Masal</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>2880</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9782084687841</t>
+          <t>9789752211612</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat ve Felsefe Dizisi (5 Kitap)</t>
+          <t>Canavar Bumbum - Kim Yaptı Bunu?</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>770</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786054875429</t>
+          <t>9789752211551</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 11 Kitap</t>
+          <t>Mutasyonlar</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>1100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789752211179</t>
+          <t>9789752211568</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789752210929</t>
+          <t>9788757854787</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Kızları</t>
+          <t>Anneannemin Akıl Almaz Maceraları Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>190</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789752210998</t>
+          <t>9789752211407</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat’ın Romanı</t>
+          <t>Sözel Çocuk</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9782754587457</t>
+          <t>9789752211278</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Eğer Serisi Seti - 6 Kitap Takım</t>
+          <t>Saklı Asa</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>1980</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789782548870</t>
+          <t>9789752211254</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar Seti (6 Kitap Takım)</t>
+          <t>Ayışığından Kayan - Manzum Hikaye</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>1060</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789752210875</t>
+          <t>9789752211261</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Kutusu</t>
+          <t>Kum Saati 2 - Japonya</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789752210899</t>
+          <t>9789752211247</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Anımsıyorum</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789752210868</t>
+          <t>9789752211230</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Misty Abbey Kalesi Laneti</t>
+          <t>Sakın Açma Dişler!</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>335</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789752210882</t>
+          <t>9789752211223</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kanatlar Altında - Döngü İçlemesi 2</t>
+          <t>Hayatımın Romanı</t>
         </is>
       </c>
       <c r="C1348" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789754948233</t>
+          <t>9789752211216</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Uysal Dev</t>
+          <t>Düdüklü Tencere Orkestrası</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789754949230</t>
+          <t>9782084687827</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Ufuk</t>
+          <t>Çocuk Kahramanlar Dizisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789752210912</t>
+          <t>9782084687834</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Değiştirme Rehberi</t>
+          <t>Gezgin Çocuklar Dizisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>415</v>
+        <v>990</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789752210905</t>
+          <t>9789781254550</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Teo Dizisi - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>335</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786661254730</t>
+          <t>9782084687841</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri Seti (5 kitap)</t>
+          <t>Çocuklar İçin Sanat ve Felsefe Dizisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>550</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>2789786022571</t>
+          <t>9786054875429</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türk Mucizesi Seti (2 Kitap Takım)</t>
+          <t>Stefan Zweig Seti - 11 Kitap</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>1595</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789756987858</t>
+          <t>9789752211179</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Ernest Hemingway Seti (18 Kitap Takım)</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>8875</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786661254723</t>
+          <t>9789752210929</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı Seti (5 Kitap Takım)</t>
+          <t>Babalar ve Kızları</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>1600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786661254716</t>
+          <t>9789752210998</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kasabası Serisi (3 Kitap Takım)</t>
+          <t>Hipokrat’ın Romanı</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>630</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786661254747</t>
+          <t>9782754587457</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu Serisi Seti (5 Kitap Takım)</t>
+          <t>Eğer Serisi Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>775</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786661254778</t>
+          <t>9789782548870</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler Dizisi (Beş Kitaplık Set)</t>
+          <t>Hüseyin Rahmi Gürpınar Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>1325</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786661254761</t>
+          <t>9789752210875</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü Okuma Kitapları Seti (5 Kitap Takım)</t>
+          <t>Bilmece Kutusu</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>775</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789752210691</t>
+          <t>9789752210899</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi - The Black Cat</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789752210707</t>
+          <t>9789752210868</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kedi - The White Cat</t>
+          <t>Erik Vogler ve Misty Abbey Kalesi Laneti</t>
         </is>
       </c>
       <c r="C1362" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789752210684</t>
+          <t>9789752210882</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Karalama Defteri</t>
+          <t>Kutlu Kanatlar Altında - Döngü İçlemesi 2</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789752210554</t>
+          <t>9789754948233</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediğimiz Şeyler</t>
+          <t>Uysal Dev</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>560</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789752210530</t>
+          <t>9789754949230</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Larva Avcısı</t>
+          <t>Uykucu Ufuk</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789752210592</t>
+          <t>9789752210912</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Gazi Babamız</t>
+          <t>Her Şeyi Değiştirme Rehberi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>165</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789752210561</t>
+          <t>9789752210905</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Mucizeli Hayvanlar Kulübü</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>210</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789752210523</t>
+          <t>9786661254730</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo ve Sürüsü</t>
+          <t>Armut Kafa Ailesinin Serüvenleri Seti (5 kitap)</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>435</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789752210578</t>
+          <t>2789786022571</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Bir Aykırı Adam</t>
+          <t>Cumhuriyet Türk Mucizesi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>145</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789752210547</t>
+          <t>9789756987858</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Ben Tituba Salem'in Kara Cadısı</t>
+          <t>Ernest Hemingway Seti (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>335</v>
+        <v>8875</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789752210363</t>
+          <t>9786661254723</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Maisie Day’in Sonsuz Canları</t>
+          <t>Çılgınlar Sınıfı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>320</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789752210585</t>
+          <t>9786661254716</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Kalım Arasındaki İnce Çizgi</t>
+          <t>Mucize Kasabası Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>120</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789752210356</t>
+          <t>9786661254747</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Ne İçindeyiz Ne Dışında</t>
+          <t>Palyaço Okulu Serisi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>190</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789752210349</t>
+          <t>9786661254778</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Özel Coğrafya Dersleri</t>
+          <t>Tittirikler Dizisi (Beş Kitaplık Set)</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>280</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789752210318</t>
+          <t>9786661254761</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Perşembe Günü Cinayet Kulübü</t>
+          <t>Muzaffer İzgü Okuma Kitapları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>600</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789752210325</t>
+          <t>9789752210691</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni ve Dinle!</t>
+          <t>Kara Kedi - The Black Cat</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>455</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789752210097</t>
+          <t>9789752210707</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Bekleyenler</t>
+          <t>Beyaz Kedi - The White Cat</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789752210332</t>
+          <t>9789752210684</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Seven Adam</t>
+          <t>Tanrı'nın Karalama Defteri</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>825</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789752209879</t>
+          <t>9789752210554</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Saatin Arka Yüzü</t>
+          <t>Söyleyemediğimiz Şeyler</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789752210011</t>
+          <t>9789752210530</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Clara'nın Yolculuğu</t>
+          <t>Larva Avcısı</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789752210004</t>
+          <t>9789752210592</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>13. Bölüm</t>
+          <t>Gazi Babamız</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789752210028</t>
+          <t>9789752210561</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Mucizeli Hayvanlar Kulübü</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789752209992</t>
+          <t>9789752210523</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Ama O Zaman Elma Ağacı Büyür müydü?</t>
+          <t>Don Camillo ve Sürüsü</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>240</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789752209978</t>
+          <t>9789752210578</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurtları İçin Kitap Değerlendirme Defteri</t>
+          <t>Bir Aykırı Adam</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>335</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789752209985</t>
+          <t>9789752210547</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İsteyen Kedi</t>
+          <t>Ben Tituba Salem'in Kara Cadısı</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>385</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789752209961</t>
+          <t>9789752210363</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Farkında</t>
+          <t>Maisie Day’in Sonsuz Canları</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789752209954</t>
+          <t>9789752210585</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Macera Vakti Babişko</t>
+          <t>Ölümle Kalım Arasındaki İnce Çizgi</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789752209930</t>
+          <t>9789752210356</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>İlhan, Mahir, David</t>
+          <t>Ne İçindeyiz Ne Dışında</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789752209855</t>
+          <t>9789752210349</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı Kuşağı - Doğuş ve Arayış</t>
+          <t>Özel Coğrafya Dersleri</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789752209831</t>
+          <t>9789752210318</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Buradaki Kitap Nereye Gitti?</t>
+          <t>Perşembe Günü Cinayet Kulübü</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789752209824</t>
+          <t>9789752210325</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Hikayesi</t>
+          <t>Kapa Çeneni ve Dinle!</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>270</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789752209848</t>
+          <t>9789752210097</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Laiklik Siyaseti</t>
+          <t>Korkuyu Bekleyenler</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789752209732</t>
+          <t>9789752210332</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Altın Madeni</t>
+          <t>Köpekleri Seven Adam</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>240</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789752209770</t>
+          <t>9789752209879</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İsteyen Dinozor</t>
+          <t>Saatin Arka Yüzü</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789752209763</t>
+          <t>9789752210011</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Clara'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789752209756</t>
+          <t>9789752210004</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Üzerine</t>
+          <t>13. Bölüm</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789752209749</t>
+          <t>9789752210028</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sınırı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789752209794</t>
+          <t>9789752209992</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Yolu</t>
+          <t>Ama O Zaman Elma Ağacı Büyür müydü?</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789752209800</t>
+          <t>9789752209978</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kül Kahvesi</t>
+          <t>Kitap Kurtları İçin Kitap Değerlendirme Defteri</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789752209787</t>
+          <t>9789752209985</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>21 Köy Enstitüsü / Çınarlar Anlatıyor</t>
+          <t>Astronot Olmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789752209688</t>
+          <t>9789752209961</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Yapışır!</t>
+          <t>Farkında</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>435</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789752209725</t>
+          <t>9789752209954</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Dünyadan Öyküler</t>
+          <t>Macera Vakti Babişko</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789752209718</t>
+          <t>9789752209930</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Gölde</t>
+          <t>İlhan, Mahir, David</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789752209701</t>
+          <t>9789752209855</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Havlamak İsteyen Köpekbalığı</t>
+          <t>68 Kuşağı Kuşağı - Doğuş ve Arayış</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789752209695</t>
+          <t>9789752209831</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dedi Ki</t>
+          <t>Buradaki Kitap Nereye Gitti?</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>500</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789752208681</t>
+          <t>9789752209824</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Scratch 3 İle Kodlamak Çok Kolay</t>
+          <t>Balinanın Hikayesi</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789752209657</t>
+          <t>9789752209848</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Laiklik Siyaseti</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789752209671</t>
+          <t>9789752209732</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Dedektif</t>
+          <t>Altın Madeni</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789752209633</t>
+          <t>9789752209770</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Portakal Bahçesi</t>
+          <t>Mutlu Olmak İsteyen Dinozor</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789752209640</t>
+          <t>9789752209763</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuklar Atlası</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789752209664</t>
+          <t>9789752209756</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Sırlar</t>
+          <t>Şizofreni Üzerine</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>415</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789752209596</t>
+          <t>9789752209749</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Sofraya Bir Tabak Daha Koy</t>
+          <t>Cennetin Sınırı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789752209626</t>
+          <t>9789752209794</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Semercisi - Mucize Kasabası</t>
+          <t>Bağımsızlık Yolu</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789752209602</t>
+          <t>9789752209800</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Leya - Mucize Kasabası</t>
+          <t>Kül Kahvesi</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789752209589</t>
+          <t>9789752209787</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kitaplık - Mucize Kasabası</t>
+          <t>21 Köy Enstitüsü / Çınarlar Anlatıyor</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789752209558</t>
+          <t>9789752209688</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Annişkosal Mücadele</t>
+          <t>Sakın Açma Yapışır!</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789752209565</t>
+          <t>9789752209725</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Gri</t>
+          <t>Doğa - Dünyadan Öyküler</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>365</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789752209541</t>
+          <t>9789752209718</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Babişkomel Macera</t>
+          <t>Gölde</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789752209572</t>
+          <t>9789752209701</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Şehri - Beş Benzemez</t>
+          <t>Havlamak İsteyen Köpekbalığı</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>295</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789942001900</t>
+          <t>9789752209695</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
+          <t>Kadın Dedi Ki</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>1060</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9782000145875</t>
+          <t>9789752208681</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Suç Dehaları Serisi (3 Kitap Takım)</t>
+          <t>Scratch 3 İle Kodlamak Çok Kolay</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>1200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789752209527</t>
+          <t>9789752209657</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>3990000027341</t>
+          <t>9789752209671</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 8 Güz 2020</t>
+          <t>Dedektif</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>136</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789752209480</t>
+          <t>9789752209633</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Şeytanminareleri</t>
+          <t>Portakal Bahçesi</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789752209459</t>
+          <t>9789752209640</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Dönüşü</t>
+          <t>Tek Çocuklar Atlası</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789752209503</t>
+          <t>9789752209664</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Göklerden Gelen Umut - Döngü / Bir İnsanlık Üçlemesi</t>
+          <t>Gölgedeki Sırlar</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>590</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789752209473</t>
+          <t>9789752209596</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Siranuş’un Mızıkası</t>
+          <t>Sofraya Bir Tabak Daha Koy</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789752209510</t>
+          <t>9789752209626</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Ambrosia</t>
+          <t>Ejderha Semercisi - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789752209497</t>
+          <t>9789752209602</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katilim</t>
+          <t>Leyla İle Leya - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789752209428</t>
+          <t>9789752209589</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Maymun</t>
+          <t>Uçan Kitaplık - Mucize Kasabası</t>
         </is>
       </c>
       <c r="C1430" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789752209411</t>
+          <t>9789752209558</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Jamie Drake Denklemi</t>
+          <t>Annişkosal Mücadele</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789752209466</t>
+          <t>9789752209565</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Anıları</t>
+          <t>Bu Kitap Gri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789752209442</t>
+          <t>9789752209541</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları</t>
+          <t>Babişkomel Macera</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789752209435</t>
+          <t>9789752209572</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Kulübenin Gizemi</t>
+          <t>Dinozorlar Şehri - Beş Benzemez</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789752209404</t>
+          <t>9789942001900</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Aromatik Adam</t>
+          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>320</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789752209381</t>
+          <t>9782000145875</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Suç Dehaları Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>170</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789752209398</t>
+          <t>9789752209527</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbol Takımı</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789752209374</t>
+          <t>3990000027341</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>İntikam - Suç Dehaları</t>
+          <t>Historia 1923 Tarih ve Kültür Dergisi Sayı: 8 Güz 2020</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>400</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789752209367</t>
+          <t>9789752209480</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>The Philosopher Oak</t>
+          <t>Şeytanminareleri</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789752209350</t>
+          <t>9789752209459</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Astropenguen!</t>
+          <t>Sherlock Holmes'un Dönüşü</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789752209343</t>
+          <t>9789752209503</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Tarlakuşu Mahallesi</t>
+          <t>Göklerden Gelen Umut - Döngü / Bir İnsanlık Üçlemesi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>135</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789752209336</t>
+          <t>9789752209473</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Zine</t>
+          <t>Siranuş’un Mızıkası</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>405</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789752209312</t>
+          <t>9789752209510</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Bilgisavarlar</t>
+          <t>Ambrosia</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789752209305</t>
+          <t>9789752209497</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Süper Yetenekli</t>
+          <t>Sevgili Katilim</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789752209299</t>
+          <t>9789752209428</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Ve Balık Onu Yuttu</t>
+          <t>Dedem Bir Maymun</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>335</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789752209282</t>
+          <t>9789752209411</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Jamie Drake Denklemi</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789752209268</t>
+          <t>9789752209466</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Sherlock Holmes'un Anıları</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789752209275</t>
+          <t>9789752209442</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Sherlock Holmes'un Maceraları</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789752209145</t>
+          <t>9789752209435</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizin İsmet Paşalı Yılları (2 Kitap Takım)</t>
+          <t>Kulübenin Gizemi</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>1750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789752209251</t>
+          <t>9789752209404</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Kapısız Kilitler</t>
+          <t>Aromatik Adam</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789752208964</t>
+          <t>9789752209381</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Muz Kabuğu Cinayeti</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789752209244</t>
+          <t>9789752209398</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin - Bir Devrim</t>
+          <t>Efsane Futbol Takımı</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789752209176</t>
+          <t>9789752209374</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Uçuş</t>
+          <t>İntikam - Suç Dehaları</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789752209183</t>
+          <t>9789752209367</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>PR Mitleri</t>
+          <t>The Philosopher Oak</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789752209237</t>
+          <t>9789752209350</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Bir Köprüden Geçtik</t>
+          <t>Astropenguen!</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789752209220</t>
+          <t>9789752209343</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Eliuzunlar Akademisi</t>
+          <t>Tarlakuşu Mahallesi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789752209213</t>
+          <t>9789752209336</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Wuhan Günlüğü</t>
+          <t>Zine</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>225</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789752209206</t>
+          <t>9789752209312</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaz</t>
+          <t>Bilgisavarlar</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789752209190</t>
+          <t>9789752209305</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Göbeklitepe'deki Sır</t>
+          <t>Süper Yetenekli</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789752209091</t>
+          <t>9789752209299</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Destanı</t>
+          <t>Ve Balık Onu Yuttu</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789752209084</t>
+          <t>9789752209282</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kadınlar Kahramandır</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789752209121</t>
+          <t>9789752209268</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789752209053</t>
+          <t>9789752209275</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789752209060</t>
+          <t>9789752209145</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Demokrasimizin İsmet Paşalı Yılları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>295</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752209107</t>
+          <t>9789752209251</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Kapısız Kilitler</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789752209039</t>
+          <t>9789752208964</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Mutlaka Almalıyım - Turuncu 430</t>
+          <t>Muz Kabuğu Cinayeti</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>380</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789752209022</t>
+          <t>9789752209244</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şakayık - Selig</t>
+          <t>Charles Darwin - Bir Devrim</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789752208940</t>
+          <t>9789752209176</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Ölümcül Mango Şerbeti</t>
+          <t>Uçuş</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789752209015</t>
+          <t>9789752209183</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzindekiler</t>
+          <t>PR Mitleri</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789752209077</t>
+          <t>9789752209237</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Fransız Belgelerine Göre Mithat Paşa'nın Sonu</t>
+          <t>Bir Köprüden Geçtik</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789752208957</t>
+          <t>9789752209220</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Hemingway</t>
+          <t>Eliuzunlar Akademisi</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789752208841</t>
+          <t>9789752209213</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerinde 1945 Kabusu</t>
+          <t>Wuhan Günlüğü</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789752208988</t>
+          <t>9789752209206</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Fareciği Okula Götürürsen</t>
+          <t>Kara Kaz</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789752208995</t>
+          <t>9789752209190</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Geyikçiğe Top Kek Verirsen</t>
+          <t>Piri Reis ve Göbeklitepe'deki Sır</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789752209008</t>
+          <t>9789752209091</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Köpekçiğe Çörek Verirsen</t>
+          <t>Sakarya Destanı</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789752208971</t>
+          <t>9789752209084</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Çevresinde Yolculuk</t>
+          <t>Bütün Kadınlar Kahramandır</t>
         </is>
       </c>
       <c r="C1476" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789752208865</t>
+          <t>9789752209121</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>3, 2, 1 Fırlat!</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789752208926</t>
+          <t>9789752209053</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem... Evrenin En Harika Annesi</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C1478" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789752208933</t>
+          <t>9789752209060</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam... Evrenin En Harika Babası</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789752208919</t>
+          <t>9789752209107</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Bilge Çiçek</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789752208889</t>
+          <t>9789752209039</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Özlemi</t>
+          <t>Mutlaka Almalıyım - Turuncu 430</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789752208896</t>
+          <t>9789752209022</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ayı (Ciltli)</t>
+          <t>Sihirli Şakayık - Selig</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789752208698</t>
+          <t>9789752208940</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Adalı (Ciltli)</t>
+          <t>Erik Vogler ve Ölümcül Mango Şerbeti</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>500</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789752208902</t>
+          <t>9789752209015</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Kel Çocuk</t>
+          <t>Atatürk'ün İzindekiler</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>100</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789752208858</t>
+          <t>9789752209077</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik Mitleri</t>
+          <t>Fransız Belgelerine Göre Mithat Paşa'nın Sonu</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752208704</t>
+          <t>9789752208957</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Bir Kar Fırtınasında</t>
+          <t>Sonsuza Dek Hemingway</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789752208742</t>
+          <t>9789752208841</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Sfenksi</t>
+          <t>Türkiye Üzerinde 1945 Kabusu</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9782005487420</t>
+          <t>9789752208988</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Behrengi'nin Altın Kalpli Çocukları Seti (7 Kitap Takım)</t>
+          <t>Eğer Bir Fareciği Okula Götürürsen</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>770</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789752208827</t>
+          <t>9789752208995</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 5 - En Komik Şeyler</t>
+          <t>Eğer Bir Geyikçiğe Top Kek Verirsen</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789752208780</t>
+          <t>9789752209008</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 1 - En Korkunç Şeyler</t>
+          <t>Eğer Bir Köpekçiğe Çörek Verirsen</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789752208810</t>
+          <t>9789752208971</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 4 - En Çılgın Şeyler</t>
+          <t>Ay’ın Çevresinde Yolculuk</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789752208797</t>
+          <t>9789752208865</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 3 - En Eğlenceli Şeyler</t>
+          <t>3, 2, 1 Fırlat!</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789752208803</t>
+          <t>9789752208926</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Tittirikler 2 - En Gürültücü Şeyler</t>
+          <t>Benim Annem... Evrenin En Harika Annesi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789752208773</t>
+          <t>9789752208933</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Hırsızı - Beş Benzemez</t>
+          <t>Benim Babam... Evrenin En Harika Babası</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789752208759</t>
+          <t>9789752208919</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Bilge Çiçek</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789752208766</t>
+          <t>9789752208889</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Anıları</t>
+          <t>Gökyüzü Özlemi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789752208667</t>
+          <t>9789752208896</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Çocuk ve Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789752208674</t>
+          <t>9789752208698</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Adalı (Ciltli)</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789752208735</t>
+          <t>9789752208902</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yazma Üzerine</t>
+          <t>Güvercinci Kel Çocuk</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789752208636</t>
+          <t>9789752208858</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Yöneticilik Mitleri</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789752208650</t>
+          <t>9789752208704</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Evvel Zaman İçinde Bir Kar Fırtınasında</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789752208643</t>
+          <t>9789752208742</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Buzlar Sfenksi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789752208612</t>
+          <t>9782005487420</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Behrengi'nin Altın Kalpli Çocukları Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>100</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789752208629</t>
+          <t>9789752208827</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Tittirikler 5 - En Komik Şeyler</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789752208544</t>
+          <t>9789752208780</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
+          <t>Tittirikler 1 - En Korkunç Şeyler</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789752208605</t>
+          <t>9789752208810</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşık Olarak Doğru</t>
+          <t>Tittirikler 4 - En Çılgın Şeyler</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>495</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789752208575</t>
+          <t>9789752208797</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Mitleri</t>
+          <t>Tittirikler 3 - En Eğlenceli Şeyler</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789752208537</t>
+          <t>9789752208803</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Tittirikler 2 - En Gürültücü Şeyler</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9782084587851</t>
+          <t>9789752208773</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Dizisi (5 Kitap Takım)</t>
+          <t>Yerçekimi Hırsızı - Beş Benzemez</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>860</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789752208568</t>
+          <t>9789752208759</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Don Camillo'nun Küçük Dünyası</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789752208520</t>
+          <t>9789752208766</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Sakın Açma Isırır!</t>
+          <t>Genç Bir Doktorun Anıları</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789752208483</t>
+          <t>9789752208667</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Tembel Teneke</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789752208513</t>
+          <t>9789752208674</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar- Suç Dehaları</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789752208599</t>
+          <t>9789752208735</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Yazma Üzerine</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789752208469</t>
+          <t>9789752208636</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789752208551</t>
+          <t>9789752208650</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789752208353</t>
+          <t>9789752208643</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789752208360</t>
+          <t>9789752208612</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C1518" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789752208445</t>
+          <t>9789752208629</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789752208452</t>
+          <t>9789752208544</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789752208391</t>
+          <t>9789752208605</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinin Meclis Süreci</t>
+          <t>Yaklaşık Olarak Doğru</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>560</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789752208421</t>
+          <t>9789752208575</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Nostromo</t>
+          <t>İşyeri Mitleri</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>590</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789752208438</t>
+          <t>9789752208537</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Karmen - Toplu Çeviriler</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789752208384</t>
+          <t>9782084587851</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Duvar ve Adam</t>
+          <t>Bilim ve Teknoloji Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>205</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789752208476</t>
+          <t>9789752208568</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Don Camillo'nun Küçük Dünyası</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789752208377</t>
+          <t>9789752208520</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Bir Geçmiş Düşü</t>
+          <t>Sakın Açma Isırır!</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789752208407</t>
+          <t>9789752208483</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Altın Volkanı</t>
+          <t>Tembel Teneke</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789752208414</t>
+          <t>9789752208513</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Konuşan Bebeği</t>
+          <t>Kaçaklar- Suç Dehaları</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789752208339</t>
+          <t>9789752208599</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasının Sırları</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789752208346</t>
+          <t>9789752208469</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerine Öyküler</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>590</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789752208285</t>
+          <t>9789752208551</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Baba, Savaş Ne Demek?</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789752208308</t>
+          <t>9789752208353</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Efsane Değil İnsanım</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789752208315</t>
+          <t>9789752208360</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789752204027</t>
+          <t>9789752208445</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Masallar (8 Kitap)</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>560</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789752208322</t>
+          <t>9789752208452</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Adayımızsın Hayrettin</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789752208292</t>
+          <t>9789752208391</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Köy Enstitülerinin Meclis Süreci</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>175</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789752208230</t>
+          <t>9789752208421</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Nostromo</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789752208223</t>
+          <t>9789752208438</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Karmen - Toplu Çeviriler</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>170</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789752208278</t>
+          <t>9789752208384</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Duvar ve Adam</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789752208216</t>
+          <t>9789752208476</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789752208247</t>
+          <t>9789752208377</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Bir Geçmiş Düşü</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789752208261</t>
+          <t>9789752208407</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Torbadaki Maksim Gorki</t>
+          <t>Altın Volkanı</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789752208254</t>
+          <t>9789752208414</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Turkish and Greek Relations in an Age of Turmoil (1821 - 1922)</t>
+          <t>Yıldız ile Konuşan Bebeği</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789752208124</t>
+          <t>9789752208339</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Kendi Diliyle Kavrulmak</t>
+          <t>Hayvanlar Dünyasının Sırları</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789787857854</t>
+          <t>9789752208346</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (6 Kitap Takım)</t>
+          <t>Atasözlerine Öyküler</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>1095</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789752208094</t>
+          <t>9789752208285</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Kobra</t>
+          <t>Baba, Savaş Ne Demek?</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789752208117</t>
+          <t>9789752208308</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Tıbbiyeli Hikmet</t>
+          <t>Efsane Değil İnsanım</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>415</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789752208179</t>
+          <t>9789752208315</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789752208100</t>
+          <t>9789752204027</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Masallar (8 Kitap)</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789752208155</t>
+          <t>9789752208322</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Adayımızsın Hayrettin</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789752208186</t>
+          <t>9789752208292</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Kağnı Ses</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789752208148</t>
+          <t>9789752208230</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789752208131</t>
+          <t>9789752208223</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Dağlar ve Rüzgar</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789752208056</t>
+          <t>9789752208278</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789752208162</t>
+          <t>9789752208216</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789752208049</t>
+          <t>9789752208247</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789752208087</t>
+          <t>9789752208261</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Bile Dişlerini Fırçalar</t>
+          <t>Torbadaki Maksim Gorki</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789752208070</t>
+          <t>9789752208254</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Erik Vogler ve Beyaz Şahin Suçları</t>
+          <t>Turkish and Greek Relations in an Age of Turmoil (1821 - 1922)</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789752208063</t>
+          <t>9789752208124</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Limonluk Yurdu'nun Perisi</t>
+          <t>Kendi Diliyle Kavrulmak</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789752208018</t>
+          <t>9789787857854</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oğul Efsanesi</t>
+          <t>Sabahattin Ali Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>590</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789752208032</t>
+          <t>9789752208094</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Köleliğe Kaçış</t>
+          <t>Kobra</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789752208001</t>
+          <t>9789752208117</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Süzme Felsefe</t>
+          <t>Tıbbiyeli Hikmet</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>320</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789752207899</t>
+          <t>9789752208179</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1563" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789752207905</t>
+          <t>9789752208100</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789752208025</t>
+          <t>9789752208155</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Düşler Diyarı</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789752207974</t>
+          <t>9789752208186</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Tanıyalım</t>
+          <t>Kağnı Ses</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789752207998</t>
+          <t>9789752208148</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Hayvan Sevgisi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789752207981</t>
+          <t>9789752208131</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Doğa Sevgisi</t>
+          <t>Değirmen Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789752207967</t>
+          <t>9789752208056</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye Öyküleri</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789752207875</t>
+          <t>9789752208162</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç - Suç Dehaları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789752207943</t>
+          <t>9789752208049</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Aparkat</t>
+          <t>Türk Destanları</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789752207912</t>
+          <t>9789752208087</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Canavarlar Bile Dişlerini Fırçalar</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789752207936</t>
+          <t>9789752208070</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Fıkraları</t>
+          <t>Erik Vogler ve Beyaz Şahin Suçları</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>100</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789752207929</t>
+          <t>9789752208063</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Söyle Söyleyebilirsen - Tekerlemeler</t>
+          <t>Limonluk Yurdu'nun Perisi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789752207882</t>
+          <t>9789752208018</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Clara’nın Yolculuğu - Sezahat</t>
+          <t>Büyük Oğul Efsanesi</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789752207844</t>
+          <t>9789752208032</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Köleliğe Kaçış</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789752207868</t>
+          <t>9789752208001</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Süzme Felsefe</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789752207851</t>
+          <t>9789752207899</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Ruh İkizleri</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789752207820</t>
+          <t>9789752207905</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789752207813</t>
+          <t>9789752208025</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Düşler Diyarı</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789752207806</t>
+          <t>9789752207974</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>Atatürk’ü Tanıyalım</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789752207790</t>
+          <t>9789752207998</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Muz Cenneti</t>
+          <t>Atatürk’ün Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789752207783</t>
+          <t>9789752207981</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Filozof Meşe</t>
+          <t>Atatürk'ün Doğa Sevgisi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789752207622</t>
+          <t>9789752207967</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>The Armenian Revolutionary Movement</t>
+          <t>Kuvayı Milliye Öyküleri</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789752207615</t>
+          <t>9789752207875</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin İhtilal Hareketleri</t>
+          <t>Başlangıç - Suç Dehaları</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789752207752</t>
+          <t>9789752207943</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Aparkat</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789752207707</t>
+          <t>9789752207912</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C1587" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789752207776</t>
+          <t>9789752207936</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C1588" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789752207769</t>
+          <t>9789752207929</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Söyle Söyleyebilirsen - Tekerlemeler</t>
         </is>
       </c>
       <c r="C1589" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789752207745</t>
+          <t>9789752207882</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Teo'nun Zorbalık Kitabı</t>
+          <t>Clara’nın Yolculuğu - Sezahat</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789752207738</t>
+          <t>9789752207844</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Teo'nun "Ben Nereden Geldim?" Kitabı</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789752207721</t>
+          <t>9789752207868</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Kral Teo Kitabı</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789752207653</t>
+          <t>9789752207851</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Nick Adams Öyküleri (Bütün Eserleri 14)</t>
+          <t>Ruh İkizleri</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789752207714</t>
+          <t>9789752207820</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Sobe - Öldün</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789752207691</t>
+          <t>9789752207813</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789752207684</t>
+          <t>9789752207806</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Hmm! Dedi Doktor; Anjio Olmanız Gerekiyor...</t>
+          <t>Bağrıyanık Ömer</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789752207660</t>
+          <t>9789752207790</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti Babişko</t>
+          <t>Muz Cenneti</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789752207677</t>
+          <t>9789752207783</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Okul Vakti Babişko</t>
+          <t>Filozof Meşe</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789752207639</t>
+          <t>9789752207622</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Bizi Seviyor</t>
+          <t>The Armenian Revolutionary Movement</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789752207578</t>
+          <t>9789752207615</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Odamdaki Hayalet</t>
+          <t>Ermenilerin İhtilal Hareketleri</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789752207585</t>
+          <t>9789752207752</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789752207554</t>
+          <t>9789752207707</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C1602" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789752207530</t>
+          <t>9789752207776</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Bozma Kızın Moralini</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789752207523</t>
+          <t>9789752207769</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789752207486</t>
+          <t>9789752207745</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Kayıp Yumurtayı Arıyorlar</t>
+          <t>Teo'nun Zorbalık Kitabı</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789752207479</t>
+          <t>9789752207738</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Gökkuşağı Yapıyorlar</t>
+          <t>Teo'nun "Ben Nereden Geldim?" Kitabı</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789752207493</t>
+          <t>9789752207721</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Tanışıyorlar</t>
+          <t>Kral Teo Kitabı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789752207462</t>
+          <t>9789752207653</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya - Değirmende</t>
+          <t>Nick Adams Öyküleri (Bütün Eserleri 14)</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789752207509</t>
+          <t>9789752207714</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Bayan Şeftali ve Alya Uçurtma Uçuruyorlar</t>
+          <t>Sobe - Öldün</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789752207455</t>
+          <t>9789752207691</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Suları Çekilen Nehir</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789752207448</t>
+          <t>9789752207684</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Yalınayak Uçar</t>
+          <t>Hmm! Dedi Doktor; Anjio Olmanız Gerekiyor...</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789752207431</t>
+          <t>9789752207660</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Al Söyle Beni</t>
+          <t>Uyku Vakti Babişko</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>155</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9789752207417</t>
+          <t>9789752207677</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Siyasetçinin Günlüğünden</t>
+          <t>Okul Vakti Babişko</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9789752207370</t>
+          <t>9789752207639</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Sakarya</t>
+          <t>Atatürk Bizi Seviyor</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>825</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789752207400</t>
+          <t>9789752207578</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşının Mali Kaynakları</t>
+          <t>Odamdaki Hayalet</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>475</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789752207424</t>
+          <t>9789752207585</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>İktidar Kıskacında Din</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789752207394</t>
+          <t>9789752207554</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789752207356</t>
+          <t>9789752207530</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bozma Kızın Moralini</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789752207363</t>
+          <t>9789752207523</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Kol ve İspanya İç Savaşının Dört Öyküsü</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>335</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789752207349</t>
+          <t>9789752207486</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama</t>
+          <t>Bayan Şeftali ve Alya Kayıp Yumurtayı Arıyorlar</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789752207288</t>
+          <t>9789752207479</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Yılgayak</t>
+          <t>Bayan Şeftali ve Alya Gökkuşağı Yapıyorlar</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9789752207325</t>
+          <t>9789752207493</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bayan Şeftali ve Alya Tanışıyorlar</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789752207165</t>
+          <t>9789752207462</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Bayan Şeftali ve Alya - Değirmende</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789752207295</t>
+          <t>9789752207509</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bayan Şeftali ve Alya Uçurtma Uçuruyorlar</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789752207301</t>
+          <t>9789752207455</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Nutuk</t>
+          <t>Suları Çekilen Nehir</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789752207318</t>
+          <t>9789752207448</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer İzgü ile Gülümsemek</t>
+          <t>Kuşlar Yalınayak Uçar</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789752207202</t>
+          <t>9789752207431</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Altındağ</t>
+          <t>Al Söyle Beni</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>505</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789752207271</t>
+          <t>9789752207417</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Başka Şeylerin Şiirleri</t>
+          <t>Siyasetçinin Günlüğünden</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9789752207257</t>
+          <t>9789752207370</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kapısı</t>
+          <t>Sakarya</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>120</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9789752207233</t>
+          <t>9789752207400</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Acemi Korsan</t>
+          <t>Kurtuluş Savaşının Mali Kaynakları</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789752207226</t>
+          <t>9789752207424</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Atatürk</t>
+          <t>İktidar Kıskacında Din</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789752207172</t>
+          <t>9789752207394</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>En Komik Nasreddin Hoca Fıkraları</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9789752207189</t>
+          <t>9789752207356</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklayan Fıkralar</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C1633" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789752207219</t>
+          <t>9789752207363</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Topraklar</t>
+          <t>Beşinci Kol ve İspanya İç Savaşının Dört Öyküsü</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9789752207141</t>
+          <t>9789752207349</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Salak</t>
+          <t>Masallı Boyama</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9789752207110</t>
+          <t>9789752207288</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Yılgayak</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9789752207158</t>
+          <t>9789752207325</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Amerika Diye Diye</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9789752207080</t>
+          <t>9789752207165</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>İnsan/Üstüninsan</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>415</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9789752207134</t>
+          <t>9789752207295</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Türk Yıldızları</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>435</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9789752207097</t>
+          <t>9789752207301</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Çocuklar ve Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9789752207103</t>
+          <t>9789752207318</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Muzaffer İzgü ile Gülümsemek</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9789752207011</t>
+          <t>9789752207202</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Temsilcileri</t>
+          <t>Altındağ</t>
         </is>
       </c>
       <c r="C1642" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9789752207073</t>
+          <t>9789752207271</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunun Psikoloğu Olmak</t>
+          <t>Başka Şeylerin Şiirleri</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9789752207028</t>
+          <t>9789752207257</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Sokak Kapısı</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9789752207035</t>
+          <t>9789752207233</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant'in Çocukları</t>
+          <t>Acemi Korsan</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9789752207066</t>
+          <t>9789752207226</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Şşşşt!</t>
+          <t>Öğretmenim Atatürk</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9789752207059</t>
+          <t>9789752207172</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>En Komik Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9789752207042</t>
+          <t>9789752207189</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Gıdıklayan Fıkralar</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9789752207004</t>
+          <t>9789752207219</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şiirler</t>
+          <t>Lanetli Topraklar</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9789752206946</t>
+          <t>9789752207141</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Pasklılar - Şapşal Baykuş (Ciltli)</t>
+          <t>Sevgili Salak</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9789752206977</t>
+          <t>9789752207110</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Saldırgan Masum Annem</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9789752206991</t>
+          <t>9789752207158</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Gecesinde Bir Tren</t>
+          <t>Amerika Diye Diye</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9789752206953</t>
+          <t>9789752207080</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Noel Babalar Grevde</t>
+          <t>İnsan/Üstüninsan</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>210</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9789752206984</t>
+          <t>9789752207134</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşlarında Rumeli Türkleri</t>
+          <t>Türk Yıldızları</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>405</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9789752206908</t>
+          <t>9789752207097</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Balıkçı'ya Merhaba</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789752206960</t>
+          <t>9789752207103</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9789752206939</t>
+          <t>9789752207011</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Apartmanı</t>
+          <t>Tanrı'nın Temsilcileri</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>110</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9789752206922</t>
+          <t>9789752207073</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Tüm Öyküleri</t>
+          <t>Çocuğunun Psikoloğu Olmak</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>1050</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789752206915</t>
+          <t>9789752207028</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Öyküleri</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9789752206830</t>
+          <t>9789752207035</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kaptan Grant'in Çocukları</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9789752206854</t>
+          <t>9789752207066</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Derin Şehir</t>
+          <t>Şşşşt!</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789752206861</t>
+          <t>9789752207059</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Kafka Oteli</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9789752206885</t>
+          <t>9789752207042</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Domuzcuğa Parti Verirsen</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9789752206892</t>
+          <t>9789752207004</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Kediciğe Kek Verirsen</t>
+          <t>Uçan Şiirler</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789752206878</t>
+          <t>9789752206946</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bir Fareciğe Kurabiye Verirsen</t>
+          <t>Pasklılar - Şapşal Baykuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9789752206847</t>
+          <t>9789752206977</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Saldırgan Masum Annem</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9789752206823</t>
+          <t>9789752206991</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Yetenek(siz)</t>
+          <t>Bozkır Gecesinde Bir Tren</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>335</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9789752206816</t>
+          <t>9789752206953</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Noel Babalar Grevde</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9789752206809</t>
+          <t>9789752206984</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Balkan Savaşlarında Rumeli Türkleri</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>170</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789752206793</t>
+          <t>9789752206908</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>O İyi Kitaplar Olmasaydı</t>
+          <t>Anılarla Balıkçı'ya Merhaba</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9789752206779</t>
+          <t>9789752206960</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>335</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9789752206762</t>
+          <t>9789752206939</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Hayri potur Harry Potter'a Karşı</t>
+          <t>Mevsim Apartmanı</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>560</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9789754940121</t>
+          <t>9789752206922</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Uluç Reis Bütün Eserleri 5</t>
+          <t>Tüm Öyküleri</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>650</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9789752201484</t>
+          <t>9789752206915</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Balım Kız Dalım Oğul</t>
+          <t>Deyimler ve Öyküleri</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>275</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9789752206649</t>
+          <t>9789752206830</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Türkiye Gerçeği</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>590</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9789754940855</t>
+          <t>9789752206854</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Belgeleriyle Sakarya'dan İzmir'e</t>
+          <t>Uykusu Derin Şehir</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>590</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789752206717</t>
+          <t>9789752206861</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Kafka Oteli</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789752206724</t>
+          <t>9789752206885</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Eğer Bir Domuzcuğa Parti Verirsen</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9789752206670</t>
+          <t>9789752206892</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Korkak Babam</t>
+          <t>Eğer Bir Kediciğe Kek Verirsen</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789752206700</t>
+          <t>9789752206878</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Evlat</t>
+          <t>Eğer Bir Fareciğe Kurabiye Verirsen</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9789752206656</t>
+          <t>9789752206847</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubur Canavarı</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9789752206663</t>
+          <t>9789752206823</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Terör PKK</t>
+          <t>Yetenek(siz)</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789752206632</t>
+          <t>9789752206816</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1683" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9789752206618</t>
+          <t>9789752206809</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Falaka ve Gecelerim</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789752206601</t>
+          <t>9789752206793</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>O İyi Kitaplar Olmasaydı</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>170</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789752201682</t>
+          <t>9789752206779</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Deniz (İhtiyar Balıkçı)</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789752206472</t>
+          <t>9789752206762</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Sınıfta Neler Oluyor?</t>
+          <t>Hayri potur Harry Potter'a Karşı</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>155</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789752206458</t>
+          <t>9789754940121</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Ya Hiç</t>
+          <t>Halikarnas Balıkçısı - Uluç Reis Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>335</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9789752206465</t>
+          <t>9789752201484</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Cehennemi</t>
+          <t>Balım Kız Dalım Oğul</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9789752206441</t>
+          <t>9789752206649</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Anılarla Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9789752206359</t>
+          <t>9789754940855</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Naif Bir Flamingonun Günlüğü</t>
+          <t>İngiliz Belgeleriyle Sakarya'dan İzmir'e</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>205</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9789752206403</t>
+          <t>9789752206717</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar - Timsah Havuzu (Ciltli)</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9789752206342</t>
+          <t>9789752206724</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C1693" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9789752206335</t>
+          <t>9789752206670</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Kahraman Korkak Babam</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9789752204836</t>
+          <t>9789752206700</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Korku Öyküleri Cilt: 2</t>
+          <t>Evlat</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9789752206267</t>
+          <t>9789752206656</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi Mezunları Üzerine Bir Araştırma</t>
+          <t>Abur Cubur Canavarı</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9789752204812</t>
+          <t>9789752206663</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Çiçekleri</t>
+          <t>Terör PKK</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9789752205987</t>
+          <t>9789752206632</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Örümceği</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9789752205956</t>
+          <t>9789752206618</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Pasaklılar- Tehlikeli Maymun (Ciltli)</t>
+          <t>Falaka ve Gecelerim</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9789752205888</t>
+          <t>9789752206601</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Dalga Geçme Kitabı</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9789752205871</t>
+          <t>9789752201682</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Can Sıkıntısı Kitabı</t>
+          <t>Yaşlı Adam ve Deniz (İhtiyar Balıkçı)</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9789752205895</t>
+          <t>9789752206472</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Tablet Kitabı</t>
+          <t>Palyaço Okulu - Sınıfta Neler Oluyor?</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>320</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9789752205598</t>
+          <t>9789752206458</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9789752205901</t>
+          <t>9789752206465</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Bronz Kolye</t>
+          <t>Yeşilçam Cehennemi</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9789752206007</t>
+          <t>9789752206441</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Bela İyidir</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9789752205949</t>
+          <t>9789752206359</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Benazir</t>
+          <t>Naif Bir Flamingonun Günlüğü</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>545</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9789752205970</t>
+          <t>9789752206403</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Az Önce</t>
+          <t>Pasaklılar - Timsah Havuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9789752205918</t>
+          <t>9789752206342</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin On Beş Yaş</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9789754949568</t>
+          <t>9789752206335</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Kuyruklu Yıldızı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>495</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9789754949919</t>
+          <t>9789752204836</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Konuk Kedisi</t>
+          <t>Anadolu Korku Öyküleri Cilt: 2</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>495</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9789752202399</t>
+          <t>9789752206267</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Kar Kızı</t>
+          <t>Köy Enstitüleri Sistemi Mezunları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>495</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9789752202382</t>
+          <t>9789752204812</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Güllü Yorganı</t>
+          <t>Jandarma Çiçekleri</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9789754944709</t>
+          <t>9789752205987</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Gramofonu</t>
+          <t>Keşiş Örümceği</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>495</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9789754944730</t>
+          <t>9789752205956</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Erikli Bahçesi</t>
+          <t>Pasaklılar- Tehlikeli Maymun (Ciltli)</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>495</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9789752201835</t>
+          <t>9789752205888</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Cep Telefonu</t>
+          <t>Teo’nun Dalga Geçme Kitabı</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9789754946925</t>
+          <t>9789752205871</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Bebeği - Anneannemin Akıl Almaz Maceraları 10. Kitap</t>
+          <t>Teo’nun Can Sıkıntısı Kitabı</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9789754944723</t>
+          <t>9789752205895</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Apartman Kuzusu</t>
+          <t>Teo’nun Tablet Kitabı</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9789752205741</t>
+          <t>9789752205598</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Samanadam</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9789752205703</t>
+          <t>9789752205901</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Anne Oldum</t>
+          <t>Bronz Kolye</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>145</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9789752205536</t>
+          <t>9789752206007</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Bela İyidir</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9789752205932</t>
+          <t>9789752205949</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı Atlantis Takımı</t>
+          <t>Benazir</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>320</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9789752205406</t>
+          <t>9789752205970</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Karamelli Akide Şekeri</t>
+          <t>Ölmeden Az Önce</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9789752205352</t>
+          <t>9789752205918</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Geçilmez</t>
+          <t>Hoş Geldin On Beş Yaş</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9789752205369</t>
+          <t>9789754949568</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sözvarlığı</t>
+          <t>Anneannemin Kuyruklu Yıldızı</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>335</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9789752205338</t>
+          <t>9789754949919</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Dramı</t>
+          <t>Anneannemin Konuk Kedisi</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9789752205376</t>
+          <t>9789752202399</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman</t>
+          <t>Anneannemin Kar Kızı</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9789752205321</t>
+          <t>9789752202382</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Anneannemin Güllü Yorganı</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9789752205390</t>
+          <t>9789754944709</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Engin Alan - Bölünmeye Çeyrek Kala</t>
+          <t>Anneannemin Gramofonu</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9789752205277</t>
+          <t>9789754944730</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Akdeniz</t>
+          <t>Anneannemin Erikli Bahçesi</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>460</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9789752205291</t>
+          <t>9789752201835</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Şeyler Kitabı (Ciltli)</t>
+          <t>Anneannemin Cep Telefonu</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>560</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9789752205246</t>
+          <t>9789754946925</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Anneannemin Bebeği - Anneannemin Akıl Almaz Maceraları 10. Kitap</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>335</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9789752205222</t>
+          <t>9789754944723</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Kaka Kitabı</t>
+          <t>Anneannemin Apartman Kuzusu</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9789752205215</t>
+          <t>9789752205741</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Gece Korkusu Kitabı</t>
+          <t>Samanadam</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9789752205239</t>
+          <t>9789752205703</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Teo’nun Tırnak Yeme Kitabı</t>
+          <t>Eyvah Anne Oldum</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9789752205031</t>
+          <t>9789752205536</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Direne Direne Kazanacağız</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>103</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9789752205260</t>
+          <t>9789752205932</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Şiirler</t>
+          <t>Çılgınlar Sınıfı Atlantis Takımı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9789752205208</t>
+          <t>9789752205406</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Karamelli Akide Şekeri</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9789752205185</t>
+          <t>9789752205352</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Çanakkale Geçilmez</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9789752206311</t>
+          <t>9789752205369</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Türkçenin Sözvarlığı</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9789752206328</t>
+          <t>9789752205338</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Maşalar ve Piyonlar</t>
+          <t>Sarıkamış Dramı</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>125</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9789752205161</t>
+          <t>9789752205376</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım Günlüğü</t>
+          <t>Turgut Özakman</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>825</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9789752205178</t>
+          <t>9789752205321</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Barış Zinciri</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9789752203433</t>
+          <t>9789752205390</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Düşleri</t>
+          <t>Benim Adım Engin Alan - Bölünmeye Çeyrek Kala</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9789754940480</t>
+          <t>9789752205277</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Zıkkımın Kökü</t>
+          <t>Merhaba Akdeniz</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9789752201453</t>
+          <t>9789752205291</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Zeki’nin Zekası Kaçtı</t>
+          <t>Eğlenceli Şeyler Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9789754947236</t>
+          <t>9789752205246</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Bulutlara Simit Satan Çocuk</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>210</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9789752202917</t>
+          <t>9789752205222</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri</t>
+          <t>Teo’nun Kaka Kitabı</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>590</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9789754946161</t>
+          <t>9789752205215</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Bulamaç Bütün Eserleri: 21</t>
+          <t>Teo’nun Gece Korkusu Kitabı</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9789752202429</t>
+          <t>9789752205239</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Ben Çocukken - 6</t>
+          <t>Teo’nun Tırnak Yeme Kitabı</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9789754940329</t>
+          <t>9789752205031</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Bomba - Primo Türk Çocuğu - Nakarat - Hürriyet Bayrakları -İrtica Haberi</t>
+          <t>Direne Direne Kazanacağız</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>140</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9789752203402</t>
+          <t>9789752205260</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıfın Ormanı Var</t>
+          <t>Zıplayan Şiirler</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9789752203372</t>
+          <t>9789752205208</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıf Kıra Gitti</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9789754946970</t>
+          <t>9789752205185</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Şevket Esendal  Bütün Eserleri: 10 Bizim Nesibe</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9789752201477</t>
+          <t>9789752206311</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Bizim Fare TV Yıldızı</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9789754942392</t>
+          <t>9789752206328</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ayılar Amerikalıları Çok Sever</t>
+          <t>Maşalar ve Piyonlar</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9789754945461</t>
+          <t>9789752205161</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Bisikletim Vız Vız</t>
+          <t>10 Kasım Günlüğü</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9789752200456</t>
+          <t>9789752205178</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Bir Şampiyonluk Öyküsü</t>
+          <t>Barış Zinciri</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9789754942910</t>
+          <t>9789752203433</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs Polis Bayramı</t>
+          <t>Zürafanın Düşleri</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9789752201286</t>
+          <t>9789754940480</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Bir Haydut Kuş</t>
+          <t>Zıkkımın Kökü</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9789752200562</t>
+          <t>9789752201453</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Bir Dolmakalemin Anıları</t>
+          <t>Zeki’nin Zekası Kaçtı</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9789754948790</t>
+          <t>9789754947236</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Şiir</t>
+          <t>Bulutlara Simit Satan Çocuk</t>
         </is>
       </c>
       <c r="C1761" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9789754948035</t>
+          <t>9789752202917</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Bulgaristan Türkleri</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9789754949353</t>
+          <t>9789754946161</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarlı Şapka</t>
+          <t>Halikarnas Balıkçısı - Bulamaç Bütün Eserleri: 21</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9789754944631</t>
+          <t>9789752202429</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayara Giren Tırtıl</t>
+          <t>Boncuk Ben Çocukken - 6</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9789754945850</t>
+          <t>9789754940329</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Amca</t>
+          <t>Bomba - Primo Türk Çocuğu - Nakarat - Hürriyet Bayrakları -İrtica Haberi</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9789752203358</t>
+          <t>9789752203402</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Ben Üzümüm</t>
+          <t>Bizim Sınıfın Ormanı Var</t>
         </is>
       </c>
       <c r="C1766" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9789754949889</t>
+          <t>9789752203372</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Ben Trabzonsporluyum</t>
+          <t>Bizim Sınıf Kıra Gitti</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9789754949872</t>
+          <t>9789754946970</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Ben Fenerbahçeliyim</t>
+          <t>Mahmut Şevket Esendal  Bütün Eserleri: 10 Bizim Nesibe</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9789752201187</t>
+          <t>9789752201477</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Ben Cumhuriyet Bayramında Doğdum - Ben Çocukken 5</t>
+          <t>Bizim Fare TV Yıldızı</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9789754949865</t>
+          <t>9789754942392</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Ben Beşiktaşlıyım</t>
+          <t>Bizim Ayılar Amerikalıları Çok Sever</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9789752203440</t>
+          <t>9789754945461</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakıcısı Kaplumbağa</t>
+          <t>Bisikletim Vız Vız</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9789754940701</t>
+          <t>9789752200456</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Bir Şampiyonluk Öyküsü</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9789752203112</t>
+          <t>9789754942910</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Bakkal Amca</t>
+          <t>Bir Mayıs Polis Bayramı</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9789754949476</t>
+          <t>9789752201286</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Bahçeden Kovulan Çiçek</t>
+          <t>Bir Haydut Kuş</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9789754947724</t>
+          <t>9789752200562</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Gülü Buğday, Kadın, Gül ve Gökyüzü</t>
+          <t>Bir Dolmakalemin Anıları</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9789754940107</t>
+          <t>9789754948790</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Azrail Nasıl Rüşvet Yedi?</t>
+          <t>Bir Demet Şiir</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9789752203877</t>
+          <t>9789754948035</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>825</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9789754945539</t>
+          <t>9789754949353</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Ayvayı Yedik</t>
+          <t>Bilgisayarlı Şapka</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9789754940213</t>
+          <t>9789754944631</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Bilgisayara Giren Tırtıl</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9789754945102</t>
+          <t>9789754945850</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Ateş Mektupları</t>
+          <t>Bilgisayar Amca</t>
         </is>
       </c>
       <c r="C1780" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9789754945812</t>
+          <t>9789752203358</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Olmak</t>
+          <t>Ben Üzümüm</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9789752200951</t>
+          <t>9789754949889</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Aşkgüzar</t>
+          <t>Ben Trabzonsporluyum</t>
         </is>
       </c>
       <c r="C1782" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9789754940312</t>
+          <t>9789754949872</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dalgası - Bahar ve Kelebekler - İlk Düşen Ak</t>
+          <t>Ben Fenerbahçeliyim</t>
         </is>
       </c>
       <c r="C1783" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9789754941586</t>
+          <t>9789752201187</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Aşıcı Baba</t>
+          <t>Ben Cumhuriyet Bayramında Doğdum - Ben Çocukken 5</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>21</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9789754945584</t>
+          <t>9789754949865</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Armutçu Ayı</t>
+          <t>Ben Beşiktaşlıyım</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9789752204478</t>
+          <t>9789752203440</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Sihirbaz Dinozor</t>
+          <t>Bebek Bakıcısı Kaplumbağa</t>
         </is>
       </c>
       <c r="C1786" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9789752204447</t>
+          <t>9789754940701</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Piyano Çalan Kedi</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9789752204461</t>
+          <t>9789752203112</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - Papağanlar Ne Yer</t>
+          <t>Bakkal Amca</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9789752204430</t>
+          <t>9789754949476</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Armut Kafa Ailesinin Serüvenleri - İkizler Okula Başlıyor</t>
+          <t>Bahçeden Kovulan Çiçek</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9789754943214</t>
+          <t>9789754947724</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dede</t>
+          <t>Bağımsızlık Gülü Buğday, Kadın, Gül ve Gökyüzü</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9789754944372</t>
+          <t>9789754940107</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Tek Perdelik 9 Oyun</t>
+          <t>Azrail Nasıl Rüşvet Yedi?</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9789754949377</t>
+          <t>9789752203877</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Annemin Mektupları</t>
+          <t>Azerbaycan</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9789752204683</t>
+          <t>9789754945539</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Acıktım</t>
+          <t>Ayvayı Yedik</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9789752202672</t>
+          <t>9789754940213</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Anı Defteri</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>495</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9789752203365</t>
+          <t>9789754945102</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Anneanneme Bilgisayar Öğretiyorum</t>
+          <t>Ateş Mektupları</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9789754949483</t>
+          <t>9789754945812</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Süsleniyor</t>
+          <t>Atatürkçü Olmak</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>495</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9789752200586</t>
+          <t>9789752200951</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Sihirbaz</t>
+          <t>Aşkgüzar</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>495</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9789752200258</t>
+          <t>9789754940312</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Hayvanlar Arasında</t>
+          <t>Aşk Dalgası - Bahar ve Kelebekler - İlk Düşen Ak</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>495</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9789754946475</t>
+          <t>9789754941586</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Gelin Oldu</t>
+          <t>Aşıcı Baba</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>495</v>
+        <v>21</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9789754946932</t>
+          <t>9789754945584</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Dans Kraliçesi 9. Kitap</t>
+          <t>Armutçu Ayı</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>495</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9789752204218</t>
+          <t>9789752204478</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Anlatım Sanatı</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Sihirbaz Dinozor</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>560</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9789754940237</t>
+          <t>9789752204447</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Ankara... Ankara Bir Başkentin Doğuşu</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Piyano Çalan Kedi</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>590</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9789752203105</t>
+          <t>9789752204461</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Anılar Akın Akın</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - Papağanlar Ne Yer</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9789752203167</t>
+          <t>9789752204430</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Anamı da Aldım Geldim</t>
+          <t>Armut Kafa Ailesinin Serüvenleri - İkizler Okula Başlıyor</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9789754943399</t>
+          <t>9789754943214</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu’nun Sesi Bütün Eserleri 8</t>
+          <t>Arkadaşım Dede</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9789754941890</t>
+          <t>9789754944372</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu Tanrıları Bütün Eserleri 15</t>
+          <t>Anton Çehov Tek Perdelik 9 Oyun</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9789754941036</t>
+          <t>9789754949377</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Anadolu Efsaneleri Bütün Eserleri 14</t>
+          <t>Annemin Mektupları</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9789754949582</t>
+          <t>9789752204683</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Anadolar</t>
+          <t>Anneciğim Acıktım</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>275</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9789754949810</t>
+          <t>9789752202672</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Anadilimizin Söz Denizinde</t>
+          <t>Anneannemin Anı Defteri</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>335</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9789754942545</t>
+          <t>9789752203365</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Alyanaklı Mavi Balon</t>
+          <t>Anneanneme Bilgisayar Öğretiyorum</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9789754942408</t>
+          <t>9789754949483</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı - Altıncı Kıta Akdeniz Bütün Eserleri 9</t>
+          <t>Anneannem Süsleniyor</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>510</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9789754941043</t>
+          <t>9789752200586</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Al Yanaklı Hasan</t>
+          <t>Anneannem Sihirbaz</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9789754947601</t>
+          <t>9789752200258</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Akrobat Pisicik</t>
+          <t>Anneannem Hayvanlar Arasında</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9789752203709</t>
+          <t>9789754946475</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>AKP Döneminde Kadrolaşma Kıskacında Eğitim</t>
+          <t>Anneannem Gelin Oldu</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9789752201842</t>
+          <t>9789754946932</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Akıntı Adaları Bütün Eserleri 5</t>
+          <t>Anneannem Dans Kraliçesi 9. Kitap</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>590</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9789754946468</t>
+          <t>9789752204218</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşanlar</t>
+          <t>Anlatım Sanatı</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9789754949650</t>
+          <t>9789754940237</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Atasözleri Sözlüğü</t>
+          <t>Ankara... Ankara Bir Başkentin Doğuşu</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>435</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9789752200685</t>
+          <t>9789752203105</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>AB, AKP ve Kıbrıs</t>
+          <t>Anılar Akın Akın</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>505</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9789752202054</t>
+          <t>9789752203167</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>90. Yaşında Haldun Taner’i Anarken...</t>
+          <t>Anamı da Aldım Geldim</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9789754940206</t>
+          <t>9789754943399</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Halikarnas Balıkçısı - Anadolu’nun Sesi Bütün Eserleri 8</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9789754940220</t>
+          <t>9789754941890</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Şiiri Antolojisi</t>
+          <t>Halikarnas Balıkçısı - Anadolu Tanrıları Bütün Eserleri 15</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9789752202481</t>
+          <t>9789754941036</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 1999  Atatürk Yeniden Samsun’da</t>
+          <t>Halikarnas Balıkçısı - Anadolu Efsaneleri Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>505</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9789754948165</t>
+          <t>9789754949582</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>1881-1938 Atatürk, Kurtuluş Savaşı ve Cumhuriyet Kronolojisi Açıklamalar, Kaynaklar, Temel Belgeler ve Devrim Yasaları</t>
+          <t>Anadolar</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9789754944396</t>
+          <t>9789754949810</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Anadilimizin Söz Denizinde</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9789754941241</t>
+          <t>9789754942545</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Yarısı</t>
+          <t>Alyanaklı Mavi Balon</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9789754948714</t>
+          <t>9789754942408</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Karlı Yollarda</t>
+          <t>Halikarnas Balıkçısı - Altıncı Kıta Akdeniz Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>230</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9789752201064</t>
+          <t>9789754941043</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Sofrası Bütün Eserleri: 11</t>
+          <t>Al Yanaklı Hasan</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9789754948738</t>
+          <t>9789754947601</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Akrobat Pisicik</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9789754948370</t>
+          <t>9789752203709</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Kaçtı</t>
+          <t>AKP Döneminde Kadrolaşma Kıskacında Eğitim</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9789754941579</t>
+          <t>9789752201842</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Kara Pamuk</t>
+          <t>Akıntı Adaları Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9789754946550</t>
+          <t>9789754946468</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Süleyman Dönemi: Taht Kavgaları</t>
+          <t>Akıllı Tavşanlar</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9789754945607</t>
+          <t>9789754949650</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kuçu</t>
+          <t>Açıklamalı Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9789754940398</t>
+          <t>9789752200685</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn Kahraman Cingözler</t>
+          <t>AB, AKP ve Kıbrıs</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>140</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9789752200401</t>
+          <t>9789752202054</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Tarlası</t>
+          <t>90. Yaşında Haldun Taner’i Anarken...</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9789752201743</t>
+          <t>9789754940206</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız Erkekler Bütün Eserleri 4</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9789752202870</t>
+          <t>9789754940220</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse</t>
+          <t>20. Yüzyıl Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9789754946857</t>
+          <t>9789752202481</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kız</t>
+          <t>19 Mayıs 1999  Atatürk Yeniden Samsun’da</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>240</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9789754948684</t>
+          <t>9789754948165</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Amca</t>
+          <t>1881-1938 Atatürk, Kurtuluş Savaşı ve Cumhuriyet Kronolojisi Açıklamalar, Kaynaklar, Temel Belgeler ve Devrim Yasaları</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9789754943450</t>
+          <t>9789754944396</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>İt Adası</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9789754941555</t>
+          <t>9789754941241</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>İşte Mühür İşte Sen</t>
+          <t>Kasabanın Yarısı</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9789752200425</t>
+          <t>9789754948714</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü Yaşamı, Dönemi ve Kişiliği (Ciltli)</t>
+          <t>Karlı Yollarda</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9789752206298</t>
+          <t>9789752201064</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Kardeş Sofrası Bütün Eserleri: 11</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9789752206304</t>
+          <t>9789754948738</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9789752205116</t>
+          <t>9789754948370</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Bayır Köy’ün Çocukları</t>
+          <t>Kardan Adam Kaçtı</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9789752205130</t>
+          <t>9789754941579</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sözlüğü</t>
+          <t>Kara Pamuk</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9789752205109</t>
+          <t>9789754946550</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Diyet Bahane Kilo Vermek Şahane</t>
+          <t>Kanuni Süleyman Dönemi: Taht Kavgaları</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9789752205093</t>
+          <t>9789754945607</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmayı Seviyorum (Ciltli)</t>
+          <t>Kahraman Kuçu</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9789752205079</t>
+          <t>9789754940398</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Parolamız Çikolata</t>
+          <t>Huckleberry Finn Kahraman Cingözler</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9789752204751</t>
+          <t>9789752200401</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Çapulcu musun Vay Vay?</t>
+          <t>Kahkaha Tarlası</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9789752205086</t>
+          <t>9789752201743</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Ulusalcı mı Milliyetçi mi Olmalıyız?</t>
+          <t>Kadınsız Erkekler Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9789752205055</t>
+          <t>9789752202870</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Başbakan Sayın R.T. Erdoğan’a ve Herkese Açık Mektup</t>
+          <t>Kadın İsterse</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9789752204911</t>
+          <t>9789754946857</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>İş Sevdaya Gelince</t>
+          <t>Kaçak Kız</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9789752203969</t>
+          <t>9789754948684</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Masallar Hansel Ve Gretel</t>
+          <t>Kabakçı Amca</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9789754941968</t>
+          <t>9789754943450</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçe Sözlük</t>
+          <t>İt Adası</t>
         </is>
       </c>
       <c r="C1854" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9789754941944</t>
+          <t>9789754941555</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Ortadireği Yıkan Ayı</t>
+          <t>İşte Mühür İşte Sen</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9789752204010</t>
+          <t>9789752200425</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Masallar Pamuk Prenses</t>
+          <t>İsmet İnönü Yaşamı, Dönemi ve Kişiliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>70</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9789752204003</t>
+          <t>9789752206298</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Masallar Külkedisi</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9789752203990</t>
+          <t>9789752206304</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Masallar Kırmızı Başlıklı Kız</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9789752203983</t>
+          <t>9789752205116</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çizmeli Kedi</t>
+          <t>Bayır Köy’ün Çocukları</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>70</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9789752204904</t>
+          <t>9789752205130</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Sokaktan Gelen Kadın</t>
+          <t>Edebiyat Sözlüğü</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9789752203952</t>
+          <t>9789752205109</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çirkin Ördek Yavrusu</t>
+          <t>Diyet Bahane Kilo Vermek Şahane</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>70</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9789752203945</t>
+          <t>9789752205093</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Masallar - Bremen Mızıkacıları</t>
+          <t>Öykü Yazmayı Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>70</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9789752203976</t>
+          <t>9789752205079</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Masallar Uyuyan Güzel</t>
+          <t>Parolamız Çikolata</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9789752204898</t>
+          <t>9789752204751</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Korku Öyküleri 1</t>
+          <t>Çapulcu musun Vay Vay?</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9789752202238</t>
+          <t>9789752205086</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Enerji Sorunları ve Nükleer Gereklilik</t>
+          <t>Ulusalcı mı Milliyetçi mi Olmalıyız?</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9789752201897</t>
+          <t>9789752205055</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Cahit Külebi - Bütün Şiirleri</t>
+          <t>Başbakan Sayın R.T. Erdoğan’a ve Herkese Açık Mektup</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>385</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9789754941814</t>
+          <t>9789752204911</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 7 - Yalnız Efe</t>
+          <t>İş Sevdaya Gelince</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9789752203273</t>
+          <t>9789752203969</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Türk Yahudiler</t>
+          <t>Masallar Hansel Ve Gretel</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>590</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9789754948318</t>
+          <t>9789754941968</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Dönemler-Yönelimler</t>
+          <t>Osmanlıca Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>545</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9789752201316</t>
+          <t>9789754941944</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Başparmağın Şarkısı</t>
+          <t>Ortadireği Yıkan Ayı</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9789752201095</t>
+          <t>9789752204010</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Bandocu Çocuk Ben Çocukken 2</t>
+          <t>Masallar Pamuk Prenses</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9789752202474</t>
+          <t>9789752204003</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Çanakkale 1915</t>
+          <t>Masallar Külkedisi</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9789754942521</t>
+          <t>9789752203990</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Uzay Karpuzu</t>
+          <t>Masallar Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9789754944679</t>
+          <t>9789752203983</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Uzay Dolmuşu Kalkıyor</t>
+          <t>Masallar Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9789754943498</t>
+          <t>9789752204904</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Arşipel</t>
+          <t>Sokaktan Gelen Kadın</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9789752202153</t>
+          <t>9789752203952</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük 1 (1787-1923)</t>
+          <t>Masallar Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9789754941739</t>
+          <t>9789752203945</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Bir Namussuz Aranıyor</t>
+          <t>Masallar - Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9789752204676</t>
+          <t>9789752203976</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Sibel</t>
+          <t>Masallar Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>155</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9789752203686</t>
+          <t>9789752204898</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 7 - Deli Bayramı / Komşularımız</t>
+          <t>Anadolu Korku Öyküleri 1</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9789752202580</t>
+          <t>9789752202238</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 4</t>
+          <t>Türkiye’nin Enerji Sorunları ve Nükleer Gereklilik</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9789752202573</t>
+          <t>9789752201897</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3 Ah Şu Gençler</t>
+          <t>Cahit Külebi - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>330</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9789754940442</t>
+          <t>9789754941814</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı -Turgut Reis Bütün Eserleri 2</t>
+          <t>Ömer Seyfettin Bütün Eserleri 7 - Yalnız Efe</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>560</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9789752202887</t>
+          <t>9789752203273</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özakman Bütün Oyunları 6</t>
+          <t>Türk Yahudiler</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>335</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9789752204201</t>
+          <t>9789754948318</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Cümbür Cemaat</t>
+          <t>Türk ve Dünya Edebiyatında Dönemler-Yönelimler</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>210</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9789754949209</t>
+          <t>9789752201316</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Çocukluk, Gençlik Yılları ve Bugün</t>
+          <t>Başparmağın Şarkısı</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9789754941418</t>
+          <t>9789752201095</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Bülbül Düdük</t>
+          <t>Bandocu Çocuk Ben Çocukken 2</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9789752204300</t>
+          <t>9789752202474</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Burcu Kızın Bebekleri - Soyunmak İstemeyen Ağaç</t>
+          <t>Diriliş Çanakkale 1915</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9789752204379</t>
+          <t>9789754942521</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Lozan Günlüğü</t>
+          <t>Uzay Karpuzu</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>825</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9789752204775</t>
+          <t>9789754944679</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Bir Kara Çalma Öyküsü</t>
+          <t>Uzay Dolmuşu Kalkıyor</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9789754944327</t>
+          <t>9789754943498</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Sesini Bana Bırak Bütün Eserleri 1</t>
+          <t>Arşipel</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9789754947915</t>
+          <t>9789752202153</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Serçenin Şiir Defteri</t>
+          <t>Kürtçülük 1 (1787-1923)</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9789754947038</t>
+          <t>9789754941739</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çağırışı</t>
+          <t>Bir Namussuz Aranıyor</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9789752201507</t>
+          <t>9789752204676</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Deniz İpeği</t>
+          <t>Uykucu Sibel</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9789754942415</t>
+          <t>9789752203686</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gurbetçileri</t>
+          <t>Bütün Oyunları 7 - Deli Bayramı / Komşularımız</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9789754948219</t>
+          <t>9789752202580</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Atatürk</t>
+          <t>Bütün Oyunları 4</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9789752204720</t>
+          <t>9789752202573</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dili ve Türk Şiir Dili</t>
+          <t>Bütün Oyunları 3 Ah Şu Gençler</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9789752204669</t>
+          <t>9789754940442</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kız</t>
+          <t>Halikarnas Balıkçısı -Turgut Reis Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>155</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9789754949247</t>
+          <t>9789752202887</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Şehit Diplomatlarımız 1973-1994 (2 Cilt Takım)</t>
+          <t>Turgut Özakman Bütün Oyunları 6</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>1400</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9789752204249</t>
+          <t>9789752204201</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Kişiler Kenti</t>
+          <t>Cümbür Cemaat</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9789752201767</t>
+          <t>9789754949209</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Yeşil Tepeleri Bütün Eserleri 3</t>
+          <t>Cumhuriyetin Çocukluk, Gençlik Yılları ve Bugün</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>475</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9789752204140</t>
+          <t>9789754941418</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Adını Siz Koyun</t>
+          <t>Bülbül Düdük</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9789752204270</t>
+          <t>9789752204300</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü (Ciltli)</t>
+          <t>Burcu Kızın Bebekleri - Soyunmak İstemeyen Ağaç</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>560</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9789754940190</t>
+          <t>9789752204379</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Gödeli Mehmet</t>
+          <t>Lozan Günlüğü</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>150</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9789754949636</t>
+          <t>9789752204775</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Eski Köyün Gizi</t>
+          <t>Bir Kara Çalma Öyküsü</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9789754947052</t>
+          <t>9789754944327</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Yol Ver Deniz</t>
+          <t>Sesini Bana Bırak Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9789752204607</t>
+          <t>9789754947915</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Ödevimi Kim Yapar?</t>
+          <t>Serçenin Şiir Defteri</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9789752204645</t>
+          <t>9789754947038</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Okulu - Çantadaki Hazine</t>
+          <t>Denizin Çağırışı</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9789752204065</t>
+          <t>9789752201507</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Padişahım Çok Yaşa</t>
+          <t>Deniz İpeği</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9789754941500</t>
+          <t>9789754942415</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri 10 - Beyaz Lale</t>
+          <t>Deniz Gurbetçileri</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>170</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9789752203532</t>
+          <t>9789754948219</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Şiirlerle Atatürk</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9789752203891</t>
+          <t>9789752204720</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Efelerin Efesi - Yörük Ali Efe</t>
+          <t>Şiir Dili ve Türk Şiir Dili</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9789752203082</t>
+          <t>9789752204669</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Düzyazının Sorgulayan Gücü</t>
+          <t>Şeker Kız</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>490</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9789754943818</t>
+          <t>9789754949247</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Düşün Yazıları</t>
+          <t>Şehit Diplomatlarımız 1973-1994 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>510</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9789752203471</t>
+          <t>9789752204249</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Kurmaca Kişiler Kenti</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9789752203778</t>
+          <t>9789752201767</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Afrika’nın Yeşil Tepeleri Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>90</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9789754943443</t>
+          <t>9789752204140</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Adını Siz Koyun</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9789752200227</t>
+          <t>9789752204270</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Memduh Şevket Esendal Bütün Eserleri - 18 Oğullarıma Mektuplar</t>
+          <t>Gökten Üç Elma Düştü (Ciltli)</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9789752201811</t>
+          <t>9789754940190</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bulutları Boyuyor</t>
+          <t>Gödeli Mehmet</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9789754944693</t>
+          <t>9789754949636</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Askere Gidiyor</t>
+          <t>Eski Köyün Gizi</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9789752201101</t>
+          <t>9789754947052</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Anne Dersim Bitmedi Ben Çocukken 3</t>
+          <t>Yol Ver Deniz</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9789752204409</t>
+          <t>9789752204607</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba Olmak</t>
+          <t>Palyaço Okulu - Ödevimi Kim Yapar?</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9789754942965</t>
+          <t>9789752204645</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Devletin Malı Deniz</t>
+          <t>Palyaço Okulu - Çantadaki Hazine</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9789754942118</t>
+          <t>9789752204065</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Devlet Babanın Tonton Çocuğu</t>
+          <t>Padişahım Çok Yaşa</t>
         </is>
       </c>
       <c r="C1923" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9789752204829</t>
+          <t>9789754941500</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Ömer Seyfettin Bütün Eserleri 10 - Beyaz Lale</t>
         </is>
       </c>
       <c r="C1924" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9789752206281</t>
+          <t>9789752203532</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Anlambilim</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9789752206373</t>
+          <t>9789752203891</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Kazanana Ödül Yok</t>
+          <t>Efelerin Efesi - Yörük Ali Efe</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9789752206427</t>
+          <t>9789752203082</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İkinci Yüzyılı</t>
+          <t>Düzyazının Sorgulayan Gücü</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9789752206380</t>
+          <t>9789754943818</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Bekleme</t>
+          <t>Düşün Yazıları</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>415</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9789752206397</t>
+          <t>9789752203471</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mahalle</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9789752206366</t>
+          <t>9789752203778</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9789752202009</t>
+          <t>9789754943443</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Teptim Tekerlendi Öptüm Şekerlendi</t>
+          <t>Mendil Altında</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9789752203242</t>
+          <t>9789752200227</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Memduh Şevket Esendal Bütün Eserleri - 18 Oğullarıma Mektuplar</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9789752201996</t>
+          <t>9789752201811</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Çocuk</t>
+          <t>Anneannem Bulutları Boyuyor</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>280</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9789752203600</t>
+          <t>9789754944693</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar</t>
+          <t>Anneannem Askere Gidiyor</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9789754943733</t>
+          <t>9789752201101</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Anne Dersim Bitmedi Ben Çocukken 3</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9789754946727</t>
+          <t>9789752204409</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Dedem Çocuk Oldu</t>
+          <t>Anne - Baba Olmak</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9789754942156</t>
+          <t>9789754942965</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Dayak Birincisi</t>
+          <t>Devletin Malı Deniz</t>
         </is>
       </c>
       <c r="C1937" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9789754944518</t>
+          <t>9789754942118</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Devlet Babanın Tonton Çocuğu</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9789752200470</t>
+          <t>9789752204829</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Mutlu Filler</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9789752204782</t>
+          <t>9789752206281</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Islanmaz</t>
+          <t>Anlambilim</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9789752204492</t>
+          <t>9789752206373</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Tırtıl - Tırtılın Yolculuğu (Ciltli)</t>
+          <t>Kazanana Ödül Yok</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>590</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9789752204850</t>
+          <t>9789752206427</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Çılgınlar Sınıfı - Sırlar Takımı</t>
+          <t>Cumhuriyetin İkinci Yüzyılı</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9789752204744</t>
+          <t>9789752206380</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Zor Ödev Lozan</t>
+          <t>Anne Beni Bekleme</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>210</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9789752204485</t>
+          <t>9789752206397</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Kilimanjaro’nun Karları Bütün Eserleri: 9</t>
+          <t>Kayıp Mahalle</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>335</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9789752204768</t>
+          <t>9789752206366</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Şehitler Günlüğü</t>
+          <t>Gizli İşler</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>825</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9789752204843</t>
+          <t>9789752202009</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Karabasan</t>
+          <t>Teptim Tekerlendi Öptüm Şekerlendi</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9789752204799</t>
+          <t>9789752203242</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Öyküsü (Düz Yazıları)</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
+          <t>9789752201996</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>Sayısal Çocuk</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9789752203600</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Ölünceye Kadar</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9789754943733</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9789754946727</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Çocuk Oldu</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9789754942156</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>Dayak Birincisi</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9789754944518</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>David Copperfield</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9789752200470</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>Dans Eden Mutlu Filler</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9789752204782</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler Islanmaz</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9789752204492</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yeşil Tırtıl - Tırtılın Yolculuğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9789752204850</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Çılgınlar Sınıfı - Sırlar Takımı</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9789752204744</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>Zor Ödev Lozan</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9789752204485</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Kilimanjaro’nun Karları Bütün Eserleri: 9</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9789752204768</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Şehitler Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9789752204843</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Karabasan</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9789752204799</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçının Öyküsü (Düz Yazıları)</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
           <t>9789752204874</t>
         </is>
       </c>
-      <c r="B1948" s="1" t="inlineStr">
+      <c r="B1963" s="1" t="inlineStr">
         <is>
           <t>Yangın Yeriydi Yurdum</t>
         </is>
       </c>
-      <c r="C1948" s="1">
+      <c r="C1963" s="1">
         <v>475</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>