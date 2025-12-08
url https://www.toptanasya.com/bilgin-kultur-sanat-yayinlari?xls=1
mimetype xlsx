--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,3430 +85,3445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256925939</t>
+          <t>9786256925915</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oylum Höyük (Ciltli)</t>
+          <t>Muğla Kazı ve Araştırmaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2000</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256925908</t>
+          <t>9786256925939</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>A. Tuba Ökse'ye Armağan: Kızılırmak'tan Fırat ve Dicle'ye: Kültürlerin ve Uygarlıkların İzinde (Ciltli)</t>
+          <t>Oylum Höyük (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>5500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256925922</t>
+          <t>9786256925908</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rüstem Bozer'e Armağan</t>
+          <t>A. Tuba Ökse'ye Armağan: Kızılırmak'tan Fırat ve Dicle'ye: Kültürlerin ve Uygarlıkların İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1200</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256925588</t>
+          <t>9786256925922</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Burdur Arkeoloji Müzesi Teşhir Salonu</t>
+          <t>Rüstem Bozer'e Armağan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059636940</t>
+          <t>9786256925588</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Arkeoloji, Sanat Tarihi ve Tarih Araştırmaları</t>
+          <t>Burdur Arkeoloji Müzesi Teşhir Salonu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056204159</t>
+          <t>9786059636940</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Musa Çadırcıya Armağan Yazılar</t>
+          <t>Kütahya Arkeoloji, Sanat Tarihi ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059636575</t>
+          <t>9786056204159</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi 2017 Yıllığı (Ciltli)</t>
+          <t>Musa Çadırcıya Armağan Yazılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059636339</t>
+          <t>9786059636575</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Tapınak</t>
+          <t>Kütahya Müzesi 2017 Yıllığı (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059636223</t>
+          <t>9786059636339</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın Ve Göç</t>
+          <t>Varlık ve Tapınak</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056560101</t>
+          <t>9786059636223</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bercanistan</t>
+          <t>Edebiyatta Kadın Ve Göç</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257799003</t>
+          <t>9786056560101</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lokus - Lot Sistemi: Arkeolojik Kazılar İçin Kılavuz</t>
+          <t>Bercanistan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059636674</t>
+          <t>9786257799003</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Urartu Krallığında Tekerlekli Taşıtlar - Wheeled Vehicles In The Urartian Kingdom</t>
+          <t>Lokus - Lot Sistemi: Arkeolojik Kazılar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2994355903776</t>
+          <t>9786059636674</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2018 Cilt-4</t>
+          <t>Urartu Krallığında Tekerlekli Taşıtlar - Wheeled Vehicles In The Urartian Kingdom</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059636711</t>
+          <t>2994355903776</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hititçe Dilbilgisi (Ciltli)</t>
+          <t>APAD Ankara 2018 Cilt-4</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059636858</t>
+          <t>9786059636711</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Eğitim</t>
+          <t>Hititçe Dilbilgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256925892</t>
+          <t>9786059636858</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kütahya ve İlçeleri Kültür Ansiklopedisi (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Eğitim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>2800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256925878</t>
+          <t>9786256925892</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir-Kütahya Demiryolunun Yapımı ve İşletmesi(1893-1894)</t>
+          <t>Kütahya ve İlçeleri Kültür Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>685</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256925885</t>
+          <t>9786256925878</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Olba Kazıları 1</t>
+          <t>Eskişehir-Kütahya Demiryolunun Yapımı ve İşletmesi(1893-1894)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1750</v>
+        <v>685</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256925861</t>
+          <t>9786256925885</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya’nın Sumer Öncesi Çanak Çömlekleri</t>
+          <t>Olba Kazıları 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256925830</t>
+          <t>9786256925861</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XV 2025</t>
+          <t>Mezopotamya’nın Sumer Öncesi Çanak Çömlekleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256925854</t>
+          <t>9786256925830</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Diclenin Kuzeyinde Yerleşik Avcılar</t>
+          <t>Seleucia Sayı XV 2025</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256925816</t>
+          <t>9786256925854</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Salat Tepe II Yukarı Dicle Havzasında Bir Erken Tunç Çağı Köyü (Ciltli)</t>
+          <t>Diclenin Kuzeyinde Yerleşik Avcılar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2900</v>
+        <v>900</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256925823</t>
+          <t>9786256925816</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Primat Dünyasında Maymuninsan</t>
+          <t>Salat Tepe II Yukarı Dicle Havzasında Bir Erken Tunç Çağı Köyü (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256925847</t>
+          <t>9786256925823</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 5 Kümbetbeleni ve Güvercinlik</t>
+          <t>Primat Dünyasında Maymuninsan</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256925809</t>
+          <t>9786256925847</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Identıty Fetıshısm In Tom Stoppard’s</t>
+          <t>Kılıkıa Arkeolojisi Serisi 5 Kümbetbeleni ve Güvercinlik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257799461</t>
+          <t>9786256925809</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Howard Barker’in Katastrofik Tiyatrosunda Ölüm</t>
+          <t>Identıty Fetıshısm In Tom Stoppard’s</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256925779</t>
+          <t>9786257799461</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hekate</t>
+          <t>Howard Barker’in Katastrofik Tiyatrosunda Ölüm</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256925762</t>
+          <t>9786256925779</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çoçuklar İçin Anadolu Uygarlıkları</t>
+          <t>Hekate</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256925786</t>
+          <t>9786256925762</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Antik Mimarlık</t>
+          <t>Çoçuklar İçin Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256925724</t>
+          <t>9786256925786</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia Çalışmaları 10 (Ciltli)</t>
+          <t>Antik Mimarlık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>4500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256925755</t>
+          <t>9786256925724</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cambazlı Kilisesi</t>
+          <t>Stratonikeia Çalışmaları 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256925748</t>
+          <t>9786256925755</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Sanat Terapisi Hadrianopolis Değerleri</t>
+          <t>Cambazlı Kilisesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056204111</t>
+          <t>9786256925748</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz'den Fırat'a Bilgi Üretimleri / Önder Bilgi'ye Armağan Yazılar</t>
+          <t>Disiplinlerarası Sanat Terapisi Hadrianopolis Değerleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256925717</t>
+          <t>9786056204111</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Dilbilim Temek Kavramlar 1</t>
+          <t>Karadeniz'den Fırat'a Bilgi Üretimleri / Önder Bilgi'ye Armağan Yazılar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256925700</t>
+          <t>9786256925717</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Jean De Thevenot’nun Seyhatnamesine Yansıyan Oryantalizmin İzleri</t>
+          <t>Antropolojik Dilbilim Temek Kavramlar 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256925731</t>
+          <t>9786256925700</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Resim Terapisi Hadrianopolis Renkleri</t>
+          <t>Jean De Thevenot’nun Seyhatnamesine Yansıyan Oryantalizmin İzleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256925694</t>
+          <t>9786256925731</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Aşk</t>
+          <t>Resim Terapisi Hadrianopolis Renkleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256925687</t>
+          <t>9786256925694</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Diocaesarea Kule Mimari ve Buluntuları (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Aşk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256925670</t>
+          <t>9786256925687</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Olive Oil and Wine Production in Aegean and Mediterranean in Antiquity</t>
+          <t>Diocaesarea Kule Mimari ve Buluntuları (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256925656</t>
+          <t>9786256925670</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hadrianopolis Kuzeybatı Nekropol Kilisesi</t>
+          <t>Olive Oil and Wine Production in Aegean and Mediterranean in Antiquity</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2000</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256925663</t>
+          <t>9786256925656</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>MÖ. III. Binyılda Konya Karahöyük</t>
+          <t>Hadrianopolis Kuzeybatı Nekropol Kilisesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756900574</t>
+          <t>9786256925663</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemde Akdeniz'de Kırsal ve Kent</t>
+          <t>MÖ. III. Binyılda Konya Karahöyük</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058573031</t>
+          <t>9789756900574</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesinde Mezopotamya</t>
+          <t>Antik Dönemde Akdeniz'de Kırsal ve Kent</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256925649</t>
+          <t>9786058573031</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Tarihi Araştırmaları</t>
+          <t>Tarih Öncesinde Mezopotamya</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256925625</t>
+          <t>9786256925649</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sözlükopedi</t>
+          <t>Kütahya Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>650</v>
+        <v>385</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256925632</t>
+          <t>9786256925625</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Fetihleri Çağında Philadelphia</t>
+          <t>Sözlükopedi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256925601</t>
+          <t>9786256925632</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Syedra I</t>
+          <t>Türk Fetihleri Çağında Philadelphia</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256925618</t>
+          <t>9786256925601</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Tarihi ve Kültürü</t>
+          <t>Syedra I</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256925595</t>
+          <t>9786256925618</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Tanrıdan Acılı Kral Murşili</t>
+          <t>Eski Anadolu Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256925571</t>
+          <t>9786256925595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Adil Özme’nin Hatırasına (Ciltli)</t>
+          <t>Fırtınalı Tanrıdan Acılı Kral Murşili</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256925564</t>
+          <t>9786256925571</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Rahibin Kehaneti</t>
+          <t>Adil Özme’nin Hatırasına (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256925540</t>
+          <t>9786256925564</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Salat Tepe 1</t>
+          <t>Yaşlı Rahibin Kehaneti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256925557</t>
+          <t>9786256925540</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’da Suikast</t>
+          <t>Salat Tepe 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>285</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256925526</t>
+          <t>9786256925557</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XIV 2024 - Olba Kazısı Serisi</t>
+          <t>Eski Çağ’da Suikast</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256925519</t>
+          <t>9786256925526</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devleti’nde Kizzuvatna’nın Yeri ve Önemi</t>
+          <t>Seleucia Sayı XIV 2024 - Olba Kazısı Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256925533</t>
+          <t>9786256925519</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyadan</t>
+          <t>Hitit Devleti’nde Kizzuvatna’nın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256925458</t>
+          <t>9786256925533</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şapinuva'ya Adanmış Hayatlar</t>
+          <t>Türkiye ve Dünyadan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>3500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256925502</t>
+          <t>9786256925458</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Liman Tepe 1</t>
+          <t>Şapinuva'ya Adanmış Hayatlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2800</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256925472</t>
+          <t>9786256925502</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 2 - Seleukeıa Kalykadnos</t>
+          <t>Liman Tepe 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256925465</t>
+          <t>9786256925472</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 1 - Karakabaklı ve Işıkkale</t>
+          <t>Kılıkıa Arkeolojisi Serisi 2 - Seleukeıa Kalykadnos</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256925489</t>
+          <t>9786256925465</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 3 - Karaböcülü</t>
+          <t>Kılıkıa Arkeolojisi Serisi 1 - Karakabaklı ve Işıkkale</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256925496</t>
+          <t>9786256925489</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 4 - Dağlık Kılıkıa'daki Olba Terrıtorıumu'nda Kabartmalar ve Kuleler</t>
+          <t>Kılıkıa Arkeolojisi Serisi 3 - Karaböcülü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256925441</t>
+          <t>9786256925496</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Felaket Kurbanlarının Kimliklendirilmesi</t>
+          <t>Kılıkıa Arkeolojisi Serisi 4 - Dağlık Kılıkıa'daki Olba Terrıtorıumu'nda Kabartmalar ve Kuleler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256925434</t>
+          <t>9786256925441</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Felaket Kurbanlarının Kimliklendirilmesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256925403</t>
+          <t>9786256925434</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Önasya Arkeolojisi Toplantıları 1 - Savaş ve Şiddet Bildiri Kitabı</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256925427</t>
+          <t>9786256925403</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Adli Odontoloji</t>
+          <t>Önasya Arkeolojisi Toplantıları 1 - Savaş ve Şiddet Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256925410</t>
+          <t>9786256925427</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kilikia Arkeolojisi: Yeni Buluntular ve Yorumlar</t>
+          <t>Adli Odontoloji</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>385</v>
+        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256925366</t>
+          <t>9786256925410</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Damga</t>
+          <t>Kilikia Arkeolojisi: Yeni Buluntular ve Yorumlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256925373</t>
+          <t>9786256925366</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kalıp Yapılarla İngilizce Konuşma</t>
+          <t>Edebiyatta Kadın ve Damga</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256925397</t>
+          <t>9786256925373</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Leviathan’dan 21. Yüzyıla Enuma Eliş Döngüsü</t>
+          <t>Kalıp Yapılarla İngilizce Konuşma</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256925359</t>
+          <t>9786256925397</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Prehistorya’nın "Abi’’si</t>
+          <t>Leviathan’dan 21. Yüzyıla Enuma Eliş Döngüsü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>2500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256925380</t>
+          <t>9786256925359</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Sıra Dışı İmparatoru Claudius</t>
+          <t>Prehistorya’nın "Abi’’si</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257799652</t>
+          <t>9786256925380</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Ekoeleştiri</t>
+          <t>Roma’nın Sıra Dışı İmparatoru Claudius</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257799805</t>
+          <t>9786257799652</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları III</t>
+          <t>Edebiyat ve Ekoeleştiri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256925342</t>
+          <t>9786257799805</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>PM101 - Prompt Mühendisliğine Giriş</t>
+          <t>Tarsus Araştırmaları III</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256925328</t>
+          <t>9786256925342</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Radyolu Yıllar (Ciltli)</t>
+          <t>PM101 - Prompt Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256925335</t>
+          <t>9786256925328</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Edebiyatında Bellek</t>
+          <t>Radyolu Yıllar (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256925304</t>
+          <t>9786256925335</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kadeş Savaşı Sonrası Hitit-Mısır İlişkileri</t>
+          <t>Çağdaş Fransız Edebiyatında Bellek</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256925311</t>
+          <t>9786256925304</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Salih Çeçen’e Armağan (Ciltli)</t>
+          <t>Kadeş Savaşı Sonrası Hitit-Mısır İlişkileri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256925298</t>
+          <t>9786256925311</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Praksis Yolundaki İlmi Mantık Bilmi Ahlak</t>
+          <t>Prof. Dr. Salih Çeçen’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256925281</t>
+          <t>9786256925298</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Konya Karahöyük, 1953-1992 Yılı Kazıları ve Asur Ticaret Kolonileri Çağı Çanak Çömleği</t>
+          <t>Tasavvufi Praksis Yolundaki İlmi Mantık Bilmi Ahlak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256925199</t>
+          <t>9786256925281</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XIII-2023</t>
+          <t>Konya Karahöyük, 1953-1992 Yılı Kazıları ve Asur Ticaret Kolonileri Çağı Çanak Çömleği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256925182</t>
+          <t>9786256925199</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Paleolitik Çağ Kazılar (Ciltli)</t>
+          <t>Seleucia Sayı XIII-2023</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256925175</t>
+          <t>9786256925182</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Praksis Yolunda</t>
+          <t>Türkiye'de Paleolitik Çağ Kazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>90</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256925168</t>
+          <t>9786256925175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Eski Özgürlük Savaşçıları (Ciltli)</t>
+          <t>Tasavvufi Praksis Yolunda</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>980</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256925151</t>
+          <t>9786256925168</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Kesikservi</t>
+          <t>Dünyanın En Eski Özgürlük Savaşçıları (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>980</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256925137</t>
+          <t>9786256925151</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Halime Hüryılmaz’a Armağan - Ege’nin Ruhunu Yaşamak</t>
+          <t>Bodrum Kesikservi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>2500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256925144</t>
+          <t>9786256925137</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tepeköy Höyük 1</t>
+          <t>Halime Hüryılmaz’a Armağan - Ege’nin Ruhunu Yaşamak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257799799</t>
+          <t>9786256925144</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Başkaldırı</t>
+          <t>Tepeköy Höyük 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256925113</t>
+          <t>9786257799799</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia Çalışmaları 8 (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Başkaldırı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256925120</t>
+          <t>9786256925113</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bizans Anadolusu'nda Hamamlar ve Yıkanma Alışkanlıkları</t>
+          <t>Stratonikeia Çalışmaları 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257799218</t>
+          <t>9786256925120</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Seyitömer Höyük Kurtarma Kazısı 1989-2021 (Ciltli)</t>
+          <t>Bizans Anadolusu'nda Hamamlar ve Yıkanma Alışkanlıkları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>7000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257799638</t>
+          <t>9786257799218</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Diocaesarea Doğu Nekropolis</t>
+          <t>Seyitömer Höyük Kurtarma Kazısı 1989-2021 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257799645</t>
+          <t>9786257799638</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Golbez Ve Çaa Prensi İle</t>
+          <t>Diocaesarea Doğu Nekropolis</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257799614</t>
+          <t>9786257799645</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Toplumlarında Kadın ve Kraliçe Olarak Yaşamak ve Feminist Hareketin İlkel Öncülerinden Puduhepa</t>
+          <t>Golbez Ve Çaa Prensi İle</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257799577</t>
+          <t>9786257799614</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Alanda Küyerelleşme</t>
+          <t>Eski Anadolu Toplumlarında Kadın ve Kraliçe Olarak Yaşamak ve Feminist Hareketin İlkel Öncülerinden Puduhepa</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257799515</t>
+          <t>9786257799577</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 12 - 2022</t>
+          <t>Kültürel Alanda Küyerelleşme</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257799560</t>
+          <t>9786257799515</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aksaray Güzelyurt Manastır Ve Kilise Binaları</t>
+          <t>Seleucia Sayı 12 - 2022</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257799508</t>
+          <t>9786257799560</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Miras (Ciltli)</t>
+          <t>Aksaray Güzelyurt Manastır Ve Kilise Binaları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257799485</t>
+          <t>9786257799508</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı - Ölü Diller ve Arkeoloji</t>
+          <t>Yaşayan Miras (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257799492</t>
+          <t>9786257799485</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Keşşi, Kumarbi, Telipinu, Ullikummi ve Tanrisal Saltanatin Kesin Çöküşü</t>
+          <t>Tarih Yazımı - Ölü Diller ve Arkeoloji</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257799478</t>
+          <t>9786257799492</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarihöncesinde Türkiye'de Neler Oldu?</t>
+          <t>Keşşi, Kumarbi, Telipinu, Ullikummi ve Tanrisal Saltanatin Kesin Çöküşü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257799454</t>
+          <t>9786257799478</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tom Stoppard'ın Tractaryen Dünyasında Dil Oyunları</t>
+          <t>Tarihöncesinde Türkiye'de Neler Oldu?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059636094</t>
+          <t>9786257799454</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Vertebrate Fossil Beds In The Cappadocia Region</t>
+          <t>Tom Stoppard'ın Tractaryen Dünyasında Dil Oyunları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056204135</t>
+          <t>9786059636094</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tasmasor</t>
+          <t>Vertebrate Fossil Beds In The Cappadocia Region</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056204173</t>
+          <t>9786056204135</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Ve Medya</t>
+          <t>Tasmasor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056204197</t>
+          <t>9786056204173</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Samosata I.Theos Antiokhos Sarayı</t>
+          <t>Tasarım Ve Medya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056560118</t>
+          <t>9786056204197</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Practıcal Englısh</t>
+          <t>Samosata I.Theos Antiokhos Sarayı</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059636476</t>
+          <t>9786056560118</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pamphylia, Lykia, Kilikia Bölgesi Roma Dönemi Su Sistemlerinin Yapısal Özellikleri</t>
+          <t>Practıcal Englısh</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056204166</t>
+          <t>9786059636476</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Orhan Bingöle 67.Yaş Armağanı</t>
+          <t>Pamphylia, Lykia, Kilikia Bölgesi Roma Dönemi Su Sistemlerinin Yapısal Özellikleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257799447</t>
+          <t>9786056204166</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Metal Statuettes from Pisidia and its surroundings in Burdur Museum</t>
+          <t>Orhan Bingöle 67.Yaş Armağanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056311307</t>
+          <t>9786257799447</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Lykia Da Gün Yüzüne Yeni Çıkartılan Rhodiapolis Ti</t>
+          <t>Metal Statuettes from Pisidia and its surroundings in Burdur Museum</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257799423</t>
+          <t>9786056311307</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fatsa Cıngırt Kayası (Ciltli)</t>
+          <t>Lykia Da Gün Yüzüne Yeni Çıkartılan Rhodiapolis Ti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059636155</t>
+          <t>9786257799423</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Basileus - Uluslararası ''Anadolu'da Demeter ve Diğer Ana Tanrıça Kültleri'' Sempozyumu (Ciltli)</t>
+          <t>Fatsa Cıngırt Kayası (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257799430</t>
+          <t>9786059636155</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Yazıları 15</t>
+          <t>Basileus - Uluslararası ''Anadolu'da Demeter ve Diğer Ana Tanrıça Kültleri'' Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257799416</t>
+          <t>9786257799430</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu'da Miras Anlayışı</t>
+          <t>Eskiçağ Yazıları 15</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257799355</t>
+          <t>9786257799416</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Materyal Kültür ve İnsan</t>
+          <t>Eski Yakındoğu'da Miras Anlayışı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257799362</t>
+          <t>9786257799355</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Evlilik</t>
+          <t>Materyal Kültür ve İnsan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257799331</t>
+          <t>9786257799362</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Karaosmanoğlu'na Armağan</t>
+          <t>Edebiyatta Kadın ve Evlilik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257799348</t>
+          <t>9786257799331</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tralleis 1 - Kemik Buluntular</t>
+          <t>Mehmet Karaosmanoğlu'na Armağan</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059636582</t>
+          <t>9786257799348</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Mimaride Taş</t>
+          <t>Tralleis 1 - Kemik Buluntular</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059636506</t>
+          <t>9786059636582</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Şiddet</t>
+          <t>Arkeolojik Mimaride Taş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059636544</t>
+          <t>9786059636506</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Kent Kasaba İmgesi</t>
+          <t>Edebiyatta Kadın ve Şiddet</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059636186</t>
+          <t>9786059636544</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Anadolu, Arkeoloji, Zaman ve Mekan</t>
+          <t>Rus Edebiyatında Kent Kasaba İmgesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059636483</t>
+          <t>9786059636186</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aydın Arkeoloji Müzesi Fibulaları</t>
+          <t>Anadolu, Arkeoloji, Zaman ve Mekan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056204104</t>
+          <t>9786059636483</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Işın Yalçınkaya'ya Armağan</t>
+          <t>Aydın Arkeoloji Müzesi Fibulaları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059636087</t>
+          <t>9786056204104</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hitit İmparatorluk Dönemi Kaya Anıtları</t>
+          <t>Işın Yalçınkaya'ya Armağan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059636315</t>
+          <t>9786059636087</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Silifke Müzesi Cam Kataloğu</t>
+          <t>Hitit İmparatorluk Dönemi Kaya Anıtları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059636308</t>
+          <t>9786059636315</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Olba'da Ölü Kültü</t>
+          <t>Silifke Müzesi Cam Kataloğu</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059636599</t>
+          <t>9786059636308</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arykanda 1 - Arykanda Akropolisi Kutsal Alanları ve Kültleri (Ciltli)</t>
+          <t>Olba'da Ölü Kültü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059636643</t>
+          <t>9786059636599</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Taş Çağlarında Yontmataş Uçlar</t>
+          <t>Arykanda 1 - Arykanda Akropolisi Kutsal Alanları ve Kültleri (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059636636</t>
+          <t>9786059636643</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cilicia'da Yahudiler</t>
+          <t>Taş Çağlarında Yontmataş Uçlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059636469</t>
+          <t>9786059636636</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ege - Akdeniz'de Sünger ve Süngerciliğin Dip Tarihi</t>
+          <t>Cilicia'da Yahudiler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059636278</t>
+          <t>9786059636469</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>20. Su Altı Bilim ve Teknoloji Toplantısı Bildirileri</t>
+          <t>Ege - Akdeniz'de Sünger ve Süngerciliğin Dip Tarihi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257799225</t>
+          <t>9786059636278</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları 2</t>
+          <t>20. Su Altı Bilim ve Teknoloji Toplantısı Bildirileri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059636322</t>
+          <t>9786257799225</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Byzantine Architectural Sculpture in Çanakkale</t>
+          <t>Tarsus Araştırmaları 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059636346</t>
+          <t>9786059636322</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Metamorfoz Öyküsü</t>
+          <t>Byzantine Architectural Sculpture in Çanakkale</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058573000</t>
+          <t>9786059636346</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>17. - 18. ve 19. Yüzyıllarda Fransız Seyahatnamelerinde Osmanlı Toplumu</t>
+          <t>Bir Metamorfoz Öyküsü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059636100</t>
+          <t>9786058573000</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Elementler</t>
+          <t>17. - 18. ve 19. Yüzyıllarda Fransız Seyahatnamelerinde Osmanlı Toplumu</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786058573079</t>
+          <t>9786059636100</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Zirvesinde Türk Arkeolojisinin 40 Yılı</t>
+          <t>Biyolojik Elementler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059636353</t>
+          <t>9786058573079</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Alaybey Karoğlu (Ciltli)</t>
+          <t>Anadolu'nun Zirvesinde Türk Arkeolojisinin 40 Yılı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059636261</t>
+          <t>9786059636353</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Akkulturation In Pisidien</t>
+          <t>Alaybey Karoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058573024</t>
+          <t>9786059636261</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aizanoi 1</t>
+          <t>Akkulturation In Pisidien</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786056560194</t>
+          <t>9786058573024</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>4. Odtü Arkeometri Çalıştayı Türkiye Arkeolojisinde Taş: Arkeolojik ve Arkeometrik Çalışmalar</t>
+          <t>Aizanoi 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059636292</t>
+          <t>9786056560194</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Representations of Space in Literature</t>
+          <t>4. Odtü Arkeometri Çalıştayı Türkiye Arkeolojisinde Taş: Arkeolojik ve Arkeometrik Çalışmalar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059636254</t>
+          <t>9786059636292</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi 2016 Yıllığı</t>
+          <t>Representations of Space in Literature</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786056560170</t>
+          <t>9786059636254</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kureyşler Barajı Kurtarma Kazıları 2014 (Ciltli)</t>
+          <t>Kütahya Müzesi 2016 Yıllığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059636391</t>
+          <t>9786056560170</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Geç Hitit Dönemi Tasvir Sanatında Mobilyalar</t>
+          <t>Kureyşler Barajı Kurtarma Kazıları 2014 (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058573093</t>
+          <t>9786059636391</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Madenciliği</t>
+          <t>Geç Hitit Dönemi Tasvir Sanatında Mobilyalar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056560132</t>
+          <t>9786058573093</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Asurlular</t>
+          <t>Eski Anadolu Madenciliği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055487591</t>
+          <t>9786056560132</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Armizzi</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059636070</t>
+          <t>9786055487591</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Adana Müze Müdürlüğü 2015 Yılı Müze Yıllığı</t>
+          <t>Armizzi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059636247</t>
+          <t>9786059636070</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Onsekizinci Yüzyıl Osmanlıda Kimya</t>
+          <t>Adana Müze Müdürlüğü 2015 Yılı Müze Yıllığı</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059636193</t>
+          <t>9786059636247</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Köprüleri</t>
+          <t>Onsekizinci Yüzyıl Osmanlıda Kimya</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059636209</t>
+          <t>9786059636193</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Boş Zaman Alışkanlıklarının İncelenmesi</t>
+          <t>Diyarbakır Köprüleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059636124</t>
+          <t>9786059636209</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Basileus (Ciltli)</t>
+          <t>Üniversite Öğrencilerinin Boş Zaman Alışkanlıklarının İncelenmesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059636230</t>
+          <t>9786059636124</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dr. E. Sedat Erkut Toplu Eserleri</t>
+          <t>Basileus (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059636179</t>
+          <t>9786059636230</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devleti'nde Siyaset ve Yönetim</t>
+          <t>Dr. E. Sedat Erkut Toplu Eserleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059636162</t>
+          <t>9786059636179</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çevre Etkileşimi</t>
+          <t>Hitit Devleti'nde Siyaset ve Yönetim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059636117</t>
+          <t>9786059636162</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi Bizans Sikkeleri</t>
+          <t>İnsan Çevre Etkileşimi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059636063</t>
+          <t>9786059636117</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Bölgesi Omurgalı Fosil Yatakları</t>
+          <t>Kütahya Müzesi Bizans Sikkeleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059636148</t>
+          <t>9786059636063</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mabedini Arayan Kaplumbağa</t>
+          <t>Kapadokya Bölgesi Omurgalı Fosil Yatakları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059636025</t>
+          <t>9786059636148</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Milo Savunması'nda Değişmeceler, Söz ve Anlam Sanatları</t>
+          <t>Mabedini Arayan Kaplumbağa</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056560163</t>
+          <t>9786059636025</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kavşak</t>
+          <t>Milo Savunması'nda Değişmeceler, Söz ve Anlam Sanatları</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059636032</t>
+          <t>9786056560163</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hititçe - Türkçe Türkçe - Hititçe Büyük Sözlük</t>
+          <t>Kavşak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059636018</t>
+          <t>9786059636032</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Milo Savunması</t>
+          <t>Hititçe - Türkçe Türkçe - Hititçe Büyük Sözlük</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059636049</t>
+          <t>9786059636018</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde ve Eski Anadolu Toplumlarında Din, Devlet, Halk ve Eğlence</t>
+          <t>Milo Savunması</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058573048</t>
+          <t>9786059636049</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Throug The Eyes Of Children Magnesia</t>
+          <t>Hititlerde ve Eski Anadolu Toplumlarında Din, Devlet, Halk ve Eğlence</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058573086</t>
+          <t>9786058573048</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Keramos</t>
+          <t>Throug The Eyes Of Children Magnesia</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257799256</t>
+          <t>9786058573086</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Zamanda Yolculuk</t>
+          <t>Keramos</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257799157</t>
+          <t>9786257799256</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim Kuramları - Antik Çağdan Günümüze</t>
+          <t>Kapadokya Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257799324</t>
+          <t>9786257799157</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Karabük Eskipazar - Paphlagonia Hadrianoupolis'i</t>
+          <t>Göstergebilim Kuramları - Antik Çağdan Günümüze</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257799317</t>
+          <t>9786257799324</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia ve Lagina Hayvan Kabartmaları (Ciltli)</t>
+          <t>Karabük Eskipazar - Paphlagonia Hadrianoupolis'i</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059636834</t>
+          <t>9786257799317</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Ortaçağ ve Demir Çağı Toplumlarında Ağız ve Diş Sağlığı</t>
+          <t>Stratonikeia ve Lagina Hayvan Kabartmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257799287</t>
+          <t>9786059636834</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Roma Devlet Kabartmalarında Propaganda ve Sanat</t>
+          <t>Doğu Anadolu Ortaçağ ve Demir Çağı Toplumlarında Ağız ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257799119</t>
+          <t>9786257799287</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Mit</t>
+          <t>Roma Devlet Kabartmalarında Propaganda ve Sanat</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257799294</t>
+          <t>9786257799119</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sebaste (Phrygia) (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Mit</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059636612</t>
+          <t>9786257799294</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Antik Phrygia'nın Merkezinde Bir Kent Akmonia</t>
+          <t>Sebaste (Phrygia) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257799126</t>
+          <t>9786059636612</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu'da Sürgünler</t>
+          <t>Antik Phrygia'nın Merkezinde Bir Kent Akmonia</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257799140</t>
+          <t>9786257799126</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sualtı Arkeolojisi</t>
+          <t>Eski Yakındoğu'da Sürgünler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>2994355903813</t>
+          <t>9786257799140</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>APAD 2020 Cilt 6</t>
+          <t>Sualtı Arkeolojisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059636889</t>
+          <t>2994355903813</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatı (1920 - 1940)</t>
+          <t>APAD 2020 Cilt 6</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059636957</t>
+          <t>9786059636889</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Karaz'dan Büyük İskender'e Erzurum Ovası'nda Yeni Bir Keşif (Ciltli)</t>
+          <t>Rus Göçmen Edebiyatı (1920 - 1940)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059636841</t>
+          <t>9786059636957</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mysia'dan Üç Nekropolis (Ciltli)</t>
+          <t>Karaz'dan Büyük İskender'e Erzurum Ovası'nda Yeni Bir Keşif (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059636896</t>
+          <t>9786059636841</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojiyle Geçen Yarım Asır: Sevil Gülçur Armağanı (Ciltli)</t>
+          <t>Mysia'dan Üç Nekropolis (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>385</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059636902</t>
+          <t>9786059636896</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Dünya Destanları</t>
+          <t>Arkeolojiyle Geçen Yarım Asır: Sevil Gülçur Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257799034</t>
+          <t>9786059636902</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bizans Maden Sanatı</t>
+          <t>Dünden Bugüne Dünya Destanları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257799102</t>
+          <t>9786257799034</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şapinuva Güzellemesi</t>
+          <t>Bizans Maden Sanatı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050615197</t>
+          <t>9786257799102</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Prehistoryadan Günümüze Kadın</t>
+          <t>Şapinuva Güzellemesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050615173</t>
+          <t>9786050615197</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Anadolu Gürcistan İlişkileri Sempozyumu</t>
+          <t>Prehistoryadan Günümüze Kadın</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>2994355903780</t>
+          <t>9786050615173</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2019 Cilt-5</t>
+          <t>Tarih Boyunca Anadolu Gürcistan İlişkileri Sempozyumu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257799249</t>
+          <t>2994355903780</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Maden Hukuku ve İmtiyazlar (1861-1906)</t>
+          <t>APAD Ankara 2019 Cilt-5</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050615104</t>
+          <t>9786257799249</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Terminoloji Sözlüğü - Antik Çağ'da Ölüm</t>
+          <t>Osmanlı Devleti'nde Maden Hukuku ve İmtiyazlar (1861-1906)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050615166</t>
+          <t>9786050615104</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Dönem Kilikia Pişmiş Toprak Figürinleri Kilikia Kıbrıs ve Ionia İlişkileri</t>
+          <t>Terminoloji Sözlüğü - Antik Çağ'da Ölüm</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059636988</t>
+          <t>9786050615166</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tokat'ın Antik Yerleşimleri Sempozyumu Bildirileri</t>
+          <t>Arkaik Dönem Kilikia Pişmiş Toprak Figürinleri Kilikia Kıbrıs ve Ionia İlişkileri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059636995</t>
+          <t>9786059636988</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları 1 (Ciltli)</t>
+          <t>Tokat'ın Antik Yerleşimleri Sempozyumu Bildirileri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>2994355903784</t>
+          <t>9786059636995</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 10 - 2020</t>
+          <t>Tarsus Araştırmaları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>385</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050615135</t>
+          <t>2994355903784</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu ve Ön Asya'da At ve Kikkuli'nin Kaleminden Dünyanın En Eski At Eğitim Merkezi</t>
+          <t>Seleucia Sayı 10 - 2020</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050615142</t>
+          <t>9786050615135</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Müzik, Müzik Aletleri ve Müzisyenler</t>
+          <t>Eski Anadolu ve Ön Asya'da At ve Kikkuli'nin Kaleminden Dünyanın En Eski At Eğitim Merkezi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257799027</t>
+          <t>9786050615142</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yüzey Araştırmaları Işığında Fatsa</t>
+          <t>Hititlerde Müzik, Müzik Aletleri ve Müzisyenler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059636810</t>
+          <t>9786257799027</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Camandıras ve Dalagöz Nekropolleri - Stratonikeia Çalışmaları 6 (Ciltli)</t>
+          <t>Yüzey Araştırmaları Işığında Fatsa</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257799096</t>
+          <t>9786059636810</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Jungiyen Bir Okuma: İtaat-Edilmesi-Gereken-Kadın</t>
+          <t>Camandıras ve Dalagöz Nekropolleri - Stratonikeia Çalışmaları 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>2994355904168</t>
+          <t>9786257799096</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 11 - 2021 Olba Kazısı Serisi</t>
+          <t>Jungiyen Bir Okuma: İtaat-Edilmesi-Gereken-Kadın</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059636803</t>
+          <t>2994355904168</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç ve Arkeolojik Bulgular Bağlamında Bolu Seben Kaya Barınakları Sığnakları</t>
+          <t>Seleucia Sayı 11 - 2021 Olba Kazısı Serisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059636698</t>
+          <t>9786059636803</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şölen</t>
+          <t>Tarihsel Süreç ve Arkeolojik Bulgular Bağlamında Bolu Seben Kaya Barınakları Sığnakları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257799232</t>
+          <t>9786059636698</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hurrice Dilbilgisi</t>
+          <t>Büyük Şölen</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059636919</t>
+          <t>9786257799232</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Hellenistlik ve Roma Dönemleri'nde Ölü Gömme Adetler (Ciltli)</t>
+          <t>Hurrice Dilbilgisi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>2994355903777</t>
+          <t>9786059636919</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2017 Cilt-3</t>
+          <t>Anadolu'da Hellenistlik ve Roma Dönemleri'nde Ölü Gömme Adetler (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>2994355903778</t>
+          <t>2994355903777</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2016 Cilt-2</t>
+          <t>APAD Ankara 2017 Cilt-3</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>2994355903779</t>
+          <t>2994355903778</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2015 Cilt-1</t>
+          <t>APAD Ankara 2016 Cilt-2</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059636412</t>
+          <t>2994355903779</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı: 9 - 2019</t>
+          <t>APAD Ankara 2015 Cilt-1</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059636704</t>
+          <t>9786059636412</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıya 70. Yaşında Serap Yaylalı'ya Sunulan Yazılar (Ciltli)</t>
+          <t>Seleucia Sayı: 9 - 2019</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050615180</t>
+          <t>9786059636704</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Sivas ve Çevresi</t>
+          <t>Doğudan Batıya 70. Yaşında Serap Yaylalı'ya Sunulan Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050615128</t>
+          <t>9786050615180</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Prehistoryasına Adanmış Bir Yaşam - Jak Yakar'a Armağan</t>
+          <t>Eski Çağ'da Sivas ve Çevresi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059636513</t>
+          <t>9786050615128</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gibye (Yeşilbağcılar) - Stratonikeia Çalışmaları 3 (Ciltli)</t>
+          <t>Anadolu Prehistoryasına Adanmış Bir Yaşam - Jak Yakar'a Armağan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>780</v>
+        <v>700</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050615159</t>
+          <t>9786059636513</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Yüzey Araştırmaları Işığında Giresun</t>
+          <t>Gibye (Yeşilbağcılar) - Stratonikeia Çalışmaları 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059636650</t>
+          <t>9786050615159</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rifat Ergeç Armağanı</t>
+          <t>Arkeolojik Yüzey Araştırmaları Işığında Giresun</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059636933</t>
+          <t>9786059636650</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Yazıları 13</t>
+          <t>Rifat Ergeç Armağanı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059636605</t>
+          <t>9786059636933</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar Müzesi Terrakotta Figürinleri</t>
+          <t>Eskiçağ Yazıları 13</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059636537</t>
+          <t>9786059636605</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Heykeller Konuşabilseydi...</t>
+          <t>Afyonkarahisar Müzesi Terrakotta Figürinleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059636445</t>
+          <t>9786059636537</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Heykeller Konuşabilseydi...</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059636421</t>
+          <t>9786059636445</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Knidos - Denizlerin Buluştuğu Kent</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059636377</t>
+          <t>9786059636421</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Madeni Eser Tipolojisi</t>
+          <t>Knidos - Denizlerin Buluştuğu Kent</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059636360</t>
+          <t>9786059636377</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kültürel Değer Olarak Hakkari Yün Çorapları</t>
+          <t>Madeni Eser Tipolojisi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059636384</t>
+          <t>9786059636360</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları</t>
+          <t>Sanat ve Kültürel Değer Olarak Hakkari Yün Çorapları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
+          <t>9786059636384</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Yazıları</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
           <t>9786059636971</t>
         </is>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Tokat Müzesi Bronz Eserleri</t>
         </is>
       </c>
-      <c r="C227" s="1">
+      <c r="C228" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>