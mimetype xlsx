--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,3445 +85,3820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256925915</t>
+          <t>9786056560149</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Muğla Kazı ve Araştırmaları</t>
+          <t>Dişlerle Tarihöncesine Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>4500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256925939</t>
+          <t>9786257799010</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oylum Höyük (Ciltli)</t>
+          <t>Eskiçağ Yazıları 14</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256925908</t>
+          <t>9786258550115</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>A. Tuba Ökse'ye Armağan: Kızılırmak'tan Fırat ve Dicle'ye: Kültürlerin ve Uygarlıkların İzinde (Ciltli)</t>
+          <t>Ksanthippe</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>5500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256925922</t>
+          <t>9786258550047</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Rüstem Bozer'e Armağan</t>
+          <t>Edebiyatta Kadın ve Savaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256925588</t>
+          <t>9786258550023</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Burdur Arkeoloji Müzesi Teşhir Salonu</t>
+          <t>Fransız Gezginlerin Türk İzlenimleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059636940</t>
+          <t>9786258550016</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Arkeoloji, Sanat Tarihi ve Tarih Araştırmaları</t>
+          <t>Edebiyatta Ekofeminizm ve Ekomaskülinite</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056204159</t>
+          <t>9786258550030</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Musa Çadırcıya Armağan Yazılar</t>
+          <t>Antropolojik Bağlamda Küreselleşme ve Dil</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059636575</t>
+          <t>9786258550085</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi 2017 Yıllığı (Ciltli)</t>
+          <t>Hadrianopolis (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1200</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059636339</t>
+          <t>9786258550092</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Tapınak</t>
+          <t>Daily Life At Kültepe Ancient Kanesh</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059636223</t>
+          <t>9786258550078</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın Ve Göç</t>
+          <t>Batı Karadeniz’deki Bizans Kiliseleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056560101</t>
+          <t>9786258550009</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bercanistan</t>
+          <t>Iasos Limanları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257799003</t>
+          <t>9786256925793</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lokus - Lot Sistemi: Arkeolojik Kazılar İçin Kılavuz</t>
+          <t>İskeletlerin Karıştığı Adli Vakalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059636674</t>
+          <t>9786256925960</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Urartu Krallığında Tekerlekli Taşıtlar - Wheeled Vehicles In The Urartian Kingdom</t>
+          <t>Kilikia Arkeolojisi Serisi 6 - Silifke Müzesi Takı Kataloğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2994355903776</t>
+          <t>9786059636490</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2018 Cilt-4</t>
+          <t>Aizanoi Zeus Tapınağı'ndaki Türk İzleri (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059636711</t>
+          <t>9786059636629</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hititçe Dilbilgisi (Ciltli)</t>
+          <t>Eski Mısır Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059636858</t>
+          <t>9786059636216</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Eğitim</t>
+          <t>Prof. Dr. Recep Yıldırım'a Armağan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256925892</t>
+          <t>9786059148498</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kütahya ve İlçeleri Kültür Ansiklopedisi (Ciltli)</t>
+          <t>Yunan ve Roma'da Ölü Kültü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>2800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256925878</t>
+          <t>9786257799171</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir-Kütahya Demiryolunun Yapımı ve İşletmesi(1893-1894)</t>
+          <t>Hititler ve Eski Anadolu Halklarında Mit, Efsane, Destan ve Masallar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>685</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256925885</t>
+          <t>9786257799201</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Olba Kazıları 1</t>
+          <t>Mersin Hamidiye Kışlası (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256925861</t>
+          <t>9786059636964</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya’nın Sumer Öncesi Çanak Çömlekleri</t>
+          <t>Eski Mezopotamya Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256925830</t>
+          <t>9786256925991</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XV 2025</t>
+          <t>Deneysel Arkeoloji</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256925854</t>
+          <t>9786256925984</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Diclenin Kuzeyinde Yerleşik Avcılar</t>
+          <t>Tasavvufi Praksis Yol'da İrdelemeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>900</v>
+        <v>485</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256925816</t>
+          <t>9786256925977</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Salat Tepe II Yukarı Dicle Havzasında Bir Erken Tunç Çağı Köyü (Ciltli)</t>
+          <t>Kütahya Tarihi Araştırmaları II</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>2900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256925823</t>
+          <t>9786256925946</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Primat Dünyasında Maymuninsan</t>
+          <t>Stratonıkeıa Çalışmaları 9</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256925847</t>
+          <t>9786256925953</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 5 Kümbetbeleni ve Güvercinlik</t>
+          <t>Ionia’nın İncisi Didim’den Bilim Dünyasına Yazılar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256925809</t>
+          <t>9786256925915</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Identıty Fetıshısm In Tom Stoppard’s</t>
+          <t>Muğla Kazı ve Araştırmaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>185</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257799461</t>
+          <t>9786256925939</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Howard Barker’in Katastrofik Tiyatrosunda Ölüm</t>
+          <t>Oylum Höyük (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256925779</t>
+          <t>9786256925908</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hekate</t>
+          <t>A. Tuba Ökse'ye Armağan: Kızılırmak'tan Fırat ve Dicle'ye: Kültürlerin ve Uygarlıkların İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>385</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256925762</t>
+          <t>9786256925922</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çoçuklar İçin Anadolu Uygarlıkları</t>
+          <t>Rüstem Bozer'e Armağan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256925786</t>
+          <t>9786256925588</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Antik Mimarlık</t>
+          <t>Burdur Arkeoloji Müzesi Teşhir Salonu</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256925724</t>
+          <t>9786059636940</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia Çalışmaları 10 (Ciltli)</t>
+          <t>Kütahya Arkeoloji, Sanat Tarihi ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>4500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256925755</t>
+          <t>9786056204159</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cambazlı Kilisesi</t>
+          <t>Musa Çadırcıya Armağan Yazılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256925748</t>
+          <t>9786059636575</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Sanat Terapisi Hadrianopolis Değerleri</t>
+          <t>Kütahya Müzesi 2017 Yıllığı (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056204111</t>
+          <t>9786059636339</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz'den Fırat'a Bilgi Üretimleri / Önder Bilgi'ye Armağan Yazılar</t>
+          <t>Varlık ve Tapınak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256925717</t>
+          <t>9786059636223</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Dilbilim Temek Kavramlar 1</t>
+          <t>Edebiyatta Kadın Ve Göç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256925700</t>
+          <t>9786056560101</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Jean De Thevenot’nun Seyhatnamesine Yansıyan Oryantalizmin İzleri</t>
+          <t>Bercanistan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256925731</t>
+          <t>9786257799003</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Resim Terapisi Hadrianopolis Renkleri</t>
+          <t>Lokus - Lot Sistemi: Arkeolojik Kazılar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256925694</t>
+          <t>9786059636674</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Aşk</t>
+          <t>Urartu Krallığında Tekerlekli Taşıtlar - Wheeled Vehicles In The Urartian Kingdom</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256925687</t>
+          <t>2994355903776</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Diocaesarea Kule Mimari ve Buluntuları (Ciltli)</t>
+          <t>APAD Ankara 2018 Cilt-4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256925670</t>
+          <t>9786059636711</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Olive Oil and Wine Production in Aegean and Mediterranean in Antiquity</t>
+          <t>Hititçe Dilbilgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256925656</t>
+          <t>9786059636858</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hadrianopolis Kuzeybatı Nekropol Kilisesi</t>
+          <t>Edebiyatta Kadın ve Eğitim</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256925663</t>
+          <t>9786256925892</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>MÖ. III. Binyılda Konya Karahöyük</t>
+          <t>Kütahya ve İlçeleri Kültür Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>2000</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756900574</t>
+          <t>9786256925878</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemde Akdeniz'de Kırsal ve Kent</t>
+          <t>Eskişehir-Kütahya Demiryolunun Yapımı ve İşletmesi(1893-1894)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>685</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058573031</t>
+          <t>9786256925885</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesinde Mezopotamya</t>
+          <t>Olba Kazıları 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256925649</t>
+          <t>9786256925861</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Tarihi Araştırmaları</t>
+          <t>Mezopotamya’nın Sumer Öncesi Çanak Çömlekleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>385</v>
+        <v>800</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256925625</t>
+          <t>9786256925830</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sözlükopedi</t>
+          <t>Seleucia Sayı XV 2025</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256925632</t>
+          <t>9786256925854</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Fetihleri Çağında Philadelphia</t>
+          <t>Diclenin Kuzeyinde Yerleşik Avcılar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256925601</t>
+          <t>9786256925816</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Syedra I</t>
+          <t>Salat Tepe II Yukarı Dicle Havzasında Bir Erken Tunç Çağı Köyü (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2500</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256925618</t>
+          <t>9786256925823</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Tarihi ve Kültürü</t>
+          <t>Primat Dünyasında Maymuninsan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256925595</t>
+          <t>9786256925847</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Tanrıdan Acılı Kral Murşili</t>
+          <t>Kılıkıa Arkeolojisi Serisi 5 Kümbetbeleni ve Güvercinlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256925571</t>
+          <t>9786256925809</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Adil Özme’nin Hatırasına (Ciltli)</t>
+          <t>Identıty Fetıshısm In Tom Stoppard’s</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256925564</t>
+          <t>9786257799461</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Rahibin Kehaneti</t>
+          <t>Howard Barker’in Katastrofik Tiyatrosunda Ölüm</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256925540</t>
+          <t>9786256925779</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Salat Tepe 1</t>
+          <t>Hekate</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256925557</t>
+          <t>9786256925762</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ’da Suikast</t>
+          <t>Çoçuklar İçin Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>285</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256925526</t>
+          <t>9786256925786</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XIV 2024 - Olba Kazısı Serisi</t>
+          <t>Antik Mimarlık</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256925519</t>
+          <t>9786256925724</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devleti’nde Kizzuvatna’nın Yeri ve Önemi</t>
+          <t>Stratonikeia Çalışmaları 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256925533</t>
+          <t>9786256925755</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyadan</t>
+          <t>Cambazlı Kilisesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256925458</t>
+          <t>9786256925748</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şapinuva'ya Adanmış Hayatlar</t>
+          <t>Disiplinlerarası Sanat Terapisi Hadrianopolis Değerleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>3500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256925502</t>
+          <t>9786056204111</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Liman Tepe 1</t>
+          <t>Karadeniz'den Fırat'a Bilgi Üretimleri / Önder Bilgi'ye Armağan Yazılar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>2800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256925472</t>
+          <t>9786256925717</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 2 - Seleukeıa Kalykadnos</t>
+          <t>Antropolojik Dilbilim Temek Kavramlar 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256925465</t>
+          <t>9786256925700</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 1 - Karakabaklı ve Işıkkale</t>
+          <t>Jean De Thevenot’nun Seyhatnamesine Yansıyan Oryantalizmin İzleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256925489</t>
+          <t>9786256925731</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 3 - Karaböcülü</t>
+          <t>Resim Terapisi Hadrianopolis Renkleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256925496</t>
+          <t>9786256925694</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kılıkıa Arkeolojisi Serisi 4 - Dağlık Kılıkıa'daki Olba Terrıtorıumu'nda Kabartmalar ve Kuleler</t>
+          <t>Edebiyatta Kadın ve Aşk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256925441</t>
+          <t>9786256925687</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Felaket Kurbanlarının Kimliklendirilmesi</t>
+          <t>Diocaesarea Kule Mimari ve Buluntuları (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256925434</t>
+          <t>9786256925670</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Olive Oil and Wine Production in Aegean and Mediterranean in Antiquity</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>185</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256925403</t>
+          <t>9786256925656</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Önasya Arkeolojisi Toplantıları 1 - Savaş ve Şiddet Bildiri Kitabı</t>
+          <t>Hadrianopolis Kuzeybatı Nekropol Kilisesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256925427</t>
+          <t>9786256925663</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Adli Odontoloji</t>
+          <t>MÖ. III. Binyılda Konya Karahöyük</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>185</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256925410</t>
+          <t>9789756900574</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kilikia Arkeolojisi: Yeni Buluntular ve Yorumlar</t>
+          <t>Antik Dönemde Akdeniz'de Kırsal ve Kent</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>385</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256925366</t>
+          <t>9786058573031</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Damga</t>
+          <t>Tarih Öncesinde Mezopotamya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256925373</t>
+          <t>9786256925649</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kalıp Yapılarla İngilizce Konuşma</t>
+          <t>Kütahya Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256925397</t>
+          <t>9786256925625</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Leviathan’dan 21. Yüzyıla Enuma Eliş Döngüsü</t>
+          <t>Sözlükopedi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256925359</t>
+          <t>9786256925632</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Prehistorya’nın "Abi’’si</t>
+          <t>Türk Fetihleri Çağında Philadelphia</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>2500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256925380</t>
+          <t>9786256925601</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Sıra Dışı İmparatoru Claudius</t>
+          <t>Syedra I</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257799652</t>
+          <t>9786256925618</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Ekoeleştiri</t>
+          <t>Eski Anadolu Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257799805</t>
+          <t>9786256925595</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları III</t>
+          <t>Fırtınalı Tanrıdan Acılı Kral Murşili</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256925342</t>
+          <t>9786256925571</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>PM101 - Prompt Mühendisliğine Giriş</t>
+          <t>Adil Özme’nin Hatırasına (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>125</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256925328</t>
+          <t>9786256925564</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Radyolu Yıllar (Ciltli)</t>
+          <t>Yaşlı Rahibin Kehaneti</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256925335</t>
+          <t>9786256925540</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Edebiyatında Bellek</t>
+          <t>Salat Tepe 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256925304</t>
+          <t>9786256925557</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kadeş Savaşı Sonrası Hitit-Mısır İlişkileri</t>
+          <t>Eski Çağ’da Suikast</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256925311</t>
+          <t>9786256925526</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Salih Çeçen’e Armağan (Ciltli)</t>
+          <t>Seleucia Sayı XIV 2024 - Olba Kazısı Serisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256925298</t>
+          <t>9786256925519</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Praksis Yolundaki İlmi Mantık Bilmi Ahlak</t>
+          <t>Hitit Devleti’nde Kizzuvatna’nın Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256925281</t>
+          <t>9786256925533</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Konya Karahöyük, 1953-1992 Yılı Kazıları ve Asur Ticaret Kolonileri Çağı Çanak Çömleği</t>
+          <t>Türkiye ve Dünyadan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256925199</t>
+          <t>9786256925458</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı XIII-2023</t>
+          <t>Şapinuva'ya Adanmış Hayatlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>225</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256925182</t>
+          <t>9786256925502</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Paleolitik Çağ Kazılar (Ciltli)</t>
+          <t>Liman Tepe 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1400</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256925175</t>
+          <t>9786256925472</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Praksis Yolunda</t>
+          <t>Kılıkıa Arkeolojisi Serisi 2 - Seleukeıa Kalykadnos</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256925168</t>
+          <t>9786256925465</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Eski Özgürlük Savaşçıları (Ciltli)</t>
+          <t>Kılıkıa Arkeolojisi Serisi 1 - Karakabaklı ve Işıkkale</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>980</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256925151</t>
+          <t>9786256925489</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Kesikservi</t>
+          <t>Kılıkıa Arkeolojisi Serisi 3 - Karaböcülü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256925137</t>
+          <t>9786256925496</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Halime Hüryılmaz’a Armağan - Ege’nin Ruhunu Yaşamak</t>
+          <t>Kılıkıa Arkeolojisi Serisi 4 - Dağlık Kılıkıa'daki Olba Terrıtorıumu'nda Kabartmalar ve Kuleler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256925144</t>
+          <t>9786256925441</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tepeköy Höyük 1</t>
+          <t>Felaket Kurbanlarının Kimliklendirilmesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257799799</t>
+          <t>9786256925434</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Başkaldırı</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256925113</t>
+          <t>9786256925403</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia Çalışmaları 8 (Ciltli)</t>
+          <t>Önasya Arkeolojisi Toplantıları 1 - Savaş ve Şiddet Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256925120</t>
+          <t>9786256925427</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bizans Anadolusu'nda Hamamlar ve Yıkanma Alışkanlıkları</t>
+          <t>Adli Odontoloji</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257799218</t>
+          <t>9786256925410</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Seyitömer Höyük Kurtarma Kazısı 1989-2021 (Ciltli)</t>
+          <t>Kilikia Arkeolojisi: Yeni Buluntular ve Yorumlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257799638</t>
+          <t>9786256925366</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Diocaesarea Doğu Nekropolis</t>
+          <t>Edebiyatta Kadın ve Damga</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257799645</t>
+          <t>9786256925373</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Golbez Ve Çaa Prensi İle</t>
+          <t>Kalıp Yapılarla İngilizce Konuşma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257799614</t>
+          <t>9786256925397</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Toplumlarında Kadın ve Kraliçe Olarak Yaşamak ve Feminist Hareketin İlkel Öncülerinden Puduhepa</t>
+          <t>Leviathan’dan 21. Yüzyıla Enuma Eliş Döngüsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257799577</t>
+          <t>9786256925359</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Alanda Küyerelleşme</t>
+          <t>Prehistorya’nın "Abi’’si</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257799515</t>
+          <t>9786256925380</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 12 - 2022</t>
+          <t>Roma’nın Sıra Dışı İmparatoru Claudius</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257799560</t>
+          <t>9786257799652</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aksaray Güzelyurt Manastır Ve Kilise Binaları</t>
+          <t>Edebiyat ve Ekoeleştiri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257799508</t>
+          <t>9786257799805</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Miras (Ciltli)</t>
+          <t>Tarsus Araştırmaları III</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257799485</t>
+          <t>9786256925342</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı - Ölü Diller ve Arkeoloji</t>
+          <t>PM101 - Prompt Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257799492</t>
+          <t>9786256925328</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Keşşi, Kumarbi, Telipinu, Ullikummi ve Tanrisal Saltanatin Kesin Çöküşü</t>
+          <t>Radyolu Yıllar (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257799478</t>
+          <t>9786256925335</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tarihöncesinde Türkiye'de Neler Oldu?</t>
+          <t>Çağdaş Fransız Edebiyatında Bellek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257799454</t>
+          <t>9786256925304</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tom Stoppard'ın Tractaryen Dünyasında Dil Oyunları</t>
+          <t>Kadeş Savaşı Sonrası Hitit-Mısır İlişkileri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059636094</t>
+          <t>9786256925311</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Vertebrate Fossil Beds In The Cappadocia Region</t>
+          <t>Prof. Dr. Salih Çeçen’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056204135</t>
+          <t>9786256925298</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tasmasor</t>
+          <t>Tasavvufi Praksis Yolundaki İlmi Mantık Bilmi Ahlak</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056204173</t>
+          <t>9786256925281</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Ve Medya</t>
+          <t>Konya Karahöyük, 1953-1992 Yılı Kazıları ve Asur Ticaret Kolonileri Çağı Çanak Çömleği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056204197</t>
+          <t>9786256925199</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Samosata I.Theos Antiokhos Sarayı</t>
+          <t>Seleucia Sayı XIII-2023</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056560118</t>
+          <t>9786256925182</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Practıcal Englısh</t>
+          <t>Türkiye'de Paleolitik Çağ Kazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059636476</t>
+          <t>9786256925175</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Pamphylia, Lykia, Kilikia Bölgesi Roma Dönemi Su Sistemlerinin Yapısal Özellikleri</t>
+          <t>Tasavvufi Praksis Yolunda</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056204166</t>
+          <t>9786256925168</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Orhan Bingöle 67.Yaş Armağanı</t>
+          <t>Dünyanın En Eski Özgürlük Savaşçıları (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257799447</t>
+          <t>9786256925151</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Metal Statuettes from Pisidia and its surroundings in Burdur Museum</t>
+          <t>Bodrum Kesikservi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056311307</t>
+          <t>9786256925137</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lykia Da Gün Yüzüne Yeni Çıkartılan Rhodiapolis Ti</t>
+          <t>Halime Hüryılmaz’a Armağan - Ege’nin Ruhunu Yaşamak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257799423</t>
+          <t>9786256925144</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fatsa Cıngırt Kayası (Ciltli)</t>
+          <t>Tepeköy Höyük 1</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059636155</t>
+          <t>9786257799799</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Basileus - Uluslararası ''Anadolu'da Demeter ve Diğer Ana Tanrıça Kültleri'' Sempozyumu (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Başkaldırı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257799430</t>
+          <t>9786256925113</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Yazıları 15</t>
+          <t>Stratonikeia Çalışmaları 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257799416</t>
+          <t>9786256925120</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu'da Miras Anlayışı</t>
+          <t>Bizans Anadolusu'nda Hamamlar ve Yıkanma Alışkanlıkları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257799355</t>
+          <t>9786257799218</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Materyal Kültür ve İnsan</t>
+          <t>Seyitömer Höyük Kurtarma Kazısı 1989-2021 (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257799362</t>
+          <t>9786257799638</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Evlilik</t>
+          <t>Diocaesarea Doğu Nekropolis</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>125</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257799331</t>
+          <t>9786257799645</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Karaosmanoğlu'na Armağan</t>
+          <t>Golbez Ve Çaa Prensi İle</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257799348</t>
+          <t>9786257799614</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tralleis 1 - Kemik Buluntular</t>
+          <t>Eski Anadolu Toplumlarında Kadın ve Kraliçe Olarak Yaşamak ve Feminist Hareketin İlkel Öncülerinden Puduhepa</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>650</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059636582</t>
+          <t>9786257799577</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Mimaride Taş</t>
+          <t>Kültürel Alanda Küyerelleşme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059636506</t>
+          <t>9786257799515</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Şiddet</t>
+          <t>Seleucia Sayı 12 - 2022</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059636544</t>
+          <t>9786257799560</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Kent Kasaba İmgesi</t>
+          <t>Aksaray Güzelyurt Manastır Ve Kilise Binaları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059636186</t>
+          <t>9786257799508</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anadolu, Arkeoloji, Zaman ve Mekan</t>
+          <t>Yaşayan Miras (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059636483</t>
+          <t>9786257799485</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aydın Arkeoloji Müzesi Fibulaları</t>
+          <t>Tarih Yazımı - Ölü Diller ve Arkeoloji</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056204104</t>
+          <t>9786257799492</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Işın Yalçınkaya'ya Armağan</t>
+          <t>Keşşi, Kumarbi, Telipinu, Ullikummi ve Tanrisal Saltanatin Kesin Çöküşü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059636087</t>
+          <t>9786257799478</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hitit İmparatorluk Dönemi Kaya Anıtları</t>
+          <t>Tarihöncesinde Türkiye'de Neler Oldu?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059636315</t>
+          <t>9786257799454</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Silifke Müzesi Cam Kataloğu</t>
+          <t>Tom Stoppard'ın Tractaryen Dünyasında Dil Oyunları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059636308</t>
+          <t>9786059636094</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Olba'da Ölü Kültü</t>
+          <t>Vertebrate Fossil Beds In The Cappadocia Region</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059636599</t>
+          <t>9786056204135</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Arykanda 1 - Arykanda Akropolisi Kutsal Alanları ve Kültleri (Ciltli)</t>
+          <t>Tasmasor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059636643</t>
+          <t>9786056204173</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Taş Çağlarında Yontmataş Uçlar</t>
+          <t>Tasarım Ve Medya</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059636636</t>
+          <t>9786056204197</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cilicia'da Yahudiler</t>
+          <t>Samosata I.Theos Antiokhos Sarayı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059636469</t>
+          <t>9786056560118</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ege - Akdeniz'de Sünger ve Süngerciliğin Dip Tarihi</t>
+          <t>Practıcal Englısh</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059636278</t>
+          <t>9786059636476</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>20. Su Altı Bilim ve Teknoloji Toplantısı Bildirileri</t>
+          <t>Pamphylia, Lykia, Kilikia Bölgesi Roma Dönemi Su Sistemlerinin Yapısal Özellikleri</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257799225</t>
+          <t>9786056204166</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları 2</t>
+          <t>Orhan Bingöle 67.Yaş Armağanı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059636322</t>
+          <t>9786257799447</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Byzantine Architectural Sculpture in Çanakkale</t>
+          <t>Metal Statuettes from Pisidia and its surroundings in Burdur Museum</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059636346</t>
+          <t>9786056311307</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Metamorfoz Öyküsü</t>
+          <t>Lykia Da Gün Yüzüne Yeni Çıkartılan Rhodiapolis Ti</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058573000</t>
+          <t>9786257799423</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>17. - 18. ve 19. Yüzyıllarda Fransız Seyahatnamelerinde Osmanlı Toplumu</t>
+          <t>Fatsa Cıngırt Kayası (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059636100</t>
+          <t>9786059636155</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Elementler</t>
+          <t>Basileus - Uluslararası ''Anadolu'da Demeter ve Diğer Ana Tanrıça Kültleri'' Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058573079</t>
+          <t>9786257799430</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Zirvesinde Türk Arkeolojisinin 40 Yılı</t>
+          <t>Eskiçağ Yazıları 15</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059636353</t>
+          <t>9786257799416</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Alaybey Karoğlu (Ciltli)</t>
+          <t>Eski Yakındoğu'da Miras Anlayışı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059636261</t>
+          <t>9786257799355</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Akkulturation In Pisidien</t>
+          <t>Materyal Kültür ve İnsan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058573024</t>
+          <t>9786257799362</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aizanoi 1</t>
+          <t>Edebiyatta Kadın ve Evlilik</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056560194</t>
+          <t>9786257799331</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>4. Odtü Arkeometri Çalıştayı Türkiye Arkeolojisinde Taş: Arkeolojik ve Arkeometrik Çalışmalar</t>
+          <t>Mehmet Karaosmanoğlu'na Armağan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059636292</t>
+          <t>9786257799348</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Representations of Space in Literature</t>
+          <t>Tralleis 1 - Kemik Buluntular</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059636254</t>
+          <t>9786059636582</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi 2016 Yıllığı</t>
+          <t>Arkeolojik Mimaride Taş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056560170</t>
+          <t>9786059636506</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kureyşler Barajı Kurtarma Kazıları 2014 (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Şiddet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1250</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059636391</t>
+          <t>9786059636544</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Geç Hitit Dönemi Tasvir Sanatında Mobilyalar</t>
+          <t>Rus Edebiyatında Kent Kasaba İmgesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786058573093</t>
+          <t>9786059636186</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Madenciliği</t>
+          <t>Anadolu, Arkeoloji, Zaman ve Mekan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056560132</t>
+          <t>9786059636483</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Asurlular</t>
+          <t>Aydın Arkeoloji Müzesi Fibulaları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055487591</t>
+          <t>9786056204104</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Armizzi</t>
+          <t>Işın Yalçınkaya'ya Armağan</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059636070</t>
+          <t>9786059636087</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Adana Müze Müdürlüğü 2015 Yılı Müze Yıllığı</t>
+          <t>Hitit İmparatorluk Dönemi Kaya Anıtları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059636247</t>
+          <t>9786059636315</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Onsekizinci Yüzyıl Osmanlıda Kimya</t>
+          <t>Silifke Müzesi Cam Kataloğu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059636193</t>
+          <t>9786059636308</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Köprüleri</t>
+          <t>Olba'da Ölü Kültü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059636209</t>
+          <t>9786059636599</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Boş Zaman Alışkanlıklarının İncelenmesi</t>
+          <t>Arykanda 1 - Arykanda Akropolisi Kutsal Alanları ve Kültleri (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059636124</t>
+          <t>9786059636643</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Basileus (Ciltli)</t>
+          <t>Taş Çağlarında Yontmataş Uçlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059636230</t>
+          <t>9786059636636</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dr. E. Sedat Erkut Toplu Eserleri</t>
+          <t>Cilicia'da Yahudiler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059636179</t>
+          <t>9786059636469</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devleti'nde Siyaset ve Yönetim</t>
+          <t>Ege - Akdeniz'de Sünger ve Süngerciliğin Dip Tarihi</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059636162</t>
+          <t>9786059636278</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnsan Çevre Etkileşimi</t>
+          <t>20. Su Altı Bilim ve Teknoloji Toplantısı Bildirileri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059636117</t>
+          <t>9786257799225</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Müzesi Bizans Sikkeleri</t>
+          <t>Tarsus Araştırmaları 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059636063</t>
+          <t>9786059636322</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Bölgesi Omurgalı Fosil Yatakları</t>
+          <t>Byzantine Architectural Sculpture in Çanakkale</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059636148</t>
+          <t>9786059636346</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mabedini Arayan Kaplumbağa</t>
+          <t>Bir Metamorfoz Öyküsü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059636025</t>
+          <t>9786058573000</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Milo Savunması'nda Değişmeceler, Söz ve Anlam Sanatları</t>
+          <t>17. - 18. ve 19. Yüzyıllarda Fransız Seyahatnamelerinde Osmanlı Toplumu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056560163</t>
+          <t>9786059636100</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kavşak</t>
+          <t>Biyolojik Elementler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059636032</t>
+          <t>9786058573079</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hititçe - Türkçe Türkçe - Hititçe Büyük Sözlük</t>
+          <t>Anadolu'nun Zirvesinde Türk Arkeolojisinin 40 Yılı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>900</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059636018</t>
+          <t>9786059636353</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Milo Savunması</t>
+          <t>Alaybey Karoğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059636049</t>
+          <t>9786059636261</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde ve Eski Anadolu Toplumlarında Din, Devlet, Halk ve Eğlence</t>
+          <t>Akkulturation In Pisidien</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058573048</t>
+          <t>9786058573024</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Throug The Eyes Of Children Magnesia</t>
+          <t>Aizanoi 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786058573086</t>
+          <t>9786056560194</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Keramos</t>
+          <t>4. Odtü Arkeometri Çalıştayı Türkiye Arkeolojisinde Taş: Arkeolojik ve Arkeometrik Çalışmalar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257799256</t>
+          <t>9786059636292</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Zamanda Yolculuk</t>
+          <t>Representations of Space in Literature</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257799157</t>
+          <t>9786059636254</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim Kuramları - Antik Çağdan Günümüze</t>
+          <t>Kütahya Müzesi 2016 Yıllığı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257799324</t>
+          <t>9786056560170</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karabük Eskipazar - Paphlagonia Hadrianoupolis'i</t>
+          <t>Kureyşler Barajı Kurtarma Kazıları 2014 (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257799317</t>
+          <t>9786059636391</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Stratonikeia ve Lagina Hayvan Kabartmaları (Ciltli)</t>
+          <t>Geç Hitit Dönemi Tasvir Sanatında Mobilyalar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059636834</t>
+          <t>9786058573093</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Ortaçağ ve Demir Çağı Toplumlarında Ağız ve Diş Sağlığı</t>
+          <t>Eski Anadolu Madenciliği</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257799287</t>
+          <t>9786056560132</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Roma Devlet Kabartmalarında Propaganda ve Sanat</t>
+          <t>Asurlular</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257799119</t>
+          <t>9786055487591</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Kadın ve Mit</t>
+          <t>Armizzi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257799294</t>
+          <t>9786059636070</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sebaste (Phrygia) (Ciltli)</t>
+          <t>Adana Müze Müdürlüğü 2015 Yılı Müze Yıllığı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059636612</t>
+          <t>9786059636247</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Antik Phrygia'nın Merkezinde Bir Kent Akmonia</t>
+          <t>Onsekizinci Yüzyıl Osmanlıda Kimya</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257799126</t>
+          <t>9786059636193</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eski Yakındoğu'da Sürgünler</t>
+          <t>Diyarbakır Köprüleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257799140</t>
+          <t>9786059636209</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sualtı Arkeolojisi</t>
+          <t>Üniversite Öğrencilerinin Boş Zaman Alışkanlıklarının İncelenmesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>2994355903813</t>
+          <t>9786059636124</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>APAD 2020 Cilt 6</t>
+          <t>Basileus (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059636889</t>
+          <t>9786059636230</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatı (1920 - 1940)</t>
+          <t>Dr. E. Sedat Erkut Toplu Eserleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059636957</t>
+          <t>9786059636179</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karaz'dan Büyük İskender'e Erzurum Ovası'nda Yeni Bir Keşif (Ciltli)</t>
+          <t>Hitit Devleti'nde Siyaset ve Yönetim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059636841</t>
+          <t>9786059636162</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mysia'dan Üç Nekropolis (Ciltli)</t>
+          <t>İnsan Çevre Etkileşimi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059636896</t>
+          <t>9786059636117</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojiyle Geçen Yarım Asır: Sevil Gülçur Armağanı (Ciltli)</t>
+          <t>Kütahya Müzesi Bizans Sikkeleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059636902</t>
+          <t>9786059636063</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Dünya Destanları</t>
+          <t>Kapadokya Bölgesi Omurgalı Fosil Yatakları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257799034</t>
+          <t>9786059636148</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bizans Maden Sanatı</t>
+          <t>Mabedini Arayan Kaplumbağa</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257799102</t>
+          <t>9786059636025</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şapinuva Güzellemesi</t>
+          <t>Milo Savunması'nda Değişmeceler, Söz ve Anlam Sanatları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050615197</t>
+          <t>9786056560163</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Prehistoryadan Günümüze Kadın</t>
+          <t>Kavşak</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050615173</t>
+          <t>9786059636032</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Anadolu Gürcistan İlişkileri Sempozyumu</t>
+          <t>Hititçe - Türkçe Türkçe - Hititçe Büyük Sözlük</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>550</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>2994355903780</t>
+          <t>9786059636018</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2019 Cilt-5</t>
+          <t>Milo Savunması</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257799249</t>
+          <t>9786059636049</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Maden Hukuku ve İmtiyazlar (1861-1906)</t>
+          <t>Hititlerde ve Eski Anadolu Toplumlarında Din, Devlet, Halk ve Eğlence</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050615104</t>
+          <t>9786058573048</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Terminoloji Sözlüğü - Antik Çağ'da Ölüm</t>
+          <t>Throug The Eyes Of Children Magnesia</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050615166</t>
+          <t>9786058573086</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Dönem Kilikia Pişmiş Toprak Figürinleri Kilikia Kıbrıs ve Ionia İlişkileri</t>
+          <t>Keramos</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059636988</t>
+          <t>9786257799256</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tokat'ın Antik Yerleşimleri Sempozyumu Bildirileri</t>
+          <t>Kapadokya Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059636995</t>
+          <t>9786257799157</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tarsus Araştırmaları 1 (Ciltli)</t>
+          <t>Göstergebilim Kuramları - Antik Çağdan Günümüze</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>2994355903784</t>
+          <t>9786257799324</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 10 - 2020</t>
+          <t>Karabük Eskipazar - Paphlagonia Hadrianoupolis'i</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050615135</t>
+          <t>9786257799317</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu ve Ön Asya'da At ve Kikkuli'nin Kaleminden Dünyanın En Eski At Eğitim Merkezi</t>
+          <t>Stratonikeia ve Lagina Hayvan Kabartmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050615142</t>
+          <t>9786059636834</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Müzik, Müzik Aletleri ve Müzisyenler</t>
+          <t>Doğu Anadolu Ortaçağ ve Demir Çağı Toplumlarında Ağız ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257799027</t>
+          <t>9786257799287</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yüzey Araştırmaları Işığında Fatsa</t>
+          <t>Roma Devlet Kabartmalarında Propaganda ve Sanat</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059636810</t>
+          <t>9786257799119</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Camandıras ve Dalagöz Nekropolleri - Stratonikeia Çalışmaları 6 (Ciltli)</t>
+          <t>Edebiyatta Kadın ve Mit</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257799096</t>
+          <t>9786257799294</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Jungiyen Bir Okuma: İtaat-Edilmesi-Gereken-Kadın</t>
+          <t>Sebaste (Phrygia) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>2994355904168</t>
+          <t>9786059636612</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı 11 - 2021 Olba Kazısı Serisi</t>
+          <t>Antik Phrygia'nın Merkezinde Bir Kent Akmonia</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059636803</t>
+          <t>9786257799126</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç ve Arkeolojik Bulgular Bağlamında Bolu Seben Kaya Barınakları Sığnakları</t>
+          <t>Eski Yakındoğu'da Sürgünler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059636698</t>
+          <t>9786257799140</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şölen</t>
+          <t>Sualtı Arkeolojisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>385</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257799232</t>
+          <t>2994355903813</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hurrice Dilbilgisi</t>
+          <t>APAD 2020 Cilt 6</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059636919</t>
+          <t>9786059636889</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Hellenistlik ve Roma Dönemleri'nde Ölü Gömme Adetler (Ciltli)</t>
+          <t>Rus Göçmen Edebiyatı (1920 - 1940)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>2994355903777</t>
+          <t>9786059636957</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2017 Cilt-3</t>
+          <t>Karaz'dan Büyük İskender'e Erzurum Ovası'nda Yeni Bir Keşif (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>2994355903778</t>
+          <t>9786059636841</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2016 Cilt-2</t>
+          <t>Mysia'dan Üç Nekropolis (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>2994355903779</t>
+          <t>9786059636896</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>APAD Ankara 2015 Cilt-1</t>
+          <t>Arkeolojiyle Geçen Yarım Asır: Sevil Gülçur Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059636412</t>
+          <t>9786059636902</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Seleucia Sayı: 9 - 2019</t>
+          <t>Dünden Bugüne Dünya Destanları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059636704</t>
+          <t>9786257799034</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıya 70. Yaşında Serap Yaylalı'ya Sunulan Yazılar (Ciltli)</t>
+          <t>Bizans Maden Sanatı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050615180</t>
+          <t>9786257799102</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ'da Sivas ve Çevresi</t>
+          <t>Şapinuva Güzellemesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050615128</t>
+          <t>9786050615197</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Prehistoryasına Adanmış Bir Yaşam - Jak Yakar'a Armağan</t>
+          <t>Prehistoryadan Günümüze Kadın</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059636513</t>
+          <t>9786050615173</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gibye (Yeşilbağcılar) - Stratonikeia Çalışmaları 3 (Ciltli)</t>
+          <t>Tarih Boyunca Anadolu Gürcistan İlişkileri Sempozyumu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>780</v>
+        <v>900</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050615159</t>
+          <t>2994355903780</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Yüzey Araştırmaları Işığında Giresun</t>
+          <t>APAD Ankara 2019 Cilt-5</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059636650</t>
+          <t>9786257799249</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rifat Ergeç Armağanı</t>
+          <t>Osmanlı Devleti'nde Maden Hukuku ve İmtiyazlar (1861-1906)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059636933</t>
+          <t>9786050615104</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Yazıları 13</t>
+          <t>Terminoloji Sözlüğü - Antik Çağ'da Ölüm</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059636605</t>
+          <t>9786050615166</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar Müzesi Terrakotta Figürinleri</t>
+          <t>Arkaik Dönem Kilikia Pişmiş Toprak Figürinleri Kilikia Kıbrıs ve Ionia İlişkileri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059636537</t>
+          <t>9786059636988</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Heykeller Konuşabilseydi...</t>
+          <t>Tokat'ın Antik Yerleşimleri Sempozyumu Bildirileri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059636445</t>
+          <t>9786059636995</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Tarsus Araştırmaları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059636421</t>
+          <t>2994355903784</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Knidos - Denizlerin Buluştuğu Kent</t>
+          <t>Seleucia Sayı 10 - 2020</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059636377</t>
+          <t>9786050615135</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Madeni Eser Tipolojisi</t>
+          <t>Eski Anadolu ve Ön Asya'da At ve Kikkuli'nin Kaleminden Dünyanın En Eski At Eğitim Merkezi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059636360</t>
+          <t>9786050615142</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kültürel Değer Olarak Hakkari Yün Çorapları</t>
+          <t>Hititlerde Müzik, Müzik Aletleri ve Müzisyenler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059636384</t>
+          <t>9786257799027</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları</t>
+          <t>Yüzey Araştırmaları Işığında Fatsa</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
+          <t>9786059636810</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Camandıras ve Dalagöz Nekropolleri - Stratonikeia Çalışmaları 6 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786257799096</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Jungiyen Bir Okuma: İtaat-Edilmesi-Gereken-Kadın</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>2994355904168</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Seleucia Sayı 11 - 2021 Olba Kazısı Serisi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059636803</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Süreç ve Arkeolojik Bulgular Bağlamında Bolu Seben Kaya Barınakları Sığnakları</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059636698</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şölen</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786257799232</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Hurrice Dilbilgisi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059636919</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'da Hellenistlik ve Roma Dönemleri'nde Ölü Gömme Adetler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>2994355903777</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>APAD Ankara 2017 Cilt-3</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>2994355903778</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>APAD Ankara 2016 Cilt-2</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>2994355903779</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>APAD Ankara 2015 Cilt-1</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059636412</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Seleucia Sayı: 9 - 2019</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059636704</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Doğudan Batıya 70. Yaşında Serap Yaylalı'ya Sunulan Yazılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786050615180</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Eski Çağ'da Sivas ve Çevresi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786050615128</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Prehistoryasına Adanmış Bir Yaşam - Jak Yakar'a Armağan</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059636513</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Gibye (Yeşilbağcılar) - Stratonikeia Çalışmaları 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786050615159</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Arkeolojik Yüzey Araştırmaları Işığında Giresun</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059636650</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Rifat Ergeç Armağanı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059636933</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Eskiçağ Yazıları 13</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059636605</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Afyonkarahisar Müzesi Terrakotta Figürinleri</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059636537</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Heykeller Konuşabilseydi...</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059636445</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Yazıları</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059636421</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Knidos - Denizlerin Buluştuğu Kent</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059636377</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Madeni Eser Tipolojisi</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059636360</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve Kültürel Değer Olarak Hakkari Yün Çorapları</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059636384</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyat Yazıları</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
           <t>9786059636971</t>
         </is>
       </c>
-      <c r="B228" s="1" t="inlineStr">
+      <c r="B253" s="1" t="inlineStr">
         <is>
           <t>Tokat Müzesi Bronz Eserleri</t>
         </is>
       </c>
-      <c r="C228" s="1">
-        <v>350</v>
+      <c r="C253" s="1">
+        <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>