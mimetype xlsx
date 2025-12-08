--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -649,546 +649,546 @@
         <is>
           <t>9789755404141</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Yönetim Muhasebesi Problemleri</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789944455008</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Elektronik Projeler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789755401188</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Transit Ticaret (Re-Export) İşlemleri</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789755402222</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Uluslararası Pazarlama Stratejisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>3990000007124</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Sistem Dinamiğine Giriş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789755400327</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Sanata Giriş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789755400013</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789755401040</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Pazarlama Araştırmasının Temelleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789755401003</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Örnekleme ve Numune Alma Teknikleri ISO 9000 Uygulamasında</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789755400228</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Matematik Formülleri Tabloları El Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789755400273</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Malzeme Bilimi Problemleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789755400174</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Malzeme Bilimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789755406725</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Kurumda ve Uygulamada Para Kurulu</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789755400082</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>İstatistiğe Giriş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789755407776</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>İngilizce - Türkçe İşletme Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789755400570</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>İktisat Politikası</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>3990000014764</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>İktisat 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>3990000014763</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>İktisat 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>3990000004629</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>İhracat Teşvikleri ve Destekleri Belgelerle - Uygulamalı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789995090388</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İhracat -İthalatda Akreditif İşlemleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789752400550</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789755401140</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Hata Türü ve Etkileri Analizi (HTEA) ISO 9000 Uygulamasında İşletmelerde</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789755400540</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Fizik (Elektrik ve Magnetizma) Fenciler ve Mühendisler İçin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789755400001</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>C Kolay Programlama</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789755401164</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Örnek ISO 9000 Kalite El Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>3990000006618</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Otto ve Dizel Motorları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789755401002</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789755400396</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Pascal Borland / Turbo 4, 4.5, 5, 5.5, 6, 7 ve 7.01 Sürümleri</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789755408910</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>850</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789755400206</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İstatistiksel Analiz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789755401171</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>ISO 9000 Uygulamasında İşletmelerde İstatistik Proses Kontrol İPK - Teknikleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789755400433</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789755400464</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Hayvan Sistematiği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789755400488</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Euro ve Türkiye Avrupa Para Birliği</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>2880000004097</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur? / ISO 9000 Uygulamasında İşletmelerde İstatistik Proses Kontrol -İPK- Teknikleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789755401010</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı Hizmette Kalite ISO 9000 Standardına Göre Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789755400471</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
@@ -1219,216 +1219,216 @@
         <is>
           <t>9789755401089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9001 ve 9002 Nedir ? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789755400525</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Toplumunda Kadının Çalışma Yaşamı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789755406480</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Dizi Üretimin Esasları</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789755401157</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Küçük ve Orta Boy İşletmelerde Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786053650348</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>İktisat Mikro</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>800</v>
+        <v>950</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789755400328</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>İstatistik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>3990000004300</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Basic Bilgisayar Programlama Ders Notları</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786053650324</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>875</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789755400549</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Ortodoks Makro İktisada Giriş</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789755400969</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mühendislik Formülleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789755400486</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Muhasebe Denetimi</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>3990000005556</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mikroekonomik Teori ve Problemleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789755400723</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Bilimsel Araştırma Yöntemi ve İstatistiksel Anlamlılık Sınamaları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789755408897</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Betonarme Hesap Tabloları Taşıma Gücü Yöntemi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789755401133</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
@@ -1459,141 +1459,141 @@
         <is>
           <t>3990000004712</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Tıbbi Biyoloji Laboratuvar Kılavuzu</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789944455282</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Finansal Piyasalar ve Kurumlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789755400440</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Eskiçağ Tarihinin Ana Hatları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789755400501</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Enflasyon Hedeflemesi Para Politikasının Güvenilirliği ve Fiyat İstikrarı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789755400457</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Ekoloji</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789755401072</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Distribütörlük ve Servis Teşkilatının Kurulması Usul ve  İşlemleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789755401119</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Dış Ticarette Uygulamalı KDV İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786053650119</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Çözümlü Analitik Geometri Problemleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>3990000004625</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>CE İşareti Nedir? Nasıl Uygulanır?</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>