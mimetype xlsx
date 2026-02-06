--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -109,51 +109,51 @@
         <is>
           <t>9789755400679</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>İktisat Makro</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789755400060</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bilgisayar Virüsleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789755400583</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Yöneylem Araştırması Teknikleri ve İşletme Uygulamaları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789755400594</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
@@ -634,976 +634,976 @@
         <is>
           <t>9789755400092</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Pratik Kullanışlı Şifalı Bitkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789755404141</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Yönetim Muhasebesi Problemleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789944455008</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Elektronik Projeler</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789755401188</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Transit Ticaret (Re-Export) İşlemleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789755402222</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Uluslararası Pazarlama Stratejisi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>3990000007124</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Sistem Dinamiğine Giriş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789755400327</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Sanata Giriş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789755400013</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789755401040</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Pazarlama Araştırmasının Temelleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789755401003</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Örnekleme ve Numune Alma Teknikleri ISO 9000 Uygulamasında</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789755400228</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Matematik Formülleri Tabloları El Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789755400273</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Malzeme Bilimi Problemleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789755400174</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Malzeme Bilimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789755406725</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Kurumda ve Uygulamada Para Kurulu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789755400082</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>İstatistiğe Giriş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789755407776</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>İngilizce - Türkçe İşletme Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789755400570</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>İktisat Politikası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>3990000014764</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>İktisat 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>3990000014763</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>İktisat 1</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>3990000004629</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>İhracat Teşvikleri ve Destekleri Belgelerle - Uygulamalı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789995090388</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İhracat -İthalatda Akreditif İşlemleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789752400550</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789755401140</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Hata Türü ve Etkileri Analizi (HTEA) ISO 9000 Uygulamasında İşletmelerde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789755400540</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Fizik (Elektrik ve Magnetizma) Fenciler ve Mühendisler İçin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789755400001</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>C Kolay Programlama</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789755401164</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Örnek ISO 9000 Kalite El Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>3990000006618</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Otto ve Dizel Motorları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789755401002</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789755400396</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Pascal Borland / Turbo 4, 4.5, 5, 5.5, 6, 7 ve 7.01 Sürümleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789755408910</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789755400206</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İstatistiksel Analiz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789755401171</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>ISO 9000 Uygulamasında İşletmelerde İstatistik Proses Kontrol İPK - Teknikleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789755400433</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789755400464</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Hayvan Sistematiği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789755400488</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Euro ve Türkiye Avrupa Para Birliği</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>2880000004097</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur? / ISO 9000 Uygulamasında İşletmelerde İstatistik Proses Kontrol -İPK- Teknikleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789755401010</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı Hizmette Kalite ISO 9000 Standardına Göre Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789755400471</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Başarı ve Zaman</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789755400518</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyılın Türkiyesinde Çağdaşlaşma</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789755401089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Belgelerle Uygulamalı ISO 9001 ve 9002 Nedir ? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789755400525</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Toplumunda Kadının Çalışma Yaşamı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789755406480</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Dizi Üretimin Esasları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789755401157</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Küçük ve Orta Boy İşletmelerde Belgelerle Uygulamalı ISO 9000 Nedir? Nasıl Kurulur?</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786053650348</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>İktisat Mikro</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>950</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789755400328</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>İstatistik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>3990000004300</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Basic Bilgisayar Programlama Ders Notları</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786053650324</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1050</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789755400549</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Ortodoks Makro İktisada Giriş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789755400969</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mühendislik Formülleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789755400486</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Muhasebe Denetimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>3990000005556</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mikroekonomik Teori ve Problemleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789755400723</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Bilimsel Araştırma Yöntemi ve İstatistiksel Anlamlılık Sınamaları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789755408897</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Betonarme Hesap Tabloları Taşıma Gücü Yöntemi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789755401133</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Belgelerle Uygulamalı Serbest Bölgeler ve Avantajları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789755400563</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Türk Ekonomisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>3990000004712</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Tıbbi Biyoloji Laboratuvar Kılavuzu</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789944455282</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Finansal Piyasalar ve Kurumlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789755400440</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Eskiçağ Tarihinin Ana Hatları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789755400501</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Enflasyon Hedeflemesi Para Politikasının Güvenilirliği ve Fiyat İstikrarı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789755400457</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Ekoloji</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789755401072</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Distribütörlük ve Servis Teşkilatının Kurulması Usul ve  İşlemleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789755401119</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Dış Ticarette Uygulamalı KDV İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786053650119</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Çözümlü Analitik Geometri Problemleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>3990000004625</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>CE İşareti Nedir? Nasıl Uygulanır?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>