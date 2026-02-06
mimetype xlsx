--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786058187177</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Gurdjieff ve Ouspensky’nin Öğretisi Üstüne Psikolojik Yorumlar - 5 Ciltlik Set</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786058187160</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Yaz Kızım - Binbir Benden Ben'e Bir Dönüşüm Yolculuğu</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786056544057</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>