--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -199,51 +199,51 @@
         <is>
           <t>9786059769969</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Bilişim Devrimi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059769105</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Şiir /de/ Ritim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786054733804</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Tarih Öğretiminde Kadın İmajının Yeniden İnşası</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054733651</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>