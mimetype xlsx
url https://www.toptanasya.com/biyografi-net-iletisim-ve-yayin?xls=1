--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -619,51 +619,51 @@
         <is>
           <t>9786056252129</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Tarihi Hakikatler</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789758204304</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Genetik İhanet - Tepedelenliler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789758204069</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Türk Sağı Sözlüğü</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789758204106</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
@@ -1294,51 +1294,51 @@
         <is>
           <t>9789758204113</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>İslam Sanatı'nın Özellikleri</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789758204120</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Yarına Söyleyecek Sözüm Var</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786056653209</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Kültür ve Medeniyetimiz Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786059004046</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>