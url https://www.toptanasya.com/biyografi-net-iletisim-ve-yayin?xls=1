--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,1315 +85,1330 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758204618</t>
+          <t>9789758204991</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Bacaları</t>
+          <t>Sözün Özü Kalbin Gizi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>242.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056252181</t>
+          <t>9789758204618</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kemanı</t>
+          <t>Bozkırın Bacaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>242.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059004060</t>
+          <t>9786056252181</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kiril’den Kadife Devrim’e</t>
+          <t>Gecenin Kemanı</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750039483</t>
+          <t>9786059004060</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arvasi Hocayla Başbaşa</t>
+          <t>Kiril’den Kadife Devrim’e</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758204458</t>
+          <t>9789750039483</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Batı Kültürlerinde Karşılıklı Etkilenme</t>
+          <t>Arvasi Hocayla Başbaşa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>165</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758204397</t>
+          <t>9789758204458</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben Sen ve Otogar</t>
+          <t>Türk ve Batı Kültürlerinde Karşılıklı Etkilenme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758204373</t>
+          <t>9789758204397</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ressam Hasan Gürpınar’ın Anıları</t>
+          <t>Ben Sen ve Otogar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758204229</t>
+          <t>9789758204373</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkler Uyanın - Uygarlığınıza Sahip Çıkın</t>
+          <t>Ressam Hasan Gürpınar’ın Anıları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758204144</t>
+          <t>9789758204229</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Felsefeciler ve Kelamcıların Gözüyle Allah'ın ve Kainat'ın Varlığı</t>
+          <t>Türkler Uyanın - Uygarlığınıza Sahip Çıkın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758204663</t>
+          <t>9789758204144</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karabağ'da Savaşan Kadınlar - Savaşa Karşı Savaşan Kadınlar</t>
+          <t>Felsefeciler ve Kelamcıların Gözüyle Allah'ın ve Kainat'ın Varlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758204366</t>
+          <t>9789758204663</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu Su Politikaları</t>
+          <t>Karabağ'da Savaşan Kadınlar - Savaşa Karşı Savaşan Kadınlar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758204656</t>
+          <t>9789758204366</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tüketirken Tükenmeyelim!</t>
+          <t>Türkiye ve Ortadoğu Su Politikaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758204557</t>
+          <t>9789758204656</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sıradan ve Piyade</t>
+          <t>Tüketirken Tükenmeyelim!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758204595</t>
+          <t>9789758204557</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Münüfe</t>
+          <t>Sıradan ve Piyade</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056252174</t>
+          <t>9789758204595</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İşadamı’nın Kısmeti</t>
+          <t>Münüfe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056252198</t>
+          <t>9786056252174</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Bir Dünya: Sinema</t>
+          <t>İşadamı’nın Kısmeti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058930438</t>
+          <t>9786056252198</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazıları</t>
+          <t>Gizemli Bir Dünya: Sinema</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758204175</t>
+          <t>9786058930438</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Asrın Yesevisi S. Ahmet Arvasi</t>
+          <t>Tarih Yazıları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758204335</t>
+          <t>9789758204175</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Misyonerleri</t>
+          <t>Asrın Yesevisi S. Ahmet Arvasi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758204199</t>
+          <t>9789758204335</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ön Asya'nın Anahtarı Kıbrıs</t>
+          <t>İngiliz Misyonerleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758204472</t>
+          <t>9789758204199</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik</t>
+          <t>Ön Asya'nın Anahtarı Kıbrıs</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758204342</t>
+          <t>9789758204472</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Bir Alperen Turasan Bey</t>
+          <t>Maturidilik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058930452</t>
+          <t>9789758204342</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyasi ve Kültürel Avrupa Tarihi</t>
+          <t>Ankara'da Bir Alperen Turasan Bey</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058930445</t>
+          <t>9786058930452</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Yaprak Yaprak Pınar Yazıları</t>
+          <t>Ana Hatlarıyla Siyasi ve Kültürel Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758204489</t>
+          <t>9786058930445</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yunan İç Savaşı’nda Batı Trakya Türk Azınlığı</t>
+          <t>Tarihten Yaprak Yaprak Pınar Yazıları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758204649</t>
+          <t>9789758204489</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar - Edebiyatımızın Gür Pınarı</t>
+          <t>Yunan İç Savaşı’nda Batı Trakya Türk Azınlığı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758204625</t>
+          <t>9789758204649</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İskilip Suları Hamamları ve Çeşmeleri</t>
+          <t>Hüseyin Rahmi Gürpınar - Edebiyatımızın Gür Pınarı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758204564</t>
+          <t>9789758204625</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Tarihi ve Kemal Film</t>
+          <t>İskilip Suları Hamamları ve Çeşmeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000000986</t>
+          <t>9789758204564</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Analiz Cilt: 2 - 7 Sayı Takım</t>
+          <t>Türk Sinema Tarihi ve Kemal Film</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000000985</t>
+          <t>3990000000986</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Analiz Cilt: 1 Tarih Tarihin İşlevi / Gelecek Geleceğin İnşaası</t>
+          <t>Biyografi Analiz Cilt: 2 - 7 Sayı Takım</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056252143</t>
+          <t>3990000000985</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Türkler</t>
+          <t>Biyografi Analiz Cilt: 1 Tarih Tarihin İşlevi / Gelecek Geleceğin İnşaası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758204434</t>
+          <t>9786056252143</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraftan Sonra İmajların İstilası</t>
+          <t>Asr-ı Saadet’te Türkler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758204359</t>
+          <t>9789758204434</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu'nda Bir Levanten Giovanni Scognamillo</t>
+          <t>Fotoğraftan Sonra İmajların İstilası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758204465</t>
+          <t>9789758204359</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Yaşanmaması Gereken Günler</t>
+          <t>Beyoğlu'nda Bir Levanten Giovanni Scognamillo</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056252129</t>
+          <t>9789758204465</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler</t>
+          <t>Bir Daha Yaşanmaması Gereken Günler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758204304</t>
+          <t>9786056252129</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Genetik İhanet - Tepedelenliler</t>
+          <t>Tarihi Hakikatler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758204069</t>
+          <t>9789758204304</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağı Sözlüğü</t>
+          <t>Genetik İhanet - Tepedelenliler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758204106</t>
+          <t>9789758204069</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Teyze ile Prenses</t>
+          <t>Türk Sağı Sözlüğü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750039478</t>
+          <t>9789758204106</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Müderris İdris- i Bitlisi</t>
+          <t>Teyze ile Prenses</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758204038</t>
+          <t>9789750039478</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kart Kurt Sesleri - Bedirhaniler</t>
+          <t>Kutlu Müderris İdris- i Bitlisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750039492</t>
+          <t>9789758204038</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu’nun Dil Atlası</t>
+          <t>Kart Kurt Sesleri - Bedirhaniler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758204410</t>
+          <t>9789750039492</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’daki Aşiret</t>
+          <t>Doğu ve Güneydoğu Anadolu’nun Dil Atlası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056252167</t>
+          <t>9789758204410</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Kitabı</t>
+          <t>Boğaz’daki Aşiret</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758204816</t>
+          <t>9786056252167</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolog Erol Güngör</t>
+          <t>Biyografi Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758204755</t>
+          <t>9789758204816</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Radyo İçin Üç Oyun</t>
+          <t>Sosyal Psikolog Erol Güngör</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758204809</t>
+          <t>9789758204755</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Tarih İnşası</t>
+          <t>Radyo İçin Üç Oyun</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758204786</t>
+          <t>9789758204809</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bu Ev Satılık Değil</t>
+          <t>Maturidi Tarih İnşası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758204748</t>
+          <t>9789758204786</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Araklı'da İki Dere Arası</t>
+          <t>Bu Ev Satılık Değil</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758204731</t>
+          <t>9789758204748</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Biyografi Analiz 4 - Türkiye'nin Birikimi Aydınlar</t>
+          <t>Araklı'da İki Dere Arası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758204694</t>
+          <t>9789758204731</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dağlarına Sahip Çık</t>
+          <t>Biyografi Analiz 4 - Türkiye'nin Birikimi Aydınlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758204700</t>
+          <t>9789758204694</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hırka</t>
+          <t>Dağlarına Sahip Çık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789750039461</t>
+          <t>9789758204700</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş-ı Veli</t>
+          <t>Hırka</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789750039416</t>
+          <t>9789750039461</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aydın Yabancılaşması</t>
+          <t>Hünkar Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758204670</t>
+          <t>9789750039416</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül İnsanı - İsmet Binark</t>
+          <t>Aydın Yabancılaşması</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789758204632</t>
+          <t>9789758204670</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>8. Cadde</t>
+          <t>Bir Gönül İnsanı - İsmet Binark</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758204588</t>
+          <t>9789758204632</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarıyerli</t>
+          <t>8. Cadde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758204571</t>
+          <t>9789758204588</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Sarıyerli</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758204601</t>
+          <t>9789758204571</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail Bey</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758204502</t>
+          <t>9789758204601</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dönüşü Yoktu Ayrılığın</t>
+          <t>Gaspıralı İsmail Bey</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758204519</t>
+          <t>9789758204502</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Sineması</t>
+          <t>Dönüşü Yoktu Ayrılığın</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758204533</t>
+          <t>9789758204519</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın</t>
+          <t>Medeniyet Sineması</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>292</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758204526</t>
+          <t>9789758204533</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle</t>
+          <t>Sükut Gümüş Söz Altın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>182</v>
+        <v>292</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758204496</t>
+          <t>9789758204526</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşlarından Sonra Batı Trakya Türklerinin Sosyo-Kültürel Hayatı ve Eğitim Tarihi</t>
+          <t>Şiir Diliyle</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>182</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758204427</t>
+          <t>9789758204496</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaçılacak Yer Olunca</t>
+          <t>Balkan Savaşlarından Sonra Batı Trakya Türklerinin Sosyo-Kültürel Hayatı ve Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758204441</t>
+          <t>9789758204427</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Örfün Aydını Gürbüz Azak</t>
+          <t>Kaçılacak Yer Olunca</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758204403</t>
+          <t>9789758204441</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Topal Köpeği Vurdular</t>
+          <t>Örfün Aydını Gürbüz Azak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758204380</t>
+          <t>9789758204403</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Ankara’dan Mektuplar</t>
+          <t>Topal Köpeği Vurdular</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758204328</t>
+          <t>9789758204380</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kaos'a Karşı Düzen - Biyografi Analiz 3</t>
+          <t>Mukaddes Ankara’dan Mektuplar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>276</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758204281</t>
+          <t>9789758204328</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı</t>
+          <t>Kaos'a Karşı Düzen - Biyografi Analiz 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758204311</t>
+          <t>9789758204281</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ustalar ve Güzel İnsanlar</t>
+          <t>Kitapçı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758204298</t>
+          <t>9789758204311</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı'nın Yeniden Teşekkülü</t>
+          <t>Ustalar ve Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758204267</t>
+          <t>9789758204298</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Babamın Çocukları</t>
+          <t>İslam Sanatı'nın Yeniden Teşekkülü</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758204274</t>
+          <t>9789758204267</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevdamız Vatan</t>
+          <t>Babamın Çocukları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758204250</t>
+          <t>9789758204274</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Boş Ver Dünyayı Sen De Gelsene</t>
+          <t>Sevdamız Vatan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758204243</t>
+          <t>9789758204250</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Oraya Dönersem</t>
+          <t>Boş Ver Dünyayı Sen De Gelsene</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758204137</t>
+          <t>9789758204243</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Mevsimi</t>
+          <t>Oraya Dönersem</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>16</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758204236</t>
+          <t>9789758204137</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlükleri</t>
+          <t>Yağmur Mevsimi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758204182</t>
+          <t>9789758204236</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sicil Defteri</t>
+          <t>Korona Günlükleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789758204151</t>
+          <t>9789758204182</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yavaşça</t>
+          <t>Sicil Defteri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>15</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758204113</t>
+          <t>9789758204151</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı'nın Özellikleri</t>
+          <t>Yavaşça</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758204120</t>
+          <t>9789758204113</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yarına Söyleyecek Sözüm Var</t>
+          <t>İslam Sanatı'nın Özellikleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056653209</t>
+          <t>9789758204120</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Medeniyetimiz Üzerine Düşünceler</t>
+          <t>Yarına Söyleyecek Sözüm Var</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059004046</t>
+          <t>9786056653209</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Öncüleri</t>
+          <t>Kültür ve Medeniyetimiz Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059004008</t>
+          <t>9786059004046</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bosna'da Egemenlik Sorunu</t>
+          <t>Bir Neslin Öncüleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
+          <t>9786059004008</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bosna'da Egemenlik Sorunu</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
           <t>9786058930414</t>
         </is>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Türk Sağı Kronolojisi 1839 - 2009</t>
         </is>
       </c>
-      <c r="C86" s="1">
+      <c r="C87" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>