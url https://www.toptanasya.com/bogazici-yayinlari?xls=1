--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,3835 +85,3910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754516654</t>
+          <t>9789754514632</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendine Giden Yol</t>
+          <t>Türk Hukuk ve İdare Sistemine Batılı Tarihçilerin ve Atatürk’ün Bakışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754516609</t>
+          <t>9789754517415</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Vadide Ölmek Yasak</t>
+          <t>Türk Tarihinde Lider Kadınlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754516630</t>
+          <t>9789754517446</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aşk Pınarı</t>
+          <t>Osmanlı İstihbarat Belgelerine Göre Rusya’da Devrim Süreci (1917-1918)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754516647</t>
+          <t>9789754517484</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Biz Fransa Türkleriyiz</t>
+          <t>Altay Yolu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754512021</t>
+          <t>9789754517422</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Kumandanlar Savaşı</t>
+          <t>İncir Cinleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754516593</t>
+          <t>9789754516654</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Easy Piano</t>
+          <t>Kendine Giden Yol</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754516616</t>
+          <t>9789754516609</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Özge Bir Bakış</t>
+          <t>Vadide Ölmek Yasak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754516586</t>
+          <t>9789754516630</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Şiiliği</t>
+          <t>Aşk Pınarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754516562</t>
+          <t>9789754516647</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Damlalar</t>
+          <t>Biz Fransa Türkleriyiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754513394</t>
+          <t>9789754512021</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dr. Rıza Nur’un Lozan Hatıraları</t>
+          <t>Çanakkale’de Kumandanlar Savaşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754516142</t>
+          <t>9789754516593</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Şifresi II. Cilt; Hint - Avrupa Dillerinin Köken Bilimine Giriş</t>
+          <t>Easy Piano</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754511628</t>
+          <t>9789754516616</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş´ın Hatıraları 6. Cilt 1969</t>
+          <t>Özge Bir Bakış</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>87</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754511942</t>
+          <t>9789754516586</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yangın Adam Neyzen Tevfik</t>
+          <t>Hindistan Şiiliği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>87</v>
+        <v>600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754510725</t>
+          <t>9789754516562</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Dersim İsyanları ve Gerçekler</t>
+          <t>Anılardan Damlalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754510253</t>
+          <t>9789754513394</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Niçin Çöktü? Profesörler Geçiyor</t>
+          <t>Dr. Rıza Nur’un Lozan Hatıraları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>29</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754510614</t>
+          <t>9789754516142</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tüsiad Raporları ve Türkiye Ekonomisi</t>
+          <t>Dillerin Şifresi II. Cilt; Hint - Avrupa Dillerinin Köken Bilimine Giriş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>43.5</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754510027</t>
+          <t>9789754511628</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkler - Araplar - Yahudiler</t>
+          <t>Rauf Denktaş´ın Hatıraları 6. Cilt 1969</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>43.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754551235</t>
+          <t>9789754511942</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türkçemiz ve Uydurmacılık</t>
+          <t>Yangın Adam Neyzen Tevfik</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754510904</t>
+          <t>9789754510725</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi Türk Dünya Nizamının Milli İslami ve İnsani Esasları Cilt: 1</t>
+          <t>Yakın Tarihimizde Dersim İsyanları ve Gerçekler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>174</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754511741</t>
+          <t>9789754510253</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Akışı İçinde Din ve Medeniyet</t>
+          <t>Üniversite Niçin Çöktü? Profesörler Geçiyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754511116</t>
+          <t>9789754510614</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Tüsiad Raporları ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>29</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754510997</t>
+          <t>9789754510027</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve İslamiyet</t>
+          <t>Türkler - Araplar - Yahudiler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>35</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754510096</t>
+          <t>9789754551235</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Üç Esaret Yılı</t>
+          <t>Türkçemiz ve Uydurmacılık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>43.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754511406</t>
+          <t>9789754510904</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Roman’da Bakış Açısı ve Anlatılış</t>
+          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi Türk Dünya Nizamının Milli İslami ve İnsani Esasları Cilt: 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>58</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754511349</t>
+          <t>9789754511741</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 1 1964-1974 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Tarihi Akışı İçinde Din ve Medeniyet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>116</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754511321</t>
+          <t>9789754511116</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatından Sahneler</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754510362</t>
+          <t>9789754510997</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet ve Toplum Yapısı</t>
+          <t>Selçuklular ve İslamiyet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754511185</t>
+          <t>9789754510096</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bahriyesi’nin Yelken Devri ve Türk Korsanları</t>
+          <t>Rusya’da Üç Esaret Yılı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>87</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754510928</t>
+          <t>9789754511406</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Namaz Güldestesi (Ciltli)</t>
+          <t>Roman’da Bakış Açısı ve Anlatılış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>116</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754511413</t>
+          <t>9789754511349</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Modern Eleştiri Terimleri</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 1 1964-1974 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>43.5</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754510737</t>
+          <t>9789754511321</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde TBMM Hükümeti Tarafından İstanbul’da Kurulan Gizli Gruplar ve Faaliyetleri</t>
+          <t>Peygamberimizin Hayatından Sahneler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>43.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754510695</t>
+          <t>9789754510362</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnönü Dönemi Eğitim ve Kültür Politikası 1938-1950</t>
+          <t>Osmanlı Devlet ve Toplum Yapısı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754512038</t>
+          <t>9789754511185</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zor Yılların Zor Kadını Halide Edip Adıvar</t>
+          <t>Osmanlı Bahriyesi’nin Yelken Devri ve Türk Korsanları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>116</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754510706</t>
+          <t>9789754510928</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Namaz Güldestesi (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>87</v>
+        <v>116</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754511642</t>
+          <t>9789754511413</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dr. Sadettin Bilgiç Hatıralar</t>
+          <t>Modern Eleştiri Terimleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>43.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754510973</t>
+          <t>9789754510737</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
+          <t>Milli Mücadele Dönemi’nde TBMM Hükümeti Tarafından İstanbul’da Kurulan Gizli Gruplar ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>116</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754510621</t>
+          <t>9789754510695</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>İnönü Dönemi Eğitim ve Kültür Politikası 1938-1950</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754512069</t>
+          <t>9789754512038</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Batının Politik Ahlaksızlığı</t>
+          <t>Zor Yılların Zor Kadını Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754510058</t>
+          <t>9789754510706</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>43.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754510201</t>
+          <t>9789754511642</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Atlar Hazır mı?</t>
+          <t>Dr. Sadettin Bilgiç Hatıralar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>87</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9799754511825</t>
+          <t>9789754510973</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 9 1973-74 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754511444</t>
+          <t>9789754510621</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Doğu Gerçeği</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754513455</t>
+          <t>9789754512069</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Menemşe</t>
+          <t>Batının Politik Ahlaksızlığı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>174</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754511420</t>
+          <t>9789754510058</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Terör Türkiye ve PKK</t>
+          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>87</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058220162</t>
+          <t>9789754510201</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yarım Saatte Yüzme Öğreniyorum</t>
+          <t>Atlar Hazır mı?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754510300</t>
+          <t>9799754511825</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 9 1973-74 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754511925</t>
+          <t>9789754511444</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Batı Trakya Türk Devleti 1919-1920</t>
+          <t>Doğu Gerçeği</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754513370</t>
+          <t>9789754513455</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Perspektif</t>
+          <t>Menemşe</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754516067</t>
+          <t>9789754511420</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye</t>
+          <t>Uluslararası Terör Türkiye ve PKK</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>87</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754516388</t>
+          <t>9786058220162</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Küresel Liderlik - Recep Tayyip Erdoğan Modeli</t>
+          <t>Yarım Saatte Yüzme Öğreniyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754516524</t>
+          <t>9789754510300</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pehlivanlar Yurdu - Elmalı</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754510644</t>
+          <t>9789754511925</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cezayir'de İslama Yeniden Doğuş</t>
+          <t>Batı Trakya Türk Devleti 1919-1920</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754516517</t>
+          <t>9789754513370</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili</t>
+          <t>Perspektif</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754512496</t>
+          <t>9789754516067</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zenbil</t>
+          <t>Muhammediye</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754511161</t>
+          <t>9789754516388</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Varlığımızı Hedef Alan Tehdit (Bölücü Terör)</t>
+          <t>Küresel Liderlik - Recep Tayyip Erdoğan Modeli</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799754511832</t>
+          <t>9789754516524</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Demokrasiyi Arıyorum</t>
+          <t>Pehlivanlar Yurdu - Elmalı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754510898</t>
+          <t>9789754510644</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Mustarip</t>
+          <t>Cezayir'de İslama Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754510799</t>
+          <t>9789754516517</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Sırları</t>
+          <t>Üniversiteler İçin Türk Dili</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754511154</t>
+          <t>9789754512496</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Ötesi</t>
+          <t>Zenbil</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754511195</t>
+          <t>9789754511161</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
+          <t>Varlığımızı Hedef Alan Tehdit (Bölücü Terör)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754511130</t>
+          <t>9799754511832</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gerçeği ve Bask Modeli</t>
+          <t>Ülkemde Demokrasiyi Arıyorum</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754510959</t>
+          <t>9789754510898</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Komünistlerinin Bulgaristan Macerası</t>
+          <t>Üç Büyük Mustarip</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754512311</t>
+          <t>9789754510799</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını</t>
+          <t>Uzayın Sırları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754510881</t>
+          <t>9789754511154</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Yöresi Ağızlarından Derlemeler</t>
+          <t>Uzayın Ötesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754512078</t>
+          <t>9789754511195</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Sünnet</t>
+          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754510188</t>
+          <t>9789754511130</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Paşa’nın Yıldız Hatıraları Sultan Abdülhamid</t>
+          <t>Türkiye Gerçeği ve Bask Modeli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754511307</t>
+          <t>9789754510959</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şeriat, Hilafet, Cumhuriyet, Laiklik</t>
+          <t>Türk Komünistlerinin Bulgaristan Macerası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754510416</t>
+          <t>9789754512311</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Yunan Zaferi ve Gizli Siyaseti</t>
+          <t>Türk Kadını</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754511055</t>
+          <t>9789754510881</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Mikado</t>
+          <t>Tunceli Yöresi Ağızlarından Derlemeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754510515</t>
+          <t>9789754512078</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sulh Peygamberi</t>
+          <t>Tarih Boyunca Sünnet</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754510065</t>
+          <t>9789754510188</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Soruşturma</t>
+          <t>Tahsin Paşa’nın Yıldız Hatıraları Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754511284</t>
+          <t>9789754511307</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Uzaylar</t>
+          <t>Şeriat, Hilafet, Cumhuriyet, Laiklik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754511031</t>
+          <t>9789754510416</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Son Sözleri Ansiklopedisi</t>
+          <t>Sultan Abdülhamid’in Yunan Zaferi ve Gizli Siyaseti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754511246</t>
+          <t>9789754511055</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Kurucusu Theodor Theodor Herzl’in Hatıraları ve Sultan Abdülhamid</t>
+          <t>Sultan Abdülhamid ve Mikado</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754510195</t>
+          <t>9789754510515</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Portreler</t>
+          <t>Sulh Peygamberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754511024</t>
+          <t>9789754510065</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Kesitler</t>
+          <t>Soruşturma</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754511758</t>
+          <t>9789754511284</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>The Garden of Besmeleh (Ciltli)</t>
+          <t>Sonsuz Uzaylar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754511635</t>
+          <t>9789754511031</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Hayatı - Sanatı - Eserleri</t>
+          <t>Son Sözleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754512373</t>
+          <t>9789754511246</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış’tan Çanakkale’ye (Ciltli)</t>
+          <t>Siyonizmin Kurucusu Theodor Theodor Herzl’in Hatıraları ve Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754510591</t>
+          <t>9789754510195</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa - Nazım Hikmet Kavgası</t>
+          <t>Siyasetten Portreler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754511598</t>
+          <t>9789754511024</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hayatı - Sanatı - Eserleri</t>
+          <t>Siyasetten Kesitler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754512526</t>
+          <t>9789754511758</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük İhtiyacı</t>
+          <t>The Garden of Besmeleh (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754512519</t>
+          <t>9789754511635</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Korkusu ve Panik Atak</t>
+          <t>Tevfik Fikret Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754512434</t>
+          <t>9789754512373</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İngiliz İlişkilerinin Dönüm Noktası - 1911-1914 - 1. Cilt</t>
+          <t>Sarıkamış’tan Çanakkale’ye (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754510539</t>
+          <t>9789754510591</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri</t>
+          <t>Peyami Safa - Nazım Hikmet Kavgası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754513097</t>
+          <t>9789754511598</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Pilotlarının İstanbul - Kahire - İskenderiye Seyahati (Şubat - Mayıs 1914)</t>
+          <t>Ömer Seyfettin Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754512793</t>
+          <t>9789754512526</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - İngiliz İlişkilerinin Dönüm Noktası (1911 - 1914) - 2. Cilt</t>
+          <t>Ölümsüzlük İhtiyacı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754510171</t>
+          <t>9789754512519</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Orhun Abideleri</t>
+          <t>Ölüm Korkusu ve Panik Atak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754512151</t>
+          <t>9789754512434</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nevin Abla’nın Masalları</t>
+          <t>Osmanlı-İngiliz İlişkilerinin Dönüm Noktası - 1911-1914 - 1. Cilt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754511581</t>
+          <t>9789754510539</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Hayatı - Sanatı - Eserleri</t>
+          <t>Osmanlıca Dersleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754512717</t>
+          <t>9789754513097</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Meryem’in Atları</t>
+          <t>Osmanlı Pilotlarının İstanbul - Kahire - İskenderiye Seyahati (Şubat - Mayıs 1914)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754512304</t>
+          <t>9789754512793</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Sesleniyor</t>
+          <t>Osmanlı - İngiliz İlişkilerinin Dönüm Noktası (1911 - 1914) - 2. Cilt</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754511604</t>
+          <t>9789754510171</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Hayatı - Sanatı - Eserleri</t>
+          <t>Orhun Abideleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754511079</t>
+          <t>9789754512151</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Masonların İçinden</t>
+          <t>Nevin Abla’nın Masalları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754510294</t>
+          <t>9789754511581</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük Meselesi</t>
+          <t>Namık Kemal Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754512441</t>
+          <t>9789754512717</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız ve Şahini</t>
+          <t>Meryem’in Atları</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754511888</t>
+          <t>9789754512304</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Sistematik Bir İnceleme)</t>
+          <t>Mehmet Akif Sesleniyor</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754512595</t>
+          <t>9789754511604</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. İsa ve Meryem</t>
+          <t>Mehmet Akif Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754512014</t>
+          <t>9789754511079</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Allah</t>
+          <t>Masonların İçinden</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754511857</t>
+          <t>9789754510294</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Ötüşü / The Last Cry Of The Swan (Ciltli)</t>
+          <t>Kürtçülük Meselesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754511963</t>
+          <t>9789754512441</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Komünizmin Çöküş Yılları (Polonya Hatıraları)</t>
+          <t>Küçük Kız ve Şahini</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754511765</t>
+          <t>9789754511888</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 8 1971-1972 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Kur’an-ı Kerim (Sistematik Bir İnceleme)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754512458</t>
+          <t>9789754512595</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kocataş Yalısı</t>
+          <t>Kur’an’da Hz. İsa ve Meryem</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754510508</t>
+          <t>9789754512014</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kılıcın Hakkı</t>
+          <t>Kur’an’da Allah</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754512205</t>
+          <t>9789754511857</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kıbrısta Türk - Yunan Fırtınası 1940-1950 / 1960-1970</t>
+          <t>Kuğunun Son Ötüşü / The Last Cry Of The Swan (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754510126</t>
+          <t>9789754511963</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kavga Yazıları</t>
+          <t>Komünizmin Çöküş Yılları (Polonya Hatıraları)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754512724</t>
+          <t>9789754511765</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kadın Milisler</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 8 1971-1972 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757522082</t>
+          <t>9789754512458</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ufku</t>
+          <t>Kocataş Yalısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754511260</t>
+          <t>9789754510508</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Gizli Dosyası: Terörizm</t>
+          <t>Kılıcın Hakkı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754510409</t>
+          <t>9789754512205</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Teknoloji</t>
+          <t>Kıbrısta Türk - Yunan Fırtınası 1940-1950 / 1960-1970</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>58</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754512090</t>
+          <t>9789754510126</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İslamın Doğuşu ve Temelleri</t>
+          <t>Kavga Yazıları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>261</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754511482</t>
+          <t>9789754512724</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Dini Düşünce Yapısı</t>
+          <t>Kadın Milisler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754511314</t>
+          <t>9789757522082</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hazreti Ömer (Ömer bin Abdülaziz)</t>
+          <t>İstanbul Ufku</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754512755</t>
+          <t>9789754511260</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İki Devir İki Nesil</t>
+          <t>İsrail’in Gizli Dosyası: Terörizm</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754510874</t>
+          <t>9789754510409</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yazıları</t>
+          <t>İslamiyet ve Teknoloji</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754511123</t>
+          <t>9789754512090</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Esintiler</t>
+          <t>İslamın Doğuşu ve Temelleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>261</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754511956</t>
+          <t>9789754511482</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Nev’inden Notlar</t>
+          <t>İslam’da Dini Düşünce Yapısı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754510393</t>
+          <t>9789754511314</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hariciyemizin İçyüzü</t>
+          <t>İkinci Hazreti Ömer (Ömer bin Abdülaziz)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754511550</t>
+          <t>9789754512755</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar Hayatı - Sanatı - Eserleri</t>
+          <t>İki Devir İki Nesil</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754512731</t>
+          <t>9789754510874</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İnancın Psikolojisi</t>
+          <t>Hüzün Yazıları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754510492</t>
+          <t>9789754511123</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>O Bir Yetim İdi</t>
+          <t>Hayatımdan Esintiler</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754510805</t>
+          <t>9789754511956</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gözümle ve Gönlümle Tanıdıklarım</t>
+          <t>Hatıra Nev’inden Notlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754512540</t>
+          <t>9789754510393</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Yazısı ve Orhun Türkçesi</t>
+          <t>Hariciyemizin İçyüzü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754512588</t>
+          <t>9789754511550</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikolojisinde Sevgi ve Evlilik Öncesi Cinsellik</t>
+          <t>Halide Edip Adıvar Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754511253</t>
+          <t>9789754512731</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>GAP’ın Sahipleri</t>
+          <t>Günümüzde İnancın Psikolojisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754511611</t>
+          <t>9789754510492</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Hayatı - Sanatı - Eserleri</t>
+          <t>O Bir Yetim İdi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754510638</t>
+          <t>9789754510805</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fröyd ve Fröydizmin İçyüzü</t>
+          <t>Gözümle ve Gönlümle Tanıdıklarım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754512632</t>
+          <t>9789754512540</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Fırtına’nın Oğlu</t>
+          <t>Göktürk Yazısı ve Orhun Türkçesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754512403</t>
+          <t>9789754512588</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fezleke-i Tarihi Osmani</t>
+          <t>Genç Psikolojisinde Sevgi ve Evlilik Öncesi Cinsellik</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754510324</t>
+          <t>9789754511253</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eyüp</t>
+          <t>GAP’ın Sahipleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754512571</t>
+          <t>9789754511611</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Doğru Karar</t>
+          <t>Fuzuli Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754511901</t>
+          <t>9789754510638</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna "Allah'ın Güzel İsimleri" (Ciltli)</t>
+          <t>Fröyd ve Fröydizmin İçyüzü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>3000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754512762</t>
+          <t>9789754512632</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ergun Göze ile Elli Beş Yıl</t>
+          <t>Fırtına’nın Oğlu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754511338</t>
+          <t>9789754512403</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ergun Göze Aziz Nesin Kavgası</t>
+          <t>Fezleke-i Tarihi Osmani</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754512656</t>
+          <t>9789754510324</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Terimler</t>
+          <t>Eyüp</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754512366</t>
+          <t>9789754512571</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Geleceği</t>
+          <t>Evlilik Öncesi Doğru Karar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754512649</t>
+          <t>9789754511901</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda İsimler</t>
+          <t>Esma-i Hüsna "Allah'ın Güzel İsimleri" (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>290</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754512328</t>
+          <t>9789754512762</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Edebi Akımlar ve Fikir Cereyanları</t>
+          <t>Ergun Göze ile Elli Beş Yıl</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754511987</t>
+          <t>9789754511338</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ecevit Çıkmazı</t>
+          <t>Ergun Göze Aziz Nesin Kavgası</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754515923</t>
+          <t>9789754512656</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ebussuud Tefsiri (11 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Edebiyatımızda Terimler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754512502</t>
+          <t>9789754512366</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cehil</t>
+          <t>İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754510003</t>
+          <t>9789754512649</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Selam</t>
+          <t>Edebiyatımızda İsimler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754512410</t>
+          <t>9789754512328</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Devler Ülkesi</t>
+          <t>Edebi Akımlar ve Fikir Cereyanları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754510645</t>
+          <t>9789754511987</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Cezayir’de İslama Yeniden Doğuş</t>
+          <t>Ecevit Çıkmazı</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754512533</t>
+          <t>9789754515923</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bulut Çocuk</t>
+          <t>Ebussuud Tefsiri (11 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>7150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754510089</t>
+          <t>9789754512502</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bulunmuş Defterden Cuma Düşünceleri</t>
+          <t>Ebu Cehil</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754510744</t>
+          <t>9789754510003</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Sohbetleri</t>
+          <t>İslam’a Selam</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754512779</t>
+          <t>9789754512410</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Müftü’nün Hatıraları</t>
+          <t>Devler Ülkesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754511796</t>
+          <t>9789754510645</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi Ordu ve Demokrasi</t>
+          <t>Cezayir’de İslama Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754512281</t>
+          <t>9789754512533</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Bulut Çocuk</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754511819</t>
+          <t>9789754510089</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Babıali Ölürken</t>
+          <t>Bulunmuş Defterden Cuma Düşünceleri</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754510577</t>
+          <t>9789754510744</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Asrın Şahidinin Hatıraları</t>
+          <t>Boğaziçi Sohbetleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754510775</t>
+          <t>9789754512779</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Asil Nadir Olayının İçyüzü Kıbrıs mı?</t>
+          <t>Bir Müftü’nün Hatıraları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754512380</t>
+          <t>9789754511796</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Apo’dan Barzani’ye Terör ve Açılım</t>
+          <t>Başkanlık Sistemi Ordu ve Demokrasi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754511178</t>
+          <t>9789754512281</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Acının Tadı</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754511574</t>
+          <t>9789754511819</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Hayatı - Sanatı - Eserleri</t>
+          <t>Babıali Ölürken</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754512663</t>
+          <t>9789754510577</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>99 Güzel İsim (Esmaü-l Hüsna)</t>
+          <t>Asrın Şahidinin Hatıraları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754510140</t>
+          <t>9789754510775</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>2000’e Doğru Papaların Günah Dosyası</t>
+          <t>Asil Nadir Olayının İçyüzü Kıbrıs mı?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754510287</t>
+          <t>9789754512380</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Apo’dan Barzani’ye Terör ve Açılım</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754511567</t>
+          <t>9789754511178</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay Hayatı - Sanatı - Eserleri</t>
+          <t>Acının Tadı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754516487</t>
+          <t>9789754511574</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Vatandı</t>
+          <t>Abdülhak Hamid Tarhan Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754516456</t>
+          <t>9789754512663</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Babamın Masalları</t>
+          <t>99 Güzel İsim (Esmaü-l Hüsna)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754516449</t>
+          <t>9789754510140</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı Turan Hoca: İnsan Olmaya Adanmış Bir Hayatın Hikayesi - Tavizsiz Milliyetçi Disiplinli Eğitim</t>
+          <t>2000’e Doğru Papaların Günah Dosyası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754516098</t>
+          <t>9789754510287</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nişane</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754516074</t>
+          <t>9789754511567</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bestekar Zeki Arif Ataergin'in  Hayatı ve Eserleri</t>
+          <t>Refik Halit Karay Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754515855</t>
+          <t>9789754516487</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'ya İçeriden Bakmak</t>
+          <t>Rumeli Vatandı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754511330</t>
+          <t>9789754516456</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Kavgası</t>
+          <t>Babamın Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3000165100119</t>
+          <t>9789754516449</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün ve Geleceğin Güçlü Türkiyesi</t>
+          <t>Sıtkı Turan Hoca: İnsan Olmaya Adanmış Bir Hayatın Hikayesi - Tavizsiz Milliyetçi Disiplinli Eğitim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754510407</t>
+          <t>9789754516098</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Ve Teknoloji</t>
+          <t>Nişane</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754515886</t>
+          <t>9789754516074</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'da Batan Güneş</t>
+          <t>Bestekar Zeki Arif Ataergin'in  Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754516029</t>
+          <t>9789754515855</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bugüne Değişmeyen Strateji - İslama Karşı İslam</t>
+          <t>Avrupa'ya İçeriden Bakmak</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754511383</t>
+          <t>9789754511330</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 4 1967 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Aziz Nesin Kavgası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754511376</t>
+          <t>3000165100119</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 3 1966 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Dün, Bugün ve Geleceğin Güçlü Türkiyesi</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754515817</t>
+          <t>9789754510407</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>İslamiyet Ve Teknoloji</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754516036</t>
+          <t>9789754515886</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tansu Sarıtaylı Paris’ten Bildiriyor</t>
+          <t>Makedonya'da Batan Güneş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754515961</t>
+          <t>9789754516029</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Balkanlar’da Türk Varlığı</t>
+          <t>Tarihten Bugüne Değişmeyen Strateji - İslama Karşı İslam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754516043</t>
+          <t>9789754511383</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Geçmişte Kalan Köy</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 4 1967 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754516005</t>
+          <t>9789754511376</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Devlette 45 Yıl (Ciltli)</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 3 1966 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754515992</t>
+          <t>9789754515817</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Türklerin İktisadi ve Ticari Hayatı</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754515985</t>
+          <t>9789754516036</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Birliğin Kurulması Şart</t>
+          <t>Tansu Sarıtaylı Paris’ten Bildiriyor</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754515978</t>
+          <t>9789754515961</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Türklerin Kültürel ve  Manevi Değerleri</t>
+          <t>Dünden Bugüne Balkanlar’da Türk Varlığı</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754515954</t>
+          <t>9789754516043</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Türkleri Tarihi</t>
+          <t>Geçmişte Kalan Köy</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752434165</t>
+          <t>9789754516005</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Besicilik</t>
+          <t>Hatıralarla Devlette 45 Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754515916</t>
+          <t>9789754515992</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Besleme Teknikleri</t>
+          <t>İpek Yolunda Türklerin İktisadi ve Ticari Hayatı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754515909</t>
+          <t>9789754515985</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Easy Piano</t>
+          <t>Türk Dünyasında Birliğin Kurulması Şart</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754515893</t>
+          <t>9789754515978</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hoş Hallo</t>
+          <t>İpek Yolunda Türklerin Kültürel ve  Manevi Değerleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754513424</t>
+          <t>9789754515954</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ehli Kur'an ve Mevlidhanları</t>
+          <t>Doğu Türkistan Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754515848</t>
+          <t>9789752434165</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kırgızların Özgürlük Eşitlik Bağımsızlık Mücadeleleri ve Ürkünler</t>
+          <t>Besicilik</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754515824</t>
+          <t>9789754515916</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Modern Türkiye'nin Mahiyeti</t>
+          <t>Hayvan Besleme Teknikleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754511390</t>
+          <t>9789754515909</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş'ın Hatıraları 5. Cilt</t>
+          <t>Easy Piano</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754515565</t>
+          <t>9789754515893</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Sel ve Fırtına (1889 - 1924)</t>
+          <t>Hoş Hallo</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754515794</t>
+          <t>9789754513424</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Büyük Müzikçileri Nasıl Bilirdiniz? (Ciltli)</t>
+          <t>İstanbul Ehli Kur'an ve Mevlidhanları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754515701</t>
+          <t>9789754515848</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Lunapark</t>
+          <t>Kırgızların Özgürlük Eşitlik Bağımsızlık Mücadeleleri ve Ürkünler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754515749</t>
+          <t>9789754515824</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağıt Bin Hasret</t>
+          <t>Atatürk ve Modern Türkiye'nin Mahiyeti</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754515756</t>
+          <t>9789754511390</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib</t>
+          <t>Rauf Denktaş'ın Hatıraları 5. Cilt</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754515763</t>
+          <t>9789754515565</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Portreleri</t>
+          <t>İstanbul'da Sel ve Fırtına (1889 - 1924)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754515732</t>
+          <t>9789754515794</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Freud Jung ve Adler</t>
+          <t>Büyük Müzikçileri Nasıl Bilirdiniz? (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754515534</t>
+          <t>9789754515701</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>Lunapark</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754515527</t>
+          <t>9789754515749</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözlüğü</t>
+          <t>Bir Ağıt Bin Hasret</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>406</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754515718</t>
+          <t>9789754515756</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Alpkan - Milli Dava Adamı</t>
+          <t>Halide Edib</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754515459</t>
+          <t>9789754515763</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Salaga'nın Leylekleri</t>
+          <t>Ermeni Portreleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754515442</t>
+          <t>9789754515732</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi</t>
+          <t>Freud Jung ve Adler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754513714</t>
+          <t>9789754515534</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Rengarenk</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754513509</t>
+          <t>9789754515527</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Has Hacib ve Kutadgu Bilig</t>
+          <t>Aşk Sözlüğü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>406</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754511062</t>
+          <t>9789754515718</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Türkler için Söylenen Büyük Sözler</t>
+          <t>Mehmet Emin Alpkan - Milli Dava Adamı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754513691</t>
+          <t>9789754515459</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yadımda Kalanlar</t>
+          <t>Salaga'nın Leylekleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754513660</t>
+          <t>9789754515442</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası'nda Dil ve Kültür Birliği</t>
+          <t>Cihan Harbi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754513677</t>
+          <t>9789754513714</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Nasıl Anlamalıyız?</t>
+          <t>Uçurtma Rengarenk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754513653</t>
+          <t>9789754513509</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>10 Temmuz Meşrutiyet Bayramı</t>
+          <t>Yusuf Has Hacib ve Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754513639</t>
+          <t>9789754511062</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Necatname</t>
+          <t>Tarihte Türkler için Söylenen Büyük Sözler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754513646</t>
+          <t>9789754513691</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tasvir</t>
+          <t>Yadımda Kalanlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754512489</t>
+          <t>9789754513660</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 2. Cilt</t>
+          <t>Türk Dünyası'nda Dil ve Kültür Birliği</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>377</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754513486</t>
+          <t>9789754513677</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri El Kitabı</t>
+          <t>Atatürk'ü Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754512601</t>
+          <t>9789754513653</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gerçekname</t>
+          <t>10 Temmuz Meşrutiyet Bayramı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754513240</t>
+          <t>9789754513639</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Harizmşahlar</t>
+          <t>Necatname</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754513233</t>
+          <t>9789754513646</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Tasvir</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754513189</t>
+          <t>9789754512489</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Olup Şu Alemi Gezerim</t>
+          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 2. Cilt</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>377</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754513417</t>
+          <t>9789754513486</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Goeben Zırhlısı'nın İstanbul Ziyareti ve Taşkışla Yangını</t>
+          <t>Bilimsel Araştırma Yöntemleri El Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754513400</t>
+          <t>9789754512601</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Gerçekname</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754513387</t>
+          <t>9789754513240</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya’dan Vatana Türkistan’da Türkler</t>
+          <t>Harizmşahlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754513127</t>
+          <t>9789754513233</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Atatürk</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754510850</t>
+          <t>9789754513189</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Fikir ve Put</t>
+          <t>Seyyah Olup Şu Alemi Gezerim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754513332</t>
+          <t>9789754513417</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Şifresi</t>
+          <t>Goeben Zırhlısı'nın İstanbul Ziyareti ve Taşkışla Yangını</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754513349</t>
+          <t>9789754513400</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatanın Çocuğu, Ben Bir Deli Divane 2 - Çukur</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754513288</t>
+          <t>9789754513387</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Si-An’dan Tiran’a Tarihi İpek Yolu</t>
+          <t>Coğrafya’dan Vatana Türkistan’da Türkler</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754513219</t>
+          <t>9789754513127</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kalemimden Dökülenler</t>
+          <t>Yahya Kemal ve Atatürk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754513271</t>
+          <t>9789754510850</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Neler Oldu?</t>
+          <t>İslam Dünyasında Fikir ve Put</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754513264</t>
+          <t>9789754513332</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Takı Taluy Müren</t>
+          <t>Dillerin Şifresi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754511147</t>
+          <t>9789754513349</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Kokusu Sigaranın Dumanı ve Kadın</t>
+          <t>Bu Vatanın Çocuğu, Ben Bir Deli Divane 2 - Çukur</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754513158</t>
+          <t>9789754513288</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Milli Devleti ve Küreselleşme</t>
+          <t>Si-An’dan Tiran’a Tarihi İpek Yolu</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754511918</t>
+          <t>9789754513219</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>...Ve Bulgarlar Geldi</t>
+          <t>Kalemimden Dökülenler</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754511437</t>
+          <t>9789754513271</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’yi Gözlerken Meselelerimiz</t>
+          <t>Türk Dünyasında Neler Oldu?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754510717</t>
+          <t>9789754513264</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Üzerine Araştırmalar 3</t>
+          <t>Takı Taluy Müren</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754510843</t>
+          <t>9789754511147</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Ağızları Üzerine Düşünceler</t>
+          <t>İçkinin Kokusu Sigaranın Dumanı ve Kadın</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754511932</t>
+          <t>9789754513158</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Din Bilim Çağdaşlık</t>
+          <t>Atatürk'ün Milli Devleti ve Küreselleşme</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754512007</t>
+          <t>9789754511918</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Diktatörler Yüzyılı</t>
+          <t>...Ve Bulgarlar Geldi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754510225</t>
+          <t>9789754511437</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Dünya ve Türkiye’yi Gözlerken Meselelerimiz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754512564</t>
+          <t>9789754510717</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygu ve Düşüncenin Gelişmesi</t>
+          <t>Doğu ve Güneydoğu Anadolu Üzerine Araştırmalar 3</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754510379</t>
+          <t>9789754510843</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Ekonomik Doktrinler ve İslam</t>
+          <t>Doğu ve Güneydoğu Anadolu Ağızları Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754511109</t>
+          <t>9789754511932</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yıkama</t>
+          <t>Din Bilim Çağdaşlık</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754511802</t>
+          <t>9789754512007</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Kadınlar</t>
+          <t>Diktatörler Yüzyılı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754511994</t>
+          <t>9789754510225</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Yüzyılı</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754512618</t>
+          <t>9789754512564</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Uyandıran Şiirler</t>
+          <t>Çocukta Dini Duygu ve Düşüncenin Gelişmesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754511536</t>
+          <t>9789754510379</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Hayatı - Sanatı - Eserleri</t>
+          <t>Çağdaş Ekonomik Doktrinler ve İslam</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754512113</t>
+          <t>9789754511109</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Akademik Yıllarım</t>
+          <t>Beyin Yıkama</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754511512</t>
+          <t>9789754511802</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Hayatı - Sanatı - Eserleri</t>
+          <t>Ayetler ve Kadınlar</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754512625</t>
+          <t>9789754511994</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aç Kurtlar Vakfı</t>
+          <t>Aydınlar Yüzyılı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754511840</t>
+          <t>9789754512618</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>18 Nisan 1999 ve 3 Kasım 2002 Genel Seçimleri Değerlendirmesi</t>
+          <t>Ateşi Uyandıran Şiirler</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754513257</t>
+          <t>9789754511536</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tasarım, Evrensel Tasarım</t>
+          <t>Aşık Veysel Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754513226</t>
+          <t>9789754512113</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sembol</t>
+          <t>Akademik Yıllarım</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754513172</t>
+          <t>9789754511512</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mihenk</t>
+          <t>Ahmet Haşim Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754512472</t>
+          <t>9789754512625</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 1. Cilt</t>
+          <t>Aç Kurtlar Vakfı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
+          <t>9789754511840</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>18 Nisan 1999 ve 3 Kasım 2002 Genel Seçimleri Değerlendirmesi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789754513257</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Tasarım, Evrensel Tasarım</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789754513226</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Sembol</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789754513172</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Mihenk</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789754512472</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
           <t>9789754513134</t>
         </is>
       </c>
-      <c r="B254" s="1" t="inlineStr">
+      <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Doğu’nın Yıldızı Ali Şir Nevai</t>
         </is>
       </c>
-      <c r="C254" s="1">
+      <c r="C259" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>