--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,3910 +85,4345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754514632</t>
+          <t>9789754517514</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk ve İdare Sistemine Batılı Tarihçilerin ve Atatürk’ün Bakışı</t>
+          <t>Sür ve Kut</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754517415</t>
+          <t>9789754516555</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Lider Kadınlar</t>
+          <t>Anlama Dayalı Kur'an Okumaları Nisa Suresi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754517446</t>
+          <t>9789754516579</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstihbarat Belgelerine Göre Rusya’da Devrim Süreci (1917-1918)</t>
+          <t>Selsebil</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754517484</t>
+          <t>9786059717229</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Altay Yolu</t>
+          <t>Keçicilik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754517422</t>
+          <t>9789754510966</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İncir Cinleri</t>
+          <t>Yaşamak Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754516654</t>
+          <t>9789754511209</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kendine Giden Yol</t>
+          <t>Türkiye’de Seçimler ve Seçim Kanunları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754516609</t>
+          <t>9789754511048</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vadide Ölmek Yasak</t>
+          <t>Türkiye’de Manevi Buhran Din ve Laiklik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754516630</t>
+          <t>9789754512335</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşk Pınarı</t>
+          <t>Türk Tarihinde Ordu Faktörü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754516647</t>
+          <t>9789754511659</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Biz Fransa Türkleriyiz</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 7 1970</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754512021</t>
+          <t>9789754511475</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Kumandanlar Savaşı</t>
+          <t>Peyami Safa’nın Türk Düşüncesindeki Yeri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754516593</t>
+          <t>9789754510935</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Easy Piano</t>
+          <t>Pan - İslamist Faaliyetler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754516616</t>
+          <t>9789754512052</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Özge Bir Bakış</t>
+          <t>Nasyonalizm Sosyalizm Mistisizm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754516586</t>
+          <t>9789754511895</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Şiiliği</t>
+          <t>Kuruluşunun 700. Yılında Osmanlı Tarihi 1299-1922</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754516562</t>
+          <t>9789754512045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Damlalar</t>
+          <t>Kur’an-ı Kerim Mucizesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754513394</t>
+          <t>9789754510652</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dr. Rıza Nur’un Lozan Hatıraları</t>
+          <t>İslam Tasavvufunda Hacegan Hanedanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754516142</t>
+          <t>9789754510942</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Şifresi II. Cilt; Hint - Avrupa Dillerinin Köken Bilimine Giriş</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754511628</t>
+          <t>9789754511017</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş´ın Hatıraları 6. Cilt 1969</t>
+          <t>Faruk Nafiz Çamlıbel İnceleme-Seçmeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>87</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754511942</t>
+          <t>9789754510522</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yangın Adam Neyzen Tevfik</t>
+          <t>Dr. Rıza Nur’un Moskova - Sakarya Hatıraları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>87</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754510725</t>
+          <t>9789754510713</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Dersim İsyanları ve Gerçekler</t>
+          <t>Doğu ve Güneydoğu Anadolu Üzerine Araştırmalar 2. (Ağızlar)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754510253</t>
+          <t>9789754512144</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Niçin Çöktü? Profesörler Geçiyor</t>
+          <t>20. Yüzyılda Fiziğe Yön Verenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>29</v>
+        <v>650</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754510614</t>
+          <t>9789754515725</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tüsiad Raporları ve Türkiye Ekonomisi</t>
+          <t>Ortak Türk Tarihi Metinleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>43.5</v>
+        <v>700</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754510027</t>
+          <t>9789754513202</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkler - Araplar - Yahudiler</t>
+          <t>İnsana Hayvan Postu Giydirme Çabaları Veya Darwinizm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>43.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754551235</t>
+          <t>9789754513684</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkçemiz ve Uydurmacılık</t>
+          <t>Her Yönüyle Kazım Karabekir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>87</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754510904</t>
+          <t>9789754513295</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi Türk Dünya Nizamının Milli İslami ve İnsani Esasları Cilt: 1</t>
+          <t>3000 Türk Motifi / Three Thousand Turkish Motifs</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>174</v>
+        <v>650</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754511741</t>
+          <t>9789754513196</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Akışı İçinde Din ve Medeniyet</t>
+          <t>Türk Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>58</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754511116</t>
+          <t>9789754513431</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Hukuk ve Etik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>29</v>
+        <v>800</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754510997</t>
+          <t>9789754513448</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve İslamiyet</t>
+          <t>Dede Korkut'un Paltosu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754510096</t>
+          <t>9789754517460</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Üç Esaret Yılı</t>
+          <t>Agah Efendi Çıkmazı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>43.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754511406</t>
+          <t>9789754516661</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Roman’da Bakış Açısı ve Anlatılış</t>
+          <t>“Yazım Güzelleşiyor – Çukur Harfli Hikâye Kitabım”</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>58</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754511349</t>
+          <t>9789754514632</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 1 1964-1974 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Türk Hukuk ve İdare Sistemine Batılı Tarihçilerin ve Atatürk’ün Bakışı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>116</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754511321</t>
+          <t>9789754517415</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatından Sahneler</t>
+          <t>Türk Tarihinde Lider Kadınlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>29</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754510362</t>
+          <t>9789754517446</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet ve Toplum Yapısı</t>
+          <t>Osmanlı İstihbarat Belgelerine Göre Rusya’da Devrim Süreci (1917-1918)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>29</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754511185</t>
+          <t>9789754517484</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bahriyesi’nin Yelken Devri ve Türk Korsanları</t>
+          <t>Altay Yolu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>87</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754510928</t>
+          <t>9789754517422</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Namaz Güldestesi (Ciltli)</t>
+          <t>İncir Cinleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>116</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754511413</t>
+          <t>9789754516654</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Modern Eleştiri Terimleri</t>
+          <t>Kendine Giden Yol</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>43.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754510737</t>
+          <t>9789754516609</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde TBMM Hükümeti Tarafından İstanbul’da Kurulan Gizli Gruplar ve Faaliyetleri</t>
+          <t>Vadide Ölmek Yasak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>43.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754510695</t>
+          <t>9789754516630</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İnönü Dönemi Eğitim ve Kültür Politikası 1938-1950</t>
+          <t>Aşk Pınarı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754512038</t>
+          <t>9789754516647</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zor Yılların Zor Kadını Halide Edip Adıvar</t>
+          <t>Biz Fransa Türkleriyiz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>116</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754510706</t>
+          <t>9789754512021</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Çanakkale’de Kumandanlar Savaşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>87</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754511642</t>
+          <t>9789754516593</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dr. Sadettin Bilgiç Hatıralar</t>
+          <t>Easy Piano</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>43.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754510973</t>
+          <t>9789754516616</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
+          <t>Özge Bir Bakış</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>116</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754510621</t>
+          <t>9789754516586</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>Hindistan Şiiliği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>58</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754512069</t>
+          <t>9789754516562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Batının Politik Ahlaksızlığı</t>
+          <t>Anılardan Damlalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754510058</t>
+          <t>9789754513394</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
+          <t>Dr. Rıza Nur’un Lozan Hatıraları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>43.5</v>
+        <v>630</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754510201</t>
+          <t>9789754516142</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Atlar Hazır mı?</t>
+          <t>Dillerin Şifresi II. Cilt; Hint - Avrupa Dillerinin Köken Bilimine Giriş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>87</v>
+        <v>700</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799754511825</t>
+          <t>9789754511628</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 9 1973-74 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Rauf Denktaş´ın Hatıraları 6. Cilt 1969</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754511444</t>
+          <t>9789754511942</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Doğu Gerçeği</t>
+          <t>Yangın Adam Neyzen Tevfik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754513455</t>
+          <t>9789754510725</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Menemşe</t>
+          <t>Yakın Tarihimizde Dersim İsyanları ve Gerçekler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>174</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754511420</t>
+          <t>9789754510253</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Terör Türkiye ve PKK</t>
+          <t>Üniversite Niçin Çöktü? Profesörler Geçiyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>87</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058220162</t>
+          <t>9789754510614</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yarım Saatte Yüzme Öğreniyorum</t>
+          <t>Tüsiad Raporları ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754510300</t>
+          <t>9789754510027</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tarih İçinde Türk Edebiyatı</t>
+          <t>Türkler - Araplar - Yahudiler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754511925</t>
+          <t>9789754551235</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Batı Trakya Türk Devleti 1919-1920</t>
+          <t>Türkçemiz ve Uydurmacılık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754513370</t>
+          <t>9789754510904</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Perspektif</t>
+          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi Türk Dünya Nizamının Milli İslami ve İnsani Esasları Cilt: 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754516067</t>
+          <t>9789754511741</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye</t>
+          <t>Tarihi Akışı İçinde Din ve Medeniyet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754516388</t>
+          <t>9789754511116</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küresel Liderlik - Recep Tayyip Erdoğan Modeli</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754516524</t>
+          <t>9789754510997</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pehlivanlar Yurdu - Elmalı</t>
+          <t>Selçuklular ve İslamiyet</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754510644</t>
+          <t>9789754510096</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cezayir'de İslama Yeniden Doğuş</t>
+          <t>Rusya’da Üç Esaret Yılı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754516517</t>
+          <t>9789754511406</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili</t>
+          <t>Roman’da Bakış Açısı ve Anlatılış</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754512496</t>
+          <t>9789754511349</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zenbil</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 1 1964-1974 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>116</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754511161</t>
+          <t>9789754511321</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Varlığımızı Hedef Alan Tehdit (Bölücü Terör)</t>
+          <t>Peygamberimizin Hayatından Sahneler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799754511832</t>
+          <t>9789754510362</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ülkemde Demokrasiyi Arıyorum</t>
+          <t>Osmanlı Devlet ve Toplum Yapısı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754510898</t>
+          <t>9789754511185</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Mustarip</t>
+          <t>Osmanlı Bahriyesi’nin Yelken Devri ve Türk Korsanları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>121.8</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754510799</t>
+          <t>9789754510928</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Sırları</t>
+          <t>Namaz Güldestesi (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754511154</t>
+          <t>9789754511413</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Ötesi</t>
+          <t>Modern Eleştiri Terimleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754511195</t>
+          <t>9789754510737</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
+          <t>Milli Mücadele Dönemi’nde TBMM Hükümeti Tarafından İstanbul’da Kurulan Gizli Gruplar ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754511130</t>
+          <t>9789754510695</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gerçeği ve Bask Modeli</t>
+          <t>İnönü Dönemi Eğitim ve Kültür Politikası 1938-1950</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754510959</t>
+          <t>9789754512038</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Komünistlerinin Bulgaristan Macerası</t>
+          <t>Zor Yılların Zor Kadını Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754512311</t>
+          <t>9789754510706</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754510881</t>
+          <t>9789754511642</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Yöresi Ağızlarından Derlemeler</t>
+          <t>Dr. Sadettin Bilgiç Hatıralar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754512078</t>
+          <t>9789754510973</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Sünnet</t>
+          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754510188</t>
+          <t>9789754510621</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tahsin Paşa’nın Yıldız Hatıraları Sultan Abdülhamid</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754511307</t>
+          <t>9789754512069</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şeriat, Hilafet, Cumhuriyet, Laiklik</t>
+          <t>Batının Politik Ahlaksızlığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754510416</t>
+          <t>9789754510058</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Yunan Zaferi ve Gizli Siyaseti</t>
+          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754511055</t>
+          <t>9789754510201</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Mikado</t>
+          <t>Atlar Hazır mı?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754510515</t>
+          <t>9799754511825</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sulh Peygamberi</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 9 1973-74 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754510065</t>
+          <t>9789754511444</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Soruşturma</t>
+          <t>Doğu Gerçeği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754511284</t>
+          <t>9789754513455</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Uzaylar</t>
+          <t>Menemşe</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754511031</t>
+          <t>9789754511420</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Son Sözleri Ansiklopedisi</t>
+          <t>Uluslararası Terör Türkiye ve PKK</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754511246</t>
+          <t>9786058220162</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Kurucusu Theodor Theodor Herzl’in Hatıraları ve Sultan Abdülhamid</t>
+          <t>Yarım Saatte Yüzme Öğreniyorum</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754510195</t>
+          <t>9789754510300</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Portreler</t>
+          <t>Tarih İçinde Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754511024</t>
+          <t>9789754511925</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Kesitler</t>
+          <t>Batı Trakya Türk Devleti 1919-1920</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754511758</t>
+          <t>9789754513370</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>The Garden of Besmeleh (Ciltli)</t>
+          <t>Perspektif</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754511635</t>
+          <t>9789754516067</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Hayatı - Sanatı - Eserleri</t>
+          <t>Muhammediye</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754512373</t>
+          <t>9789754516388</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış’tan Çanakkale’ye (Ciltli)</t>
+          <t>Küresel Liderlik - Recep Tayyip Erdoğan Modeli</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1000</v>
+        <v>560</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754510591</t>
+          <t>9789754516524</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa - Nazım Hikmet Kavgası</t>
+          <t>Pehlivanlar Yurdu - Elmalı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754511598</t>
+          <t>9789754510644</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hayatı - Sanatı - Eserleri</t>
+          <t>Cezayir'de İslama Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754512526</t>
+          <t>9789754516517</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük İhtiyacı</t>
+          <t>Üniversiteler İçin Türk Dili</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>630</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754512519</t>
+          <t>9789754512496</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Korkusu ve Panik Atak</t>
+          <t>Zenbil</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754512434</t>
+          <t>9789754511161</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İngiliz İlişkilerinin Dönüm Noktası - 1911-1914 - 1. Cilt</t>
+          <t>Varlığımızı Hedef Alan Tehdit (Bölücü Terör)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754510539</t>
+          <t>9799754511832</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Dersleri</t>
+          <t>Ülkemde Demokrasiyi Arıyorum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754513097</t>
+          <t>9789754510898</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Pilotlarının İstanbul - Kahire - İskenderiye Seyahati (Şubat - Mayıs 1914)</t>
+          <t>Üç Büyük Mustarip</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754512793</t>
+          <t>9789754510799</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - İngiliz İlişkilerinin Dönüm Noktası (1911 - 1914) - 2. Cilt</t>
+          <t>Uzayın Sırları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754510171</t>
+          <t>9789754511154</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Orhun Abideleri</t>
+          <t>Uzayın Ötesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754512151</t>
+          <t>9789754511195</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nevin Abla’nın Masalları</t>
+          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754511581</t>
+          <t>9789754511130</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Hayatı - Sanatı - Eserleri</t>
+          <t>Türkiye Gerçeği ve Bask Modeli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754512717</t>
+          <t>9789754510959</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meryem’in Atları</t>
+          <t>Türk Komünistlerinin Bulgaristan Macerası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754512304</t>
+          <t>9789754512311</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Sesleniyor</t>
+          <t>Türk Kadını</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754511604</t>
+          <t>9789754510881</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Hayatı - Sanatı - Eserleri</t>
+          <t>Tunceli Yöresi Ağızlarından Derlemeler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754511079</t>
+          <t>9789754512078</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Masonların İçinden</t>
+          <t>Tarih Boyunca Sünnet</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754510294</t>
+          <t>9789754510188</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kürtçülük Meselesi</t>
+          <t>Tahsin Paşa’nın Yıldız Hatıraları Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754512441</t>
+          <t>9789754511307</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız ve Şahini</t>
+          <t>Şeriat, Hilafet, Cumhuriyet, Laiklik</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754511888</t>
+          <t>9789754510416</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Sistematik Bir İnceleme)</t>
+          <t>Sultan Abdülhamid’in Yunan Zaferi ve Gizli Siyaseti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754512595</t>
+          <t>9789754511055</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. İsa ve Meryem</t>
+          <t>Sultan Abdülhamid ve Mikado</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754512014</t>
+          <t>9789754510515</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Allah</t>
+          <t>Sulh Peygamberi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754511857</t>
+          <t>9789754510065</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Ötüşü / The Last Cry Of The Swan (Ciltli)</t>
+          <t>Soruşturma</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754511963</t>
+          <t>9789754511284</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Komünizmin Çöküş Yılları (Polonya Hatıraları)</t>
+          <t>Sonsuz Uzaylar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754511765</t>
+          <t>9789754511031</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 8 1971-1972 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Son Sözleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754512458</t>
+          <t>9789754511246</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kocataş Yalısı</t>
+          <t>Siyonizmin Kurucusu Theodor Theodor Herzl’in Hatıraları ve Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754510508</t>
+          <t>9789754510195</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kılıcın Hakkı</t>
+          <t>Siyasetten Portreler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754512205</t>
+          <t>9789754511024</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kıbrısta Türk - Yunan Fırtınası 1940-1950 / 1960-1970</t>
+          <t>Siyasetten Kesitler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754510126</t>
+          <t>9789754511758</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kavga Yazıları</t>
+          <t>The Garden of Besmeleh (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754512724</t>
+          <t>9789754511635</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kadın Milisler</t>
+          <t>Tevfik Fikret Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757522082</t>
+          <t>9789754512373</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ufku</t>
+          <t>Sarıkamış’tan Çanakkale’ye (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754511260</t>
+          <t>9789754510591</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Gizli Dosyası: Terörizm</t>
+          <t>Peyami Safa - Nazım Hikmet Kavgası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754510409</t>
+          <t>9789754511598</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Teknoloji</t>
+          <t>Ömer Seyfettin Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754512090</t>
+          <t>9789754512526</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İslamın Doğuşu ve Temelleri</t>
+          <t>Ölümsüzlük İhtiyacı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>261</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754511482</t>
+          <t>9789754512519</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Dini Düşünce Yapısı</t>
+          <t>Ölüm Korkusu ve Panik Atak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754511314</t>
+          <t>9789754512434</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hazreti Ömer (Ömer bin Abdülaziz)</t>
+          <t>Osmanlı-İngiliz İlişkilerinin Dönüm Noktası - 1911-1914 - 1. Cilt</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754512755</t>
+          <t>9789754510539</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İki Devir İki Nesil</t>
+          <t>Osmanlıca Dersleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754510874</t>
+          <t>9789754513097</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yazıları</t>
+          <t>Osmanlı Pilotlarının İstanbul - Kahire - İskenderiye Seyahati (Şubat - Mayıs 1914)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754511123</t>
+          <t>9789754512793</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Esintiler</t>
+          <t>Osmanlı - İngiliz İlişkilerinin Dönüm Noktası (1911 - 1914) - 2. Cilt</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754511956</t>
+          <t>9789754510171</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Nev’inden Notlar</t>
+          <t>Orhun Abideleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754510393</t>
+          <t>9789754512151</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hariciyemizin İçyüzü</t>
+          <t>Nevin Abla’nın Masalları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754511550</t>
+          <t>9789754511581</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar Hayatı - Sanatı - Eserleri</t>
+          <t>Namık Kemal Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754512731</t>
+          <t>9789754512717</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İnancın Psikolojisi</t>
+          <t>Meryem’in Atları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754510492</t>
+          <t>9789754512304</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>O Bir Yetim İdi</t>
+          <t>Mehmet Akif Sesleniyor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754510805</t>
+          <t>9789754511604</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gözümle ve Gönlümle Tanıdıklarım</t>
+          <t>Mehmet Akif Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754512540</t>
+          <t>9789754511079</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Yazısı ve Orhun Türkçesi</t>
+          <t>Masonların İçinden</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754512588</t>
+          <t>9789754510294</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikolojisinde Sevgi ve Evlilik Öncesi Cinsellik</t>
+          <t>Kürtçülük Meselesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754511253</t>
+          <t>9789754512441</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>GAP’ın Sahipleri</t>
+          <t>Küçük Kız ve Şahini</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754511611</t>
+          <t>9789754511888</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Hayatı - Sanatı - Eserleri</t>
+          <t>Kur’an-ı Kerim (Sistematik Bir İnceleme)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754510638</t>
+          <t>9789754512595</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Fröyd ve Fröydizmin İçyüzü</t>
+          <t>Kur’an’da Hz. İsa ve Meryem</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754512632</t>
+          <t>9789754512014</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fırtına’nın Oğlu</t>
+          <t>Kur’an’da Allah</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754512403</t>
+          <t>9789754511857</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fezleke-i Tarihi Osmani</t>
+          <t>Kuğunun Son Ötüşü / The Last Cry Of The Swan (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754510324</t>
+          <t>9789754511963</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eyüp</t>
+          <t>Komünizmin Çöküş Yılları (Polonya Hatıraları)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754512571</t>
+          <t>9789754511765</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öncesi Doğru Karar</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 8 1971-1972 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754511901</t>
+          <t>9789754512458</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna "Allah'ın Güzel İsimleri" (Ciltli)</t>
+          <t>Kocataş Yalısı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>3000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754512762</t>
+          <t>9789754510508</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ergun Göze ile Elli Beş Yıl</t>
+          <t>Kılıcın Hakkı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754511338</t>
+          <t>9789754512205</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ergun Göze Aziz Nesin Kavgası</t>
+          <t>Kıbrısta Türk - Yunan Fırtınası 1940-1950 / 1960-1970</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754512656</t>
+          <t>9789754510126</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Terimler</t>
+          <t>Kavga Yazıları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754512366</t>
+          <t>9789754512724</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Geleceği</t>
+          <t>Kadın Milisler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754512649</t>
+          <t>9789757522082</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda İsimler</t>
+          <t>İstanbul Ufku</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754512328</t>
+          <t>9789754511260</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edebi Akımlar ve Fikir Cereyanları</t>
+          <t>İsrail’in Gizli Dosyası: Terörizm</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754511987</t>
+          <t>9789754510409</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ecevit Çıkmazı</t>
+          <t>İslamiyet ve Teknoloji</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>80</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754515923</t>
+          <t>9789754512090</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ebussuud Tefsiri (11 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>İslamın Doğuşu ve Temelleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754512502</t>
+          <t>9789754511482</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cehil</t>
+          <t>İslam’da Dini Düşünce Yapısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754510003</t>
+          <t>9789754511314</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Selam</t>
+          <t>İkinci Hazreti Ömer (Ömer bin Abdülaziz)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>112</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754512410</t>
+          <t>9789754512755</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Devler Ülkesi</t>
+          <t>İki Devir İki Nesil</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754510645</t>
+          <t>9789754510874</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Cezayir’de İslama Yeniden Doğuş</t>
+          <t>Hüzün Yazıları</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754512533</t>
+          <t>9789754511123</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bulut Çocuk</t>
+          <t>Hayatımdan Esintiler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754510089</t>
+          <t>9789754511956</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bulunmuş Defterden Cuma Düşünceleri</t>
+          <t>Hatıra Nev’inden Notlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754510744</t>
+          <t>9789754510393</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Sohbetleri</t>
+          <t>Hariciyemizin İçyüzü</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754512779</t>
+          <t>9789754511550</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Müftü’nün Hatıraları</t>
+          <t>Halide Edip Adıvar Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754511796</t>
+          <t>9789754512731</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi Ordu ve Demokrasi</t>
+          <t>Günümüzde İnancın Psikolojisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754512281</t>
+          <t>9789754510492</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>O Bir Yetim İdi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754511819</t>
+          <t>9789754510805</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Babıali Ölürken</t>
+          <t>Gözümle ve Gönlümle Tanıdıklarım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754510577</t>
+          <t>9789754512540</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Asrın Şahidinin Hatıraları</t>
+          <t>Göktürk Yazısı ve Orhun Türkçesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754510775</t>
+          <t>9789754512588</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Asil Nadir Olayının İçyüzü Kıbrıs mı?</t>
+          <t>Genç Psikolojisinde Sevgi ve Evlilik Öncesi Cinsellik</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754512380</t>
+          <t>9789754511253</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Apo’dan Barzani’ye Terör ve Açılım</t>
+          <t>GAP’ın Sahipleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754511178</t>
+          <t>9789754511611</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Acının Tadı</t>
+          <t>Fuzuli Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754511574</t>
+          <t>9789754510638</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Hayatı - Sanatı - Eserleri</t>
+          <t>Fröyd ve Fröydizmin İçyüzü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754512663</t>
+          <t>9789754512632</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>99 Güzel İsim (Esmaü-l Hüsna)</t>
+          <t>Fırtına’nın Oğlu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754510140</t>
+          <t>9789754512403</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>2000’e Doğru Papaların Günah Dosyası</t>
+          <t>Fezleke-i Tarihi Osmani</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754510287</t>
+          <t>9789754510324</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Eyüp</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754511567</t>
+          <t>9789754512571</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay Hayatı - Sanatı - Eserleri</t>
+          <t>Evlilik Öncesi Doğru Karar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754516487</t>
+          <t>9789754511901</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Vatandı</t>
+          <t>Esma-i Hüsna "Allah'ın Güzel İsimleri" (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754516456</t>
+          <t>9789754512762</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Babamın Masalları</t>
+          <t>Ergun Göze ile Elli Beş Yıl</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754516449</t>
+          <t>9789754511338</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı Turan Hoca: İnsan Olmaya Adanmış Bir Hayatın Hikayesi - Tavizsiz Milliyetçi Disiplinli Eğitim</t>
+          <t>Ergun Göze Aziz Nesin Kavgası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754516098</t>
+          <t>9789754512656</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nişane</t>
+          <t>Edebiyatımızda Terimler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754516074</t>
+          <t>9789754512366</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bestekar Zeki Arif Ataergin'in  Hayatı ve Eserleri</t>
+          <t>İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754515855</t>
+          <t>9789754512649</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'ya İçeriden Bakmak</t>
+          <t>Edebiyatımızda İsimler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754511330</t>
+          <t>9789754512328</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Kavgası</t>
+          <t>Edebi Akımlar ve Fikir Cereyanları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3000165100119</t>
+          <t>9789754511987</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün ve Geleceğin Güçlü Türkiyesi</t>
+          <t>Ecevit Çıkmazı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754510407</t>
+          <t>9789754515923</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Ve Teknoloji</t>
+          <t>Ebussuud Tefsiri (11 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>80</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754515886</t>
+          <t>9789754512502</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'da Batan Güneş</t>
+          <t>Ebu Cehil</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754516029</t>
+          <t>9789754510003</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bugüne Değişmeyen Strateji - İslama Karşı İslam</t>
+          <t>İslam’a Selam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754511383</t>
+          <t>9789754512410</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 4 1967 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Devler Ülkesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754511376</t>
+          <t>9789754510645</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş’ın Hatıraları Cilt: 3 1966 Arşiv Belgeleri ve Notlarla O Günler</t>
+          <t>Cezayir’de İslama Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754515817</t>
+          <t>9789754512533</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Bulut Çocuk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754516036</t>
+          <t>9789754510089</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tansu Sarıtaylı Paris’ten Bildiriyor</t>
+          <t>Bulunmuş Defterden Cuma Düşünceleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754515961</t>
+          <t>9789754510744</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Balkanlar’da Türk Varlığı</t>
+          <t>Boğaziçi Sohbetleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754516043</t>
+          <t>9789754512779</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Geçmişte Kalan Köy</t>
+          <t>Bir Müftü’nün Hatıraları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754516005</t>
+          <t>9789754511796</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Devlette 45 Yıl (Ciltli)</t>
+          <t>Başkanlık Sistemi Ordu ve Demokrasi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754515992</t>
+          <t>9789754512281</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Türklerin İktisadi ve Ticari Hayatı</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754515985</t>
+          <t>9789754511819</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Birliğin Kurulması Şart</t>
+          <t>Babıali Ölürken</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754515978</t>
+          <t>9789754510577</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Türklerin Kültürel ve  Manevi Değerleri</t>
+          <t>Asrın Şahidinin Hatıraları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754515954</t>
+          <t>9789754510775</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Türkleri Tarihi</t>
+          <t>Asil Nadir Olayının İçyüzü Kıbrıs mı?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752434165</t>
+          <t>9789754512380</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Besicilik</t>
+          <t>Apo’dan Barzani’ye Terör ve Açılım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754515916</t>
+          <t>9789754511178</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Besleme Teknikleri</t>
+          <t>Acının Tadı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754515909</t>
+          <t>9789754511574</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Easy Piano</t>
+          <t>Abdülhak Hamid Tarhan Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754515893</t>
+          <t>9789754512663</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hoş Hallo</t>
+          <t>99 Güzel İsim (Esmaü-l Hüsna)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754513424</t>
+          <t>9789754510140</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ehli Kur'an ve Mevlidhanları</t>
+          <t>2000’e Doğru Papaların Günah Dosyası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754515848</t>
+          <t>9789754510287</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kırgızların Özgürlük Eşitlik Bağımsızlık Mücadeleleri ve Ürkünler</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754515824</t>
+          <t>9789754511567</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Modern Türkiye'nin Mahiyeti</t>
+          <t>Refik Halit Karay Hayatı - Sanatı - Eserleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754511390</t>
+          <t>9789754516487</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Rauf Denktaş'ın Hatıraları 5. Cilt</t>
+          <t>Rumeli Vatandı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754515565</t>
+          <t>9789754516456</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Sel ve Fırtına (1889 - 1924)</t>
+          <t>Babamın Masalları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754515794</t>
+          <t>9789754516449</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Büyük Müzikçileri Nasıl Bilirdiniz? (Ciltli)</t>
+          <t>Sıtkı Turan Hoca: İnsan Olmaya Adanmış Bir Hayatın Hikayesi - Tavizsiz Milliyetçi Disiplinli Eğitim</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754515701</t>
+          <t>9789754516098</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Lunapark</t>
+          <t>Nişane</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754515749</t>
+          <t>9789754516074</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağıt Bin Hasret</t>
+          <t>Bestekar Zeki Arif Ataergin'in  Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754515756</t>
+          <t>9789754515855</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib</t>
+          <t>Avrupa'ya İçeriden Bakmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754515763</t>
+          <t>9789754511330</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Portreleri</t>
+          <t>Aziz Nesin Kavgası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754515732</t>
+          <t>3000165100119</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Freud Jung ve Adler</t>
+          <t>Dün, Bugün ve Geleceğin Güçlü Türkiyesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754515534</t>
+          <t>9789754510407</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>İslamiyet Ve Teknoloji</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754515527</t>
+          <t>9789754515886</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözlüğü</t>
+          <t>Makedonya'da Batan Güneş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>406</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754515718</t>
+          <t>9789754516029</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Alpkan - Milli Dava Adamı</t>
+          <t>Tarihten Bugüne Değişmeyen Strateji - İslama Karşı İslam</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754515459</t>
+          <t>9789754511383</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Salaga'nın Leylekleri</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 4 1967 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754515442</t>
+          <t>9789754511376</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi</t>
+          <t>Rauf Denktaş’ın Hatıraları Cilt: 3 1966 Arşiv Belgeleri ve Notlarla O Günler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754513714</t>
+          <t>9789754515817</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Rengarenk</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754513509</t>
+          <t>9789754516036</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Has Hacib ve Kutadgu Bilig</t>
+          <t>Tansu Sarıtaylı Paris’ten Bildiriyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754511062</t>
+          <t>9789754515961</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Türkler için Söylenen Büyük Sözler</t>
+          <t>Dünden Bugüne Balkanlar’da Türk Varlığı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754513691</t>
+          <t>9789754516043</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yadımda Kalanlar</t>
+          <t>Geçmişte Kalan Köy</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754513660</t>
+          <t>9789754516005</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası'nda Dil ve Kültür Birliği</t>
+          <t>Hatıralarla Devlette 45 Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754513677</t>
+          <t>9789754515992</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Nasıl Anlamalıyız?</t>
+          <t>İpek Yolunda Türklerin İktisadi ve Ticari Hayatı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754513653</t>
+          <t>9789754515985</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>10 Temmuz Meşrutiyet Bayramı</t>
+          <t>Türk Dünyasında Birliğin Kurulması Şart</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754513639</t>
+          <t>9789754515978</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Necatname</t>
+          <t>İpek Yolunda Türklerin Kültürel ve  Manevi Değerleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754513646</t>
+          <t>9789754515954</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tasvir</t>
+          <t>Doğu Türkistan Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754512489</t>
+          <t>9789752434165</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 2. Cilt</t>
+          <t>Besicilik</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>377</v>
+        <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754513486</t>
+          <t>9789754515916</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri El Kitabı</t>
+          <t>Hayvan Besleme Teknikleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754512601</t>
+          <t>9789754515909</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gerçekname</t>
+          <t>Easy Piano</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754513240</t>
+          <t>9789754515893</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Harizmşahlar</t>
+          <t>Hoş Hallo</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754513233</t>
+          <t>9789754513424</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>İstanbul Ehli Kur'an ve Mevlidhanları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754513189</t>
+          <t>9789754515848</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Olup Şu Alemi Gezerim</t>
+          <t>Kırgızların Özgürlük Eşitlik Bağımsızlık Mücadeleleri ve Ürkünler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754513417</t>
+          <t>9789754515824</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Goeben Zırhlısı'nın İstanbul Ziyareti ve Taşkışla Yangını</t>
+          <t>Atatürk ve Modern Türkiye'nin Mahiyeti</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754513400</t>
+          <t>9789754511390</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Rauf Denktaş'ın Hatıraları 5. Cilt</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754513387</t>
+          <t>9789754515565</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya’dan Vatana Türkistan’da Türkler</t>
+          <t>İstanbul'da Sel ve Fırtına (1889 - 1924)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754513127</t>
+          <t>9789754515794</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Atatürk</t>
+          <t>Büyük Müzikçileri Nasıl Bilirdiniz? (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754510850</t>
+          <t>9789754515701</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Fikir ve Put</t>
+          <t>Lunapark</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754513332</t>
+          <t>9789754515749</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Şifresi</t>
+          <t>Bir Ağıt Bin Hasret</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754513349</t>
+          <t>9789754515756</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatanın Çocuğu, Ben Bir Deli Divane 2 - Çukur</t>
+          <t>Halide Edib</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754513288</t>
+          <t>9789754515763</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Si-An’dan Tiran’a Tarihi İpek Yolu</t>
+          <t>Ermeni Portreleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754513219</t>
+          <t>9789754515732</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kalemimden Dökülenler</t>
+          <t>Freud Jung ve Adler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754513271</t>
+          <t>9789754515534</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Neler Oldu?</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754513264</t>
+          <t>9789754515527</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Takı Taluy Müren</t>
+          <t>Aşk Sözlüğü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754511147</t>
+          <t>9789754515718</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Kokusu Sigaranın Dumanı ve Kadın</t>
+          <t>Mehmet Emin Alpkan - Milli Dava Adamı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754513158</t>
+          <t>9789754515459</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Milli Devleti ve Küreselleşme</t>
+          <t>Salaga'nın Leylekleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754511918</t>
+          <t>9789754515442</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>...Ve Bulgarlar Geldi</t>
+          <t>Cihan Harbi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>680</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754511437</t>
+          <t>9789754513714</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’yi Gözlerken Meselelerimiz</t>
+          <t>Uçurtma Rengarenk</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754510717</t>
+          <t>9789754513509</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Üzerine Araştırmalar 3</t>
+          <t>Yusuf Has Hacib ve Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754510843</t>
+          <t>9789754511062</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Güneydoğu Anadolu Ağızları Üzerine Düşünceler</t>
+          <t>Tarihte Türkler için Söylenen Büyük Sözler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>87</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754511932</t>
+          <t>9789754513691</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Din Bilim Çağdaşlık</t>
+          <t>Yadımda Kalanlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754512007</t>
+          <t>9789754513660</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Diktatörler Yüzyılı</t>
+          <t>Türk Dünyası'nda Dil ve Kültür Birliği</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754510225</t>
+          <t>9789754513677</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Atatürk'ü Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754512564</t>
+          <t>9789754513653</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygu ve Düşüncenin Gelişmesi</t>
+          <t>10 Temmuz Meşrutiyet Bayramı</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754510379</t>
+          <t>9789754513639</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Ekonomik Doktrinler ve İslam</t>
+          <t>Necatname</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754511109</t>
+          <t>9789754513646</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yıkama</t>
+          <t>Tasvir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754511802</t>
+          <t>9789754512489</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Kadınlar</t>
+          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 2. Cilt</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754511994</t>
+          <t>9789754513486</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Yüzyılı</t>
+          <t>Bilimsel Araştırma Yöntemleri El Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754512618</t>
+          <t>9789754512601</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Uyandıran Şiirler</t>
+          <t>Gerçekname</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>80</v>
+        <v>168</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754511536</t>
+          <t>9789754513240</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Hayatı - Sanatı - Eserleri</t>
+          <t>Harizmşahlar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754512113</t>
+          <t>9789754513233</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Akademik Yıllarım</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754511512</t>
+          <t>9789754513189</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Hayatı - Sanatı - Eserleri</t>
+          <t>Seyyah Olup Şu Alemi Gezerim</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754512625</t>
+          <t>9789754513417</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aç Kurtlar Vakfı</t>
+          <t>Goeben Zırhlısı'nın İstanbul Ziyareti ve Taşkışla Yangını</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754511840</t>
+          <t>9789754513400</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>18 Nisan 1999 ve 3 Kasım 2002 Genel Seçimleri Değerlendirmesi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754513257</t>
+          <t>9789754513387</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tasarım, Evrensel Tasarım</t>
+          <t>Coğrafya’dan Vatana Türkistan’da Türkler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754513226</t>
+          <t>9789754513127</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sembol</t>
+          <t>Yahya Kemal ve Atatürk</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754513172</t>
+          <t>9789754510850</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mihenk</t>
+          <t>İslam Dünyasında Fikir ve Put</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754512472</t>
+          <t>9789754513332</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 1. Cilt</t>
+          <t>Dillerin Şifresi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
+          <t>9789754513349</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Bu Vatanın Çocuğu, Ben Bir Deli Divane 2 - Çukur</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789754513288</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Si-An’dan Tiran’a Tarihi İpek Yolu</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789754513219</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Kalemimden Dökülenler</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789754513271</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Neler Oldu?</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789754513264</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Takı Taluy Müren</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789754511147</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>İçkinin Kokusu Sigaranın Dumanı ve Kadın</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789754513158</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Milli Devleti ve Küreselleşme</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789754511918</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>...Ve Bulgarlar Geldi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789754511437</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Dünya ve Türkiye’yi Gözlerken Meselelerimiz</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789754510717</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Doğu ve Güneydoğu Anadolu Üzerine Araştırmalar 3</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789754510843</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Doğu ve Güneydoğu Anadolu Ağızları Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789754511932</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Din Bilim Çağdaşlık</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789754512007</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Diktatörler Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789754510225</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Kitabı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789754512564</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Dini Duygu ve Düşüncenin Gelişmesi</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789754510379</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Ekonomik Doktrinler ve İslam</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789754511109</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Yıkama</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789754511802</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Ayetler ve Kadınlar</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789754511994</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlar Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789754512618</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi Uyandıran Şiirler</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789754511536</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Veysel Hayatı - Sanatı - Eserleri</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789754512113</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Yıllarım</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789754511512</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Haşim Hayatı - Sanatı - Eserleri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789754512625</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Aç Kurtlar Vakfı</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789754511840</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>18 Nisan 1999 ve 3 Kasım 2002 Genel Seçimleri Değerlendirmesi</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789754513257</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Tasarım, Evrensel Tasarım</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789754513226</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Sembol</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789754513172</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Mihenk</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789754512472</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Yelkovanın Ucundan Düşen Takvim Yaprakları 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
           <t>9789754513134</t>
         </is>
       </c>
-      <c r="B259" s="1" t="inlineStr">
+      <c r="B288" s="1" t="inlineStr">
         <is>
           <t>Doğu’nın Yıldızı Ali Şir Nevai</t>
         </is>
       </c>
-      <c r="C259" s="1">
-        <v>180</v>
+      <c r="C288" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>