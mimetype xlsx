--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,1750 +85,1780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9787597879004</t>
+          <t>9786259803371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Klasik Öyküler (3 Kitap Set)</t>
+          <t>Dinazorları Seviyorum 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>468</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9787597875259</t>
+          <t>9787597875396</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (3 Kitap Set)</t>
+          <t>Oku, Boya ve Oynat: Hacivat ile Karagöz Seti</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>468</v>
+        <v>944</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259468501</t>
+          <t>9787597879004</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 1 / İngilizce - Türkçe Hikayeler (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Klasik Öyküler (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>178</v>
+        <v>468</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057195067</t>
+          <t>9787597875259</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz Bilmece Bildirmece</t>
+          <t>Ezop Masalları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>156</v>
+        <v>468</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259586120</t>
+          <t>9786259468501</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rövaşata Arda</t>
+          <t>Nasrettin Hoca 1 / İngilizce - Türkçe Hikayeler (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>223</v>
+        <v>178</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259803319</t>
+          <t>9786057195067</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi</t>
+          <t>Hacivat ile Karagöz Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259845630</t>
+          <t>9786259586120</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yeşil çocuk (Resimli Roman - 8+Yaş)</t>
+          <t>Rövaşata Arda</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>178</v>
+        <v>223</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259803364</t>
+          <t>9786259803319</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Orta Boy, Renkli Çizgi Roman) 8+Yaş</t>
+          <t>Mevlana Celaleddin-i Rumi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259803388</t>
+          <t>9786259845630</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Samim Utkun'nun Muteşem Çizgileriyle</t>
+          <t>Yeşil çocuk (Resimli Roman - 8+Yaş)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>267</v>
+        <v>178</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259480619</t>
+          <t>9786259803364</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 3 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Orta Boy, Renkli Çizgi Roman) 8+Yaş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259803340</t>
+          <t>9786259803388</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kepçekulak Küçük Mavi Fil</t>
+          <t>Osmanlı Padişahları Samim Utkun'nun Muteşem Çizgileriyle</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>156</v>
+        <v>267</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259803333</t>
+          <t>9786259480619</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali / Allah'ın Aslanı</t>
+          <t>Nasrettin Hoca 3 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259803357</t>
+          <t>9786259803340</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Adası</t>
+          <t>Kepçekulak Küçük Mavi Fil</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057094896</t>
+          <t>9786259803333</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz Ramazan Davulcusu</t>
+          <t>Hz. Ali / Allah'ın Aslanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057361714</t>
+          <t>9786259803357</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Çizgi Roman)</t>
+          <t>Ejderha Adası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057195005</t>
+          <t>9786057094896</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tilki Üzüm Peşinde</t>
+          <t>Hacivat ile Karagöz Ramazan Davulcusu</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9787597874283</t>
+          <t>9786057361714</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları 2 (5 Kitap Set)</t>
+          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>890</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259820729</t>
+          <t>9786057195005</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Buğday İsteyen Yunus</t>
+          <t>Tilki Üzüm Peşinde</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259820798</t>
+          <t>9787597874283</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Arının Günlüğü (8 Yaş ve Üstü)</t>
+          <t>İslam Kahramanları 2 (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>178</v>
+        <v>890</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259468556</t>
+          <t>9786259820729</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Yalnız Efe ve Kütük (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Yunus Emre Buğday İsteyen Yunus</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259826646</t>
+          <t>9786259820798</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri Boğaçhan (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Bir Arının Günlüğü (8 Yaş ve Üstü)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259856391</t>
+          <t>9786259468556</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Kaşağı ve Vire (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Ömer Seyfettin Hikayeleri Yalnız Efe ve Kütük (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259468518</t>
+          <t>9786259826646</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 2 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Dede Korkut Hikayeleri Boğaçhan (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9787597875334</t>
+          <t>9786259856391</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz Çizgi Roman Seti 5 Kitap (1.ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Ömer Seyfettin Hikayeleri Kaşağı ve Vire (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>778</v>
+        <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259856384</t>
+          <t>9786259468518</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Cesur Karıncalar (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Nasrettin Hoca 2 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259856377</t>
+          <t>9787597875334</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Diyet ve Forsa (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Hacivat İle Karagöz Çizgi Roman Seti 5 Kitap (1.ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>178</v>
+        <v>778</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057272591</t>
+          <t>9786259856384</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz - Hacivat'ın Öğüdü Çizgi Roman (1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Cesur Karıncalar (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259845616</t>
+          <t>9786259856377</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 3 Zürafalar-Timsahlar-Zebralar</t>
+          <t>Ömer Seyfettin Hikayeleri Diyet ve Forsa (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259845609</t>
+          <t>9786057272591</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 2 Gergedanlar-Maymunlar-Su Aygırları</t>
+          <t>Hacivat ile Karagöz - Hacivat'ın Öğüdü Çizgi Roman (1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786250080481</t>
+          <t>9786259845616</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 1 Aslanlar-Develer-Filler</t>
+          <t>Sıcak Ülkenin Hayvanları 3 Zürafalar-Timsahlar-Zebralar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259965369</t>
+          <t>9786259845609</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Merdoğlu (Çizgi Roman) Sırp Sındığı</t>
+          <t>Sıcak Ülkenin Hayvanları 2 Gergedanlar-Maymunlar-Su Aygırları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259845623</t>
+          <t>9786250080481</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları 1 Ahtapotlar-Köpek Balıkları-Yunuslar</t>
+          <t>Sıcak Ülkenin Hayvanları 1 Aslanlar-Develer-Filler</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259856360</t>
+          <t>9786259965369</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Temiz Çevre Temiz Yaşam Boyama Kitabı (4+Yaş)</t>
+          <t>Merdoğlu (Çizgi Roman) Sırp Sındığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259856346</t>
+          <t>9786259845623</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz / Karagözden Şiirler Hikayeli Boyama Kitabı (4+Yaş)</t>
+          <t>Deniz Hayvanları 1 Ahtapotlar-Köpek Balıkları-Yunuslar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259856353</t>
+          <t>9786259856360</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Futbolu Seviyorum Boyama Kitabı (4+Yaş)</t>
+          <t>Temiz Çevre Temiz Yaşam Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9787597874184</t>
+          <t>9786259856346</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 15 Öykü 5 Kitap Set Renkli 7+Yaş</t>
+          <t>Hacivat İle Karagöz / Karagözden Şiirler Hikayeli Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>778</v>
+        <v>156</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259856339</t>
+          <t>9786259856353</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 5 (Renkli 7+Yaş)</t>
+          <t>Futbolu Seviyorum Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259856322</t>
+          <t>9787597874184</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 4 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 15 Öykü 5 Kitap Set Renkli 7+Yaş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>156</v>
+        <v>778</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259856315</t>
+          <t>9786259856339</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 3 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 5 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259856308</t>
+          <t>9786259856322</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 2 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 4 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259965390</t>
+          <t>9786259856315</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 1 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 3 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259965338</t>
+          <t>9786259856308</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 3 / Aslan Postuna Bürünen Eşek</t>
+          <t>Resimli Seçkin Öyküler 2 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259965321</t>
+          <t>9786259965390</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 2 / Tilki ile Kirpi</t>
+          <t>Resimli Seçkin Öyküler 1 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259965314</t>
+          <t>9786259965338</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 1 / Kuyruksuz Tilki</t>
+          <t>Ezop Masalları 3 / Aslan Postuna Bürünen Eşek</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259965345</t>
+          <t>9786259965321</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu / Çocuk Klasikleri-2</t>
+          <t>Ezop Masalları 2 / Tilki ile Kirpi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259965352</t>
+          <t>9786259965314</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Süper Çetin Bulgaristan'da</t>
+          <t>Ezop Masalları 1 / Kuyruksuz Tilki</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259965376</t>
+          <t>9786259965345</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaledin-i Rumi</t>
+          <t>Çirkin Ördek Yavrusu / Çocuk Klasikleri-2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057094827</t>
+          <t>9786259965352</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Maniler ve Atasözleri</t>
+          <t>Süper Çetin Bulgaristan'da</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9787597874139</t>
+          <t>9786259965376</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bahar Geldi Hoş Geldi Bal Arısı Vızdık Serisi Renkli Resimli 3 Kitap Set</t>
+          <t>Mevlana Celaledin-i Rumi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>445</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259965307</t>
+          <t>9786057094827</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi Renkli Çizgi Roman</t>
+          <t>Elazığ Maniler ve Atasözleri</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057094889</t>
+          <t>9787597874139</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sümeyye (r.a.) İslamiyetin İlk Şehit Kadını (Çizgi Roman)</t>
+          <t>Bahar Geldi Hoş Geldi Bal Arısı Vızdık Serisi Renkli Resimli 3 Kitap Set</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>189</v>
+        <v>445</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056934230</t>
+          <t>9786259965307</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan (Seyyid Muhammed Buhari) Çizgi Roman Serisi</t>
+          <t>Çizmeli Kedi Renkli Çizgi Roman</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786250014981</t>
+          <t>9786057094889</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Parayı Veren Düdüğü Çalar (Renkli Resimli)</t>
+          <t>Hz. Sümeyye (r.a.) İslamiyetin İlk Şehit Kadını (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786250085011</t>
+          <t>9786056934230</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Eski Ayları Ne Yaparlar? (Renkli Resimli)</t>
+          <t>Emir Sultan (Seyyid Muhammed Buhari) Çizgi Roman Serisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056934261</t>
+          <t>9786250014981</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 3 - Kaptan-ı Derya (Resimli Roman)</t>
+          <t>Nasrettin Hoca Parayı Veren Düdüğü Çalar (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057186614</t>
+          <t>9786250085011</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 2 - Denizlerin Reisi (Resimli Roman)</t>
+          <t>Nasrettin Hoca Eski Ayları Ne Yaparlar? (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057186690</t>
+          <t>9786056934261</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 1 - Cezayir'in Fethi</t>
+          <t>Barbaroslar 3 - Kaptan-ı Derya (Resimli Roman)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057272584</t>
+          <t>9786057186614</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 3</t>
+          <t>Barbaroslar 2 - Denizlerin Reisi (Resimli Roman)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057272577</t>
+          <t>9786057186690</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 2</t>
+          <t>Barbaroslar 1 - Cezayir'in Fethi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057272560</t>
+          <t>9786057272584</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 1</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 3</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058919181</t>
+          <t>9786057272577</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Palu Yetişkin ve Çocuk Oyunları (Resİmli)</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>890</v>
+        <v>156</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057272546</t>
+          <t>9786057272560</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 1</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 1</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057272539</t>
+          <t>9786058919181</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Karayağız Nankörün Sonu</t>
+          <t>Palu Yetişkin ve Çocuk Oyunları (Resİmli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>178</v>
+        <v>890</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057186683</t>
+          <t>9786057272546</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz Ramazan Davulcusu (Oku ve Boya)</t>
+          <t>Ormandaki Dostlarımız 1</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057272553</t>
+          <t>9786057272539</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 2 (Çizgi Roman)</t>
+          <t>Karayağız Nankörün Sonu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057272515</t>
+          <t>9786057186683</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz / Karagöz'ün Şiiri</t>
+          <t>Hacivat İle Karagöz Ramazan Davulcusu (Oku ve Boya)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057272522</t>
+          <t>9786057272553</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 4 / Dum Dum Eyvah Kayboldum</t>
+          <t>Ormandaki Dostlarımız 2 (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057186676</t>
+          <t>9786057272515</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz İngilizce Öğreniyor Oku ve Boya</t>
+          <t>Hacivat İle Karagöz / Karagöz'ün Şiiri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789280000023</t>
+          <t>9786057272522</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dındik Dergisi Gakgomun Aylık Mizah Dergisi Tüm Sayılar Tek Kitap</t>
+          <t>Bal Arısı Vızdık 4 / Dum Dum Eyvah Kayboldum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>778</v>
+        <v>156</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057272508</t>
+          <t>9786057186676</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar Oruç Reis</t>
+          <t>Hacivat İle Karagöz İngilizce Öğreniyor Oku ve Boya</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057186669</t>
+          <t>9789280000023</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca Oku ve Boya</t>
+          <t>Dındik Dergisi Gakgomun Aylık Mizah Dergisi Tüm Sayılar Tek Kitap</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>145</v>
+        <v>778</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057195098</t>
+          <t>9786057272508</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Turşuyu Kim Satacak (Çizgi Roman Renkli)</t>
+          <t>Barbaroslar Oruç Reis</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057361721</t>
+          <t>9786057186669</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Harput Tarihi Süt Kalesi (Çizgi Roman Büyük Boy Renkli) 7+Yaş</t>
+          <t>Ağustos Böceği ile Karınca Oku ve Boya</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057186652</t>
+          <t>9786057195098</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Giresunspor Boyama Kitabı</t>
+          <t>Nasrettin Hoca Turşuyu Kim Satacak (Çizgi Roman Renkli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057361738</t>
+          <t>9786057361721</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çayda Çıra (Renkli Resimli Büyük Boy) 7+Yaş</t>
+          <t>Harput Tarihi Süt Kalesi (Çizgi Roman Büyük Boy Renkli) 7+Yaş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057195081</t>
+          <t>9786057186652</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları Seti Renkli Resimli Düz Yazılı</t>
+          <t>Giresunspor Boyama Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1112</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057186645</t>
+          <t>9786057361738</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Elazığspor Boyama Kitabı</t>
+          <t>Çayda Çıra (Renkli Resimli Büyük Boy) 7+Yaş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058225473</t>
+          <t>9786057195081</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Masalları (Resimli)</t>
+          <t>Ezop Masalları Seti Renkli Resimli Düz Yazılı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>178</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058225480</t>
+          <t>9786057186645</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Fıkraları - 1 (Resimli)</t>
+          <t>Elazığspor Boyama Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057094834</t>
+          <t>9786058225473</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çayda Çıra (Resimli)</t>
+          <t>Elazığ Masalları (Resimli)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058225435</t>
+          <t>9786058225480</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Şiir Elazığ</t>
+          <t>Elazığ Fıkraları - 1 (Resimli)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058225442</t>
+          <t>9786057094834</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Süt Kalesi - Harput Tarihi (Resimli)</t>
+          <t>Çayda Çıra (Resimli)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058225459</t>
+          <t>9786058225435</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Molla Ahmet Peykeri (Resimli)</t>
+          <t>Şehr-i Şiir Elazığ</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057094841</t>
+          <t>9786058225442</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Harput Emir'i ve Türk Orduları Başkumandanı Bellek Gazi (Resimli)</t>
+          <t>Süt Kalesi - Harput Tarihi (Resimli)</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057094803</t>
+          <t>9786058225459</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Harput Efsaneleri (Resimli)</t>
+          <t>Molla Ahmet Peykeri (Resimli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057094810</t>
+          <t>9786057094841</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Türkülerimiz Öykülerimiz (Resimli)</t>
+          <t>Harput Emir'i ve Türk Orduları Başkumandanı Bellek Gazi (Resimli)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057161918</t>
+          <t>9786057094803</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Kaşağı</t>
+          <t>Harput Efsaneleri (Resimli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057186621</t>
+          <t>9786057094810</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kurnazlığı</t>
+          <t>Elazığ Türkülerimiz Öykülerimiz (Resimli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057195012</t>
+          <t>9786057161918</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Fare</t>
+          <t>Ömer Seyfettin - Kaşağı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057186607</t>
+          <t>9786057186621</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Çil Çil Altınlar</t>
+          <t>Tilkinin Kurnazlığı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057186638</t>
+          <t>9786057195012</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Harput Boyama Kitabı</t>
+          <t>Şakacı Fare</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057195036</t>
+          <t>9786057186607</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz - Karagöz İngilizce Öğreniyor</t>
+          <t>Keloğlan Çil Çil Altınlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9280000019849</t>
+          <t>9786057186638</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Çizgi Roman - Renkli Resimli 10 Kitap set</t>
+          <t>Harput Boyama Kitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1334</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057195043</t>
+          <t>9786057195036</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık - Arkadaşım Karınca</t>
+          <t>Hacivat İle Karagöz - Karagöz İngilizce Öğreniyor</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056058219</t>
+          <t>9280000019849</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ahçik</t>
+          <t>Çocuklara Çizgi Roman - Renkli Resimli 10 Kitap set</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>289</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056934209</t>
+          <t>9786057195043</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Seyfullah Allahın Kılıcı Halit Bin Velid (r.a.)</t>
+          <t>Bal Arısı Vızdık - Arkadaşım Karınca</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056934278</t>
+          <t>9786056058219</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sancaktarı Eyüp Sultan Hazretleri</t>
+          <t>Ahçik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>189</v>
+        <v>289</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056934285</t>
+          <t>9786056934209</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Müezzini Bilal-i Habeşi (r.a.)</t>
+          <t>Seyfullah Allahın Kılıcı Halit Bin Velid (r.a.)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056934292</t>
+          <t>9786056934278</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Dünyanın Ortası (Renkli Resimli)</t>
+          <t>Peygamberimizin Sancaktarı Eyüp Sultan Hazretleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>145</v>
+        <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057195050</t>
+          <t>9786056934285</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Aziz Mahmud Hüdayi</t>
+          <t>Peygamberimizin Müezzini Bilal-i Habeşi (r.a.)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056934223</t>
+          <t>9786056934292</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cennete Uçarak Giden Sahabi Caferi Tayyar (r.a.)</t>
+          <t>Nasrettin Hoca Dünyanın Ortası (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>189</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057361707</t>
+          <t>9786057195050</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han Dedem Korkut Hikayeleri</t>
+          <t>Gönüller Sultanı Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057195074</t>
+          <t>9786056934223</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkı İle Yaşamını Sürdüren Rabia El-Adeviyye</t>
+          <t>Cennete Uçarak Giden Sahabi Caferi Tayyar (r.a.)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9280000019832</t>
+          <t>9786057361707</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tadında Nasreddin Hoca Fıkraları - 10 Kitap Set</t>
+          <t>Boğaç Han Dedem Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1112</v>
+        <v>156</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057195029</t>
+          <t>9786057195074</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaten İnecektim (Çizgi Roman)</t>
+          <t>Allah Aşkı İle Yaşamını Sürdüren Rabia El-Adeviyye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057361752</t>
+          <t>9280000019832</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan - İnci ve Horoz</t>
+          <t>Şiir Tadında Nasreddin Hoca Fıkraları - 10 Kitap Set</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>156</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058225466</t>
+          <t>9786057195029</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Ya Tutarsa (Çizgi Roman)</t>
+          <t>Nasreddin Hoca Zaten İnecektim (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057361790</t>
+          <t>9786057361752</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bacaklı Tavşan (Oku ve Boya - Çizgi Roman)</t>
+          <t>Keloğlan - İnci ve Horoz</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056934216</t>
+          <t>9786058225466</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 2 - Vız Vız Biz İki Arkadaşız</t>
+          <t>Nasreddin Hoca Ya Tutarsa (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056934247</t>
+          <t>9786057361790</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 1 - Bahar Geldi Hoş Geldi</t>
+          <t>Uzun Bacaklı Tavşan (Oku ve Boya - Çizgi Roman)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9280000019375</t>
+          <t>9786056934216</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Edebiyatı Seçme Öyküler (7-8 Yaş 10 Kitap Set)</t>
+          <t>Bal Arısı Vızdık 2 - Vız Vız Biz İki Arkadaşız</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1112</v>
+        <v>156</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057361769</t>
+          <t>9786056934247</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi (Resimli)</t>
+          <t>Bal Arısı Vızdık 1 - Bahar Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9280000019634</t>
+          <t>9280000019375</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'in Kılıcı Barbaroslar (Resimli 3 Kitap Set)</t>
+          <t>Dünya Çocuk Edebiyatı Seçme Öyküler (7-8 Yaş 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>534</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
+          <t>9786057361769</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi (Resimli)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9280000019634</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'in Kılıcı Barbaroslar (Resimli 3 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
           <t>9280000019641</t>
         </is>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>İslam Kahramanları (Çizgi Roman 5 Kitap Set)</t>
         </is>
       </c>
-      <c r="C115" s="1">
+      <c r="C117" s="1">
         <v>890</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>