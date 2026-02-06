--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,1780 +85,1795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259803371</t>
+          <t>9786259586144</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dinazorları Seviyorum 1</t>
+          <t>Kumun İçindeki Yıldızlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>155</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9787597875396</t>
+          <t>9786259803371</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oku, Boya ve Oynat: Hacivat ile Karagöz Seti</t>
+          <t>Dinazorları Seviyorum 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>944</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9787597879004</t>
+          <t>9787597875396</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Klasik Öyküler (3 Kitap Set)</t>
+          <t>Oku, Boya ve Oynat: Hacivat ile Karagöz Seti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>468</v>
+        <v>944</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9787597875259</t>
+          <t>9787597879004</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (3 Kitap Set)</t>
+          <t>Klasik Öyküler (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>468</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259468501</t>
+          <t>9787597875259</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 1 / İngilizce - Türkçe Hikayeler (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Ezop Masalları (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>178</v>
+        <v>468</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057195067</t>
+          <t>9786259468501</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz Bilmece Bildirmece</t>
+          <t>Nasrettin Hoca 1 / İngilizce - Türkçe Hikayeler (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259586120</t>
+          <t>9786057195067</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rövaşata Arda</t>
+          <t>Hacivat ile Karagöz Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>223</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259803319</t>
+          <t>9786259586120</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi</t>
+          <t>Rövaşata Arda</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>189</v>
+        <v>223</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259845630</t>
+          <t>9786259803319</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeşil çocuk (Resimli Roman - 8+Yaş)</t>
+          <t>Mevlana Celaleddin-i Rumi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259803364</t>
+          <t>9786259845630</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Orta Boy, Renkli Çizgi Roman) 8+Yaş</t>
+          <t>Yeşil çocuk (Resimli Roman - 8+Yaş)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259803388</t>
+          <t>9786259803364</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Samim Utkun'nun Muteşem Çizgileriyle</t>
+          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Orta Boy, Renkli Çizgi Roman) 8+Yaş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>267</v>
+        <v>156</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259480619</t>
+          <t>9786259803388</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 3 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Osmanlı Padişahları Samim Utkun'nun Muteşem Çizgileriyle</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>178</v>
+        <v>267</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259803340</t>
+          <t>9786259480619</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kepçekulak Küçük Mavi Fil</t>
+          <t>Nasrettin Hoca 3 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259803333</t>
+          <t>9786259803340</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali / Allah'ın Aslanı</t>
+          <t>Kepçekulak Küçük Mavi Fil</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259803357</t>
+          <t>9786259803333</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Adası</t>
+          <t>Hz. Ali / Allah'ın Aslanı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057094896</t>
+          <t>9786259803357</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz Ramazan Davulcusu</t>
+          <t>Ejderha Adası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057361714</t>
+          <t>9786057094896</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Çizgi Roman)</t>
+          <t>Hacivat ile Karagöz Ramazan Davulcusu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057195005</t>
+          <t>9786057361714</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tilki Üzüm Peşinde</t>
+          <t>Şeyh Edebali'den Osman Gazi'ye Nasihat (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9787597874283</t>
+          <t>9786057195005</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları 2 (5 Kitap Set)</t>
+          <t>Tilki Üzüm Peşinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>890</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259820729</t>
+          <t>9787597874283</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Buğday İsteyen Yunus</t>
+          <t>İslam Kahramanları 2 (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>156</v>
+        <v>890</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259820798</t>
+          <t>9786259820729</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Arının Günlüğü (8 Yaş ve Üstü)</t>
+          <t>Yunus Emre Buğday İsteyen Yunus</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259468556</t>
+          <t>9786259820798</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Yalnız Efe ve Kütük (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Bir Arının Günlüğü (8 Yaş ve Üstü)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259826646</t>
+          <t>9786259468556</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri Boğaçhan (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Ömer Seyfettin Hikayeleri Yalnız Efe ve Kütük (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259856391</t>
+          <t>9786259826646</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Kaşağı ve Vire (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Dede Korkut Hikayeleri Boğaçhan (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259468518</t>
+          <t>9786259856391</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca 2 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
+          <t>Ömer Seyfettin Hikayeleri Kaşağı ve Vire (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9787597875334</t>
+          <t>9786259468518</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz Çizgi Roman Seti 5 Kitap (1.ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Nasrettin Hoca 2 / İngilizce - Türkçe (Renkli - Resimli 7+Yaş) İlköğretim Düzeyi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>778</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259856384</t>
+          <t>9787597875334</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cesur Karıncalar (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Hacivat İle Karagöz Çizgi Roman Seti 5 Kitap (1.ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>156</v>
+        <v>778</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259856377</t>
+          <t>9786259856384</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri Diyet ve Forsa (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Cesur Karıncalar (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057272591</t>
+          <t>9786259856377</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz - Hacivat'ın Öğüdü Çizgi Roman (1. ve 2. Sınıflara - 6+Yaş)</t>
+          <t>Ömer Seyfettin Hikayeleri Diyet ve Forsa (Renkli Resimli 1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259845616</t>
+          <t>9786057272591</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 3 Zürafalar-Timsahlar-Zebralar</t>
+          <t>Hacivat ile Karagöz - Hacivat'ın Öğüdü Çizgi Roman (1. ve 2. Sınıflara - 6+Yaş)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259845609</t>
+          <t>9786259845616</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 2 Gergedanlar-Maymunlar-Su Aygırları</t>
+          <t>Sıcak Ülkenin Hayvanları 3 Zürafalar-Timsahlar-Zebralar</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786250080481</t>
+          <t>9786259845609</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkenin Hayvanları 1 Aslanlar-Develer-Filler</t>
+          <t>Sıcak Ülkenin Hayvanları 2 Gergedanlar-Maymunlar-Su Aygırları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259965369</t>
+          <t>9786250080481</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Merdoğlu (Çizgi Roman) Sırp Sındığı</t>
+          <t>Sıcak Ülkenin Hayvanları 1 Aslanlar-Develer-Filler</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259845623</t>
+          <t>9786259965369</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları 1 Ahtapotlar-Köpek Balıkları-Yunuslar</t>
+          <t>Merdoğlu (Çizgi Roman) Sırp Sındığı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259856360</t>
+          <t>9786259845623</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Temiz Çevre Temiz Yaşam Boyama Kitabı (4+Yaş)</t>
+          <t>Deniz Hayvanları 1 Ahtapotlar-Köpek Balıkları-Yunuslar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259856346</t>
+          <t>9786259856360</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz / Karagözden Şiirler Hikayeli Boyama Kitabı (4+Yaş)</t>
+          <t>Temiz Çevre Temiz Yaşam Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259856353</t>
+          <t>9786259856346</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Futbolu Seviyorum Boyama Kitabı (4+Yaş)</t>
+          <t>Hacivat İle Karagöz / Karagözden Şiirler Hikayeli Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9787597874184</t>
+          <t>9786259856353</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 15 Öykü 5 Kitap Set Renkli 7+Yaş</t>
+          <t>Futbolu Seviyorum Boyama Kitabı (4+Yaş)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>778</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259856339</t>
+          <t>9787597874184</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 5 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 15 Öykü 5 Kitap Set Renkli 7+Yaş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>156</v>
+        <v>778</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259856322</t>
+          <t>9786259856339</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 4 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 5 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259856315</t>
+          <t>9786259856322</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 3 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 4 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259856308</t>
+          <t>9786259856315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 2 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 3 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259965390</t>
+          <t>9786259856308</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçkin Öyküler 1 (Renkli 7+Yaş)</t>
+          <t>Resimli Seçkin Öyküler 2 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259965338</t>
+          <t>9786259965390</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 3 / Aslan Postuna Bürünen Eşek</t>
+          <t>Resimli Seçkin Öyküler 1 (Renkli 7+Yaş)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259965321</t>
+          <t>9786259965338</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 2 / Tilki ile Kirpi</t>
+          <t>Ezop Masalları 3 / Aslan Postuna Bürünen Eşek</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259965314</t>
+          <t>9786259965321</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları 1 / Kuyruksuz Tilki</t>
+          <t>Ezop Masalları 2 / Tilki ile Kirpi</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259965345</t>
+          <t>9786259965314</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu / Çocuk Klasikleri-2</t>
+          <t>Ezop Masalları 1 / Kuyruksuz Tilki</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259965352</t>
+          <t>9786259965345</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Süper Çetin Bulgaristan'da</t>
+          <t>Çirkin Ördek Yavrusu / Çocuk Klasikleri-2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259965376</t>
+          <t>9786259965352</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaledin-i Rumi</t>
+          <t>Süper Çetin Bulgaristan'da</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057094827</t>
+          <t>9786259965376</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Maniler ve Atasözleri</t>
+          <t>Mevlana Celaledin-i Rumi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>178</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9787597874139</t>
+          <t>9786057094827</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bahar Geldi Hoş Geldi Bal Arısı Vızdık Serisi Renkli Resimli 3 Kitap Set</t>
+          <t>Elazığ Maniler ve Atasözleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>445</v>
+        <v>178</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259965307</t>
+          <t>9787597874139</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi Renkli Çizgi Roman</t>
+          <t>Bahar Geldi Hoş Geldi Bal Arısı Vızdık Serisi Renkli Resimli 3 Kitap Set</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>178</v>
+        <v>445</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057094889</t>
+          <t>9786259965307</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sümeyye (r.a.) İslamiyetin İlk Şehit Kadını (Çizgi Roman)</t>
+          <t>Çizmeli Kedi Renkli Çizgi Roman</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056934230</t>
+          <t>9786057094889</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan (Seyyid Muhammed Buhari) Çizgi Roman Serisi</t>
+          <t>Hz. Sümeyye (r.a.) İslamiyetin İlk Şehit Kadını (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786250014981</t>
+          <t>9786056934230</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Parayı Veren Düdüğü Çalar (Renkli Resimli)</t>
+          <t>Emir Sultan (Seyyid Muhammed Buhari) Çizgi Roman Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786250085011</t>
+          <t>9786250014981</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Eski Ayları Ne Yaparlar? (Renkli Resimli)</t>
+          <t>Nasrettin Hoca Parayı Veren Düdüğü Çalar (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056934261</t>
+          <t>9786250085011</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 3 - Kaptan-ı Derya (Resimli Roman)</t>
+          <t>Nasrettin Hoca Eski Ayları Ne Yaparlar? (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057186614</t>
+          <t>9786056934261</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 2 - Denizlerin Reisi (Resimli Roman)</t>
+          <t>Barbaroslar 3 - Kaptan-ı Derya (Resimli Roman)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057186690</t>
+          <t>9786057186614</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar 1 - Cezayir'in Fethi</t>
+          <t>Barbaroslar 2 - Denizlerin Reisi (Resimli Roman)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057272584</t>
+          <t>9786057186690</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 3</t>
+          <t>Barbaroslar 1 - Cezayir'in Fethi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057272577</t>
+          <t>9786057272584</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 2</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 3</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057272560</t>
+          <t>9786057272577</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 1</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 2</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058919181</t>
+          <t>9786057272560</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Palu Yetişkin ve Çocuk Oyunları (Resİmli)</t>
+          <t>Vızdık Çizgi Roman Renkli Öykü Serisi 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>890</v>
+        <v>156</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057272546</t>
+          <t>9786058919181</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 1</t>
+          <t>Palu Yetişkin ve Çocuk Oyunları (Resİmli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>156</v>
+        <v>890</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057272539</t>
+          <t>9786057272546</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karayağız Nankörün Sonu</t>
+          <t>Ormandaki Dostlarımız 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057186683</t>
+          <t>9786057272539</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz Ramazan Davulcusu (Oku ve Boya)</t>
+          <t>Karayağız Nankörün Sonu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057272553</t>
+          <t>9786057186683</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 2 (Çizgi Roman)</t>
+          <t>Hacivat İle Karagöz Ramazan Davulcusu (Oku ve Boya)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057272515</t>
+          <t>9786057272553</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz / Karagöz'ün Şiiri</t>
+          <t>Ormandaki Dostlarımız 2 (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057272522</t>
+          <t>9786057272515</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 4 / Dum Dum Eyvah Kayboldum</t>
+          <t>Hacivat İle Karagöz / Karagöz'ün Şiiri</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057186676</t>
+          <t>9786057272522</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz İngilizce Öğreniyor Oku ve Boya</t>
+          <t>Bal Arısı Vızdık 4 / Dum Dum Eyvah Kayboldum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789280000023</t>
+          <t>9786057186676</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dındik Dergisi Gakgomun Aylık Mizah Dergisi Tüm Sayılar Tek Kitap</t>
+          <t>Hacivat İle Karagöz İngilizce Öğreniyor Oku ve Boya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>778</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057272508</t>
+          <t>9789280000023</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Barbaroslar Oruç Reis</t>
+          <t>Dındik Dergisi Gakgomun Aylık Mizah Dergisi Tüm Sayılar Tek Kitap</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>156</v>
+        <v>778</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057186669</t>
+          <t>9786057272508</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca Oku ve Boya</t>
+          <t>Barbaroslar Oruç Reis</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057195098</t>
+          <t>9786057186669</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Turşuyu Kim Satacak (Çizgi Roman Renkli)</t>
+          <t>Ağustos Böceği ile Karınca Oku ve Boya</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057361721</t>
+          <t>9786057195098</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Harput Tarihi Süt Kalesi (Çizgi Roman Büyük Boy Renkli) 7+Yaş</t>
+          <t>Nasrettin Hoca Turşuyu Kim Satacak (Çizgi Roman Renkli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057186652</t>
+          <t>9786057361721</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Giresunspor Boyama Kitabı</t>
+          <t>Harput Tarihi Süt Kalesi (Çizgi Roman Büyük Boy Renkli) 7+Yaş</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057361738</t>
+          <t>9786057186652</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çayda Çıra (Renkli Resimli Büyük Boy) 7+Yaş</t>
+          <t>Giresunspor Boyama Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057195081</t>
+          <t>9786057361738</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları Seti Renkli Resimli Düz Yazılı</t>
+          <t>Çayda Çıra (Renkli Resimli Büyük Boy) 7+Yaş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1112</v>
+        <v>156</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057186645</t>
+          <t>9786057195081</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Elazığspor Boyama Kitabı</t>
+          <t>Ezop Masalları Seti Renkli Resimli Düz Yazılı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>145</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058225473</t>
+          <t>9786057186645</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Masalları (Resimli)</t>
+          <t>Elazığspor Boyama Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058225480</t>
+          <t>9786058225473</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Fıkraları - 1 (Resimli)</t>
+          <t>Elazığ Masalları (Resimli)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057094834</t>
+          <t>9786058225480</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çayda Çıra (Resimli)</t>
+          <t>Elazığ Fıkraları - 1 (Resimli)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058225435</t>
+          <t>9786057094834</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Şiir Elazığ</t>
+          <t>Çayda Çıra (Resimli)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058225442</t>
+          <t>9786058225435</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süt Kalesi - Harput Tarihi (Resimli)</t>
+          <t>Şehr-i Şiir Elazığ</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058225459</t>
+          <t>9786058225442</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Molla Ahmet Peykeri (Resimli)</t>
+          <t>Süt Kalesi - Harput Tarihi (Resimli)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057094841</t>
+          <t>9786058225459</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Harput Emir'i ve Türk Orduları Başkumandanı Bellek Gazi (Resimli)</t>
+          <t>Molla Ahmet Peykeri (Resimli)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057094803</t>
+          <t>9786057094841</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Harput Efsaneleri (Resimli)</t>
+          <t>Harput Emir'i ve Türk Orduları Başkumandanı Bellek Gazi (Resimli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057094810</t>
+          <t>9786057094803</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Türkülerimiz Öykülerimiz (Resimli)</t>
+          <t>Harput Efsaneleri (Resimli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057161918</t>
+          <t>9786057094810</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Kaşağı</t>
+          <t>Elazığ Türkülerimiz Öykülerimiz (Resimli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>156</v>
+        <v>178</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057186621</t>
+          <t>9786057161918</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kurnazlığı</t>
+          <t>Ömer Seyfettin - Kaşağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057195012</t>
+          <t>9786057186621</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Fare</t>
+          <t>Tilkinin Kurnazlığı</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057186607</t>
+          <t>9786057195012</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Çil Çil Altınlar</t>
+          <t>Şakacı Fare</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057186638</t>
+          <t>9786057186607</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Harput Boyama Kitabı</t>
+          <t>Keloğlan Çil Çil Altınlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057195036</t>
+          <t>9786057186638</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hacivat İle Karagöz - Karagöz İngilizce Öğreniyor</t>
+          <t>Harput Boyama Kitabı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9280000019849</t>
+          <t>9786057195036</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Çizgi Roman - Renkli Resimli 10 Kitap set</t>
+          <t>Hacivat İle Karagöz - Karagöz İngilizce Öğreniyor</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1334</v>
+        <v>178</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057195043</t>
+          <t>9280000019849</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık - Arkadaşım Karınca</t>
+          <t>Çocuklara Çizgi Roman - Renkli Resimli 10 Kitap set</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>178</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056058219</t>
+          <t>9786057195043</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ahçik</t>
+          <t>Bal Arısı Vızdık - Arkadaşım Karınca</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>289</v>
+        <v>178</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056934209</t>
+          <t>9786056058219</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seyfullah Allahın Kılıcı Halit Bin Velid (r.a.)</t>
+          <t>Ahçik</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>189</v>
+        <v>289</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056934278</t>
+          <t>9786056934209</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sancaktarı Eyüp Sultan Hazretleri</t>
+          <t>Seyfullah Allahın Kılıcı Halit Bin Velid (r.a.)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056934285</t>
+          <t>9786056934278</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Müezzini Bilal-i Habeşi (r.a.)</t>
+          <t>Peygamberimizin Sancaktarı Eyüp Sultan Hazretleri</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056934292</t>
+          <t>9786056934285</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Dünyanın Ortası (Renkli Resimli)</t>
+          <t>Peygamberimizin Müezzini Bilal-i Habeşi (r.a.)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057195050</t>
+          <t>9786056934292</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Aziz Mahmud Hüdayi</t>
+          <t>Nasrettin Hoca Dünyanın Ortası (Renkli Resimli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>178</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056934223</t>
+          <t>9786057195050</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cennete Uçarak Giden Sahabi Caferi Tayyar (r.a.)</t>
+          <t>Gönüller Sultanı Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>189</v>
+        <v>178</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057361707</t>
+          <t>9786056934223</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han Dedem Korkut Hikayeleri</t>
+          <t>Cennete Uçarak Giden Sahabi Caferi Tayyar (r.a.)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057195074</t>
+          <t>9786057361707</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkı İle Yaşamını Sürdüren Rabia El-Adeviyye</t>
+          <t>Boğaç Han Dedem Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>189</v>
+        <v>156</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9280000019832</t>
+          <t>9786057195074</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tadında Nasreddin Hoca Fıkraları - 10 Kitap Set</t>
+          <t>Allah Aşkı İle Yaşamını Sürdüren Rabia El-Adeviyye</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1112</v>
+        <v>189</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057195029</t>
+          <t>9280000019832</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaten İnecektim (Çizgi Roman)</t>
+          <t>Şiir Tadında Nasreddin Hoca Fıkraları - 10 Kitap Set</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>145</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057361752</t>
+          <t>9786057195029</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan - İnci ve Horoz</t>
+          <t>Nasreddin Hoca Zaten İnecektim (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>156</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058225466</t>
+          <t>9786057361752</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Ya Tutarsa (Çizgi Roman)</t>
+          <t>Keloğlan - İnci ve Horoz</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057361790</t>
+          <t>9786058225466</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bacaklı Tavşan (Oku ve Boya - Çizgi Roman)</t>
+          <t>Nasreddin Hoca Ya Tutarsa (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056934216</t>
+          <t>9786057361790</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 2 - Vız Vız Biz İki Arkadaşız</t>
+          <t>Uzun Bacaklı Tavşan (Oku ve Boya - Çizgi Roman)</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056934247</t>
+          <t>9786056934216</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Vızdık 1 - Bahar Geldi Hoş Geldi</t>
+          <t>Bal Arısı Vızdık 2 - Vız Vız Biz İki Arkadaşız</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9280000019375</t>
+          <t>9786056934247</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Edebiyatı Seçme Öyküler (7-8 Yaş 10 Kitap Set)</t>
+          <t>Bal Arısı Vızdık 1 - Bahar Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1112</v>
+        <v>156</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057361769</t>
+          <t>9280000019375</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi (Resimli)</t>
+          <t>Dünya Çocuk Edebiyatı Seçme Öyküler (7-8 Yaş 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>178</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9280000019634</t>
+          <t>9786057361769</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'in Kılıcı Barbaroslar (Resimli 3 Kitap Set)</t>
+          <t>Battal Gazi (Resimli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>534</v>
+        <v>178</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
+          <t>9280000019634</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'in Kılıcı Barbaroslar (Resimli 3 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
           <t>9280000019641</t>
         </is>
       </c>
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>İslam Kahramanları (Çizgi Roman 5 Kitap Set)</t>
         </is>
       </c>
-      <c r="C117" s="1">
+      <c r="C118" s="1">
         <v>890</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>