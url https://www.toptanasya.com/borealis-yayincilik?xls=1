--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -274,51 +274,51 @@
         <is>
           <t>9786058346734</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>6. Sınıf Learned English Practice Book</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786056708558</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf İngilizce Hikaye Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786056870712</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Learned Paragraphs Dialogues Reading Skills</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786056905957</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>