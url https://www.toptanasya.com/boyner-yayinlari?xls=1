--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,565 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757004868</t>
+          <t>9789757004769</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Süperiletişimciler</t>
+          <t>Geciktiğin İçin Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757004752</t>
+          <t>9789757004868</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyada Daha Akıllı - Daha Hızlı - Daha Başarılı Olmanın Sırları</t>
+          <t>Süperiletişimciler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757004844</t>
+          <t>9789757004752</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Değil</t>
+          <t>Yeni Dünyada Daha Akıllı - Daha Hızlı - Daha Başarılı Olmanın Sırları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757004367</t>
+          <t>9789757004844</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla Baş Etme Yolları</t>
+          <t>Dünyanın Sonu Değil</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>13.43</v>
+        <v>520</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757004202</t>
+          <t>9789757004367</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların 100 Kitabı (Ciltli)</t>
+          <t>Zor İnsanlarla Baş Etme Yolları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>58.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757004278</t>
+          <t>9789757004202</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Tansiyon</t>
+          <t>Yüzyılların 100 Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>7.87</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757004332</t>
+          <t>9789757004278</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Unplugged 2</t>
+          <t>Yüksek Tansiyon</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>19.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757004363</t>
+          <t>9789757004332</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Düşünün, Hayatınız Değişsin</t>
+          <t>Unplugged 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>18.85</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757004073</t>
+          <t>9789757004363</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölmek Üzerine</t>
+          <t>Sınırsız Düşünün, Hayatınız Değişsin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>11.11</v>
+        <v>18.85</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757004170</t>
+          <t>9789757004073</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Anahtar</t>
+          <t>Ölüm ve Ölmek Üzerine</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>17.55</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757004370</t>
+          <t>9789757004170</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Başarabilir</t>
+          <t>Sihirli Anahtar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>28.6</v>
+        <v>17.55</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757004042</t>
+          <t>9789757004370</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Zamanda Düşünmek</t>
+          <t>Her Çocuk Başarabilir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>20.8</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757004110</t>
+          <t>9789757004042</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fazla Kültür Göz Çıkarmaz</t>
+          <t>Gelecek Zamanda Düşünmek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>32.87</v>
+        <v>20.8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757004127</t>
+          <t>9789757004110</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Gelişen Aklı</t>
+          <t>Fazla Kültür Göz Çıkarmaz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>14.35</v>
+        <v>32.87</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757004065</t>
+          <t>9789757004127</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Ergenlik Çağında</t>
+          <t>Çocuğunuzun Gelişen Aklı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>12.5</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757004295</t>
+          <t>9789757004065</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bel Ağrısı</t>
+          <t>Çocuğunuz Ergenlik Çağında</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>16.2</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757004394</t>
+          <t>9789757004295</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocuk</t>
+          <t>Bel Ağrısı</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>16.2</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757004318</t>
+          <t>9789757004394</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Alerjiler</t>
+          <t>Başarılı Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>11.05</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757004165</t>
+          <t>9789757004318</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aile Sırları</t>
+          <t>Alerjiler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>38.87</v>
+        <v>11.05</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757004837</t>
+          <t>9789757004165</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hep Sen Kazan</t>
+          <t>Aile Sırları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>425</v>
+        <v>38.87</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757004820</t>
+          <t>9789757004837</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tongue Fu - Sözlü Dövüş Sanatı</t>
+          <t>Hep Sen Kazan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>299</v>
+        <v>445</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757004813</t>
+          <t>9789757004820</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceo’nun Günlüğü</t>
+          <t>Tongue Fu - Sözlü Dövüş Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>435</v>
+        <v>315</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757004806</t>
+          <t>9789757004813</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtında Diyaloglar - Zor Konuşmalar İçin İnce Beceriler</t>
+          <t>Bir Ceo’nun Günlüğü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>375</v>
+        <v>455</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757004790</t>
+          <t>9789757004806</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Lebron</t>
+          <t>Bıçak Sırtında Diyaloglar - Zor Konuşmalar İçin İnce Beceriler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>415</v>
+        <v>395</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757004783</t>
+          <t>9789757004790</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kapı</t>
+          <t>Lebron</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750027505</t>
+          <t>9789757004783</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yakındaki Uzak Uzaktaki Yakın - The Near Distant The Distant Near (2 Cilt Takım) (Ciltli)</t>
+          <t>Üçüncü Kapı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2955</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757004738</t>
+          <t>9789750027505</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Düşünmek</t>
+          <t>Yakındaki Uzak Uzaktaki Yakın - The Near Distant The Distant Near (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>149</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757004080</t>
+          <t>9789757004738</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ye ya da Yem Ol</t>
+          <t>Görünmeyeni Düşünmek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757004585</t>
+          <t>9789757004080</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Düz ve Kalabalık</t>
+          <t>Ye ya da Yem Ol</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757004431</t>
+          <t>9789757004585</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İyi'den Mükemmel Şirkete</t>
+          <t>Sıcak Düz ve Kalabalık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>435</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757004462</t>
+          <t>9789757004431</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hemen Her Şeyin Kısa Tarihi</t>
+          <t>İyi'den Mükemmel Şirkete</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>495</v>
+        <v>455</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757004677</t>
+          <t>9789757004462</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıkların Gücü</t>
+          <t>Hemen Her Şeyin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>465</v>
+        <v>520</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757004554</t>
+          <t>9789757004677</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Milyoner Aklın Sırları</t>
+          <t>Alışkanlıkların Gücü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>235</v>
+        <v>485</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757004196</t>
+          <t>9789757004554</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Mori’yle Salı Buluşmaları</t>
+          <t>Milyoner Aklın Sırları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
+          <t>9789757004196</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenim Mori’yle Salı Buluşmaları</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9789757004714</t>
         </is>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Hız</t>
         </is>
       </c>
-      <c r="C36" s="1">
-        <v>125</v>
+      <c r="C37" s="1">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>