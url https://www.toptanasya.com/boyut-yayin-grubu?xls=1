--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,5380 +85,5425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752312081</t>
+          <t>9789752313217</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tabula Peutingeriana-Osmanlı ve Türkiye Coğrafyasındaki İzleriyle 2000 Yıllık Roma Yol Haritası (Ciltli)</t>
+          <t>Literary And Cultural Crossroads in the Late Ottoman Empire</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>8500</v>
+        <v>730</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752307391</t>
+          <t>9789752301375</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hat Sanatı-Emin Barın Koleksiyonu (Kutulu) (Ciltli)</t>
+          <t>Tatlılar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>8900</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752306974</t>
+          <t>3990000002596</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sanat Atlası (Ciltli)</t>
+          <t>İki Dahi Üç Opera (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>9500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752313224</t>
+          <t>9789752312081</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Seyahatnamesi</t>
+          <t>Tabula Peutingeriana - Osmanlı ve Türkiye Coğrafyasındaki İzleriyle 2000 Yıllık Roma Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>995</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752312333</t>
+          <t>9789752307391</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Beyin</t>
+          <t>Osmanlı’da Hat Sanatı - Emin Barın Koleksiyonu (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>299</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752310858</t>
+          <t>9789752306974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Well Planner/Çekim Yasası Günlüğü (Ciltli)</t>
+          <t>Sanat Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>690</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000002595</t>
+          <t>9789752313224</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İki Dahi Üç Opera</t>
+          <t>Bir Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>995</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056124211</t>
+          <t>9789752312333</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Güneş Saatleri Yapım Kılavuzu</t>
+          <t>Aşk ve Beyin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056124228</t>
+          <t>9789752310858</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rubu Tahtası Kullanım Kılavuzu</t>
+          <t>Well Planner/Çekim Yasası Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756786208</t>
+          <t>3990000002595</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar ile Münhasır Ekonomik Bölge</t>
+          <t>İki Dahi Üç Opera</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752309791</t>
+          <t>9786056124211</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar Atlası</t>
+          <t>Güneş Saatleri Yapım Kılavuzu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>8900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752309814</t>
+          <t>9786056124228</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Atlası</t>
+          <t>Rubu Tahtası Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>9200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752310230</t>
+          <t>9789756786208</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karyadan Bodruma (Ciltli)</t>
+          <t>Sorular ve Cevaplar ile Münhasır Ekonomik Bölge</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>8900</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752309807</t>
+          <t>9789752309791</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsan Atlası (Ciltli)</t>
+          <t>Kutuplar Atlası</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>8900</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752308022</t>
+          <t>9789752309814</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayat (Ciltli)</t>
+          <t>Keşifler Atlası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>8900</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752305960</t>
+          <t>9789752310230</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yüreği (Ciltli)</t>
+          <t>Karyadan Bodruma (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>2580</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752313187</t>
+          <t>9789752309807</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Bir Tutam Mübadele (Ciltli)</t>
+          <t>İnsan Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>9500</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752313200</t>
+          <t>9789752308022</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Havuz</t>
+          <t>Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752313163</t>
+          <t>9789752305960</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırık Beşten Altmış Beşe (Ciltli)</t>
+          <t>Gecenin Yüreği (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>299</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752313170</t>
+          <t>9789752313187</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kanal İstanbul ve Montreux Boğazlar Sözleşmesi</t>
+          <t>100. Yılında Bir Tutam Mübadele (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>349</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752313156</t>
+          <t>9789752313200</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kokulu Öyküler</t>
+          <t>Sessiz Havuz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752307179</t>
+          <t>9789752313163</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası (Ciltli)</t>
+          <t>Kırık Beşten Altmış Beşe (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752307407</t>
+          <t>9789752313170</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Emin Barın Hat Eserleri (Kutulu) (Ciltli)</t>
+          <t>Kanal İstanbul ve Montreux Boğazlar Sözleşmesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>8900</v>
+        <v>580</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752310438</t>
+          <t>9789752313156</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Arkeoloji (Ciltli)</t>
+          <t>Zaman Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>8900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752307285</t>
+          <t>9789752307179</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Clemens Holzmeister : Çağın Dönümünde Bir Mimar (Özel Kutulu) (Ciltli)</t>
+          <t>Tarih Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>8900</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752312609</t>
+          <t>9789752307407</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Bilgileriyle Kemal’in Türkiye’si (Ciltli)</t>
+          <t>Emin Barın Hat Eserleri (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9500</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752307186</t>
+          <t>9789752310438</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bilim Atlası (Ciltli)</t>
+          <t>Denizler Altında Arkeoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>9200</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752310377</t>
+          <t>9789752307285</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları (Ciltli)</t>
+          <t>Clemens Holzmeister : Çağın Dönümünde Bir Mimar (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9200</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752310315</t>
+          <t>9789752312609</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Archaeologist Beneath The Sea (Ciltli)</t>
+          <t>Bugünün Bilgileriyle Kemal’in Türkiye’si (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>3900</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752310667</t>
+          <t>9789752307186</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anne Yemekte Ne Var?</t>
+          <t>Bilim Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755216980</t>
+          <t>9789752310377</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam 1900-2000</t>
+          <t>Arkeoloji Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>265</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755214153</t>
+          <t>9789752310315</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alvaro Siza Çağdaş Dünya Mimarları Dizisi</t>
+          <t>Archaeologist Beneath The Sea (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>265</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752309036</t>
+          <t>9789752310667</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Türk Sofrası</t>
+          <t>Anne Yemekte Ne Var?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752307124</t>
+          <t>9789755216980</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2. İnönü Hikayeleri</t>
+          <t>Amsterdam 1900-2000</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000002597</t>
+          <t>9789755214153</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Improvisation Mimarlıkta Doğaçlama ve Behruz Çinici</t>
+          <t>Alvaro Siza Çağdaş Dünya Mimarları Dizisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752309241</t>
+          <t>9789752309036</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Bir Mimarlığa Doğru Enis Kortan</t>
+          <t>Alafranga Türk Sofrası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752300507</t>
+          <t>9789752307124</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong 1980-2000</t>
+          <t>2. İnönü Hikayeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752309029</t>
+          <t>3990000002597</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hobimle Mutluyum (Ciltli)</t>
+          <t>Improvisation Mimarlıkta Doğaçlama ve Behruz Çinici</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>685</v>
+        <v>525</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752301344</t>
+          <t>9789752309241</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tarifler Çabuk ve Kolay Yemek Reçeteleri</t>
+          <t>Hümanist Bir Mimarlığa Doğru Enis Kortan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>510</v>
+        <v>590</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752307032</t>
+          <t>9789752300507</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Her Sekiz Saatte Bir</t>
+          <t>Hong Kong 1980-2000</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058617308</t>
+          <t>9789752309029</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayal Pusulası</t>
+          <t>Hobimle Mutluyum (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>860</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752306981</t>
+          <t>9789752301344</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kokteyle Hangi Aperitif? (Ciltli)</t>
+          <t>Hızlı Tarifler Çabuk ve Kolay Yemek Reçeteleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>430</v>
+        <v>690</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056307409</t>
+          <t>9789752307032</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gymboree Annelerinden Çocuklarının Çok Sevdiği Yemek Tarifleri</t>
+          <t>Her Sekiz Saatte Bir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>638</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752301627</t>
+          <t>9786058617308</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğim Kapadokya</t>
+          <t>Hayal Pusulası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752307339</t>
+          <t>9789752306981</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Bilim Tarihi</t>
+          <t>Hangi Kokteyle Hangi Aperitif? (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752306783</t>
+          <t>9786056307409</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Şarkıları (Ciltli)</t>
+          <t>Gymboree Annelerinden Çocuklarının Çok Sevdiği Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752306097</t>
+          <t>9789752301627</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gezginler İçin Unutulmaz Yerler</t>
+          <t>Gözbebeğim Kapadokya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752306554</t>
+          <t>9789752307339</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Füzyon (Ciltli)</t>
+          <t>Gökyüzü ve Bilim Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>510</v>
+        <v>815</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752310445</t>
+          <t>9789752306783</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Feelings Run Faster</t>
+          <t>Gökkuşağı Şarkıları (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752309234</t>
+          <t>9789752306097</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Faili Meşhur 3 Suikast 3 Gazeteci</t>
+          <t>Gezginler İçin Unutulmaz Yerler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>520</v>
+        <v>690</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755216126</t>
+          <t>9789752306554</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fahişe Yüzyılın Sanatı 20. Yüzyılda Sanatta Erotizm</t>
+          <t>Füzyon (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>265</v>
+        <v>690</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752306431</t>
+          <t>9789752310445</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Okul Başladı</t>
+          <t>Feelings Run Faster</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752307469</t>
+          <t>9789752309234</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Epilepsi, Yani... Sara</t>
+          <t>Faili Meşhur 3 Suikast 3 Gazeteci</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752303331</t>
+          <t>9789755216126</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fitness Pilates - İleri Seviye Program Egzersizleri</t>
+          <t>Fahişe Yüzyılın Sanatı 20. Yüzyılda Sanatta Erotizm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755210773</t>
+          <t>9789752306431</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Eyvah! Okul Başladı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752306745</t>
+          <t>9789752307469</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Elma Kurdunun Evi (Ciltli)</t>
+          <t>Epilepsi, Yani... Sara</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752306752</t>
+          <t>9789752303331</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçek Olsa (Ciltli)</t>
+          <t>Fitness Pilates - İleri Seviye Program Egzersizleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944092500</t>
+          <t>9789755210773</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752309210</t>
+          <t>9789752306745</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dr. Memduh Necdet Otaman - Sabah Yıldızı</t>
+          <t>Elma Kurdunun Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755214191</t>
+          <t>9789752306752</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Doğan Tekeli - Sami Sisa</t>
+          <t>Hayallerim Gerçek Olsa (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752310421</t>
+          <t>9789944092500</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Doğal Beslenme Rehberi</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752309074</t>
+          <t>9789752309210</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dina’nın Mutfağı</t>
+          <t>Dr. Memduh Necdet Otaman - Sabah Yıldızı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>415</v>
+        <v>360</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755216133</t>
+          <t>9789755214191</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Digital Oynaşmalar Sanal Cinsellik ve Sanat</t>
+          <t>Doğan Tekeli - Sami Sisa</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752306738</t>
+          <t>9789752310421</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günüme Davetlisiniz (Ciltli)</t>
+          <t>Doğal Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752307452</t>
+          <t>9789752309074</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davranışlarındaki Korkuyu Tanımak ve Başetmek</t>
+          <t>Dina’nın Mutfağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752306523</t>
+          <t>9789755216133</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Yeteneğini Keşfedin</t>
+          <t>Digital Oynaşmalar Sanal Cinsellik ve Sanat</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752306486</t>
+          <t>9789752306738</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Su</t>
+          <t>Doğum Günüme Davetlisiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752310391</t>
+          <t>9789752307452</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çete</t>
+          <t>Çocuk Davranışlarındaki Korkuyu Tanımak ve Başetmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752310278</t>
+          <t>9789752306523</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Mimarı Ernst Arnold Egli</t>
+          <t>Çocuğunuzun Yeteneğini Keşfedin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>650</v>
+        <v>540</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755218977</t>
+          <t>9789752306486</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Chicago 1975-2000</t>
+          <t>Çıplak Su</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752301252</t>
+          <t>9789752310391</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy</t>
+          <t>Çete</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>435</v>
+        <v>355</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755214184</t>
+          <t>9789752310278</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Bektaş</t>
+          <t>Cumhuriyetin Mimarı Ernst Arnold Egli</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>265</v>
+        <v>815</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752310759</t>
+          <t>9789755218977</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Carte d’Or’dan Tatlı Sırlar (Ciltli)</t>
+          <t>Chicago 1975-2000</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755214139</t>
+          <t>9789752301252</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Carlo Scarpa</t>
+          <t>Cerebral Palsy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>265</v>
+        <v>650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752306721</t>
+          <t>9789755214184</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Ay (Ciltli)</t>
+          <t>Cengiz Bektaş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755218922</t>
+          <t>9789752310759</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte 1900-2000</t>
+          <t>Carte d’Or’dan Tatlı Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>265</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752306714</t>
+          <t>9789755214139</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aaa! Hiç De Korkunç Değilmiş (Ciltli)</t>
+          <t>Carlo Scarpa</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752307216</t>
+          <t>9789752306721</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Berlin Pratik Kent Rehberi</t>
+          <t>Camdaki Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755216690</t>
+          <t>9789755218922</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Berlin 1990-2002</t>
+          <t>Budapeşte 1900-2000</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9799755213117</t>
+          <t>9789752306714</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Benim Tek İstediğim Bir Kitap Yazmaktı</t>
+          <t>Aaa! Hiç De Korkunç Değilmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752310742</t>
+          <t>9789752307216</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Tatlı Telaş</t>
+          <t>Berlin Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752306660</t>
+          <t>9789755216690</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Doğmuşum (Ciltli)</t>
+          <t>Berlin 1990-2002</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755213545</t>
+          <t>9799755213117</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bellek Peşinde</t>
+          <t>Benim Tek İstediğim Bir Kitap Yazmaktı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752307582</t>
+          <t>9789752310742</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Belek Sahilinde Kumullar, Fıstık Çamları ve Bir Konaklama Yapısı</t>
+          <t>Bir Tatlı Telaş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755214177</t>
+          <t>9789752306660</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Behruz Çinici</t>
+          <t>Ben Böyle Doğmuşum (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752307643</t>
+          <t>9789755213545</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bebek İşaret Dili</t>
+          <t>Bellek Peşinde</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755217413</t>
+          <t>9789752307582</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Barcelona 1900-2000</t>
+          <t>Belek Sahilinde Kumullar, Fıstık Çamları ve Bir Konaklama Yapısı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>265</v>
+        <v>565</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752307148</t>
+          <t>9789755214177</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Balık Masalları Çıkartma Kitabı</t>
+          <t>Behruz Çinici</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752302211</t>
+          <t>9789752307643</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Anlatımıyla Kurtuluş Savaşı - Nutuk (Ciltli)</t>
+          <t>Bebek İşaret Dili</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755214948</t>
+          <t>9789755217413</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Yengeç 21 Haziran / 22 Temmuz İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Barcelona 1900-2000</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755215006</t>
+          <t>9789752307148</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Yay 23 Kasım / 21 Aralık İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Balık Masalları Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755213828</t>
+          <t>9789752302211</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Toprak Burçları Gezegenler Boğa, Başak, Oğlak</t>
+          <t>Atatürk’ün Anlatımıyla Kurtuluş Savaşı - Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755214979</t>
+          <t>9789755214948</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Terazi 24 Eylül / 23 Ekim İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Yengeç 21 Haziran / 22 Temmuz İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755214986</t>
+          <t>9789755215006</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Oğlak 22 Aralık / 20 Ocak İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Yay 23 Kasım / 21 Aralık İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755215013</t>
+          <t>9789755213828</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Kova 21 Ocak / 18 Şubat İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Toprak Burçları Gezegenler Boğa, Başak, Oğlak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755214917</t>
+          <t>9789755214979</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Koç 21 Mart / 20 Nisan İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Terazi 24 Eylül / 23 Ekim İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755214924</t>
+          <t>9789755214986</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası İkizler 21 Mayıs / 20 Haziran İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Oğlak 22 Aralık / 20 Ocak İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755213842</t>
+          <t>9789755215013</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Hava Burçları Gezegenler İkizler, Terazi, Kova</t>
+          <t>Astroloji Atlası Kova 21 Ocak / 18 Şubat İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755214931</t>
+          <t>9789755214917</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Boğa 21 Nisan / 20 Mayıs İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Koç 21 Mart / 20 Nisan İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755215020</t>
+          <t>9789755214924</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Başak 24 Ağustos / 23 Eylül İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası İkizler 21 Mayıs / 20 Haziran İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755214993</t>
+          <t>9789755213842</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Balık 19 Şubat / 20 Mart İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Hava Burçları Gezegenler İkizler, Terazi, Kova</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755213811</t>
+          <t>9789755214931</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Ateş Burçları Gezegenler Koç, Aslan, Yay</t>
+          <t>Astroloji Atlası Boğa 21 Nisan / 20 Mayıs İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799755213919</t>
+          <t>9789755215020</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Astro CD-ROM (Ciltli)</t>
+          <t>Astroloji Atlası Başak 24 Ağustos / 23 Eylül İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755214955</t>
+          <t>9789755214993</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Aslan 23 Temmuz / 23 Ağustos İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Balık 19 Şubat / 20 Mart İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755214962</t>
+          <t>9789755213811</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Akrep 24 Ekim / 22 Kasım İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Ateş Burçları Gezegenler Koç, Aslan, Yay</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755214900</t>
+          <t>9799755213919</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası (12 Kitap Takım)</t>
+          <t>Astroloji Atlası Astro CD-ROM (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752305809</t>
+          <t>9789755214955</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Asi Çocuklar</t>
+          <t>Astroloji Atlası Aslan 23 Temmuz / 23 Ağustos İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752305564</t>
+          <t>9789755214962</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olur musun?</t>
+          <t>Astroloji Atlası Akrep 24 Ekim / 22 Kasım İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752306271</t>
+          <t>9789755214900</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşma Rehberi - Pratik Sözlük</t>
+          <t>Astroloji Atlası (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>265</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752306691</t>
+          <t>9789752305809</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Annemin Ayakkabıları (Ciltli)</t>
+          <t>Asi Çocuklar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755219271</t>
+          <t>9789752305564</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Atina 1900-2000</t>
+          <t>Arkadaşım Olur musun?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752306769</t>
+          <t>9789752306271</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlak Bonbon (Ciltli)</t>
+          <t>Arapça Konuşma Rehberi - Pratik Sözlük</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752305649</t>
+          <t>9789752306691</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yemiycem İşte!</t>
+          <t>Annemin Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755210476</t>
+          <t>9789755219271</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yazın, Dil ve Sanat</t>
+          <t>Atina 1900-2000</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752306844</t>
+          <t>9789752306769</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kurtlar (Ciltli)</t>
+          <t>Yuvarlak Bonbon (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755216096</t>
+          <t>9789752305649</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Cinsellik Gündelik Yaşamda Erotizm</t>
+          <t>Yemiycem İşte!</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752300484</t>
+          <t>9789755210476</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Washington 1780-2000</t>
+          <t>Yazın, Dil ve Sanat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755216171</t>
+          <t>9789752306844</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Viyana 1900-2000</t>
+          <t>Yaşasın Kurtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752300415</t>
+          <t>9789755216096</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Venedik 1900-2000</t>
+          <t>Yasaklı Cinsellik Gündelik Yaşamda Erotizm</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752310353</t>
+          <t>9789752300484</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vatan Cephesi</t>
+          <t>Washington 1780-2000</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752306837</t>
+          <t>9789755216171</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Üff, Keşke Kardeşim Olsa (Ciltli)</t>
+          <t>Viyana 1900-2000</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755210766</t>
+          <t>9789752300415</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Kaçış</t>
+          <t>Venedik 1900-2000</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752307483</t>
+          <t>9789752310353</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Müziğimiz</t>
+          <t>Vatan Cephesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752304086</t>
+          <t>9789752306837</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uygarlık Yolu Üniversitelerden Geçiyor</t>
+          <t>Üff, Keşke Kardeşim Olsa (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752305397</t>
+          <t>9789755210766</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Uzaya Kaçış</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>520</v>
+        <v>475</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752301368</t>
+          <t>9789752307483</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Trendy Tarifler Özel Günleriniz İçin Lezzetli Öneriler</t>
+          <t>Ulusal Müziğimiz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>510</v>
+        <v>815</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752310469</t>
+          <t>9789752304086</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>The Book of Cihannüma (Ciltli)</t>
+          <t>Türkiye’nin Uygarlık Yolu Üniversitelerden Geçiyor</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752310513</t>
+          <t>9789752305397</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>The Book of Bahriye</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752310285</t>
+          <t>9789752301368</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Atlası (Ciltli)</t>
+          <t>Trendy Tarifler Özel Günleriniz İçin Lezzetli Öneriler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752310544</t>
+          <t>9789752310469</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis 1513 Dünya Haritası (Ciltli)</t>
+          <t>The Book of Cihannüma (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12500</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755214214</t>
+          <t>9789752310513</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kisho Kurokawa</t>
+          <t>The Book of Bahriye</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>265</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752305656</t>
+          <t>9789752310285</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yaramaz Diye?</t>
+          <t>Sırlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9799755214541</t>
+          <t>9789752310544</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu? Ecevit</t>
+          <t>Piri Reis 1513 Dünya Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752307261</t>
+          <t>9789755214214</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kahire Pratik Kent Rehberi</t>
+          <t>Kisho Kurokawa</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755218397</t>
+          <t>9789752305656</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kahire  641 - 2000</t>
+          <t>Kim Demiş Yaramaz Diye?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752305571</t>
+          <t>9799755214541</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular!</t>
+          <t>Kim Bu? Ecevit</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752306141</t>
+          <t>9789752307261</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Lezzetleri (Ciltli)</t>
+          <t>Kahire Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752302655</t>
+          <t>9789755218397</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İki Aykırının Mektupları Fikret Mualla - Semiha Berksoy</t>
+          <t>Kahire  641 - 2000</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>398</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752310292</t>
+          <t>9789752305571</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyalar Atlası (Ciltli)</t>
+          <t>İyi Uykular!</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752313040</t>
+          <t>9789752306141</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Doğum Günü</t>
+          <t>İtalyan Lezzetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>195</v>
+        <v>690</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752313118</t>
+          <t>9789752302655</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Benim Renklerim ve Harflerim</t>
+          <t>İki Aykırının Mektupları Fikret Mualla - Semiha Berksoy</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>195</v>
+        <v>398</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752313149</t>
+          <t>9789752310292</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Çağı</t>
+          <t>Kayıp Dünyalar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>249</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752313132</t>
+          <t>9789752313040</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Ses Eğitimi</t>
+          <t>Çiftlikte Doğum Günü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>990</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752313125</t>
+          <t>9789752313118</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Manoli'nin Gözyaşları Mübadele ve Şirince</t>
+          <t>Benim Renklerim ve Harflerim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752313101</t>
+          <t>9789752313149</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Renk Kuramları</t>
+          <t>Şehirler Çağı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752312999</t>
+          <t>9789752313132</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Esinler (Ciltli)</t>
+          <t>Fonksiyonel Ses Eğitimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>3495</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752313033</t>
+          <t>9789752313125</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Denize Dökülen</t>
+          <t>Manoli'nin Gözyaşları Mübadele ve Şirince</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>268</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752312975</t>
+          <t>9789752313101</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş'in Yaşamı ve Mücadelesi - Fotoroman - Aşk Olsun Çocuk</t>
+          <t>Renk Kuramları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>650</v>
+        <v>499</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752312968</t>
+          <t>9789752312999</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografik Yaşamı ve Sanatı</t>
+          <t>Sanatsal Esinler (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>750</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752312944</t>
+          <t>9789752313033</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Öteki</t>
+          <t>Denize Dökülen</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752312951</t>
+          <t>9789752312975</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunu Bulur</t>
+          <t>Deniz Gezmiş'in Yaşamı ve Mücadelesi - Fotoroman - Aşk Olsun Çocuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>265</v>
+        <v>815</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752312920</t>
+          <t>9789752312968</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Koşmak</t>
+          <t>Otobiyografik Yaşamı ve Sanatı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>940</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752312876</t>
+          <t>9789752312944</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Klasik Bale - Teori ve Analiz</t>
+          <t>Aynadaki Öteki</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752312890</t>
+          <t>9789752312951</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İzmir Haritaları (Ciltli)</t>
+          <t>Hayat Yolunu Bulur</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>12500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752312883</t>
+          <t>9789752312920</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tabula Peutingeriana (Ciltli)</t>
+          <t>Karanlıkta Koşmak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>8500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752312906</t>
+          <t>9789752312876</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uluslararası İlişkiler Perspektifinden Türk -Yunan İlişkileri</t>
+          <t>Klasik Bale - Teori ve Analiz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752312913</t>
+          <t>9789752312890</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Günlüğü - Tot (Ciltli)</t>
+          <t>Tarihte İzmir Haritaları (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>690</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752312616</t>
+          <t>9789752312883</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Arı Kız Okula Gidiyor</t>
+          <t>Tabula Peutingeriana (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>195</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752312852</t>
+          <t>9789752312906</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Harflerle Cerebral Palsy</t>
+          <t>Tarih ve Uluslararası İlişkiler Perspektifinden Türk -Yunan İlişkileri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>475</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752312845</t>
+          <t>9789752312913</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Diren Aykırılık</t>
+          <t>Çekim Yasası Günlüğü - Tot (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9771305686008</t>
+          <t>9789752312616</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>3D Çocuk Dergisi - Böceklerin Gizli Dünyası</t>
+          <t>Arı Kız Okula Gidiyor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>128.7</v>
+        <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752311367</t>
+          <t>9789752312852</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları - 3 (Ciltli)</t>
+          <t>Harflerle Cerebral Palsy</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>9200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752309098</t>
+          <t>9789752312845</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığında Mimari, Geometri, Fizik, Kimya, Tıp (Ciltli)</t>
+          <t>Diren Aykırılık</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>9200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752306509</t>
+          <t>9771305686008</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığında Astronomi Coğrafya ve Denizcilik (Ciltli)</t>
+          <t>3D Çocuk Dergisi - Böceklerin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>9200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752312838</t>
+          <t>9789752311367</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ruh Doğu'dur Beden Batı</t>
+          <t>Arkeoloji Sırları - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752312807</t>
+          <t>9789752309098</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bilimi</t>
+          <t>İslam Uygarlığında Mimari, Geometri, Fizik, Kimya, Tıp (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752312784</t>
+          <t>9789752306509</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Futbol Zekâsı</t>
+          <t>İslam Uygarlığında Astronomi Coğrafya ve Denizcilik (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752312791</t>
+          <t>9789752312838</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yöneticisi</t>
+          <t>Ruh Doğu'dur Beden Batı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752312708</t>
+          <t>9789752312807</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Olasılık - İstatistik</t>
+          <t>Futbol Bilimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752312647</t>
+          <t>9789752312784</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şirket Organizasyonu &amp; Site Yönetim Planı</t>
+          <t>Futbol Zekâsı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752312678</t>
+          <t>9789752312791</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Teknikleri</t>
+          <t>Futbol Yöneticisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752312661</t>
+          <t>9789752312708</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yapı Kooperatifi</t>
+          <t>Olasılık - İstatistik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752312722</t>
+          <t>9789752312647</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Zeka &amp; Yapay Zeka</t>
+          <t>Şirket Organizasyonu &amp; Site Yönetim Planı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752312777</t>
+          <t>9789752312678</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>OKB Obsesif Kompulsif Bozukluk Bipolar II Bozukluk</t>
+          <t>Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752312715</t>
+          <t>9789752312661</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşümde Genel Prensipler &amp; Paylaşıma Çözüm</t>
+          <t>Yapı Kooperatifi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752312630</t>
+          <t>9789752312722</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kat Karşılığı &amp; Hasılat Paylaşımı İnşaat Sözleşmeleri</t>
+          <t>Zeka &amp; Yapay Zeka</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752312692</t>
+          <t>9789752312777</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçılar İçin İmar Planı</t>
+          <t>OKB Obsesif Kompulsif Bozukluk Bipolar II Bozukluk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752312746</t>
+          <t>9789752312715</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçılar İçin Finans</t>
+          <t>Kentsel Dönüşümde Genel Prensipler &amp; Paylaşıma Çözüm</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752312654</t>
+          <t>9789752312630</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Projesi Geliştirme</t>
+          <t>Kat Karşılığı &amp; Hasılat Paylaşımı İnşaat Sözleşmeleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752312760</t>
+          <t>9789752312692</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayatın  16  Prensibi</t>
+          <t>İnşaatçılar İçin İmar Planı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752312753</t>
+          <t>9789752312746</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kazanılan Tecrübeler Tavsiyeler</t>
+          <t>İnşaatçılar İçin Finans</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752312685</t>
+          <t>9789752312654</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İnşaat  Müteahhidi &amp;İnşaatta Fizibilite</t>
+          <t>Gayrimenkul Projesi Geliştirme</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752312739</t>
+          <t>9789752312760</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İNşaatçılar  İçin  Hukuk</t>
+          <t>Hayatın  16  Prensibi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752312623</t>
+          <t>9789752312753</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Anonim &amp; Limited Şirket</t>
+          <t>Hayatta Kazanılan Tecrübeler Tavsiyeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752312814</t>
+          <t>9789752312685</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakemi</t>
+          <t>İnşaat  Müteahhidi &amp;İnşaatta Fizibilite</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752312593</t>
+          <t>9789752312739</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son Barış (Kutulu) (Ciltli)</t>
+          <t>İNşaatçılar  İçin  Hukuk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>9500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752312579</t>
+          <t>9789752312623</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Martı Adası - Genç Bir Mimarın Öyküsü</t>
+          <t>Anonim &amp; Limited Şirket</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752312562</t>
+          <t>9789752312814</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hunza’nın El Günlüğü</t>
+          <t>Futbol Hakemi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3998547014850</t>
+          <t>9789752312593</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Art Crazy - Yaratıcı Çocuk Seti (3-14 yaş)</t>
+          <t>İlk ve Son Barış (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>5390</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752312548</t>
+          <t>9789752312579</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Beynin Yeryüzü Suretleri</t>
+          <t>Martı Adası - Genç Bir Mimarın Öyküsü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752312289</t>
+          <t>9789752312562</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Etrüskler (Tursakalar) Türk İdiler Din ve Dil ile İlgili Deliller</t>
+          <t>Hunza’nın El Günlüğü</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752311305</t>
+          <t>3998547014850</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cihannüma (2 Kitap Takım) (Ciltli)</t>
+          <t>Art Crazy - Yaratıcı Çocuk Seti (3-14 yaş)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14200</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752312432</t>
+          <t>9789752312548</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İstanbul Haritaları (Özel Üretim Kutulu) (Ciltli)</t>
+          <t>Beynin Yeryüzü Suretleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>12500</v>
+        <v>815</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752312494</t>
+          <t>9789752312289</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Yansımalar</t>
+          <t>Etrüskler (Tursakalar) Türk İdiler Din ve Dil ile İlgili Deliller</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>565</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752312449</t>
+          <t>9789752311305</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Kitab-ı Cihannüma (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>175</v>
+        <v>16800</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752312395</t>
+          <t>9789752312432</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>Tarihte İstanbul Haritaları (Özel Üretim Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>265</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752312388</t>
+          <t>9789752312494</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yol Alırken</t>
+          <t>İmgesel Yansımalar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752312517</t>
+          <t>9789752312449</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Düşten Düşe</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752312425</t>
+          <t>9789752312395</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Yüreğe Tutuşur Ömür Dediğin</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752312418</t>
+          <t>9789752312388</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yakarış ve Yalın Kurtuluş</t>
+          <t>Geleceğe Yol Alırken</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752312401</t>
+          <t>9789752312517</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Işığında</t>
+          <t>Düşten Düşe</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752312470</t>
+          <t>9789752312425</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Umut Fırtınası</t>
+          <t>Yürekten Yüreğe Tutuşur Ömür Dediğin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752312456</t>
+          <t>9789752312418</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ruhumda Azgın Fırtınalar</t>
+          <t>Yakarış ve Yalın Kurtuluş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752312487</t>
+          <t>9789752312401</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Yakamoz Işığında</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752312371</t>
+          <t>9789752312470</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Düşler İçinde Gerçeğe Ermek</t>
+          <t>Umut Fırtınası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752312500</t>
+          <t>9789752312456</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Düş ve Kurgu</t>
+          <t>Ruhumda Azgın Fırtınalar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752312463</t>
+          <t>9789752312487</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dökülmemiş Gözyaşları</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752312364</t>
+          <t>9789752312371</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Soluğunda Yaşamak</t>
+          <t>Düşler İçinde Gerçeğe Ermek</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752312531</t>
+          <t>9789752312500</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bumerang Çılgınlığı</t>
+          <t>Düş ve Kurgu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752312357</t>
+          <t>9789752312463</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Azap</t>
+          <t>Dökülmemiş Gözyaşları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752312524</t>
+          <t>9789752312364</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ateşi</t>
+          <t>Çocuk Soluğunda Yaşamak</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752312340</t>
+          <t>9789752312531</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Yaparsa Kendine Yapar!</t>
+          <t>Bumerang Çılgınlığı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752312326</t>
+          <t>9789752312357</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy ve Genetik</t>
+          <t>Azap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752312104</t>
+          <t>9789752312524</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Satışında Başarının Sırrı</t>
+          <t>Aşk Ateşi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752312302</t>
+          <t>9789752312340</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mantık Tarihi - Ortaçağ</t>
+          <t>Kim Ne Yaparsa Kendine Yapar!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752312265</t>
+          <t>9789752312326</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy’li Çocukları Destekleme</t>
+          <t>Cerebral Palsy ve Genetik</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>435</v>
+        <v>650</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752312296</t>
+          <t>9789752312104</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Değer Yaratmak</t>
+          <t>Gayrimenkul Satışında Başarının Sırrı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752312272</t>
+          <t>9789752312302</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Yunus</t>
+          <t>Mantık Tarihi - Ortaçağ</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752312241</t>
+          <t>9789752312265</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Taş Kömürü Havzasında Bahriye Nezareti Yönetimi (1865-1908) ve Dilaver Paşa Nizamnamesi</t>
+          <t>Cerebral Palsy’li Çocukları Destekleme</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752312203</t>
+          <t>9789752312296</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Çarpık Bir Gülümseme</t>
+          <t>Değer Yaratmak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>175</v>
+        <v>525</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752312234</t>
+          <t>9789752312272</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orkide</t>
+          <t>Esma İle Yunus</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752312258</t>
+          <t>9789752312241</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Beyin Hareleri</t>
+          <t>Taş Kömürü Havzasında Bahriye Nezareti Yönetimi (1865-1908) ve Dilaver Paşa Nizamnamesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752312227</t>
+          <t>9789752312203</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Dönen Dünya Sarıkamış</t>
+          <t>Yüzümde Çarpık Bir Gülümseme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752312197</t>
+          <t>9789752312234</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Büyük Beyaz Adam</t>
+          <t>Mavi Orkide</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752303256</t>
+          <t>9789752312258</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Temel Egzersizler - Go Yeni Başlayanlar İçin Step Hareketleri</t>
+          <t>Edebiyatta Beyin Hareleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752312180</t>
+          <t>9789752312227</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sevr ve Versay</t>
+          <t>Ateşe Dönen Dünya Sarıkamış</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>415</v>
+        <v>475</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752312166</t>
+          <t>9789752312197</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Riskli Bebek Aile Rehberi</t>
+          <t>Büyük Beyaz Adam</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>520</v>
+        <v>475</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752312142</t>
+          <t>9789752303256</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Türkiye Haritaları (Özel Kutulu) (Ciltli)</t>
+          <t>Temel Egzersizler - Go Yeni Başlayanlar İçin Step Hareketleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>12500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752312159</t>
+          <t>9789752312180</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gadaynan Gadeyim</t>
+          <t>Sevr ve Versay</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>265</v>
+        <v>520</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752312005</t>
+          <t>9789752312166</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve İletişim Sistemlerinde Eğilim</t>
+          <t>Riskli Bebek Aile Rehberi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752312098</t>
+          <t>9789752312142</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Klaudios Ptolemaios Coğrafya El Kitabı (Ciltli)</t>
+          <t>Tarihte Türkiye Haritaları (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>14000</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752312029</t>
+          <t>9789752312159</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Pruvamız Neta 2</t>
+          <t>Gadaynan Gadeyim</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>359</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752312074</t>
+          <t>9789752312005</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>CHP’li Menderes (1931-1945)</t>
+          <t>Bilgi ve İletişim Sistemlerinde Eğilim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>365</v>
+        <v>475</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752311930</t>
+          <t>9789752312098</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çöl Devriyesi</t>
+          <t>Klaudios Ptolemaios Coğrafya El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>17600</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752311923</t>
+          <t>9789752312029</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Doğan Kuban Yazıları Antolojisi 2. Cilt</t>
+          <t>Pruvamız Neta 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>430</v>
+        <v>475</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752311886</t>
+          <t>9789752312074</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik - İletişimin Derin Mavisi</t>
+          <t>CHP’li Menderes (1931-1945)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>415</v>
+        <v>495</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752311916</t>
+          <t>9789752311930</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bizim Lozan - Lausanne (Ciltli)</t>
+          <t>Çöl Devriyesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1950</v>
+        <v>490</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752301672</t>
+          <t>9789752311923</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ötleğen Kuşu</t>
+          <t>Doğan Kuban Yazıları Antolojisi 2. Cilt</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>265</v>
+        <v>539</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752311664</t>
+          <t>9789752311886</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Radyocu</t>
+          <t>Sürdürülebilirlik - İletişimin Derin Mavisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>265</v>
+        <v>520</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752310803</t>
+          <t>9789752311916</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gözün İsyanı Gezi</t>
+          <t>Bizim Lozan - Lausanne (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>415</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752311640</t>
+          <t>9789752301672</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Scratch Jr</t>
+          <t>Ötleğen Kuşu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752311671</t>
+          <t>9789752311664</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Belgrad 500 Yıl Sonra</t>
+          <t>Radyocu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752311541</t>
+          <t>9789752310803</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Barcelona</t>
+          <t>Gözün İsyanı Gezi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>265</v>
+        <v>525</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752311534</t>
+          <t>9789752311640</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Athens</t>
+          <t>Scratch Jr</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752311411</t>
+          <t>9789752311671</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bodrum</t>
+          <t>Belgrad 500 Yıl Sonra</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752310643</t>
+          <t>9789752311541</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Encountering the Animal: Explorations in American Literature</t>
+          <t>Barcelona</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752311091</t>
+          <t>9789752311534</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Müzik Atlası (Ciltli)</t>
+          <t>Athens</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>9200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752311589</t>
+          <t>9789752311411</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist</t>
+          <t>Bilinmeyen Bodrum</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786056195037</t>
+          <t>9789752310643</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Marka</t>
+          <t>Encountering the Animal: Explorations in American Literature</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752311459</t>
+          <t>9789752311091</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Doğan Kuban Yazıları Antolojisi 1. Cilt</t>
+          <t>Müzik Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>430</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752310650</t>
+          <t>9789752311589</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kıtasının Müslüman Denizciler Tarafından Kolomb Öncesi Keşfi ve Piri Reis</t>
+          <t>Sosyalist</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>490</v>
+        <v>475</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000026682</t>
+          <t>9786056195037</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Belgesel Seti - 2 (25 DVD + 25 Kitap)</t>
+          <t>Derinliğine Marka</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>4875</v>
+        <v>525</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752311473</t>
+          <t>9789752311459</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hatırımda Kalanlar</t>
+          <t>Doğan Kuban Yazıları Antolojisi 1. Cilt</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>539</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752311299</t>
+          <t>9789752310650</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kitabi Hamdi Efendi ve Trabzon</t>
+          <t>Amerika Kıtasının Müslüman Denizciler Tarafından Kolomb Öncesi Keşfi ve Piri Reis</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752311435</t>
+          <t>3990000026682</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Yaşıyorum</t>
+          <t>Vahşi Yaşam Belgesel Seti - 2 (25 DVD + 25 Kitap)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752311343</t>
+          <t>9789752311473</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’ye Elveda (Ciltli)</t>
+          <t>Hatırımda Kalanlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>9500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9771305686005</t>
+          <t>9789752311299</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>3D Çocuk Dergisi - İnanılmaz Dinozorlar (Sayfalardan Fırlayan Dinolar)</t>
+          <t>Kitabi Hamdi Efendi ve Trabzon</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>128.7</v>
+        <v>565</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752306134</t>
+          <t>9789752311435</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Şarap Seçimi İle Deniz Ürünleri (Ciltli)</t>
+          <t>Kanserle Yaşıyorum</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752306066</t>
+          <t>9789752311343</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şarap Keyfi (Ciltli)</t>
+          <t>Rumeli’ye Elveda (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>510</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755217192</t>
+          <t>9771305686005</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sualtına İlk Adım</t>
+          <t>3D Çocuk Dergisi - İnanılmaz Dinozorlar (Sayfalardan Fırlayan Dinolar)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>510</v>
+        <v>128.7</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752303553</t>
+          <t>9789752306134</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Stretching Kas Germe Tekniği</t>
+          <t>Şarap Seçimi İle Deniz Ürünleri (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>815</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755217628</t>
+          <t>9789752306066</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>St Petersburg 1703-2003</t>
+          <t>Şarap Keyfi (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>265</v>
+        <v>690</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755216249</t>
+          <t>9789755217192</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Smetana, Strauss, Debussy, Rossini, Wagner Klasik Müzik Koleksiyonu</t>
+          <t>Sualtına İlk Adım</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>465</v>
+        <v>640</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755216089</t>
+          <t>9789752303553</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Erotizmi Beyaz Perdenin Cinselliği</t>
+          <t>Stretching Kas Germe Tekniği</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752310674</t>
+          <t>9789755217628</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresinin Stresi</t>
+          <t>St Petersburg 1703-2003</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752306585</t>
+          <t>9789755216249</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sığacık</t>
+          <t>Smetana, Strauss, Debussy, Rossini, Wagner Klasik Müzik Koleksiyonu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752301351</t>
+          <t>9789755216089</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Tabaklar</t>
+          <t>Sinemanın Erotizmi Beyaz Perdenin Cinselliği</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>510</v>
+        <v>375</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752306646</t>
+          <t>9789752310674</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Seyahatnamem</t>
+          <t>Sınav Stresinin Stresi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752308596</t>
+          <t>9789752306585</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sentez Diyeti</t>
+          <t>Sığacık</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>465</v>
+        <v>475</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752303171</t>
+          <t>9789752301351</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Kuvvet Egzersizleri Pilates İleri Seviye Egzersizleri</t>
+          <t>Sıcak Tabaklar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752303157</t>
+          <t>9789752306646</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Egzersiz Pilates Günde 10 Dakika</t>
+          <t>Seyahatnamem</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752303164</t>
+          <t>9789752308596</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Orta Yaşlılar İçin Pilates Başlangıç Egzersizleri</t>
+          <t>Sentez Diyeti</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>585</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752303188</t>
+          <t>9789752303171</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Orta Yaş ve Üstü İçin Pilates Orta Seviye Egzersizleri</t>
+          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Kuvvet Egzersizleri Pilates İleri Seviye Egzersizleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752303621</t>
+          <t>9789752303157</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Kontrol Sizde Pilates Yeni Bir Başlangıç</t>
+          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Egzersiz Pilates Günde 10 Dakika</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752308992</t>
+          <t>9789752303164</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Seçmenin Din, Toplum ve Siyasete Bakışı; Antalya Örneği</t>
+          <t>Senin Seçimin Pilates - Orta Yaşlılar İçin Pilates Başlangıç Egzersizleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752305816</t>
+          <t>9789752303188</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Mutlu Çocuklar İçin Doğru Bildiğiniz Yanlışlar</t>
+          <t>Senin Seçimin Pilates - Orta Yaş ve Üstü İçin Pilates Orta Seviye Egzersizleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755218885</t>
+          <t>9789752303621</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Rotterdam 1900-2000</t>
+          <t>Senin Seçimin Pilates - Kontrol Sizde Pilates Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000000335</t>
+          <t>9789752308992</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Raj Rewal</t>
+          <t>Seçmenin Din, Toplum ve Siyasete Bakışı; Antalya Örneği</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755217154</t>
+          <t>9789752305816</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Prag 1900-2000</t>
+          <t>Sağlıklı ve Mutlu Çocuklar İçin Doğru Bildiğiniz Yanlışlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752307193</t>
+          <t>9789755218885</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Prag - Pratik Kent Rehberi</t>
+          <t>Rotterdam 1900-2000</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752310520</t>
+          <t>3990000000335</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis and Turkish Mapmaking After Columbus (Ciltli)</t>
+          <t>Raj Rewal</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>590</v>
+        <v>360</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755216829</t>
+          <t>9789755217154</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Paris 1900-2000</t>
+          <t>Prag 1900-2000</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752306820</t>
+          <t>9789752307193</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ve Yedi Cüceler (Ciltli)</t>
+          <t>Prag - Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755214290</t>
+          <t>9789752310520</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayat’tan Küreselleşme’ye</t>
+          <t>Piri Reis and Turkish Mapmaking After Columbus (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752305557</t>
+          <t>9789755216829</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>OKAP Okullarda Afete Hazırlık El Kitabı</t>
+          <t>Paris 1900-2000</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752306813</t>
+          <t>9789752306820</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Noktalarım Nerede? (Ciltli)</t>
+          <t>Pamuk ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755218564</t>
+          <t>9789755214290</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Newyork 1990-2003</t>
+          <t>Özel Hayat’tan Küreselleşme’ye</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752307537</t>
+          <t>9789752305557</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>New York Pratik Kent Rehberi</t>
+          <t>OKAP Okullarda Afete Hazırlık El Kitabı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755219820</t>
+          <t>9789752306813</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Münih 1900-2000</t>
+          <t>Noktalarım Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752305588</t>
+          <t>9789755218564</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aileler Nasıl Kurulur? Nasıl Sürdürülür?</t>
+          <t>Newyork 1990-2003</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755216751</t>
+          <t>9789752307537</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Moskova 1917-2000</t>
+          <t>New York Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752306806</t>
+          <t>9789755219820</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çiçeği Masalları (Ciltli)</t>
+          <t>Münih 1900-2000</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755216140</t>
+          <t>9789752305588</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Tüketim</t>
+          <t>Mutlu Aileler Nasıl Kurulur? Nasıl Sürdürülür?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755214764</t>
+          <t>9789755216751</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Sanallık</t>
+          <t>Moskova 1917-2000</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752300057</t>
+          <t>9789752306806</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Milano 1900-2000</t>
+          <t>Yarın Çiçeği Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752309012</t>
+          <t>9789755216140</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Meyhane Erbabının El Kitabı</t>
+          <t>Mimarlık ve Tüketim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752300040</t>
+          <t>9789755214764</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Merkezi Bir Kent Parçası Kentsel Tasarım Projesi</t>
+          <t>Mimarlık ve Sanallık</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752309050</t>
+          <t>9789752300057</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Meltem</t>
+          <t>Milano 1900-2000</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752305595</t>
+          <t>9789752309012</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mavigül</t>
+          <t>Meyhane Erbabının El Kitabı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755217147</t>
+          <t>9789752300040</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Londra 1980-2000</t>
+          <t>Merkezi Bir Kent Parçası Kentsel Tasarım Projesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752301474</t>
+          <t>9789752309050</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Le Corbusier Gözüyle Türk Mimarlığı ve Şehirciliği</t>
+          <t>Meltem</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752305601</t>
+          <t>9789752305595</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tabaklar Büyük Tatlar</t>
+          <t>Mavigül</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752306776</t>
+          <t>9789755217147</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Geyik ile Kurbağa Kardeşler (Ciltli)</t>
+          <t>Londra 1980-2000</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752306790</t>
+          <t>9789752301474</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Afacan İle Kedisi (Ciltli)</t>
+          <t>Le Corbusier Gözüyle Türk Mimarlığı ve Şehirciliği</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752306998</t>
+          <t>9789752305601</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Masal Kütüphanesi - 19 Kitap Takım (Ciltli)</t>
+          <t>Küçük Tabaklar Büyük Tatlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>6650</v>
+        <v>510</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752303539</t>
+          <t>9789752306776</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Masaj Keyfi</t>
+          <t>Geyik ile Kurbağa Kardeşler (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752306677</t>
+          <t>9789752306790</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kelebek (Ciltli)</t>
+          <t>Afacan İle Kedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752306684</t>
+          <t>9789752306998</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aşçı Kızılcık (Ciltli)</t>
+          <t>Masal Kütüphanesi - 19 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>350</v>
+        <v>9025</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752305793</t>
+          <t>9789752303539</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların El Kitabı - Çocukluktan Ergenliğe</t>
+          <t>Masaj Keyfi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752311718</t>
+          <t>9789752306677</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Derya /Ayvazovski’nin Gizli İstanbul Güncesi</t>
+          <t>Aşık Kelebek (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752311695</t>
+          <t>9789752306684</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyoğlu Bestekarı: Karnik Garmiryan (Ciltli)</t>
+          <t>Aşçı Kızılcık (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752307353</t>
+          <t>9789752305793</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Astronomy, Geography and Navigations in Islamic Civilization (Ciltli)</t>
+          <t>Anne Babaların El Kitabı - Çocukluktan Ergenliğe</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>9200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752311398</t>
+          <t>9789752311718</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Narlı Tarifler</t>
+          <t>Aşk-ı Derya /Ayvazovski’nin Gizli İstanbul Güncesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>510</v>
+        <v>690</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755214224</t>
+          <t>9789752311695</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Itsuko Hasegawa</t>
+          <t>Bir Beyoğlu Bestekarı: Karnik Garmiryan (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>265</v>
+        <v>615</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752307209</t>
+          <t>9789752307353</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Eats Exploring The Culinary Backstreets Since 2009</t>
+          <t>Astronomy, Geography and Navigations in Islamic Civilization (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>489</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752303324</t>
+          <t>9789752311398</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Herkes İçin Pilates Orta Seviye Program Egzersizleri Sistem 17 Haftada 3 Gün, Günde 40 Dakika</t>
+          <t>Narlı Tarifler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752303263</t>
+          <t>9789755214224</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Aletsiz Egzersizler Aerobik, Step, Stretching Egzersizleri</t>
+          <t>Itsuko Hasegawa</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752303249</t>
+          <t>9789752307209</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Aletli Egzersizler Reach Denge Kuvvet Sıkıştırma Programı</t>
+          <t>Istanbul Eats Exploring The Culinary Backstreets Since 2009</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>489</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752302495</t>
+          <t>9789752303324</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Fit Mide ve Bel  Egzersizleri</t>
+          <t>Senin Seçimin Pilates - Herkes İçin Pilates Orta Seviye Program Egzersizleri Sistem 17 Haftada 3 Gün, Günde 40 Dakika</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752302488</t>
+          <t>9789752303263</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Fit Kas Gruplarına Göre</t>
+          <t>Senin Seçimin Pilates - Aletsiz Egzersizler Aerobik, Step, Stretching Egzersizleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752305335</t>
+          <t>9789752303249</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İsim İsim İstanbul</t>
+          <t>Senin Seçimin Pilates - Aletli Egzersizler Reach Denge Kuvvet Sıkıştırma Programı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>680</v>
+        <v>475</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752307100</t>
+          <t>9789752302495</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Kültür</t>
+          <t>Senin Seçimin Fit Mide ve Bel  Egzersizleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>520</v>
+        <v>475</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755214160</t>
+          <t>9789752302488</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Daniel Libeskind</t>
+          <t>Senin Seçimin Fit Kas Gruplarına Göre</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752310841</t>
+          <t>9789752305335</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Pergamon / Bergama ve Krallığının Kültür Yansımaları</t>
+          <t>İsim İsim İstanbul</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>8900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9771308209013</t>
+          <t>9789752307100</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>BBC Active Goal</t>
+          <t>İnsan ve Kültür</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>2590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752310902</t>
+          <t>9789755214160</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Damak Tadının İzinde Tarih ve Sanat Yolculuğu</t>
+          <t>Daniel Libeskind</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752311480</t>
+          <t>9789752310841</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Riskli Bebek İzlemi (Ciltli)</t>
+          <t>Pergamon / Bergama ve Krallığının Kültür Yansımaları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>520</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>3990000026703</t>
+          <t>9771308209013</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Belgesel Seti - 1 (25 DVD + 25 Kitap)</t>
+          <t>BBC Active Goal</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>4875</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752310568</t>
+          <t>9789752310902</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Çıkartma ve Aktivite Kitabı</t>
+          <t>Damak Tadının İzinde Tarih ve Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>175</v>
+        <v>499</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752311701</t>
+          <t>9789752311480</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ayvazovski / Denizler, Şehirler ve Düşler Işık, Su ve Gökyüzü (Ciltli)</t>
+          <t>Riskli Bebek İzlemi (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>9200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752310483</t>
+          <t>3990000026703</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Kitab-ı Bahriye (Ciltli)</t>
+          <t>Vahşi Yaşam Belgesel Seti - 1 (25 DVD + 25 Kitap)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>12500</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752311749</t>
+          <t>9789752310568</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Melling Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Piri Reis Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752311800</t>
+          <t>9789752311701</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bartlett Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Ayvazovski / Denizler, Şehirler ve Düşler Işık, Su ve Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>265</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752311787</t>
+          <t>9789752310483</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Schranz Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Piri Reis Kitab-ı Bahriye (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>265</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752311794</t>
+          <t>9789752311749</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Allom Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Melling Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752311770</t>
+          <t>9789752311800</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Lewis Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Bartlett Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752305632</t>
+          <t>9789752311787</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cihannüma (Ciltli)</t>
+          <t>Schranz Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>9200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752310889</t>
+          <t>9789752311794</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Batsın Böyle Gazetecilik</t>
+          <t>Allom Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752302341</t>
+          <t>9789752311770</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan İstanbul’um Bir Mimarın Anıları 1947-1957</t>
+          <t>Lewis Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>510</v>
+        <v>375</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752310797</t>
+          <t>9789752305632</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne İsim İsim Ankara (Ciltli)</t>
+          <t>Kitab-ı Cihannüma (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>680</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752306233</t>
+          <t>9789752310889</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mandarin Çincesi Konuşma Rehberi ve Pratik Sözlük</t>
+          <t>Batsın Böyle Gazetecilik</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755219905</t>
+          <t>9789752302341</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Madrid 1970-2000</t>
+          <t>Kaybolan İstanbul’um Bir Mimarın Anıları 1947-1957</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>265</v>
+        <v>690</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755219134</t>
+          <t>9789752310797</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles 1900-2000</t>
+          <t>Geçmişten Bugüne İsim İsim Ankara (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>265</v>
+        <v>850</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752306967</t>
+          <t>9789752306233</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Yönetişim ve Yerel Kalkınma</t>
+          <t>Mandarin Çincesi Konuşma Rehberi ve Pratik Sözlük</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752310896</t>
+          <t>9789755219905</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Annelik Akademisi - Anne Yapamam, Başım Çok Ağrıyor</t>
+          <t>Madrid 1970-2000</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752307490</t>
+          <t>9789755219134</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Emin Barın Hat'tan Harf'e (Kutulu) (Ciltli)</t>
+          <t>Los Angeles 1900-2000</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>8900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752309104</t>
+          <t>9789752306967</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Osmanlı (Ciltli)</t>
+          <t>Türkiye’de Yerel Yönetişim ve Yerel Kalkınma</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>9500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789752311381</t>
+          <t>9789752310896</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yürek</t>
+          <t>Annelik Akademisi - Anne Yapamam, Başım Çok Ağrıyor</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752310834</t>
+          <t>9789752307490</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi'nin Esas Kitab-ı Cihannüması ve Coğrafya Tarihi'ndeki Yeri (Ciltli)</t>
+          <t>Emin Barın Hat'tan Harf'e (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>5000</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752310827</t>
+          <t>9789752309104</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları 2 (DVD'li) (Ciltli)</t>
+          <t>Bir Zamanlar Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>9200</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752304543</t>
+          <t>9789752311381</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Düşünceler 3</t>
+          <t>Küçük Yürek</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>510</v>
+        <v>540</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752304536</t>
+          <t>9789752310834</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Düşünceler 2</t>
+          <t>Katip Çelebi'nin Esas Kitab-ı Cihannüması ve Coğrafya Tarihi'ndeki Yeri (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>510</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752306707</t>
+          <t>9789752310827</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Anaokulum Çok Güzelmiş (Ciltli)</t>
+          <t>Arkeoloji Sırları 2 (DVD'li) (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752307520</t>
+          <t>9789752304543</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Parlamentoya  Muammer Erten</t>
+          <t>Anılar ve Düşünceler 3</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>639</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755219554</t>
+          <t>9789752304536</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tokyo 1970-2000</t>
+          <t>Anılar ve Düşünceler 2</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>265</v>
+        <v>639</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
+          <t>9789752306707</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Anaokulum Çok Güzelmiş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789752307520</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Topraktan Parlamentoya  Muammer Erten</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789755219554</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Tokyo 1970-2000</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
           <t>9789752300354</t>
         </is>
       </c>
-      <c r="B357" s="1" t="inlineStr">
+      <c r="B360" s="1" t="inlineStr">
         <is>
           <t>The Treasury of Turkish Cheeses Türkiye’nin Peynir Hazineleri</t>
         </is>
       </c>
-      <c r="C357" s="1">
-        <v>400</v>
+      <c r="C360" s="1">
+        <v>540</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>