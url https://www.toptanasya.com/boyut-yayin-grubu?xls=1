--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,5425 +85,5455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752313217</t>
+          <t>9789752313255</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Literary And Cultural Crossroads in the Late Ottoman Empire</t>
+          <t>İstanbul'un Destansı Anlatımı (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>730</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752301375</t>
+          <t>9789752313231</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tatlılar</t>
+          <t>Yaşamak Güzel Şey: Nazım Hikmet'in Yaşamına Foto-Romantik Bakış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>690</v>
+        <v>875</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000002596</t>
+          <t>9789752313217</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İki Dahi Üç Opera (Ciltli)</t>
+          <t>Literary And Cultural Crossroads in the Late Ottoman Empire</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>475</v>
+        <v>730</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752312081</t>
+          <t>9789752301375</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tabula Peutingeriana - Osmanlı ve Türkiye Coğrafyasındaki İzleriyle 2000 Yıllık Roma Yol Haritası (Ciltli)</t>
+          <t>Tatlılar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>8500</v>
+        <v>690</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752307391</t>
+          <t>3990000002596</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hat Sanatı - Emin Barın Koleksiyonu (Kutulu) (Ciltli)</t>
+          <t>İki Dahi Üç Opera (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>10800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752306974</t>
+          <t>9789752312081</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sanat Atlası (Ciltli)</t>
+          <t>Tabula Peutingeriana - Osmanlı ve Türkiye Coğrafyasındaki İzleriyle 2000 Yıllık Roma Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>10800</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752313224</t>
+          <t>9789752307391</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Seyahatnamesi</t>
+          <t>Osmanlı’da Hat Sanatı - Emin Barın Koleksiyonu (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>995</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752312333</t>
+          <t>9789752306974</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Beyin</t>
+          <t>Sanat Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752310858</t>
+          <t>9789752313224</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Well Planner/Çekim Yasası Günlüğü (Ciltli)</t>
+          <t>Bir Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>690</v>
+        <v>995</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000002595</t>
+          <t>9789752312333</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İki Dahi Üç Opera</t>
+          <t>Aşk ve Beyin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056124211</t>
+          <t>9789752310858</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güneş Saatleri Yapım Kılavuzu</t>
+          <t>Well Planner/Çekim Yasası Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056124228</t>
+          <t>3990000002595</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rubu Tahtası Kullanım Kılavuzu</t>
+          <t>İki Dahi Üç Opera</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756786208</t>
+          <t>9786056124211</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar ile Münhasır Ekonomik Bölge</t>
+          <t>Güneş Saatleri Yapım Kılavuzu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752309791</t>
+          <t>9786056124228</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kutuplar Atlası</t>
+          <t>Rubu Tahtası Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>8900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752309814</t>
+          <t>9789756786208</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Atlası</t>
+          <t>Sorular ve Cevaplar ile Münhasır Ekonomik Bölge</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>10800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752310230</t>
+          <t>9789752309791</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karyadan Bodruma (Ciltli)</t>
+          <t>Kutuplar Atlası</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752309807</t>
+          <t>9789752309814</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnsan Atlası (Ciltli)</t>
+          <t>Keşifler Atlası</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752308022</t>
+          <t>9789752310230</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayat (Ciltli)</t>
+          <t>Karyadan Bodruma (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>8900</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752305960</t>
+          <t>9789752309807</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yüreği (Ciltli)</t>
+          <t>İnsan Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>3250</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752313187</t>
+          <t>9789752308022</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Bir Tutam Mübadele (Ciltli)</t>
+          <t>Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752313200</t>
+          <t>9789752305960</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Havuz</t>
+          <t>Gecenin Yüreği (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752313163</t>
+          <t>9789752313187</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kırık Beşten Altmış Beşe (Ciltli)</t>
+          <t>100. Yılında Bir Tutam Mübadele (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752313170</t>
+          <t>9789752313200</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kanal İstanbul ve Montreux Boğazlar Sözleşmesi</t>
+          <t>Sessiz Havuz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752313156</t>
+          <t>9789752313163</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kokulu Öyküler</t>
+          <t>Kırık Beşten Altmış Beşe (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752307179</t>
+          <t>9789752313170</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası (Ciltli)</t>
+          <t>Kanal İstanbul ve Montreux Boğazlar Sözleşmesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752307407</t>
+          <t>9789752313156</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Emin Barın Hat Eserleri (Kutulu) (Ciltli)</t>
+          <t>Zaman Kokulu Öyküler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>10800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752310438</t>
+          <t>9789752307179</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Arkeoloji (Ciltli)</t>
+          <t>Tarih Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752307285</t>
+          <t>9789752307407</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Clemens Holzmeister : Çağın Dönümünde Bir Mimar (Özel Kutulu) (Ciltli)</t>
+          <t>Emin Barın Hat Eserleri (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752312609</t>
+          <t>9789752310438</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Bilgileriyle Kemal’in Türkiye’si (Ciltli)</t>
+          <t>Denizler Altında Arkeoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752307186</t>
+          <t>9789752307285</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bilim Atlası (Ciltli)</t>
+          <t>Clemens Holzmeister : Çağın Dönümünde Bir Mimar (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752310377</t>
+          <t>9789752312609</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları (Ciltli)</t>
+          <t>Bugünün Bilgileriyle Kemal’in Türkiye’si (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752310315</t>
+          <t>9789752307186</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Archaeologist Beneath The Sea (Ciltli)</t>
+          <t>Bilim Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>4875</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752310667</t>
+          <t>9789752310377</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anne Yemekte Ne Var?</t>
+          <t>Arkeoloji Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>475</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755216980</t>
+          <t>9789752310315</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam 1900-2000</t>
+          <t>Archaeologist Beneath The Sea (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755214153</t>
+          <t>9789752310667</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alvaro Siza Çağdaş Dünya Mimarları Dizisi</t>
+          <t>Anne Yemekte Ne Var?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752309036</t>
+          <t>9789755216980</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Türk Sofrası</t>
+          <t>Amsterdam 1900-2000</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752307124</t>
+          <t>9789755214153</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2. İnönü Hikayeleri</t>
+          <t>Alvaro Siza Çağdaş Dünya Mimarları Dizisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000002597</t>
+          <t>9789752309036</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Improvisation Mimarlıkta Doğaçlama ve Behruz Çinici</t>
+          <t>Alafranga Türk Sofrası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>525</v>
+        <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752309241</t>
+          <t>9789752307124</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Bir Mimarlığa Doğru Enis Kortan</t>
+          <t>2. İnönü Hikayeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>590</v>
+        <v>475</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752300507</t>
+          <t>3990000002597</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong 1980-2000</t>
+          <t>Improvisation Mimarlıkta Doğaçlama ve Behruz Çinici</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>525</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752309029</t>
+          <t>9789752309241</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hobimle Mutluyum (Ciltli)</t>
+          <t>Hümanist Bir Mimarlığa Doğru Enis Kortan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>860</v>
+        <v>590</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752301344</t>
+          <t>9789752300507</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tarifler Çabuk ve Kolay Yemek Reçeteleri</t>
+          <t>Hong Kong 1980-2000</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752307032</t>
+          <t>9789752309029</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Her Sekiz Saatte Bir</t>
+          <t>Hobimle Mutluyum (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>638</v>
+        <v>860</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058617308</t>
+          <t>9789752301344</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayal Pusulası</t>
+          <t>Hızlı Tarifler Çabuk ve Kolay Yemek Reçeteleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>690</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752306981</t>
+          <t>9789752307032</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kokteyle Hangi Aperitif? (Ciltli)</t>
+          <t>Her Sekiz Saatte Bir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>590</v>
+        <v>638</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056307409</t>
+          <t>9786058617308</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gymboree Annelerinden Çocuklarının Çok Sevdiği Yemek Tarifleri</t>
+          <t>Hayal Pusulası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752301627</t>
+          <t>9789752306981</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğim Kapadokya</t>
+          <t>Hangi Kokteyle Hangi Aperitif? (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752307339</t>
+          <t>9786056307409</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Bilim Tarihi</t>
+          <t>Gymboree Annelerinden Çocuklarının Çok Sevdiği Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>815</v>
+        <v>690</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752306783</t>
+          <t>9789752301627</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Şarkıları (Ciltli)</t>
+          <t>Gözbebeğim Kapadokya</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752306097</t>
+          <t>9789752307339</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gezginler İçin Unutulmaz Yerler</t>
+          <t>Gökyüzü ve Bilim Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>690</v>
+        <v>815</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752306554</t>
+          <t>9789752306783</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Füzyon (Ciltli)</t>
+          <t>Gökkuşağı Şarkıları (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>690</v>
+        <v>475</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752310445</t>
+          <t>9789752306097</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Feelings Run Faster</t>
+          <t>Gezginler İçin Unutulmaz Yerler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>525</v>
+        <v>690</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752309234</t>
+          <t>9789752306554</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Faili Meşhur 3 Suikast 3 Gazeteci</t>
+          <t>Füzyon (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755216126</t>
+          <t>9789752310445</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fahişe Yüzyılın Sanatı 20. Yüzyılda Sanatta Erotizm</t>
+          <t>Feelings Run Faster</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>375</v>
+        <v>525</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752306431</t>
+          <t>9789752309234</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Okul Başladı</t>
+          <t>Faili Meşhur 3 Suikast 3 Gazeteci</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752307469</t>
+          <t>9789755216126</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Epilepsi, Yani... Sara</t>
+          <t>Fahişe Yüzyılın Sanatı 20. Yüzyılda Sanatta Erotizm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752303331</t>
+          <t>9789752306431</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fitness Pilates - İleri Seviye Program Egzersizleri</t>
+          <t>Eyvah! Okul Başladı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755210773</t>
+          <t>9789752307469</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Epilepsi, Yani... Sara</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752306745</t>
+          <t>9789752303331</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Elma Kurdunun Evi (Ciltli)</t>
+          <t>Fitness Pilates - İleri Seviye Program Egzersizleri</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752306752</t>
+          <t>9789755210773</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçek Olsa (Ciltli)</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944092500</t>
+          <t>9789752306745</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>Elma Kurdunun Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752309210</t>
+          <t>9789752306752</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dr. Memduh Necdet Otaman - Sabah Yıldızı</t>
+          <t>Hayallerim Gerçek Olsa (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755214191</t>
+          <t>9789944092500</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğan Tekeli - Sami Sisa</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752310421</t>
+          <t>9789752309210</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doğal Beslenme Rehberi</t>
+          <t>Dr. Memduh Necdet Otaman - Sabah Yıldızı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752309074</t>
+          <t>9789755214191</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dina’nın Mutfağı</t>
+          <t>Doğan Tekeli - Sami Sisa</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755216133</t>
+          <t>9789752310421</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Digital Oynaşmalar Sanal Cinsellik ve Sanat</t>
+          <t>Doğal Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752306738</t>
+          <t>9789752309074</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günüme Davetlisiniz (Ciltli)</t>
+          <t>Dina’nın Mutfağı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752307452</t>
+          <t>9789755216133</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davranışlarındaki Korkuyu Tanımak ve Başetmek</t>
+          <t>Digital Oynaşmalar Sanal Cinsellik ve Sanat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752306523</t>
+          <t>9789752306738</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Yeteneğini Keşfedin</t>
+          <t>Doğum Günüme Davetlisiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>540</v>
+        <v>475</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752306486</t>
+          <t>9789752307452</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Su</t>
+          <t>Çocuk Davranışlarındaki Korkuyu Tanımak ve Başetmek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752310391</t>
+          <t>9789752306523</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çete</t>
+          <t>Çocuğunuzun Yeteneğini Keşfedin</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>355</v>
+        <v>540</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752310278</t>
+          <t>9789752306486</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Mimarı Ernst Arnold Egli</t>
+          <t>Çıplak Su</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>815</v>
+        <v>360</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755218977</t>
+          <t>9789752310391</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Chicago 1975-2000</t>
+          <t>Çete</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752301252</t>
+          <t>9789752310278</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy</t>
+          <t>Cumhuriyetin Mimarı Ernst Arnold Egli</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>650</v>
+        <v>815</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755214184</t>
+          <t>9789755218977</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Bektaş</t>
+          <t>Chicago 1975-2000</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752310759</t>
+          <t>9789752301252</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Carte d’Or’dan Tatlı Sırlar (Ciltli)</t>
+          <t>Cerebral Palsy</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755214139</t>
+          <t>9789755214184</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Carlo Scarpa</t>
+          <t>Cengiz Bektaş</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752306721</t>
+          <t>9789752310759</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Ay (Ciltli)</t>
+          <t>Carte d’Or’dan Tatlı Sırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>475</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755218922</t>
+          <t>9789755214139</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte 1900-2000</t>
+          <t>Carlo Scarpa</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752306714</t>
+          <t>9789752306721</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aaa! Hiç De Korkunç Değilmiş (Ciltli)</t>
+          <t>Camdaki Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752307216</t>
+          <t>9789755218922</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Berlin Pratik Kent Rehberi</t>
+          <t>Budapeşte 1900-2000</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755216690</t>
+          <t>9789752306714</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Berlin 1990-2002</t>
+          <t>Aaa! Hiç De Korkunç Değilmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799755213117</t>
+          <t>9789752307216</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benim Tek İstediğim Bir Kitap Yazmaktı</t>
+          <t>Berlin Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752310742</t>
+          <t>9789755216690</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Tatlı Telaş</t>
+          <t>Berlin 1990-2002</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752306660</t>
+          <t>9799755213117</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ben Böyle Doğmuşum (Ciltli)</t>
+          <t>Benim Tek İstediğim Bir Kitap Yazmaktı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755213545</t>
+          <t>9789752310742</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bellek Peşinde</t>
+          <t>Bir Tatlı Telaş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>365</v>
+        <v>525</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752307582</t>
+          <t>9789752306660</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Belek Sahilinde Kumullar, Fıstık Çamları ve Bir Konaklama Yapısı</t>
+          <t>Ben Böyle Doğmuşum (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>565</v>
+        <v>475</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755214177</t>
+          <t>9789755213545</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Behruz Çinici</t>
+          <t>Bellek Peşinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752307643</t>
+          <t>9789752307582</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bebek İşaret Dili</t>
+          <t>Belek Sahilinde Kumullar, Fıstık Çamları ve Bir Konaklama Yapısı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>475</v>
+        <v>565</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755217413</t>
+          <t>9789755214177</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Barcelona 1900-2000</t>
+          <t>Behruz Çinici</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752307148</t>
+          <t>9789752307643</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Balık Masalları Çıkartma Kitabı</t>
+          <t>Bebek İşaret Dili</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752302211</t>
+          <t>9789755217413</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Anlatımıyla Kurtuluş Savaşı - Nutuk (Ciltli)</t>
+          <t>Barcelona 1900-2000</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755214948</t>
+          <t>9789752307148</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Yengeç 21 Haziran / 22 Temmuz İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Balık Masalları Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755215006</t>
+          <t>9789752302211</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Yay 23 Kasım / 21 Aralık İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Atatürk’ün Anlatımıyla Kurtuluş Savaşı - Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755213828</t>
+          <t>9789755214948</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Toprak Burçları Gezegenler Boğa, Başak, Oğlak</t>
+          <t>Astroloji Atlası Yengeç 21 Haziran / 22 Temmuz İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755214979</t>
+          <t>9789755215006</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Terazi 24 Eylül / 23 Ekim İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Yay 23 Kasım / 21 Aralık İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755214986</t>
+          <t>9789755213828</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Oğlak 22 Aralık / 20 Ocak İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Toprak Burçları Gezegenler Boğa, Başak, Oğlak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755215013</t>
+          <t>9789755214979</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Kova 21 Ocak / 18 Şubat İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Terazi 24 Eylül / 23 Ekim İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755214917</t>
+          <t>9789755214986</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Koç 21 Mart / 20 Nisan İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Oğlak 22 Aralık / 20 Ocak İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755214924</t>
+          <t>9789755215013</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası İkizler 21 Mayıs / 20 Haziran İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Kova 21 Ocak / 18 Şubat İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755213842</t>
+          <t>9789755214917</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Hava Burçları Gezegenler İkizler, Terazi, Kova</t>
+          <t>Astroloji Atlası Koç 21 Mart / 20 Nisan İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755214931</t>
+          <t>9789755214924</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Boğa 21 Nisan / 20 Mayıs İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası İkizler 21 Mayıs / 20 Haziran İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755215020</t>
+          <t>9789755213842</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Başak 24 Ağustos / 23 Eylül İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Hava Burçları Gezegenler İkizler, Terazi, Kova</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755214993</t>
+          <t>9789755214931</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Balık 19 Şubat / 20 Mart İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Boğa 21 Nisan / 20 Mayıs İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755213811</t>
+          <t>9789755215020</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Ateş Burçları Gezegenler Koç, Aslan, Yay</t>
+          <t>Astroloji Atlası Başak 24 Ağustos / 23 Eylül İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9799755213919</t>
+          <t>9789755214993</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Astro CD-ROM (Ciltli)</t>
+          <t>Astroloji Atlası Balık 19 Şubat / 20 Mart İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755214955</t>
+          <t>9789755213811</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Aslan 23 Temmuz / 23 Ağustos İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Ateş Burçları Gezegenler Koç, Aslan, Yay</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755214962</t>
+          <t>9799755213919</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası Akrep 24 Ekim / 22 Kasım İş - Para - Aşk - Sağlık - Cinsellik</t>
+          <t>Astroloji Atlası Astro CD-ROM (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755214900</t>
+          <t>9789755214955</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Atlası (12 Kitap Takım)</t>
+          <t>Astroloji Atlası Aslan 23 Temmuz / 23 Ağustos İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>4200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752305809</t>
+          <t>9789755214962</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Asi Çocuklar</t>
+          <t>Astroloji Atlası Akrep 24 Ekim / 22 Kasım İş - Para - Aşk - Sağlık - Cinsellik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752305564</t>
+          <t>9789755214900</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olur musun?</t>
+          <t>Astroloji Atlası (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>475</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752306271</t>
+          <t>9789752305809</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşma Rehberi - Pratik Sözlük</t>
+          <t>Asi Çocuklar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752306691</t>
+          <t>9789752305564</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Annemin Ayakkabıları (Ciltli)</t>
+          <t>Arkadaşım Olur musun?</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755219271</t>
+          <t>9789752306271</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Atina 1900-2000</t>
+          <t>Arapça Konuşma Rehberi - Pratik Sözlük</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752306769</t>
+          <t>9789752306691</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlak Bonbon (Ciltli)</t>
+          <t>Annemin Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752305649</t>
+          <t>9789755219271</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yemiycem İşte!</t>
+          <t>Atina 1900-2000</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755210476</t>
+          <t>9789752306769</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yazın, Dil ve Sanat</t>
+          <t>Yuvarlak Bonbon (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752306844</t>
+          <t>9789752305649</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kurtlar (Ciltli)</t>
+          <t>Yemiycem İşte!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>475</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755216096</t>
+          <t>9789755210476</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Cinsellik Gündelik Yaşamda Erotizm</t>
+          <t>Yazın, Dil ve Sanat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752300484</t>
+          <t>9789752306844</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Washington 1780-2000</t>
+          <t>Yaşasın Kurtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755216171</t>
+          <t>9789755216096</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Viyana 1900-2000</t>
+          <t>Yasaklı Cinsellik Gündelik Yaşamda Erotizm</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752300415</t>
+          <t>9789752300484</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Venedik 1900-2000</t>
+          <t>Washington 1780-2000</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752310353</t>
+          <t>9789755216171</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Vatan Cephesi</t>
+          <t>Viyana 1900-2000</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752306837</t>
+          <t>9789752300415</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Üff, Keşke Kardeşim Olsa (Ciltli)</t>
+          <t>Venedik 1900-2000</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755210766</t>
+          <t>9789752310353</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Kaçış</t>
+          <t>Vatan Cephesi</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752307483</t>
+          <t>9789752306837</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Müziğimiz</t>
+          <t>Üff, Keşke Kardeşim Olsa (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>815</v>
+        <v>475</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752304086</t>
+          <t>9789755210766</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uygarlık Yolu Üniversitelerden Geçiyor</t>
+          <t>Uzaya Kaçış</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752305397</t>
+          <t>9789752307483</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Ulusal Müziğimiz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>650</v>
+        <v>815</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752301368</t>
+          <t>9789752304086</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Trendy Tarifler Özel Günleriniz İçin Lezzetli Öneriler</t>
+          <t>Türkiye’nin Uygarlık Yolu Üniversitelerden Geçiyor</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>690</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752310469</t>
+          <t>9789752305397</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>The Book of Cihannüma (Ciltli)</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752310513</t>
+          <t>9789752301368</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>The Book of Bahriye</t>
+          <t>Trendy Tarifler Özel Günleriniz İçin Lezzetli Öneriler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1950</v>
+        <v>690</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752310285</t>
+          <t>9789752310469</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Atlası (Ciltli)</t>
+          <t>The Book of Cihannüma (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752310544</t>
+          <t>9789752310513</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis 1513 Dünya Haritası (Ciltli)</t>
+          <t>The Book of Bahriye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>14600</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755214214</t>
+          <t>9789752310285</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kisho Kurokawa</t>
+          <t>Sırlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>360</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752305656</t>
+          <t>9789752310544</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yaramaz Diye?</t>
+          <t>Piri Reis 1513 Dünya Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>475</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9799755214541</t>
+          <t>9789755214214</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu? Ecevit</t>
+          <t>Kisho Kurokawa</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752307261</t>
+          <t>9789752305656</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kahire Pratik Kent Rehberi</t>
+          <t>Kim Demiş Yaramaz Diye?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755218397</t>
+          <t>9799755214541</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kahire  641 - 2000</t>
+          <t>Kim Bu? Ecevit</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752305571</t>
+          <t>9789752307261</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular!</t>
+          <t>Kahire Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752306141</t>
+          <t>9789755218397</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Lezzetleri (Ciltli)</t>
+          <t>Kahire  641 - 2000</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752302655</t>
+          <t>9789752305571</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İki Aykırının Mektupları Fikret Mualla - Semiha Berksoy</t>
+          <t>İyi Uykular!</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>398</v>
+        <v>475</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752310292</t>
+          <t>9789752306141</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyalar Atlası (Ciltli)</t>
+          <t>İtalyan Lezzetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>10800</v>
+        <v>690</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752313040</t>
+          <t>9789752302655</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Doğum Günü</t>
+          <t>İki Aykırının Mektupları Fikret Mualla - Semiha Berksoy</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>325</v>
+        <v>398</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752313118</t>
+          <t>9789752310292</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Benim Renklerim ve Harflerim</t>
+          <t>Kayıp Dünyalar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752313149</t>
+          <t>9789752313040</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Çağı</t>
+          <t>Çiftlikte Doğum Günü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>525</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752313132</t>
+          <t>9789752313118</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Ses Eğitimi</t>
+          <t>Benim Renklerim ve Harflerim</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752313125</t>
+          <t>9789752313149</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Manoli'nin Gözyaşları Mübadele ve Şirince</t>
+          <t>Şehirler Çağı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752313101</t>
+          <t>9789752313132</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Renk Kuramları</t>
+          <t>Fonksiyonel Ses Eğitimi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>499</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752312999</t>
+          <t>9789752313125</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Esinler (Ciltli)</t>
+          <t>Manoli'nin Gözyaşları Mübadele ve Şirince</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>3495</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752313033</t>
+          <t>9789752313101</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Denize Dökülen</t>
+          <t>Renk Kuramları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>380</v>
+        <v>499</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752312975</t>
+          <t>9789752312999</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş'in Yaşamı ve Mücadelesi - Fotoroman - Aşk Olsun Çocuk</t>
+          <t>Sanatsal Esinler (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>815</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752312968</t>
+          <t>9789752313033</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografik Yaşamı ve Sanatı</t>
+          <t>Denize Dökülen</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>940</v>
+        <v>380</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752312944</t>
+          <t>9789752312975</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Öteki</t>
+          <t>Deniz Gezmiş'in Yaşamı ve Mücadelesi - Fotoroman - Aşk Olsun Çocuk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>475</v>
+        <v>815</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752312951</t>
+          <t>9789752312968</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunu Bulur</t>
+          <t>Otobiyografik Yaşamı ve Sanatı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>475</v>
+        <v>940</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752312920</t>
+          <t>9789752312944</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Koşmak</t>
+          <t>Aynadaki Öteki</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752312876</t>
+          <t>9789752312951</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Klasik Bale - Teori ve Analiz</t>
+          <t>Hayat Yolunu Bulur</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752312890</t>
+          <t>9789752312920</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İzmir Haritaları (Ciltli)</t>
+          <t>Karanlıkta Koşmak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752312883</t>
+          <t>9789752312876</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tabula Peutingeriana (Ciltli)</t>
+          <t>Klasik Bale - Teori ve Analiz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>8500</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752312906</t>
+          <t>9789752312890</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uluslararası İlişkiler Perspektifinden Türk -Yunan İlişkileri</t>
+          <t>Tarihte İzmir Haritaları (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>475</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752312913</t>
+          <t>9789752312883</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Günlüğü - Tot (Ciltli)</t>
+          <t>Tabula Peutingeriana (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>690</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752312616</t>
+          <t>9789752312906</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Arı Kız Okula Gidiyor</t>
+          <t>Tarih ve Uluslararası İlişkiler Perspektifinden Türk -Yunan İlişkileri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752312852</t>
+          <t>9789752312913</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Harflerle Cerebral Palsy</t>
+          <t>Çekim Yasası Günlüğü - Tot (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>325</v>
+        <v>690</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752312845</t>
+          <t>9789752312616</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Diren Aykırılık</t>
+          <t>Arı Kız Okula Gidiyor</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9771305686008</t>
+          <t>9789752312852</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>3D Çocuk Dergisi - Böceklerin Gizli Dünyası</t>
+          <t>Harflerle Cerebral Palsy</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752311367</t>
+          <t>9789752312845</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları - 3 (Ciltli)</t>
+          <t>Diren Aykırılık</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>10800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752309098</t>
+          <t>9771305686008</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığında Mimari, Geometri, Fizik, Kimya, Tıp (Ciltli)</t>
+          <t>3D Çocuk Dergisi - Böceklerin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>10800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752306509</t>
+          <t>9789752311367</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığında Astronomi Coğrafya ve Denizcilik (Ciltli)</t>
+          <t>Arkeoloji Sırları - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>10800</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752312838</t>
+          <t>9789752309098</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ruh Doğu'dur Beden Batı</t>
+          <t>İslam Uygarlığında Mimari, Geometri, Fizik, Kimya, Tıp (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>475</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752312807</t>
+          <t>9789752306509</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bilimi</t>
+          <t>İslam Uygarlığında Astronomi Coğrafya ve Denizcilik (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>475</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752312784</t>
+          <t>9789752312838</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Futbol Zekâsı</t>
+          <t>Ruh Doğu'dur Beden Batı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752312791</t>
+          <t>9789752312807</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Futbol Yöneticisi</t>
+          <t>Futbol Bilimi</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752312708</t>
+          <t>9789752312784</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Olasılık - İstatistik</t>
+          <t>Futbol Zekâsı</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752312647</t>
+          <t>9789752312791</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şirket Organizasyonu &amp; Site Yönetim Planı</t>
+          <t>Futbol Yöneticisi</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752312678</t>
+          <t>9789752312708</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Teknikleri</t>
+          <t>Olasılık - İstatistik</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752312661</t>
+          <t>9789752312647</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yapı Kooperatifi</t>
+          <t>Şirket Organizasyonu &amp; Site Yönetim Planı</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752312722</t>
+          <t>9789752312678</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zeka &amp; Yapay Zeka</t>
+          <t>Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752312777</t>
+          <t>9789752312661</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>OKB Obsesif Kompulsif Bozukluk Bipolar II Bozukluk</t>
+          <t>Yapı Kooperatifi</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752312715</t>
+          <t>9789752312722</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşümde Genel Prensipler &amp; Paylaşıma Çözüm</t>
+          <t>Zeka &amp; Yapay Zeka</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752312630</t>
+          <t>9789752312777</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kat Karşılığı &amp; Hasılat Paylaşımı İnşaat Sözleşmeleri</t>
+          <t>OKB Obsesif Kompulsif Bozukluk Bipolar II Bozukluk</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752312692</t>
+          <t>9789752312715</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçılar İçin İmar Planı</t>
+          <t>Kentsel Dönüşümde Genel Prensipler &amp; Paylaşıma Çözüm</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752312746</t>
+          <t>9789752312630</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçılar İçin Finans</t>
+          <t>Kat Karşılığı &amp; Hasılat Paylaşımı İnşaat Sözleşmeleri</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752312654</t>
+          <t>9789752312692</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Projesi Geliştirme</t>
+          <t>İnşaatçılar İçin İmar Planı</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752312760</t>
+          <t>9789752312746</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hayatın  16  Prensibi</t>
+          <t>İnşaatçılar İçin Finans</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752312753</t>
+          <t>9789752312654</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kazanılan Tecrübeler Tavsiyeler</t>
+          <t>Gayrimenkul Projesi Geliştirme</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752312685</t>
+          <t>9789752312760</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İnşaat  Müteahhidi &amp;İnşaatta Fizibilite</t>
+          <t>Hayatın  16  Prensibi</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752312739</t>
+          <t>9789752312753</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İNşaatçılar  İçin  Hukuk</t>
+          <t>Hayatta Kazanılan Tecrübeler Tavsiyeler</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752312623</t>
+          <t>9789752312685</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Anonim &amp; Limited Şirket</t>
+          <t>İnşaat  Müteahhidi &amp;İnşaatta Fizibilite</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752312814</t>
+          <t>9789752312739</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakemi</t>
+          <t>İNşaatçılar  İçin  Hukuk</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752312593</t>
+          <t>9789752312623</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son Barış (Kutulu) (Ciltli)</t>
+          <t>Anonim &amp; Limited Şirket</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752312579</t>
+          <t>9789752312814</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Martı Adası - Genç Bir Mimarın Öyküsü</t>
+          <t>Futbol Hakemi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752312562</t>
+          <t>9789752312593</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hunza’nın El Günlüğü</t>
+          <t>İlk ve Son Barış (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>475</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3998547014850</t>
+          <t>9789752312579</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Art Crazy - Yaratıcı Çocuk Seti (3-14 yaş)</t>
+          <t>Martı Adası - Genç Bir Mimarın Öyküsü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>6750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752312548</t>
+          <t>9789752312562</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Beynin Yeryüzü Suretleri</t>
+          <t>Hunza’nın El Günlüğü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>815</v>
+        <v>475</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752312289</t>
+          <t>3998547014850</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Etrüskler (Tursakalar) Türk İdiler Din ve Dil ile İlgili Deliller</t>
+          <t>Art Crazy - Yaratıcı Çocuk Seti (3-14 yaş)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>565</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752311305</t>
+          <t>9789752312548</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cihannüma (2 Kitap Takım) (Ciltli)</t>
+          <t>Beynin Yeryüzü Suretleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>16800</v>
+        <v>815</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752312432</t>
+          <t>9789752312289</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İstanbul Haritaları (Özel Üretim Kutulu) (Ciltli)</t>
+          <t>Etrüskler (Tursakalar) Türk İdiler Din ve Dil ile İlgili Deliller</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12500</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752312494</t>
+          <t>9789752311305</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Yansımalar</t>
+          <t>Kitab-ı Cihannüma (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>16800</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752312449</t>
+          <t>9789752312432</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Tarihte İstanbul Haritaları (Özel Üretim Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>360</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752312395</t>
+          <t>9789752312494</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>İmgesel Yansımalar</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752312388</t>
+          <t>9789752312449</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yol Alırken</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752312517</t>
+          <t>9789752312395</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Düşten Düşe</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752312425</t>
+          <t>9789752312388</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Yüreğe Tutuşur Ömür Dediğin</t>
+          <t>Geleceğe Yol Alırken</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752312418</t>
+          <t>9789752312517</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yakarış ve Yalın Kurtuluş</t>
+          <t>Düşten Düşe</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752312401</t>
+          <t>9789752312425</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Işığında</t>
+          <t>Yürekten Yüreğe Tutuşur Ömür Dediğin</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752312470</t>
+          <t>9789752312418</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Umut Fırtınası</t>
+          <t>Yakarış ve Yalın Kurtuluş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752312456</t>
+          <t>9789752312401</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ruhumda Azgın Fırtınalar</t>
+          <t>Yakamoz Işığında</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752312487</t>
+          <t>9789752312470</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Umut Fırtınası</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752312371</t>
+          <t>9789752312456</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Düşler İçinde Gerçeğe Ermek</t>
+          <t>Ruhumda Azgın Fırtınalar</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752312500</t>
+          <t>9789752312487</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Düş ve Kurgu</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752312463</t>
+          <t>9789752312371</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dökülmemiş Gözyaşları</t>
+          <t>Düşler İçinde Gerçeğe Ermek</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752312364</t>
+          <t>9789752312500</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Soluğunda Yaşamak</t>
+          <t>Düş ve Kurgu</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752312531</t>
+          <t>9789752312463</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bumerang Çılgınlığı</t>
+          <t>Dökülmemiş Gözyaşları</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752312357</t>
+          <t>9789752312364</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Azap</t>
+          <t>Çocuk Soluğunda Yaşamak</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752312524</t>
+          <t>9789752312531</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ateşi</t>
+          <t>Bumerang Çılgınlığı</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752312340</t>
+          <t>9789752312357</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Yaparsa Kendine Yapar!</t>
+          <t>Azap</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752312326</t>
+          <t>9789752312524</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy ve Genetik</t>
+          <t>Aşk Ateşi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752312104</t>
+          <t>9789752312340</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Satışında Başarının Sırrı</t>
+          <t>Kim Ne Yaparsa Kendine Yapar!</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>430</v>
+        <v>355</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752312302</t>
+          <t>9789752312326</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Mantık Tarihi - Ortaçağ</t>
+          <t>Cerebral Palsy ve Genetik</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752312265</t>
+          <t>9789752312104</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cerebral Palsy’li Çocukları Destekleme</t>
+          <t>Gayrimenkul Satışında Başarının Sırrı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752312296</t>
+          <t>9789752312302</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Değer Yaratmak</t>
+          <t>Mantık Tarihi - Ortaçağ</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752312272</t>
+          <t>9789752312265</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Yunus</t>
+          <t>Cerebral Palsy’li Çocukları Destekleme</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752312241</t>
+          <t>9789752312296</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Taş Kömürü Havzasında Bahriye Nezareti Yönetimi (1865-1908) ve Dilaver Paşa Nizamnamesi</t>
+          <t>Değer Yaratmak</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752312203</t>
+          <t>9789752312272</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Çarpık Bir Gülümseme</t>
+          <t>Esma İle Yunus</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752312234</t>
+          <t>9789752312241</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orkide</t>
+          <t>Taş Kömürü Havzasında Bahriye Nezareti Yönetimi (1865-1908) ve Dilaver Paşa Nizamnamesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752312258</t>
+          <t>9789752312203</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Beyin Hareleri</t>
+          <t>Yüzümde Çarpık Bir Gülümseme</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752312227</t>
+          <t>9789752312234</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Dönen Dünya Sarıkamış</t>
+          <t>Mavi Orkide</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752312197</t>
+          <t>9789752312258</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Büyük Beyaz Adam</t>
+          <t>Edebiyatta Beyin Hareleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>475</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752303256</t>
+          <t>9789752312227</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Temel Egzersizler - Go Yeni Başlayanlar İçin Step Hareketleri</t>
+          <t>Ateşe Dönen Dünya Sarıkamış</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752312180</t>
+          <t>9789752312197</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sevr ve Versay</t>
+          <t>Büyük Beyaz Adam</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>520</v>
+        <v>475</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752312166</t>
+          <t>9789752303256</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Riskli Bebek Aile Rehberi</t>
+          <t>Temel Egzersizler - Go Yeni Başlayanlar İçin Step Hareketleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752312142</t>
+          <t>9789752312180</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Türkiye Haritaları (Özel Kutulu) (Ciltli)</t>
+          <t>Sevr ve Versay</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>12500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752312159</t>
+          <t>9789752312166</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gadaynan Gadeyim</t>
+          <t>Riskli Bebek Aile Rehberi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>359</v>
+        <v>650</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752312005</t>
+          <t>9789752312142</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve İletişim Sistemlerinde Eğilim</t>
+          <t>Tarihte Türkiye Haritaları (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>475</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752312098</t>
+          <t>9789752312159</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Klaudios Ptolemaios Coğrafya El Kitabı (Ciltli)</t>
+          <t>Gadaynan Gadeyim</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>17600</v>
+        <v>359</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752312029</t>
+          <t>9789752312005</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Pruvamız Neta 2</t>
+          <t>Bilgi ve İletişim Sistemlerinde Eğilim</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752312074</t>
+          <t>9789752312098</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>CHP’li Menderes (1931-1945)</t>
+          <t>Klaudios Ptolemaios Coğrafya El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>495</v>
+        <v>17600</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752311930</t>
+          <t>9789752312029</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çöl Devriyesi</t>
+          <t>Pruvamız Neta 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>490</v>
+        <v>475</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752311923</t>
+          <t>9789752312074</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Doğan Kuban Yazıları Antolojisi 2. Cilt</t>
+          <t>CHP’li Menderes (1931-1945)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>539</v>
+        <v>495</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752311886</t>
+          <t>9789752311930</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik - İletişimin Derin Mavisi</t>
+          <t>Çöl Devriyesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>520</v>
+        <v>490</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752311916</t>
+          <t>9789752311923</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bizim Lozan - Lausanne (Ciltli)</t>
+          <t>Doğan Kuban Yazıları Antolojisi 2. Cilt</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1950</v>
+        <v>539</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752301672</t>
+          <t>9789752311886</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ötleğen Kuşu</t>
+          <t>Sürdürülebilirlik - İletişimin Derin Mavisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752311664</t>
+          <t>9789752311916</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Radyocu</t>
+          <t>Bizim Lozan - Lausanne (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>365</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752310803</t>
+          <t>9789752301672</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gözün İsyanı Gezi</t>
+          <t>Ötleğen Kuşu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752311640</t>
+          <t>9789752311664</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Scratch Jr</t>
+          <t>Radyocu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>475</v>
+        <v>365</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752311671</t>
+          <t>9789752310803</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Belgrad 500 Yıl Sonra</t>
+          <t>Gözün İsyanı Gezi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752311541</t>
+          <t>9789752311640</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Barcelona</t>
+          <t>Scratch Jr</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752311534</t>
+          <t>9789752311671</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Athens</t>
+          <t>Belgrad 500 Yıl Sonra</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752311411</t>
+          <t>9789752311541</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bodrum</t>
+          <t>Barcelona</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>525</v>
+        <v>360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752310643</t>
+          <t>9789752311534</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Encountering the Animal: Explorations in American Literature</t>
+          <t>Athens</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752311091</t>
+          <t>9789752311411</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Müzik Atlası (Ciltli)</t>
+          <t>Bilinmeyen Bodrum</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>10800</v>
+        <v>525</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752311589</t>
+          <t>9789752310643</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist</t>
+          <t>Encountering the Animal: Explorations in American Literature</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786056195037</t>
+          <t>9789752311091</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Marka</t>
+          <t>Müzik Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>525</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752311459</t>
+          <t>9789752311589</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Doğan Kuban Yazıları Antolojisi 1. Cilt</t>
+          <t>Sosyalist</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>539</v>
+        <v>475</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752310650</t>
+          <t>9786056195037</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kıtasının Müslüman Denizciler Tarafından Kolomb Öncesi Keşfi ve Piri Reis</t>
+          <t>Derinliğine Marka</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000026682</t>
+          <t>9789752311459</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Belgesel Seti - 2 (25 DVD + 25 Kitap)</t>
+          <t>Doğan Kuban Yazıları Antolojisi 1. Cilt</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>4875</v>
+        <v>539</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752311473</t>
+          <t>9789752310650</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hatırımda Kalanlar</t>
+          <t>Amerika Kıtasının Müslüman Denizciler Tarafından Kolomb Öncesi Keşfi ve Piri Reis</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752311299</t>
+          <t>3990000026682</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kitabi Hamdi Efendi ve Trabzon</t>
+          <t>Vahşi Yaşam Belgesel Seti - 2 (25 DVD + 25 Kitap)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>565</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752311435</t>
+          <t>9789752311473</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Yaşıyorum</t>
+          <t>Hatırımda Kalanlar</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752311343</t>
+          <t>9789752311299</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’ye Elveda (Ciltli)</t>
+          <t>Kitabi Hamdi Efendi ve Trabzon</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>10800</v>
+        <v>565</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9771305686005</t>
+          <t>9789752311435</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>3D Çocuk Dergisi - İnanılmaz Dinozorlar (Sayfalardan Fırlayan Dinolar)</t>
+          <t>Kanserle Yaşıyorum</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>128.7</v>
+        <v>475</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752306134</t>
+          <t>9789752311343</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şarap Seçimi İle Deniz Ürünleri (Ciltli)</t>
+          <t>Rumeli’ye Elveda (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>815</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752306066</t>
+          <t>9771305686005</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şarap Keyfi (Ciltli)</t>
+          <t>3D Çocuk Dergisi - İnanılmaz Dinozorlar (Sayfalardan Fırlayan Dinolar)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>690</v>
+        <v>128.7</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755217192</t>
+          <t>9789752306134</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sualtına İlk Adım</t>
+          <t>Şarap Seçimi İle Deniz Ürünleri (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>640</v>
+        <v>815</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752303553</t>
+          <t>9789752306066</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Stretching Kas Germe Tekniği</t>
+          <t>Şarap Keyfi (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>475</v>
+        <v>690</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755217628</t>
+          <t>9789755217192</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>St Petersburg 1703-2003</t>
+          <t>Sualtına İlk Adım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>360</v>
+        <v>640</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755216249</t>
+          <t>9789752303553</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Smetana, Strauss, Debussy, Rossini, Wagner Klasik Müzik Koleksiyonu</t>
+          <t>Stretching Kas Germe Tekniği</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>580</v>
+        <v>475</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755216089</t>
+          <t>9789755217628</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Erotizmi Beyaz Perdenin Cinselliği</t>
+          <t>St Petersburg 1703-2003</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752310674</t>
+          <t>9789755216249</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresinin Stresi</t>
+          <t>Smetana, Strauss, Debussy, Rossini, Wagner Klasik Müzik Koleksiyonu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>540</v>
+        <v>580</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752306585</t>
+          <t>9789755216089</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sığacık</t>
+          <t>Sinemanın Erotizmi Beyaz Perdenin Cinselliği</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752301351</t>
+          <t>9789752310674</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Tabaklar</t>
+          <t>Sınav Stresinin Stresi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>690</v>
+        <v>540</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752306646</t>
+          <t>9789752306585</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Seyahatnamem</t>
+          <t>Sığacık</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>380</v>
+        <v>475</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752308596</t>
+          <t>9789752301351</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sentez Diyeti</t>
+          <t>Sıcak Tabaklar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>585</v>
+        <v>690</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752303171</t>
+          <t>9789752306646</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Kuvvet Egzersizleri Pilates İleri Seviye Egzersizleri</t>
+          <t>Seyahatnamem</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>475</v>
+        <v>380</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752303157</t>
+          <t>9789752308596</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Egzersiz Pilates Günde 10 Dakika</t>
+          <t>Sentez Diyeti</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>475</v>
+        <v>585</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752303164</t>
+          <t>9789752303171</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Orta Yaşlılar İçin Pilates Başlangıç Egzersizleri</t>
+          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Kuvvet Egzersizleri Pilates İleri Seviye Egzersizleri</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752303188</t>
+          <t>9789752303157</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Orta Yaş ve Üstü İçin Pilates Orta Seviye Egzersizleri</t>
+          <t>Senin Seçimin Pilates - Yetişkinler İçin Pilates ve Egzersiz Pilates Günde 10 Dakika</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752303621</t>
+          <t>9789752303164</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Kontrol Sizde Pilates Yeni Bir Başlangıç</t>
+          <t>Senin Seçimin Pilates - Orta Yaşlılar İçin Pilates Başlangıç Egzersizleri</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752308992</t>
+          <t>9789752303188</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Seçmenin Din, Toplum ve Siyasete Bakışı; Antalya Örneği</t>
+          <t>Senin Seçimin Pilates - Orta Yaş ve Üstü İçin Pilates Orta Seviye Egzersizleri</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752305816</t>
+          <t>9789752303621</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Mutlu Çocuklar İçin Doğru Bildiğiniz Yanlışlar</t>
+          <t>Senin Seçimin Pilates - Kontrol Sizde Pilates Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755218885</t>
+          <t>9789752308992</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Rotterdam 1900-2000</t>
+          <t>Seçmenin Din, Toplum ve Siyasete Bakışı; Antalya Örneği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990000000335</t>
+          <t>9789752305816</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Raj Rewal</t>
+          <t>Sağlıklı ve Mutlu Çocuklar İçin Doğru Bildiğiniz Yanlışlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755217154</t>
+          <t>9789755218885</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Prag 1900-2000</t>
+          <t>Rotterdam 1900-2000</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752307193</t>
+          <t>3990000000335</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Prag - Pratik Kent Rehberi</t>
+          <t>Raj Rewal</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752310520</t>
+          <t>9789755217154</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis and Turkish Mapmaking After Columbus (Ciltli)</t>
+          <t>Prag 1900-2000</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>740</v>
+        <v>360</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755216829</t>
+          <t>9789752307193</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Paris 1900-2000</t>
+          <t>Prag - Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752306820</t>
+          <t>9789752310520</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ve Yedi Cüceler (Ciltli)</t>
+          <t>Piri Reis and Turkish Mapmaking After Columbus (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>475</v>
+        <v>740</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755214290</t>
+          <t>9789755216829</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayat’tan Küreselleşme’ye</t>
+          <t>Paris 1900-2000</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752305557</t>
+          <t>9789752306820</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>OKAP Okullarda Afete Hazırlık El Kitabı</t>
+          <t>Pamuk ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752306813</t>
+          <t>9789755214290</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Noktalarım Nerede? (Ciltli)</t>
+          <t>Özel Hayat’tan Küreselleşme’ye</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755218564</t>
+          <t>9789752305557</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Newyork 1990-2003</t>
+          <t>OKAP Okullarda Afete Hazırlık El Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752307537</t>
+          <t>9789752306813</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>New York Pratik Kent Rehberi</t>
+          <t>Noktalarım Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755219820</t>
+          <t>9789755218564</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Münih 1900-2000</t>
+          <t>Newyork 1990-2003</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752305588</t>
+          <t>9789752307537</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aileler Nasıl Kurulur? Nasıl Sürdürülür?</t>
+          <t>New York Pratik Kent Rehberi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755216751</t>
+          <t>9789755219820</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Moskova 1917-2000</t>
+          <t>Münih 1900-2000</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752306806</t>
+          <t>9789752305588</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çiçeği Masalları (Ciltli)</t>
+          <t>Mutlu Aileler Nasıl Kurulur? Nasıl Sürdürülür?</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755216140</t>
+          <t>9789755216751</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Tüketim</t>
+          <t>Moskova 1917-2000</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755214764</t>
+          <t>9789752306806</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Sanallık</t>
+          <t>Yarın Çiçeği Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752300057</t>
+          <t>9789755216140</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Milano 1900-2000</t>
+          <t>Mimarlık ve Tüketim</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752309012</t>
+          <t>9789755214764</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Meyhane Erbabının El Kitabı</t>
+          <t>Mimarlık ve Sanallık</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752300040</t>
+          <t>9789752300057</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Merkezi Bir Kent Parçası Kentsel Tasarım Projesi</t>
+          <t>Milano 1900-2000</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752309050</t>
+          <t>9789752309012</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Meltem</t>
+          <t>Meyhane Erbabının El Kitabı</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752305595</t>
+          <t>9789752300040</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mavigül</t>
+          <t>Merkezi Bir Kent Parçası Kentsel Tasarım Projesi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755217147</t>
+          <t>9789752309050</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Londra 1980-2000</t>
+          <t>Meltem</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752301474</t>
+          <t>9789752305595</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Le Corbusier Gözüyle Türk Mimarlığı ve Şehirciliği</t>
+          <t>Mavigül</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>690</v>
+        <v>360</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752305601</t>
+          <t>9789755217147</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tabaklar Büyük Tatlar</t>
+          <t>Londra 1980-2000</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752306776</t>
+          <t>9789752301474</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Geyik ile Kurbağa Kardeşler (Ciltli)</t>
+          <t>Le Corbusier Gözüyle Türk Mimarlığı ve Şehirciliği</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>475</v>
+        <v>690</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752306790</t>
+          <t>9789752305601</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Afacan İle Kedisi (Ciltli)</t>
+          <t>Küçük Tabaklar Büyük Tatlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>475</v>
+        <v>510</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752306998</t>
+          <t>9789752306776</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Masal Kütüphanesi - 19 Kitap Takım (Ciltli)</t>
+          <t>Geyik ile Kurbağa Kardeşler (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>9025</v>
+        <v>475</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752303539</t>
+          <t>9789752306790</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Masaj Keyfi</t>
+          <t>Afacan İle Kedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752306677</t>
+          <t>9789752306998</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kelebek (Ciltli)</t>
+          <t>Masal Kütüphanesi - 19 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>475</v>
+        <v>9025</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752306684</t>
+          <t>9789752303539</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Aşçı Kızılcık (Ciltli)</t>
+          <t>Masaj Keyfi</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752305793</t>
+          <t>9789752306677</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların El Kitabı - Çocukluktan Ergenliğe</t>
+          <t>Aşık Kelebek (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752311718</t>
+          <t>9789752306684</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Derya /Ayvazovski’nin Gizli İstanbul Güncesi</t>
+          <t>Aşçı Kızılcık (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>690</v>
+        <v>475</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752311695</t>
+          <t>9789752305793</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyoğlu Bestekarı: Karnik Garmiryan (Ciltli)</t>
+          <t>Anne Babaların El Kitabı - Çocukluktan Ergenliğe</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>615</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752307353</t>
+          <t>9789752311718</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Astronomy, Geography and Navigations in Islamic Civilization (Ciltli)</t>
+          <t>Aşk-ı Derya /Ayvazovski’nin Gizli İstanbul Güncesi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>10800</v>
+        <v>690</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752311398</t>
+          <t>9789752311695</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Narlı Tarifler</t>
+          <t>Bir Beyoğlu Bestekarı: Karnik Garmiryan (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>690</v>
+        <v>615</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755214224</t>
+          <t>9789752307353</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Itsuko Hasegawa</t>
+          <t>Astronomy, Geography and Navigations in Islamic Civilization (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>265</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752307209</t>
+          <t>9789752311398</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Eats Exploring The Culinary Backstreets Since 2009</t>
+          <t>Narlı Tarifler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>489</v>
+        <v>690</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752303324</t>
+          <t>9789755214224</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Herkes İçin Pilates Orta Seviye Program Egzersizleri Sistem 17 Haftada 3 Gün, Günde 40 Dakika</t>
+          <t>Itsuko Hasegawa</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>475</v>
+        <v>265</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752303263</t>
+          <t>9789752307209</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Aletsiz Egzersizler Aerobik, Step, Stretching Egzersizleri</t>
+          <t>Istanbul Eats Exploring The Culinary Backstreets Since 2009</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>475</v>
+        <v>489</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752303249</t>
+          <t>9789752303324</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Pilates - Aletli Egzersizler Reach Denge Kuvvet Sıkıştırma Programı</t>
+          <t>Senin Seçimin Pilates - Herkes İçin Pilates Orta Seviye Program Egzersizleri Sistem 17 Haftada 3 Gün, Günde 40 Dakika</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752302495</t>
+          <t>9789752303263</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Fit Mide ve Bel  Egzersizleri</t>
+          <t>Senin Seçimin Pilates - Aletsiz Egzersizler Aerobik, Step, Stretching Egzersizleri</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752302488</t>
+          <t>9789752303249</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Fit Kas Gruplarına Göre</t>
+          <t>Senin Seçimin Pilates - Aletli Egzersizler Reach Denge Kuvvet Sıkıştırma Programı</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752305335</t>
+          <t>9789752302495</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İsim İsim İstanbul</t>
+          <t>Senin Seçimin Fit Mide ve Bel  Egzersizleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>850</v>
+        <v>475</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752307100</t>
+          <t>9789752302488</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Kültür</t>
+          <t>Senin Seçimin Fit Kas Gruplarına Göre</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755214160</t>
+          <t>9789752305335</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Daniel Libeskind</t>
+          <t>İsim İsim İstanbul</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752310841</t>
+          <t>9789752307100</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pergamon / Bergama ve Krallığının Kültür Yansımaları</t>
+          <t>İnsan ve Kültür</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>10800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9771308209013</t>
+          <t>9789755214160</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>BBC Active Goal</t>
+          <t>Daniel Libeskind</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>3250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752310902</t>
+          <t>9789752310841</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Damak Tadının İzinde Tarih ve Sanat Yolculuğu</t>
+          <t>Pergamon / Bergama ve Krallığının Kültür Yansımaları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>499</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752311480</t>
+          <t>9771308209013</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Riskli Bebek İzlemi (Ciltli)</t>
+          <t>BBC Active Goal</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>650</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>3990000026703</t>
+          <t>9789752310902</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Belgesel Seti - 1 (25 DVD + 25 Kitap)</t>
+          <t>Damak Tadının İzinde Tarih ve Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>4875</v>
+        <v>499</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752310568</t>
+          <t>9789752311480</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Çıkartma ve Aktivite Kitabı</t>
+          <t>Riskli Bebek İzlemi (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752311701</t>
+          <t>3990000026703</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ayvazovski / Denizler, Şehirler ve Düşler Işık, Su ve Gökyüzü (Ciltli)</t>
+          <t>Vahşi Yaşam Belgesel Seti - 1 (25 DVD + 25 Kitap)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>10800</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752310483</t>
+          <t>9789752310568</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Kitab-ı Bahriye (Ciltli)</t>
+          <t>Piri Reis Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>14600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752311749</t>
+          <t>9789752311701</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Melling Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Ayvazovski / Denizler, Şehirler ve Düşler Işık, Su ve Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>375</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752311800</t>
+          <t>9789752310483</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bartlett Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Piri Reis Kitab-ı Bahriye (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>375</v>
+        <v>14600</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752311787</t>
+          <t>9789752311749</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Schranz Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Melling Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752311794</t>
+          <t>9789752311800</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Allom Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Bartlett Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752311770</t>
+          <t>9789752311787</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Lewis Pitoresk İstanbul Kartpostal Kitabı</t>
+          <t>Schranz Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752305632</t>
+          <t>9789752311794</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cihannüma (Ciltli)</t>
+          <t>Allom Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>10800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752310889</t>
+          <t>9789752311770</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Batsın Böyle Gazetecilik</t>
+          <t>Lewis Pitoresk İstanbul Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789752302341</t>
+          <t>9789752305632</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan İstanbul’um Bir Mimarın Anıları 1947-1957</t>
+          <t>Kitab-ı Cihannüma (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>690</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752310797</t>
+          <t>9789752310889</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne İsim İsim Ankara (Ciltli)</t>
+          <t>Batsın Böyle Gazetecilik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>850</v>
+        <v>475</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752306233</t>
+          <t>9789752302341</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mandarin Çincesi Konuşma Rehberi ve Pratik Sözlük</t>
+          <t>Kaybolan İstanbul’um Bir Mimarın Anıları 1947-1957</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>375</v>
+        <v>690</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755219905</t>
+          <t>9789752310797</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Madrid 1970-2000</t>
+          <t>Geçmişten Bugüne İsim İsim Ankara (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755219134</t>
+          <t>9789752306233</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles 1900-2000</t>
+          <t>Mandarin Çincesi Konuşma Rehberi ve Pratik Sözlük</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752306967</t>
+          <t>9789755219905</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Yönetişim ve Yerel Kalkınma</t>
+          <t>Madrid 1970-2000</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789752310896</t>
+          <t>9789755219134</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Annelik Akademisi - Anne Yapamam, Başım Çok Ağrıyor</t>
+          <t>Los Angeles 1900-2000</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752307490</t>
+          <t>9789752306967</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Emin Barın Hat'tan Harf'e (Kutulu) (Ciltli)</t>
+          <t>Türkiye’de Yerel Yönetişim ve Yerel Kalkınma</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>10800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752309104</t>
+          <t>9789752310896</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Osmanlı (Ciltli)</t>
+          <t>Annelik Akademisi - Anne Yapamam, Başım Çok Ağrıyor</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>10800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752311381</t>
+          <t>9789752307490</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yürek</t>
+          <t>Emin Barın Hat'tan Harf'e (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>540</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752310834</t>
+          <t>9789752309104</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi'nin Esas Kitab-ı Cihannüması ve Coğrafya Tarihi'ndeki Yeri (Ciltli)</t>
+          <t>Bir Zamanlar Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>6000</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752310827</t>
+          <t>9789752311381</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sırları 2 (DVD'li) (Ciltli)</t>
+          <t>Küçük Yürek</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>10800</v>
+        <v>540</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752304543</t>
+          <t>9789752310834</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Düşünceler 3</t>
+          <t>Katip Çelebi'nin Esas Kitab-ı Cihannüması ve Coğrafya Tarihi'ndeki Yeri (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>639</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752304536</t>
+          <t>9789752310827</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Düşünceler 2</t>
+          <t>Arkeoloji Sırları 2 (DVD'li) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>639</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752306707</t>
+          <t>9789752304543</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Anaokulum Çok Güzelmiş (Ciltli)</t>
+          <t>Anılar ve Düşünceler 3</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>475</v>
+        <v>639</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752307520</t>
+          <t>9789752304536</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Parlamentoya  Muammer Erten</t>
+          <t>Anılar ve Düşünceler 2</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>475</v>
+        <v>639</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755219554</t>
+          <t>9789752306707</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tokyo 1970-2000</t>
+          <t>Anaokulum Çok Güzelmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
+          <t>9789752307520</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Topraktan Parlamentoya  Muammer Erten</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789755219554</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Tokyo 1970-2000</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
           <t>9789752300354</t>
         </is>
       </c>
-      <c r="B360" s="1" t="inlineStr">
+      <c r="B362" s="1" t="inlineStr">
         <is>
           <t>The Treasury of Turkish Cheeses Türkiye’nin Peynir Hazineleri</t>
         </is>
       </c>
-      <c r="C360" s="1">
+      <c r="C362" s="1">
         <v>540</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>