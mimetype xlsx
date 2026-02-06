--- v0 (2025-10-16)
+++ v1 (2026-02-06)
@@ -85,310 +85,325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259394688</t>
+          <t>9786259355900</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seçim Nasıl Kazanılır? – Bugünün Siyasetçileri için Kadim Bir Rehber</t>
+          <t>Kalp Lambası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259394664</t>
+          <t>9786259394688</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Devlet Nasıl Yönetilir? – Bugünün Liderleri için Kadim Bir Rehber</t>
+          <t>Seçim Nasıl Kazanılır? – Bugünün Siyasetçileri için Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>108</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259394671</t>
+          <t>9786259394664</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşlanmalı? – Hayatın İkinci Baharı için Kadim Bir Rehber</t>
+          <t>Devlet Nasıl Yönetilir? – Bugünün Liderleri için Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>96</v>
+        <v>108</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259394640</t>
+          <t>9786259394671</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Nasıl Düşünmeli? – Dış Politikaya Dair Kadim Bir Rehber</t>
+          <t>Nasıl Yaşlanmalı? – Hayatın İkinci Baharı için Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259394657</t>
+          <t>9786259394640</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sakin Kalınır? – Öfke Kontrolüne Dair Kadim Bir Rehber</t>
+          <t>Savaşı Nasıl Düşünmeli? – Dış Politikaya Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>96</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259394633</t>
+          <t>9786259394657</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Nasıl Düşünmeli? – İnançlılar ve İnançsızlar için Kadim Bir Rehber</t>
+          <t>Nasıl Sakin Kalınır? – Öfke Kontrolüne Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>72</v>
+        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057054869</t>
+          <t>9786259394633</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Lider Olunur? – Bilge Liderliğe Dair Kadim Bir Rehber</t>
+          <t>Tanrı’yı Nasıl Düşünmeli? – İnançlılar ve İnançsızlar için Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259394626</t>
+          <t>9786057054869</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Kötü Bir İmparator Olunur? – Berbat Yöneticilere Dair Kadim Bir Rehber</t>
+          <t>Nasıl Lider Olunur? – Bilge Liderliğe Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>144</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259394619</t>
+          <t>9786259394626</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nasıl İçilir? – İçki İçme Sanatına Dair Klasik Bir Rehber</t>
+          <t>Nasıl Kötü Bir İmparator Olunur? – Berbat Yöneticilere Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>204</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259394602</t>
+          <t>9786259394619</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur? – Kadim Bir Şairden Aşırılıklar Çağına Bir Rehber</t>
+          <t>Nasıl İçilir? – İçki İçme Sanatına Dair Klasik Bir Rehber</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>156</v>
+        <v>204</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057054890</t>
+          <t>9786259394602</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Cömert Olunur? – Vermeye ve Almaya Dair Kadim Bir Rehber</t>
+          <t>Nasıl Mutlu Olunur? – Kadim Bir Şairden Aşırılıklar Çağına Bir Rehber</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>156</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057054876</t>
+          <t>9786057054890</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nişino’nun On Aşkı</t>
+          <t>Nasıl Cömert Olunur? – Vermeye ve Almaya Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057054852</t>
+          <t>9786057054876</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dost Olunur? - Gerçek Dostluğa Dair Kadim Bir Rehber</t>
+          <t>Nişino’nun On Aşkı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057054845</t>
+          <t>9786057054852</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Neredeyse Tanrı Oradadır</t>
+          <t>Nasıl Dost Olunur? - Gerçek Dostluğa Dair Kadim Bir Rehber</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057054838</t>
+          <t>9786057054845</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaşındayken Kendimi Öldürdüm</t>
+          <t>Sevgi Neredeyse Tanrı Oradadır</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057054821</t>
+          <t>9786057054838</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kütüphane</t>
+          <t>Beş Yaşındayken Kendimi Öldürdüm</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057054807</t>
+          <t>9786057054821</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Kadın</t>
+          <t>Görünmez Kütüphane</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
+          <t>9786057054807</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Kadın</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
           <t>9786057054814</t>
         </is>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Deniz Canavarları</t>
         </is>
       </c>
-      <c r="C19" s="1">
+      <c r="C20" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>