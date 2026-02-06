--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,1150 +85,1180 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054530922</t>
+          <t>9786054530960</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İncilerdeki İncelikler</t>
+          <t>Miraciye Şerhi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054530908</t>
+          <t>9786054530939</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler (Yıldızların İzinden)</t>
+          <t>Sezay-i Gülşeni'nin Aynasından Hüsn ve Cemal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054530786</t>
+          <t>9786054530922</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Havadis</t>
+          <t>İncilerdeki İncelikler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944013604</t>
+          <t>9786054530908</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Bedir ( Yaldız Baskılı) (Ciltli)</t>
+          <t>Hanım Sahabiler (Yıldızların İzinden)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056145063</t>
+          <t>9786054530786</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayret Vadisi</t>
+          <t>Hayırlı Havadis</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056145025</t>
+          <t>9789944013604</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali'nin Hikmetli Sözleri</t>
+          <t>Ashab-ı Bedir ( Yaldız Baskılı) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054530847</t>
+          <t>9786056145063</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gül'ün Hak Seferi</t>
+          <t>Hayret Vadisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054530816</t>
+          <t>9786056145025</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İsimden Müsemmaya Manevi Yükseliş - Fecru'l-Esma ve Subhu'l-Müsemma</t>
+          <t>Hazreti Ali'nin Hikmetli Sözleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054530809</t>
+          <t>9786054530847</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Hasan Sezayi-i Gülşeni Şerhleri</t>
+          <t>Beyaz Gül'ün Hak Seferi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054530793</t>
+          <t>9786054530816</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Vuslat Yolculuğu</t>
+          <t>İsimden Müsemmaya Manevi Yükseliş - Fecru'l-Esma ve Subhu'l-Müsemma</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054530250</t>
+          <t>9786054530809</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Aşk</t>
+          <t>Osmanlı'dan Günümüze Hasan Sezayi-i Gülşeni Şerhleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759076092</t>
+          <t>9786054530793</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Huda'nın Ulu Dergahı Gönül</t>
+          <t>Aşıkların Vuslat Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054530748</t>
+          <t>9786054530250</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tecelliyat</t>
+          <t>Asar-ı Aşk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054530755</t>
+          <t>9789759076092</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hind Alt Kıtası'nda Tasavvuf - Çiştiyye Tarikatı 12 - 15. Yüzyıllar</t>
+          <t>Huda'nın Ulu Dergahı Gönül</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054530724</t>
+          <t>9786054530748</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarikatname: Kadiriyye Usul ve Adabı - Eşrefoğlu Rumi</t>
+          <t>Tecelliyat</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054530687</t>
+          <t>9786054530755</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>40 Ayet 40 Hadis 40 Söz</t>
+          <t>Hind Alt Kıtası'nda Tasavvuf - Çiştiyye Tarikatı 12 - 15. Yüzyıllar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054530663</t>
+          <t>9786054530724</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şefa'at Ya Resulallah</t>
+          <t>Tarikatname: Kadiriyye Usul ve Adabı - Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054530670</t>
+          <t>9786054530687</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Halvetilikte Nefs Mertebeleri ve Tavırları</t>
+          <t>40 Ayet 40 Hadis 40 Söz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054530656</t>
+          <t>9786054530663</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kenzü'l-Feyz</t>
+          <t>Şefa'at Ya Resulallah</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054530632</t>
+          <t>9786054530670</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dervişlerin Sevinci</t>
+          <t>Halvetilikte Nefs Mertebeleri ve Tavırları</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054530625</t>
+          <t>9786054530656</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliya ve Türbeleri</t>
+          <t>Kenzü'l-Feyz</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054530588</t>
+          <t>9786054530632</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şekli ve Ruhu İle Namaz</t>
+          <t>Dervişlerin Sevinci</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054530601</t>
+          <t>9786054530625</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Üveys El-Kareni</t>
+          <t>İstanbul Evliya ve Türbeleri</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054530175</t>
+          <t>9786054530588</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bahaiyye (Dergi Boy )</t>
+          <t>Şekli ve Ruhu İle Namaz</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054530540</t>
+          <t>9786054530601</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba Hazretlerinin Evradı - Evrad-ı Safeviyye</t>
+          <t>Menakıb-ı Üveys El-Kareni</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054530564</t>
+          <t>9786054530175</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bektaşiyye</t>
+          <t>Evrad-ı Bahaiyye (Dergi Boy )</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054530571</t>
+          <t>9786054530540</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hızır Aleyhisselam - Karanlıklar Çeşmesi</t>
+          <t>Somuncu Baba Hazretlerinin Evradı - Evrad-ı Safeviyye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054530557</t>
+          <t>9786054530564</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sezayi-i Gülşeni Divanı</t>
+          <t>Evrad-ı Bektaşiyye</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054530212</t>
+          <t>9786054530571</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbnü'l-Arabi Hazretlerinin Salatlarından Bir Demet</t>
+          <t>Hızır Aleyhisselam - Karanlıklar Çeşmesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054530526</t>
+          <t>9786054530557</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif ve Tasavvuf</t>
+          <t>Hasan Sezayi-i Gülşeni Divanı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054530502</t>
+          <t>9786054530212</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde</t>
+          <t>Muhyiddin İbnü'l-Arabi Hazretlerinin Salatlarından Bir Demet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054530496</t>
+          <t>9786054530526</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat</t>
+          <t>Mehmed Akif ve Tasavvuf</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054530229</t>
+          <t>9786054530502</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir</t>
+          <t>Kaside-i Bürde</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054530489</t>
+          <t>9786054530496</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Tohumu (Habbetü’l-Mahabbe)</t>
+          <t>Delailü'l Hayrat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054530267</t>
+          <t>9786054530229</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Da'i'r-Reşad Li-Sebili'l-İttihad Ve'l-İnkıyad (Birlik ve İtâat Yoluna Davet)</t>
+          <t>Cevşen-i Kebir</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054530243</t>
+          <t>9786054530489</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Kadiriyye (Tercüme-Şerh)</t>
+          <t>Sevgi Tohumu (Habbetü’l-Mahabbe)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054530472</t>
+          <t>9786054530267</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Gözünde Ashab-ı Kehf</t>
+          <t>Da'i'r-Reşad Li-Sebili'l-İttihad Ve'l-İnkıyad (Birlik ve İtâat Yoluna Davet)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054530465</t>
+          <t>9786054530243</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Celvetiyye</t>
+          <t>Evrad-ı Kadiriyye (Tercüme-Şerh)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054530199</t>
+          <t>9786054530472</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Fethiyye</t>
+          <t>Sufilerin Gözünde Ashab-ı Kehf</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054530458</t>
+          <t>9786054530465</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Levamiü'l Hamidiyye</t>
+          <t>Evrad-ı Celvetiyye</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054530434</t>
+          <t>9786054530199</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Cerrahiyye</t>
+          <t>Evrad-ı Fethiyye</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054530403</t>
+          <t>9786054530458</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Hayat</t>
+          <t>Levamiü'l Hamidiyye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054530366</t>
+          <t>9786054530434</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Edirneli Şeyh Ahmed Müsellem el-Gülşeni</t>
+          <t>Evrad-ı Cerrahiyye</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054530373</t>
+          <t>9786054530403</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Efendiler Efendisi İçin Mevlid Okumanın Faziletleri</t>
+          <t>Adanmış Hayat</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054530397</t>
+          <t>9786054530366</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Şazeliyye</t>
+          <t>Edirneli Şeyh Ahmed Müsellem el-Gülşeni</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054530380</t>
+          <t>9786054530373</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Mersiyyeleri</t>
+          <t>Efendiler Efendisi İçin Mevlid Okumanın Faziletleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054530342</t>
+          <t>9786054530397</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bayramiyye</t>
+          <t>Evrad-ı Şazeliyye</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054530335</t>
+          <t>9786054530380</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Adabu'l-Mürid</t>
+          <t>Kerbela Mersiyyeleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054530359</t>
+          <t>9786054530342</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı  Desükiyye</t>
+          <t>Evrad-ı Bayramiyye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054530298</t>
+          <t>9786054530335</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Ticaniyye</t>
+          <t>Adabu'l-Mürid</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054530304</t>
+          <t>9786054530359</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Sa‘diyye</t>
+          <t>Evrad-ı  Desükiyye</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054530281</t>
+          <t>9786054530298</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilal Nuri Münacatı</t>
+          <t>Evrad-ı Ticaniyye</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054530311</t>
+          <t>9786054530304</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Salat-ı Bedeviyye</t>
+          <t>Evrad-ı Sa‘diyye</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054530137</t>
+          <t>9786054530281</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oniki İmam</t>
+          <t>Bilal Nuri Münacatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054530090</t>
+          <t>9786054530311</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bahaiyye Şerhi</t>
+          <t>Salat-ı Bedeviyye</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054530120</t>
+          <t>9786054530137</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Sezaiyye-i Gülşeniyye</t>
+          <t>Oniki İmam</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054530168</t>
+          <t>9786054530090</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tariku's-Savab - Salavat-ı Şerifeler (Ciltli)</t>
+          <t>Evrad-ı Bahaiyye Şerhi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054530021</t>
+          <t>9786054530120</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Bahaiyye</t>
+          <t>Evrad-ı Sezaiyye-i Gülşeniyye</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758811090</t>
+          <t>9786054530168</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tam ve Mükemmel Soru-Cevaplı Karabaş Tecvidi</t>
+          <t>Tariku's-Savab - Salavat-ı Şerifeler (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056145032</t>
+          <t>9786054530021</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Rifaiyye</t>
+          <t>Evrad-ı Bahaiyye</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054530182</t>
+          <t>9789758811090</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Salat-ı Kemaliyye Şerhi</t>
+          <t>Tam ve Mükemmel Soru-Cevaplı Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054530076</t>
+          <t>9786056145032</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Veliler Başbuğu Şah-ı Nakşibend</t>
+          <t>Evrad-ı Rifaiyye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054530144</t>
+          <t>9786054530182</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Efendimize Muhammedi Dua</t>
+          <t>Salat-ı Kemaliyye Şerhi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054530069</t>
+          <t>9786054530076</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Terörizmin İşsizlik Üzerine Etkileri</t>
+          <t>Veliler Başbuğu Şah-ı Nakşibend</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054530083</t>
+          <t>9786054530144</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Seçme Nasreddin Hoca Latifeleri</t>
+          <t>Sevgili Efendimize Muhammedi Dua</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056145056</t>
+          <t>9786054530069</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hızır Aleyhisselam Niyazi-i Mısri</t>
+          <t>Türkiye'deki Terörizmin İşsizlik Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054530038</t>
+          <t>9786054530083</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sünbül Efendi - Risale-i Tahkikiyye</t>
+          <t>Seçme Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056145087</t>
+          <t>9786056145056</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ve Tasavvuf</t>
+          <t>Hızır Aleyhisselam Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944013611</t>
+          <t>9786054530038</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın İkinci Başkenti Edirne'de Tasavvuf Kültürü (Ciltli)</t>
+          <t>Sünbül Efendi - Risale-i Tahkikiyye</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054530113</t>
+          <t>9786056145087</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Kebir-i Hazret-i Mevlana</t>
+          <t>Nasreddin Hoca ve Tasavvuf</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054530106</t>
+          <t>9789944013611</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Salat-ı Meşiş ve Açıklaması</t>
+          <t>Osmanlı'nın İkinci Başkenti Edirne'de Tasavvuf Kültürü (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054530151</t>
+          <t>9786054530113</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hafız Hüseyin Ayvansarayi Vefeyat-ı Ayvansarayi</t>
+          <t>Evrad-ı Kebir-i Hazret-i Mevlana</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944013697</t>
+          <t>9786054530106</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Düsturu Hazret- i Ali'nin Şiir ve Vecizelerinden Seçmeler</t>
+          <t>Salat-ı Meşiş ve Açıklaması</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
+          <t>9786054530151</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Hafız Hüseyin Ayvansarayi Vefeyat-ı Ayvansarayi</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789944013697</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Düsturu Hazret- i Ali'nin Şiir ve Vecizelerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
           <t>9786054530007</t>
         </is>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Hazret- i Ali'nin Yüz Sözü Gül- i Sad Berg</t>
         </is>
       </c>
-      <c r="C75" s="1">
+      <c r="C77" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>