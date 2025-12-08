--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,2560 +85,2635 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258471908</t>
+          <t>9786055524760</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sihir Kitabı</t>
+          <t>Bir Cep Dolusu Öpücük</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258471892</t>
+          <t>9786258471915</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Psişik Tarot Sanatı</t>
+          <t>Wildwood Tarot</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>465</v>
+        <v>869</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258471144</t>
+          <t>9786258471939</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarot Rehberi - Kusursuz Yorumlamalar İçin</t>
+          <t>Haz Tuzağı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>528</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258471885</t>
+          <t>9786258471922</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Para Bağırır Servet Fısıldar</t>
+          <t>Finansal Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>395</v>
+        <v>422</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258471861</t>
+          <t>9786258471946</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kumarı Bırakmanın Kolay Yolu</t>
+          <t>Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258471878</t>
+          <t>9786258471908</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Utancı Aşmak</t>
+          <t>Sihir Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258471854</t>
+          <t>9786258471892</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Aç</t>
+          <t>Psişik Tarot Sanatı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258471847</t>
+          <t>9786258471144</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Limonata</t>
+          <t>Tarot Rehberi - Kusursuz Yorumlamalar İçin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>174</v>
+        <v>528</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258471830</t>
+          <t>9786258471885</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarınız Olmalı - 2</t>
+          <t>Para Bağırır Servet Fısıldar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258471823</t>
+          <t>9786258471861</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Gençlik Pınarı</t>
+          <t>Kumarı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258471816</t>
+          <t>9786258471878</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yla Mücadele Eden Bizler</t>
+          <t>Utancı Aşmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>554</v>
+        <v>425</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059397759</t>
+          <t>9786258471854</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Kitabı Aç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>473</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258471809</t>
+          <t>9786258471847</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerden Arınmak – 2025 Astrolojisi</t>
+          <t>Sihirli Limonata</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>328</v>
+        <v>174</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258471182</t>
+          <t>9786258471830</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Doruk Noktası</t>
+          <t>Bir Yazarınız Olmalı - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>274</v>
+        <v>345</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258471786</t>
+          <t>9786258471823</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarınız Olmalı: 1</t>
+          <t>Ebedi Gençlik Pınarı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258471793</t>
+          <t>9786258471816</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Biraz Benden Biraz Mülkten</t>
+          <t>Tanrı’yla Mücadele Eden Bizler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>554</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258471748</t>
+          <t>9786059397759</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kehaneti Kartları</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>690</v>
+        <v>473</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258471762</t>
+          <t>9786258471809</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Psişik Psikolog</t>
+          <t>Gölgelerden Arınmak – 2025 Astrolojisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>328</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258471779</t>
+          <t>9786258471182</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sihirde Ustalaşmak</t>
+          <t>Aydınlanmanın Doruk Noktası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>274</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258471755</t>
+          <t>9786258471786</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cadı Kehanet Destesi</t>
+          <t>Bir Yazarınız Olmalı: 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>690</v>
+        <v>345</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258471052</t>
+          <t>9786258471793</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Bağırsak</t>
+          <t>Biraz Benden Biraz Mülkten</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>412</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055154530</t>
+          <t>9786258471748</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Enerji Tıbbı</t>
+          <t>Cadı Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>675</v>
+        <v>690</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059397216</t>
+          <t>9786258471762</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun Arkadaşında Yatıya Kalıyor</t>
+          <t>Psişik Psikolog</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>174</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055154486</t>
+          <t>9786258471779</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Anatomisi - Gücün Ve Şifanın Yedi Aşaması</t>
+          <t>Sihirde Ustalaşmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>462</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057038081</t>
+          <t>9786258471755</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hayvanları Kehanet Kartları</t>
+          <t>Yeşil Cadı Kehanet Destesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>828</v>
+        <v>690</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9781401950446</t>
+          <t>9786258471052</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Akaşik Tarot Kartları</t>
+          <t>Büyüleyici Bağırsak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>828</v>
+        <v>412</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055890438</t>
+          <t>9786055154530</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Enerji Tıbbı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>675</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055524234</t>
+          <t>9786059397216</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Human Design (İnsan Tasarımı)</t>
+          <t>Minik Rakun Arkadaşında Yatıya Kalıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>480</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050032086</t>
+          <t>9786055154486</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Kişilik Analizi</t>
+          <t>Ruhun Anatomisi - Gücün Ve Şifanın Yedi Aşaması</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>465</v>
+        <v>462</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258471212</t>
+          <t>9786057038081</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Meleklerin Mesajı Tarot Kartları</t>
+          <t>Ruh Hayvanları Kehanet Kartları</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258471120</t>
+          <t>9781401950446</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kafeini Bırakmanın Kolay Yolu</t>
+          <t>Akaşik Tarot Kartları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>828</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258471106</t>
+          <t>9786055890438</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeker, Kötü Şeker</t>
+          <t>Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055154912</t>
+          <t>9786055524234</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetle Ayağa Kalkmak</t>
+          <t>Human Design (İnsan Tasarımı)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>422</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055154608</t>
+          <t>9786050032086</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kendiniz Olma Alışkanlığını Kırmak</t>
+          <t>Enneagram ile Kişilik Analizi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>484</v>
+        <v>465</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055154264</t>
+          <t>9786258471212</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Buddha'yı Keşfet</t>
+          <t>Koruyucu Meleklerin Mesajı Tarot Kartları</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258471007</t>
+          <t>9786258471120</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Kafeini Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>376</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057006158</t>
+          <t>9786258471106</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Human Design Rave I’Ching Kartları</t>
+          <t>İyi Şeker, Kötü Şeker</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>828</v>
+        <v>402</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758817061</t>
+          <t>9786055154912</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Çiçeğinin Unutulmuş Sırrı 1</t>
+          <t>Kuvvetle Ayağa Kalkmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>468</v>
+        <v>422</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055524999</t>
+          <t>9786055154608</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Melek Tarot Kartları</t>
+          <t>Kendiniz Olma Alışkanlığını Kırmak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>828</v>
+        <v>484</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055890599</t>
+          <t>9786055154264</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Buddha'yı Keşfet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>367</v>
+        <v>828</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759815165</t>
+          <t>9786258471007</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin ABC’si</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>410</v>
+        <v>376</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055524654</t>
+          <t>9786057006158</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bugün Bir Kova Doldurdun mu?</t>
+          <t>Human Design Rave I’Ching Kartları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>174</v>
+        <v>828</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059397834</t>
+          <t>9789758817061</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Meditasyon Kursu</t>
+          <t>Yaşam Çiçeğinin Unutulmuş Sırrı 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>381</v>
+        <v>468</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059397414</t>
+          <t>9786055524999</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öz Işık Şifası</t>
+          <t>Melek Tarot Kartları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>456</v>
+        <v>828</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258471694</t>
+          <t>9786055890599</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Moonology Ay Kehanetleri Gerçekleştirme Kartları</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>690</v>
+        <v>367</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258471700</t>
+          <t>9789759815165</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Orman Kehaneti 52 Kartlık Deste ve Rehber Kitap</t>
+          <t>İlişkilerin ABC’si</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>690</v>
+        <v>410</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258471731</t>
+          <t>9786055524654</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Sevginin Kendisi Nasıl Olunur?</t>
+          <t>Bugün Bir Kova Doldurdun mu?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258471724</t>
+          <t>9786059397834</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Travma Otobiyografisi</t>
+          <t>Bir Meditasyon Kursu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>306</v>
+        <v>381</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258471717</t>
+          <t>9786059397414</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kumbara</t>
+          <t>Öz Işık Şifası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>145</v>
+        <v>456</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258471557</t>
+          <t>9786258471694</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Artık Saklanamazsın</t>
+          <t>Moonology Ay Kehanetleri Gerçekleştirme Kartları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>245</v>
+        <v>690</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258471526</t>
+          <t>9786258471700</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>The Secret Hayalleri Gerçekleştirme Kartları</t>
+          <t>Kutsal Orman Kehaneti 52 Kartlık Deste ve Rehber Kitap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1188</v>
+        <v>690</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258471649</t>
+          <t>9786258471731</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cadı</t>
+          <t>Aradığın Sevginin Kendisi Nasıl Olunur?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>376</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258471588</t>
+          <t>9786258471724</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Travmayı İyileştirmek</t>
+          <t>Bir Travma Otobiyografisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>306</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258471618</t>
+          <t>9786258471717</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Bilgeliği</t>
+          <t>Sihirli Kumbara</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>382</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258471625</t>
+          <t>9786258471557</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Yol - Buddha, Zen, Tao, Tantra</t>
+          <t>Artık Saklanamazsın</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>540</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258471595</t>
+          <t>9786258471526</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Para Hakkında Size Öğretilmeyen Şeyler</t>
+          <t>The Secret Hayalleri Gerçekleştirme Kartları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>381</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258471687</t>
+          <t>9786258471649</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Otizm’in Maskesini İndirmek</t>
+          <t>Yeşil Cadı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>422</v>
+        <v>376</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258471656</t>
+          <t>9786258471588</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Travmayı İyileştirmek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>374</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258471663</t>
+          <t>9786258471618</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Tanrıça Bilgeliği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>279</v>
+        <v>382</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258471564</t>
+          <t>9786258471625</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dramasız Bir Yaşam</t>
+          <t>Spiritüel Yol - Buddha, Zen, Tao, Tantra</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>335</v>
+        <v>540</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258471571</t>
+          <t>9786258471595</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli VIP Ebeveynlik</t>
+          <t>Para Hakkında Size Öğretilmeyen Şeyler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>406</v>
+        <v>381</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258471601</t>
+          <t>9786258471687</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Arayışı</t>
+          <t>Otizm’in Maskesini İndirmek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>376</v>
+        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258471632</t>
+          <t>9786258471656</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>478</v>
+        <v>374</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258471670</t>
+          <t>9786258471663</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Affetmek</t>
+          <t>Elektronik Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>376</v>
+        <v>279</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258471540</t>
+          <t>9786258471564</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İyi Tarot</t>
+          <t>Dramasız Bir Yaşam</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>828</v>
+        <v>335</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258471533</t>
+          <t>9786258471571</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlham Perisi Tarotu</t>
+          <t>Bilinçli VIP Ebeveynlik</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>828</v>
+        <v>406</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258471519</t>
+          <t>9786258471601</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Human Design’ın Başucu Kitabı</t>
+          <t>Bilgelik Arayışı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>984</v>
+        <v>376</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258471502</t>
+          <t>9786258471632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Telefon Aptal Telefon Kendinizi Dijital Bağımlılıktan Kurtarın</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>404</v>
+        <v>478</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258471489</t>
+          <t>9786258471670</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bırak</t>
+          <t>Affetmek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>385</v>
+        <v>376</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258471465</t>
+          <t>9786258471540</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnancın Biyolojisi</t>
+          <t>İyi Tarot</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>425</v>
+        <v>828</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258471472</t>
+          <t>9786258471533</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Dediğin Tezahürdür</t>
+          <t>İlham Perisi Tarotu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>165</v>
+        <v>828</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258471496</t>
+          <t>9786258471519</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2024 Astrolojisi</t>
+          <t>Human Design’ın Başucu Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>248</v>
+        <v>984</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258471458</t>
+          <t>9786258471502</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Sağlık</t>
+          <t>Akıllı Telefon Aptal Telefon Kendinizi Dijital Bağımlılıktan Kurtarın</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>164</v>
+        <v>404</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258471434</t>
+          <t>9786258471489</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Hayat</t>
+          <t>Bırak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258471335</t>
+          <t>9786258471465</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun ve İyi, Kötü, Zorba</t>
+          <t>İnancın Biyolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>174</v>
+        <v>425</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258471441</t>
+          <t>9786258471472</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Oyunları</t>
+          <t>Tesadüf Dediğin Tezahürdür</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>156</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258471380</t>
+          <t>9786258471496</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şaman’ın Rüyası Kehaneti</t>
+          <t>2024 Astrolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>828</v>
+        <v>248</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258471373</t>
+          <t>9786258471458</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Tarot Royal</t>
+          <t>Yer Gök Sağlık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>828</v>
+        <v>164</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258471397</t>
+          <t>9786258471434</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peri Tarot Kartları</t>
+          <t>Üçüncü Hayat</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>828</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258471403</t>
+          <t>9786258471335</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arketip Kartlar</t>
+          <t>Minik Rakun ve İyi, Kötü, Zorba</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>828</v>
+        <v>174</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258471410</t>
+          <t>9786258471441</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tarotu</t>
+          <t>Bağlanma Oyunları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>828</v>
+        <v>156</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258471427</t>
+          <t>9786258471380</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Psişik Cadı</t>
+          <t>Şaman’ın Rüyası Kehaneti</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>406</v>
+        <v>828</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258471359</t>
+          <t>9786258471373</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ben’in Gözü</t>
+          <t>Yaldızlı Tarot Royal</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>828</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258471342</t>
+          <t>9786258471397</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anlayışın Kitabı</t>
+          <t>Peri Tarot Kartları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>406</v>
+        <v>828</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258471366</t>
+          <t>9786258471403</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Bilinç Haritası</t>
+          <t>Arketip Kartlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>412</v>
+        <v>828</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258471328</t>
+          <t>9786258471410</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kendi Benliğinle Nasıl Tanışılır?</t>
+          <t>Sufi Tarotu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>484</v>
+        <v>828</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258471298</t>
+          <t>9786258471427</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kitabım</t>
+          <t>Psişik Cadı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>406</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258471311</t>
+          <t>9786258471359</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Terapi Günlüğüm</t>
+          <t>Ben’in Gözü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258471304</t>
+          <t>9786258471342</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Baştan Yaz</t>
+          <t>Anlayışın Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>95</v>
+        <v>406</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258471267</t>
+          <t>9786258471366</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cadı Tarotu Kartları</t>
+          <t>Açıklamalı Bilinç Haritası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>828</v>
+        <v>412</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258471250</t>
+          <t>9786258471328</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dört Anlaşma Kartları</t>
+          <t>Kendi Benliğinle Nasıl Tanışılır?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>828</v>
+        <v>484</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258471205</t>
+          <t>9786258471298</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tam da Olması Gerektiği Gibi</t>
+          <t>Uyku Kitabım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>208</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258471236</t>
+          <t>9786258471311</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kipper Kehanet Kartları</t>
+          <t>Terapi Günlüğüm</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>828</v>
+        <v>310</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258471229</t>
+          <t>9786258471304</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>Hayatını Baştan Yaz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>233</v>
+        <v>95</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258471243</t>
+          <t>9786258471267</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Işık Rahibesi Kehanet Kartları</t>
+          <t>Cadı Tarotu Kartları</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258471274</t>
+          <t>9786258471250</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Kaderler Ayrı Yazgılar</t>
+          <t>Dört Anlaşma Kartları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>270</v>
+        <v>828</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258471175</t>
+          <t>9786258471205</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Küçük İşler Büyük Özgürlükler</t>
+          <t>Tam da Olması Gerektiği Gibi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>385</v>
+        <v>208</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258471151</t>
+          <t>9786258471236</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bilinmeyen Tarot</t>
+          <t>Kipper Kehanet Kartları</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058471144</t>
+          <t>9786258471229</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarot Rehberi</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>528</v>
+        <v>233</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258471083</t>
+          <t>9786258471243</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Lenormand Kehanet Kartları</t>
+          <t>Işık Rahibesi Kehanet Kartları</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258471069</t>
+          <t>9786258471274</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kahin'in Bilgeliği Kehanet Kartları</t>
+          <t>Bağlı Kaderler Ayrı Yazgılar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>828</v>
+        <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>8621400121939</t>
+          <t>9786258471175</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mark Manson - 2 Kitap Set</t>
+          <t>Küçük İşler Büyük Özgürlükler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>418</v>
+        <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258471113</t>
+          <t>9786258471151</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Alkolü Şimdi Bırakın</t>
+          <t>Vahşi Bilinmeyen Tarot</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>387</v>
+        <v>828</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055890216</t>
+          <t>9786058471144</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Gezgin</t>
+          <t>Tarot Rehberi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>462</v>
+        <v>528</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258471168</t>
+          <t>9786258471083</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Neden Bunu Bana Daha Önce Kimse Söylemedi?</t>
+          <t>Lenormand Kehanet Kartları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>423</v>
+        <v>828</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258471137</t>
+          <t>9786258471069</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Ötesinde</t>
+          <t>Kahin'in Bilgeliği Kehanet Kartları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>455</v>
+        <v>828</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258471076</t>
+          <t>8621400121939</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Özlemini Duyduğunuz Aşkı Yaşamak</t>
+          <t>Mark Manson - 2 Kitap Set</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>467</v>
+        <v>418</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057428196</t>
+          <t>9786258471113</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazların Tarotu</t>
+          <t>Alkolü Şimdi Bırakın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>828</v>
+        <v>387</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258471014</t>
+          <t>9786055890216</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şefkat</t>
+          <t>Kozmik Gezgin</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>380</v>
+        <v>462</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258471021</t>
+          <t>9786258471168</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Olgunluk</t>
+          <t>Neden Bunu Bana Daha Önce Kimse Söylemedi?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>376</v>
+        <v>423</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258471038</t>
+          <t>9786258471137</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sınır Koymak, Huzur Bulmak</t>
+          <t>Düzenin Ötesinde</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>425</v>
+        <v>455</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057428189</t>
+          <t>9786258471076</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rumi Kehaneti Kartları</t>
+          <t>Özlemini Duyduğunuz Aşkı Yaşamak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>828</v>
+        <v>467</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057428172</t>
+          <t>9786057428196</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Işık Kahini Tarotu</t>
+          <t>Sihirbazların Tarotu</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057428165</t>
+          <t>9786258471014</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Şefkat</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>387</v>
+        <v>380</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057428158</t>
+          <t>9786258471021</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zihninizden Uzaklaşmak</t>
+          <t>Olgunluk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057038098</t>
+          <t>9786258471038</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tohumu Kehanet Kartları</t>
+          <t>Sınır Koymak, Huzur Bulmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>828</v>
+        <v>425</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057038074</t>
+          <t>9786057428189</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Işığını Kullan Kehanet Kartları</t>
+          <t>Rumi Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057038043</t>
+          <t>9786057428172</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin ve Ataların Kehaneti Kartları</t>
+          <t>Işık Kahini Tarotu</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057038067</t>
+          <t>9786057428165</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kehanet Kartları</t>
+          <t>Neşe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>828</v>
+        <v>387</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057038036</t>
+          <t>9786057428158</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Moonology Ay Kehanetleri Kartları</t>
+          <t>Zihninizden Uzaklaşmak</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>828</v>
+        <v>374</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057038050</t>
+          <t>9786057038098</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştirme İşi Nasıl Yapılır?</t>
+          <t>Yıldız Tohumu Kehanet Kartları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>422</v>
+        <v>828</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057038029</t>
+          <t>9786057038074</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Cevabı Kehanet Kartları</t>
+          <t>Işığını Kullan Kehanet Kartları</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057006172</t>
+          <t>9786057038043</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Meleklerin ve Ataların Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>374</v>
+        <v>828</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057006189</t>
+          <t>9786057038067</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Büyülü Kehanet Kartları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>375</v>
+        <v>828</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057006196</t>
+          <t>9786057038036</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık</t>
+          <t>Moonology Ay Kehanetleri Kartları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>389</v>
+        <v>828</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057038005</t>
+          <t>9786057038050</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sağlık</t>
+          <t>Kendini İyileştirme İşi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>408</v>
+        <v>422</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057038012</t>
+          <t>9786057038029</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Akıl</t>
+          <t>Meleklerin Cevabı Kehanet Kartları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>406</v>
+        <v>828</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057006127</t>
+          <t>9786057006172</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden Travma</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>499</v>
+        <v>374</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057006141</t>
+          <t>9786057006189</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Bilgeliği Tarot Kartları</t>
+          <t>Güven</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>828</v>
+        <v>375</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057006134</t>
+          <t>9786057006196</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kehaneti Kartları</t>
+          <t>Farkındalık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>828</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057006103</t>
+          <t>9786057038005</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Başmeleklerin Gücü - Tarot Kartları</t>
+          <t>Duygusal Sağlık</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>828</v>
+        <v>408</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059397995</t>
+          <t>9786057038012</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Akıl</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059397957</t>
+          <t>9786057006127</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sezgi</t>
+          <t>Bir Çocuğun Gözünden Travma</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>374</v>
+        <v>499</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059397964</t>
+          <t>9786057006141</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Meleklerin Bilgeliği Tarot Kartları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>376</v>
+        <v>828</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059397889</t>
+          <t>9786057006134</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ağrıdan Kurtulmak</t>
+          <t>Kuantum Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>375</v>
+        <v>828</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059397865</t>
+          <t>9786057006103</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şamanların Bilgeliği</t>
+          <t>Başmeleklerin Gücü - Tarot Kartları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>338</v>
+        <v>828</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059397872</t>
+          <t>9786059397995</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Şifa Çantası</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>346</v>
+        <v>402</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059397797</t>
+          <t>9786059397957</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun Renk Oyunu</t>
+          <t>Sezgi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>174</v>
+        <v>374</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059397803</t>
+          <t>9786059397964</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun İçin Öpülecek Bir El</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>174</v>
+        <v>376</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059397827</t>
+          <t>9786059397889</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Denizi Bulan Balık</t>
+          <t>Ağrıdan Kurtulmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059397841</t>
+          <t>9786059397865</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak - Farkındalıkla Nasıl Sevilir ve Korkuya Kapılmadan Bağ Kurulur?</t>
+          <t>Şamanların Bilgeliği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>389</v>
+        <v>338</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059397766</t>
+          <t>9786059397872</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Şamanın Şifa Çantası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>422</v>
+        <v>346</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059397735</t>
+          <t>9786059397797</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Devam Edebilmek</t>
+          <t>Minik Rakun Renk Oyunu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>381</v>
+        <v>174</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059397636</t>
+          <t>9786059397803</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>4 Günde Sigarayı Kafanda Bitir</t>
+          <t>Minik Rakun İçin Öpülecek Bir El</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>422</v>
+        <v>174</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059397643</t>
+          <t>9786059397827</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Her Şey B*ktan</t>
+          <t>Denizi Bulan Balık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>402</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059397674</t>
+          <t>9786059397841</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Etmeye Cesaret Etmek</t>
+          <t>Aşık Olmak - Farkındalıkla Nasıl Sevilir ve Korkuya Kapılmadan Bağ Kurulur?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>422</v>
+        <v>389</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059397186</t>
+          <t>9786059397766</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Anı</t>
+          <t>Kadınlar İçin Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>381</v>
+        <v>422</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055154882</t>
+          <t>9786059397735</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Işığın Doğuşu</t>
+          <t>Devam Edebilmek</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>562</v>
+        <v>381</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059397506</t>
+          <t>9786059397636</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelmeyen Bir Sesle</t>
+          <t>4 Günde Sigarayı Kafanda Bitir</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>478</v>
+        <v>422</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059397513</t>
+          <t>9786059397643</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Rüya Görme Sanatı</t>
+          <t>Her Şey B*ktan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>432</v>
+        <v>402</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059397520</t>
+          <t>9786059397674</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Babil’in En Zengin Adamı</t>
+          <t>Liderlik Etmeye Cesaret Etmek</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>355</v>
+        <v>422</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944482073</t>
+          <t>9786059397186</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Birçok Yaşam Birçok Üstat</t>
+          <t>Travma ve Anı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059397407</t>
+          <t>9786055154882</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Dünyaya Meydan Okumak</t>
+          <t>Işığın Doğuşu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>562</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059397421</t>
+          <t>9786059397506</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yaşamın Anahtarları</t>
+          <t>Dile Gelmeyen Bir Sesle</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>310</v>
+        <v>478</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059397346</t>
+          <t>9786059397513</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kadının Bedeni, Kadının Bilgeliği</t>
+          <t>Rüya Görme Sanatı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>828</v>
+        <v>432</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059397384</t>
+          <t>9786059397520</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Uyanışa Üç Adım</t>
+          <t>Babil’in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>338</v>
+        <v>355</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059397209</t>
+          <t>9789944482073</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cesur Minik Rakun</t>
+          <t>Birçok Yaşam Birçok Üstat</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>174</v>
+        <v>375</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059397254</t>
+          <t>9786059397407</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ustalık Gerektiren Kafaya Takmama Sanatı</t>
+          <t>Acımasız Dünyaya Meydan Okumak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>384</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059397124</t>
+          <t>9786059397421</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir İşadamına</t>
+          <t>Yeni Bir Yaşamın Anahtarları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>473</v>
+        <v>310</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055154998</t>
+          <t>9786059397346</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Güce Karşı Kuvvet</t>
+          <t>Kadının Bedeni, Kadının Bilgeliği</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>460</v>
+        <v>828</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059397131</t>
+          <t>9786059397384</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Fısıldadıkları</t>
+          <t>Uyanışa Üç Adım</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>279</v>
+        <v>338</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055154981</t>
+          <t>9786059397209</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çakra Kitabı</t>
+          <t>Cesur Minik Rakun</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>174</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059397056</t>
+          <t>9786059397254</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kilo Vermenin Kolay Yolu</t>
+          <t>Ustalık Gerektiren Kafaya Takmama Sanatı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>376</v>
+        <v>384</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055154271</t>
+          <t>9786059397124</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Tarotu</t>
+          <t>Genç Bir İşadamına</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>828</v>
+        <v>473</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055154721</t>
+          <t>9786055154998</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Işığın Elleri : İnsan Enerji Alanıyla Şifa Rehberi</t>
+          <t>Güce Karşı Kuvvet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>483</v>
+        <v>460</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055154745</t>
+          <t>9786059397131</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kendi Tercihlerinizle Yaşamak</t>
+          <t>Şeytanın Fısıldadıkları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>372</v>
+        <v>279</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055154639</t>
+          <t>9786055154981</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Don Juan'ın Öğretileri</t>
+          <t>Çakra Kitabı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>412</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
+          <t>9786059397056</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Kilo Vermenin Kolay Yolu</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786055154271</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm Tarotu</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786055154721</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Elleri : İnsan Enerji Alanıyla Şifa Rehberi</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055154745</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Tercihlerinizle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055154639</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Don Juan'ın Öğretileri</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
           <t>9786055154714</t>
         </is>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Enerji Kehanet Kartları</t>
         </is>
       </c>
-      <c r="C169" s="1">
+      <c r="C174" s="1">
         <v>828</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>