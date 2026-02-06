--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,2635 +85,2800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055524760</t>
+          <t>9786055524784</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Cep Dolusu Öpücük</t>
+          <t>Veda Öpücüğü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>174</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258471915</t>
+          <t>9786055524210</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Wildwood Tarot</t>
+          <t>Varoluş Süreci</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>869</v>
+        <v>456</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258471939</t>
+          <t>9789758817115</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haz Tuzağı</t>
+          <t>Yaşam Çiçeğinin Unutulmuş Sırrı 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258471922</t>
+          <t>9786055890285</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Finansal Özgürlüğe Giden Yol</t>
+          <t>Sanatçının Yolu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>422</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258471946</t>
+          <t>9786055154035</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Zamanı</t>
+          <t>Olanı Sevmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>425</v>
+        <v>708</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258471908</t>
+          <t>9786055524746</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sihir Kitabı</t>
+          <t>Minik Rakun ve Anılarla Dolu Meşe Palamudu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258471892</t>
+          <t>9786055524678</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Psişik Tarot Sanatı</t>
+          <t>Melek Terapisi Kartları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>465</v>
+        <v>869</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258471144</t>
+          <t>9786050032109</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarot Rehberi - Kusursuz Yorumlamalar İçin</t>
+          <t>Buzdağımız Eriyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>528</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258471885</t>
+          <t>9786055524838</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Para Bağırır Servet Fısıldar</t>
+          <t>Boş Kayık</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>510</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258471861</t>
+          <t>9786055524524</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kumarı Bırakmanın Kolay Yolu</t>
+          <t>Avucundaki Öpücük</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258471878</t>
+          <t>9786055524623</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Utancı Aşmak</t>
+          <t>Senin Kovan Ne Kadar Dolu?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258471854</t>
+          <t>9786055524760</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Aç</t>
+          <t>Bir Cep Dolusu Öpücük</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>460</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258471847</t>
+          <t>9786258471915</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Limonata</t>
+          <t>Wildwood Tarot</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>174</v>
+        <v>869</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258471830</t>
+          <t>9786258471939</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarınız Olmalı - 2</t>
+          <t>Haz Tuzağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258471823</t>
+          <t>9786258471922</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Gençlik Pınarı</t>
+          <t>Finansal Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>456</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258471816</t>
+          <t>9786258471946</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yla Mücadele Eden Bizler</t>
+          <t>Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>554</v>
+        <v>425</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059397759</t>
+          <t>9786258471908</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Sihir Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>473</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258471809</t>
+          <t>9786258471892</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerden Arınmak – 2025 Astrolojisi</t>
+          <t>Psişik Tarot Sanatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>328</v>
+        <v>564</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258471182</t>
+          <t>9786258471144</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Doruk Noktası</t>
+          <t>Tarot Rehberi - Kusursuz Yorumlamalar İçin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>274</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258471786</t>
+          <t>9786258471885</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarınız Olmalı: 1</t>
+          <t>Para Bağırır Servet Fısıldar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258471793</t>
+          <t>9786258471861</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Biraz Benden Biraz Mülkten</t>
+          <t>Kumarı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258471748</t>
+          <t>9786258471878</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kehaneti Kartları</t>
+          <t>Utancı Aşmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>690</v>
+        <v>425</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258471762</t>
+          <t>9786258471854</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Psişik Psikolog</t>
+          <t>Kitabı Aç</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258471779</t>
+          <t>9786258471847</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sihirde Ustalaşmak</t>
+          <t>Sihirli Limonata</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258471755</t>
+          <t>9786258471830</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cadı Kehanet Destesi</t>
+          <t>Bir Yazarınız Olmalı - 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>690</v>
+        <v>345</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258471052</t>
+          <t>9786258471823</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Bağırsak</t>
+          <t>Ebedi Gençlik Pınarı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>412</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055154530</t>
+          <t>9786258471816</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Enerji Tıbbı</t>
+          <t>Tanrı’yla Mücadele Eden Bizler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>675</v>
+        <v>554</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059397216</t>
+          <t>9786059397759</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun Arkadaşında Yatıya Kalıyor</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>174</v>
+        <v>624</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055154486</t>
+          <t>9786258471809</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Anatomisi - Gücün Ve Şifanın Yedi Aşaması</t>
+          <t>Gölgelerden Arınmak – 2025 Astrolojisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>462</v>
+        <v>328</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057038081</t>
+          <t>9786258471182</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hayvanları Kehanet Kartları</t>
+          <t>Aydınlanmanın Doruk Noktası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>828</v>
+        <v>274</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9781401950446</t>
+          <t>9786258471786</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Akaşik Tarot Kartları</t>
+          <t>Bir Yazarınız Olmalı: 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>828</v>
+        <v>345</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055890438</t>
+          <t>9786258471793</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Biraz Benden Biraz Mülkten</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055524234</t>
+          <t>9786258471748</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Human Design (İnsan Tasarımı)</t>
+          <t>Cadı Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>869</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050032086</t>
+          <t>9786258471762</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Kişilik Analizi</t>
+          <t>Psişik Psikolog</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>465</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258471212</t>
+          <t>9786258471779</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Meleklerin Mesajı Tarot Kartları</t>
+          <t>Sihirde Ustalaşmak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>828</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258471120</t>
+          <t>9786258471755</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kafeini Bırakmanın Kolay Yolu</t>
+          <t>Yeşil Cadı Kehanet Destesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>869</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258471106</t>
+          <t>9786258471052</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeker, Kötü Şeker</t>
+          <t>Büyüleyici Bağırsak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>402</v>
+        <v>456</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055154912</t>
+          <t>9786055154530</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetle Ayağa Kalkmak</t>
+          <t>Enerji Tıbbı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>422</v>
+        <v>832</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055154608</t>
+          <t>9786059397216</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kendiniz Olma Alışkanlığını Kırmak</t>
+          <t>Minik Rakun Arkadaşında Yatıya Kalıyor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>484</v>
+        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055154264</t>
+          <t>9786055154486</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Buddha'yı Keşfet</t>
+          <t>Ruhun Anatomisi - Gücün Ve Şifanın Yedi Aşaması</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>828</v>
+        <v>462</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258471007</t>
+          <t>9786057038081</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Ruh Hayvanları Kehanet Kartları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>376</v>
+        <v>828</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057006158</t>
+          <t>9781401950446</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Human Design Rave I’Ching Kartları</t>
+          <t>Akaşik Tarot Kartları</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758817061</t>
+          <t>9786055890438</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Çiçeğinin Unutulmuş Sırrı 1</t>
+          <t>Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>468</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055524999</t>
+          <t>9786055524234</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Melek Tarot Kartları</t>
+          <t>Human Design (İnsan Tasarımı)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>828</v>
+        <v>628</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055890599</t>
+          <t>9786050032086</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Enneagram ile Kişilik Analizi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>367</v>
+        <v>465</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759815165</t>
+          <t>9786258471212</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin ABC’si</t>
+          <t>Koruyucu Meleklerin Mesajı Tarot Kartları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>410</v>
+        <v>828</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055524654</t>
+          <t>9786258471120</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bugün Bir Kova Doldurdun mu?</t>
+          <t>Kafeini Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>174</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059397834</t>
+          <t>9786258471106</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Meditasyon Kursu</t>
+          <t>İyi Şeker, Kötü Şeker</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>381</v>
+        <v>402</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059397414</t>
+          <t>9786055154912</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Öz Işık Şifası</t>
+          <t>Kuvvetle Ayağa Kalkmak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>456</v>
+        <v>422</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258471694</t>
+          <t>9786055154608</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Moonology Ay Kehanetleri Gerçekleştirme Kartları</t>
+          <t>Kendiniz Olma Alışkanlığını Kırmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>690</v>
+        <v>639</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258471700</t>
+          <t>9786055154264</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Orman Kehaneti 52 Kartlık Deste ve Rehber Kitap</t>
+          <t>Buddha'yı Keşfet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>690</v>
+        <v>828</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258471731</t>
+          <t>9786258471007</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Sevginin Kendisi Nasıl Olunur?</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>376</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258471724</t>
+          <t>9786057006158</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Travma Otobiyografisi</t>
+          <t>Human Design Rave I’Ching Kartları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>306</v>
+        <v>828</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258471717</t>
+          <t>9789758817061</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kumbara</t>
+          <t>Yaşam Çiçeğinin Unutulmuş Sırrı 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>145</v>
+        <v>620</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258471557</t>
+          <t>9786055524999</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Artık Saklanamazsın</t>
+          <t>Melek Tarot Kartları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>245</v>
+        <v>869</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258471526</t>
+          <t>9786055890599</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>The Secret Hayalleri Gerçekleştirme Kartları</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1188</v>
+        <v>367</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258471649</t>
+          <t>9789759815165</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Cadı</t>
+          <t>İlişkilerin ABC’si</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>376</v>
+        <v>410</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258471588</t>
+          <t>9786055524654</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Travmayı İyileştirmek</t>
+          <t>Bugün Bir Kova Doldurdun mu?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258471618</t>
+          <t>9786059397834</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Bilgeliği</t>
+          <t>Bir Meditasyon Kursu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258471625</t>
+          <t>9786059397414</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Yol - Buddha, Zen, Tao, Tantra</t>
+          <t>Öz Işık Şifası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>540</v>
+        <v>456</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258471595</t>
+          <t>9786258471694</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Para Hakkında Size Öğretilmeyen Şeyler</t>
+          <t>Moonology Ay Kehanetleri Gerçekleştirme Kartları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>381</v>
+        <v>869</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258471687</t>
+          <t>9786258471700</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Otizm’in Maskesini İndirmek</t>
+          <t>Kutsal Orman Kehaneti 52 Kartlık Deste ve Rehber Kitap</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>422</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258471656</t>
+          <t>9786258471731</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Aradığın Sevginin Kendisi Nasıl Olunur?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>374</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258471663</t>
+          <t>9786258471724</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Bir Travma Otobiyografisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>279</v>
+        <v>306</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258471564</t>
+          <t>9786258471717</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dramasız Bir Yaşam</t>
+          <t>Sihirli Kumbara</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>335</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258471571</t>
+          <t>9786258471557</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli VIP Ebeveynlik</t>
+          <t>Artık Saklanamazsın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>406</v>
+        <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258471601</t>
+          <t>9786258471526</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Arayışı</t>
+          <t>The Secret Hayalleri Gerçekleştirme Kartları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>376</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258471632</t>
+          <t>9786258471649</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Yeşil Cadı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>478</v>
+        <v>376</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258471670</t>
+          <t>9786258471588</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Affetmek</t>
+          <t>Travmayı İyileştirmek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>376</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258471540</t>
+          <t>9786258471618</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İyi Tarot</t>
+          <t>Tanrıça Bilgeliği</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>828</v>
+        <v>382</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258471533</t>
+          <t>9786258471625</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İlham Perisi Tarotu</t>
+          <t>Spiritüel Yol - Buddha, Zen, Tao, Tantra</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>828</v>
+        <v>540</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258471519</t>
+          <t>9786258471595</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Human Design’ın Başucu Kitabı</t>
+          <t>Para Hakkında Size Öğretilmeyen Şeyler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>984</v>
+        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258471502</t>
+          <t>9786258471687</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Telefon Aptal Telefon Kendinizi Dijital Bağımlılıktan Kurtarın</t>
+          <t>Otizm’in Maskesini İndirmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>404</v>
+        <v>422</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258471489</t>
+          <t>9786258471656</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bırak</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>385</v>
+        <v>374</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258471465</t>
+          <t>9786258471663</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İnancın Biyolojisi</t>
+          <t>Elektronik Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>425</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258471472</t>
+          <t>9786258471564</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf Dediğin Tezahürdür</t>
+          <t>Dramasız Bir Yaşam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258471496</t>
+          <t>9786258471571</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>2024 Astrolojisi</t>
+          <t>Bilinçli VIP Ebeveynlik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>248</v>
+        <v>406</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258471458</t>
+          <t>9786258471601</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Sağlık</t>
+          <t>Bilgelik Arayışı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>164</v>
+        <v>376</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258471434</t>
+          <t>9786258471632</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Hayat</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>478</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258471335</t>
+          <t>9786258471670</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun ve İyi, Kötü, Zorba</t>
+          <t>Affetmek</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>174</v>
+        <v>376</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258471441</t>
+          <t>9786258471540</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Oyunları</t>
+          <t>İyi Tarot</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>156</v>
+        <v>828</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258471380</t>
+          <t>9786258471533</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şaman’ın Rüyası Kehaneti</t>
+          <t>İlham Perisi Tarotu</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258471373</t>
+          <t>9786258471519</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Tarot Royal</t>
+          <t>Human Design’ın Başucu Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>828</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258471397</t>
+          <t>9786258471502</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Peri Tarot Kartları</t>
+          <t>Akıllı Telefon Aptal Telefon Kendinizi Dijital Bağımlılıktan Kurtarın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>828</v>
+        <v>404</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258471403</t>
+          <t>9786258471489</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arketip Kartlar</t>
+          <t>Bırak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>828</v>
+        <v>385</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258471410</t>
+          <t>9786258471465</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tarotu</t>
+          <t>İnancın Biyolojisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>828</v>
+        <v>504</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258471427</t>
+          <t>9786258471472</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Psişik Cadı</t>
+          <t>Tesadüf Dediğin Tezahürdür</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>406</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258471359</t>
+          <t>9786258471496</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ben’in Gözü</t>
+          <t>2024 Astrolojisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>248</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258471342</t>
+          <t>9786258471458</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anlayışın Kitabı</t>
+          <t>Yer Gök Sağlık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>406</v>
+        <v>164</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258471366</t>
+          <t>9786258471434</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Bilinç Haritası</t>
+          <t>Üçüncü Hayat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>412</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258471328</t>
+          <t>9786258471335</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kendi Benliğinle Nasıl Tanışılır?</t>
+          <t>Minik Rakun ve İyi, Kötü, Zorba</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>484</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258471298</t>
+          <t>9786258471441</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kitabım</t>
+          <t>Bağlanma Oyunları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>156</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258471311</t>
+          <t>9786258471380</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Terapi Günlüğüm</t>
+          <t>Şaman’ın Rüyası Kehaneti</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>310</v>
+        <v>828</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258471304</t>
+          <t>9786258471373</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Baştan Yaz</t>
+          <t>Yaldızlı Tarot Royal</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>95</v>
+        <v>828</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258471267</t>
+          <t>9786258471397</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cadı Tarotu Kartları</t>
+          <t>Peri Tarot Kartları</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258471250</t>
+          <t>9786258471403</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dört Anlaşma Kartları</t>
+          <t>Arketip Kartlar</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258471205</t>
+          <t>9786258471410</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tam da Olması Gerektiği Gibi</t>
+          <t>Sufi Tarotu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>208</v>
+        <v>869</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258471236</t>
+          <t>9786258471427</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kipper Kehanet Kartları</t>
+          <t>Psişik Cadı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>828</v>
+        <v>406</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258471229</t>
+          <t>9786258471359</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>Ben’in Gözü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>233</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258471243</t>
+          <t>9786258471342</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Işık Rahibesi Kehanet Kartları</t>
+          <t>Anlayışın Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>828</v>
+        <v>406</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258471274</t>
+          <t>9786258471366</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Kaderler Ayrı Yazgılar</t>
+          <t>Açıklamalı Bilinç Haritası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>412</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258471175</t>
+          <t>9786258471328</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük İşler Büyük Özgürlükler</t>
+          <t>Kendi Benliğinle Nasıl Tanışılır?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>385</v>
+        <v>512</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258471151</t>
+          <t>9786258471298</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bilinmeyen Tarot</t>
+          <t>Uyku Kitabım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>828</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058471144</t>
+          <t>9786258471311</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarot Rehberi</t>
+          <t>Terapi Günlüğüm</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>528</v>
+        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258471083</t>
+          <t>9786258471304</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lenormand Kehanet Kartları</t>
+          <t>Hayatını Baştan Yaz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>828</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258471069</t>
+          <t>9786258471267</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kahin'in Bilgeliği Kehanet Kartları</t>
+          <t>Cadı Tarotu Kartları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>828</v>
+        <v>869</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8621400121939</t>
+          <t>9786258471250</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mark Manson - 2 Kitap Set</t>
+          <t>Dört Anlaşma Kartları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>418</v>
+        <v>828</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258471113</t>
+          <t>9786258471205</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Alkolü Şimdi Bırakın</t>
+          <t>Tam da Olması Gerektiği Gibi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>387</v>
+        <v>208</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055890216</t>
+          <t>9786258471236</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Gezgin</t>
+          <t>Kipper Kehanet Kartları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>462</v>
+        <v>828</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258471168</t>
+          <t>9786258471229</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neden Bunu Bana Daha Önce Kimse Söylemedi?</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>423</v>
+        <v>233</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258471137</t>
+          <t>9786258471243</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Ötesinde</t>
+          <t>Işık Rahibesi Kehanet Kartları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>455</v>
+        <v>828</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258471076</t>
+          <t>9786258471274</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özlemini Duyduğunuz Aşkı Yaşamak</t>
+          <t>Bağlı Kaderler Ayrı Yazgılar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>467</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057428196</t>
+          <t>9786258471175</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazların Tarotu</t>
+          <t>Küçük İşler Büyük Özgürlükler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>828</v>
+        <v>385</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258471014</t>
+          <t>9786258471151</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şefkat</t>
+          <t>Vahşi Bilinmeyen Tarot</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>380</v>
+        <v>828</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258471021</t>
+          <t>9786058471144</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Olgunluk</t>
+          <t>Tarot Rehberi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>376</v>
+        <v>528</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258471038</t>
+          <t>9786258471083</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sınır Koymak, Huzur Bulmak</t>
+          <t>Lenormand Kehanet Kartları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>425</v>
+        <v>869</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057428189</t>
+          <t>9786258471069</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rumi Kehaneti Kartları</t>
+          <t>Kahin'in Bilgeliği Kehanet Kartları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>828</v>
+        <v>869</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057428172</t>
+          <t>8621400121939</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Işık Kahini Tarotu</t>
+          <t>Mark Manson - 2 Kitap Set</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>828</v>
+        <v>418</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057428165</t>
+          <t>9786258471113</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Alkolü Şimdi Bırakın</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>387</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057428158</t>
+          <t>9786055890216</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Zihninizden Uzaklaşmak</t>
+          <t>Kozmik Gezgin</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>374</v>
+        <v>462</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057038098</t>
+          <t>9786258471168</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tohumu Kehanet Kartları</t>
+          <t>Neden Bunu Bana Daha Önce Kimse Söylemedi?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>828</v>
+        <v>423</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057038074</t>
+          <t>9786258471137</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Işığını Kullan Kehanet Kartları</t>
+          <t>Düzenin Ötesinde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>828</v>
+        <v>455</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057038043</t>
+          <t>9786258471076</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin ve Ataların Kehaneti Kartları</t>
+          <t>Özlemini Duyduğunuz Aşkı Yaşamak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>828</v>
+        <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057038067</t>
+          <t>9786057428196</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kehanet Kartları</t>
+          <t>Sihirbazların Tarotu</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057038036</t>
+          <t>9786258471014</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Moonology Ay Kehanetleri Kartları</t>
+          <t>Şefkat</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>828</v>
+        <v>380</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057038050</t>
+          <t>9786258471021</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştirme İşi Nasıl Yapılır?</t>
+          <t>Olgunluk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>422</v>
+        <v>376</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057038029</t>
+          <t>9786258471038</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Cevabı Kehanet Kartları</t>
+          <t>Sınır Koymak, Huzur Bulmak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>828</v>
+        <v>468</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057006172</t>
+          <t>9786057428189</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Rumi Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>374</v>
+        <v>828</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057006189</t>
+          <t>9786057428172</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Işık Kahini Tarotu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>375</v>
+        <v>869</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057006196</t>
+          <t>9786057428165</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık</t>
+          <t>Neşe</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>389</v>
+        <v>387</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057038005</t>
+          <t>9786057428158</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sağlık</t>
+          <t>Zihninizden Uzaklaşmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>408</v>
+        <v>374</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057038012</t>
+          <t>9786057038098</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akıl</t>
+          <t>Yıldız Tohumu Kehanet Kartları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>406</v>
+        <v>828</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057006127</t>
+          <t>9786057038074</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden Travma</t>
+          <t>Işığını Kullan Kehanet Kartları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>499</v>
+        <v>869</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057006141</t>
+          <t>9786057038043</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Bilgeliği Tarot Kartları</t>
+          <t>Meleklerin ve Ataların Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057006134</t>
+          <t>9786057038067</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kehaneti Kartları</t>
+          <t>Büyülü Kehanet Kartları</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057006103</t>
+          <t>9786057038036</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başmeleklerin Gücü - Tarot Kartları</t>
+          <t>Moonology Ay Kehanetleri Kartları</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>828</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059397995</t>
+          <t>9786057038050</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Kendini İyileştirme İşi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>402</v>
+        <v>456</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059397957</t>
+          <t>9786057038029</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sezgi</t>
+          <t>Meleklerin Cevabı Kehanet Kartları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>374</v>
+        <v>828</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059397964</t>
+          <t>9786057006172</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059397889</t>
+          <t>9786057006189</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ağrıdan Kurtulmak</t>
+          <t>Güven</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059397865</t>
+          <t>9786057006196</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şamanların Bilgeliği</t>
+          <t>Farkındalık</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>338</v>
+        <v>389</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059397872</t>
+          <t>9786057038005</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Şifa Çantası</t>
+          <t>Duygusal Sağlık</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>346</v>
+        <v>432</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059397797</t>
+          <t>9786057038012</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun Renk Oyunu</t>
+          <t>Akıl</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>174</v>
+        <v>406</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059397803</t>
+          <t>9786057006127</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Minik Rakun İçin Öpülecek Bir El</t>
+          <t>Bir Çocuğun Gözünden Travma</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>174</v>
+        <v>499</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059397827</t>
+          <t>9786057006141</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Denizi Bulan Balık</t>
+          <t>Meleklerin Bilgeliği Tarot Kartları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>828</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059397841</t>
+          <t>9786057006134</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak - Farkındalıkla Nasıl Sevilir ve Korkuya Kapılmadan Bağ Kurulur?</t>
+          <t>Kuantum Kehaneti Kartları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>389</v>
+        <v>828</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059397766</t>
+          <t>9786057006103</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Sigarayı Bırakmanın Kolay Yolu</t>
+          <t>Başmeleklerin Gücü - Tarot Kartları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>422</v>
+        <v>869</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059397735</t>
+          <t>9786059397995</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Devam Edebilmek</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>381</v>
+        <v>402</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059397636</t>
+          <t>9786059397957</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>4 Günde Sigarayı Kafanda Bitir</t>
+          <t>Sezgi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>422</v>
+        <v>374</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059397643</t>
+          <t>9786059397964</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Her Şey B*ktan</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>402</v>
+        <v>376</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059397674</t>
+          <t>9786059397889</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Etmeye Cesaret Etmek</t>
+          <t>Ağrıdan Kurtulmak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>422</v>
+        <v>375</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059397186</t>
+          <t>9786059397865</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Anı</t>
+          <t>Şamanların Bilgeliği</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>381</v>
+        <v>338</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055154882</t>
+          <t>9786059397872</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Işığın Doğuşu</t>
+          <t>Şamanın Şifa Çantası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>562</v>
+        <v>346</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059397506</t>
+          <t>9786059397797</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelmeyen Bir Sesle</t>
+          <t>Minik Rakun Renk Oyunu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>478</v>
+        <v>174</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059397513</t>
+          <t>9786059397803</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rüya Görme Sanatı</t>
+          <t>Minik Rakun İçin Öpülecek Bir El</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>432</v>
+        <v>174</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059397520</t>
+          <t>9786059397827</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Babil’in En Zengin Adamı</t>
+          <t>Denizi Bulan Balık</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>355</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944482073</t>
+          <t>9786059397841</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Birçok Yaşam Birçok Üstat</t>
+          <t>Aşık Olmak - Farkındalıkla Nasıl Sevilir ve Korkuya Kapılmadan Bağ Kurulur?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>375</v>
+        <v>389</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059397407</t>
+          <t>9786059397766</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Dünyaya Meydan Okumak</t>
+          <t>Kadınlar İçin Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>422</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059397421</t>
+          <t>9786059397735</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yaşamın Anahtarları</t>
+          <t>Devam Edebilmek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>310</v>
+        <v>381</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059397346</t>
+          <t>9786059397636</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kadının Bedeni, Kadının Bilgeliği</t>
+          <t>4 Günde Sigarayı Kafanda Bitir</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>828</v>
+        <v>422</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059397384</t>
+          <t>9786059397643</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uyanışa Üç Adım</t>
+          <t>Her Şey B*ktan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>338</v>
+        <v>402</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059397209</t>
+          <t>9786059397674</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Cesur Minik Rakun</t>
+          <t>Liderlik Etmeye Cesaret Etmek</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>174</v>
+        <v>422</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059397254</t>
+          <t>9786059397186</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ustalık Gerektiren Kafaya Takmama Sanatı</t>
+          <t>Travma ve Anı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>384</v>
+        <v>381</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059397124</t>
+          <t>9786055154882</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir İşadamına</t>
+          <t>Işığın Doğuşu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>473</v>
+        <v>562</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055154998</t>
+          <t>9786059397506</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Güce Karşı Kuvvet</t>
+          <t>Dile Gelmeyen Bir Sesle</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>460</v>
+        <v>478</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059397131</t>
+          <t>9786059397513</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Fısıldadıkları</t>
+          <t>Rüya Görme Sanatı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>279</v>
+        <v>432</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055154981</t>
+          <t>9786059397520</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çakra Kitabı</t>
+          <t>Babil’in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>355</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059397056</t>
+          <t>9789944482073</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kilo Vermenin Kolay Yolu</t>
+          <t>Birçok Yaşam Birçok Üstat</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055154271</t>
+          <t>9786059397407</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Tarotu</t>
+          <t>Acımasız Dünyaya Meydan Okumak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>828</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055154721</t>
+          <t>9786059397421</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Işığın Elleri : İnsan Enerji Alanıyla Şifa Rehberi</t>
+          <t>Yeni Bir Yaşamın Anahtarları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>483</v>
+        <v>310</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055154745</t>
+          <t>9786059397346</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kendi Tercihlerinizle Yaşamak</t>
+          <t>Kadının Bedeni, Kadının Bilgeliği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>372</v>
+        <v>828</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055154639</t>
+          <t>9786059397384</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Don Juan'ın Öğretileri</t>
+          <t>Uyanışa Üç Adım</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>412</v>
+        <v>338</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
+          <t>9786059397209</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Minik Rakun</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786059397254</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Ustalık Gerektiren Kafaya Takmama Sanatı</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059397124</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Genç Bir İşadamına</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786055154998</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Güce Karşı Kuvvet</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059397131</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Fısıldadıkları</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055154981</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Çakra Kitabı</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786059397056</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Kilo Vermenin Kolay Yolu</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055154271</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm Tarotu</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055154721</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Elleri : İnsan Enerji Alanıyla Şifa Rehberi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786055154745</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Tercihlerinizle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786055154639</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Don Juan'ın Öğretileri</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
           <t>9786055154714</t>
         </is>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Enerji Kehanet Kartları</t>
         </is>
       </c>
-      <c r="C174" s="1">
-        <v>828</v>
+      <c r="C185" s="1">
+        <v>869</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>