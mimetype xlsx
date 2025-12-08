--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,9370 +85,10420 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256299795</t>
+          <t>9786256299863</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Semtler (1931-1965)</t>
+          <t>Kökler ve Sürgün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256299788</t>
+          <t>9786256299856</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Yapılar ve Mekanlar (1931-1973)</t>
+          <t>Bir Millet Nasıl Mahvolur?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256299764</t>
+          <t>9786256299849</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Meşhur İskenderiye Kütüphanesi ve Kütüphaneyle İlgili Diğer Yazılar</t>
+          <t>Bosna, Mahfuz Ülkem</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256299771</t>
+          <t>9786256299832</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ey Azizler! İşte Başlarız Söze</t>
+          <t>Padişahlar - Şehzadeler Prensesler ve Kadın Sultanlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256299658</t>
+          <t>9786256299825</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Din Geriliyor mu, İlerliyor mu?</t>
+          <t>İstanbul'un Üç Meşhuru: Havası, Suyu, Efendisi İstanbul Yazıları (1940-1988)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256299689</t>
+          <t>9786256299702</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinin Yazılmayan Bir Yılı (1729) ve Diğer Yazılar</t>
+          <t>Türk Basınında İlan (1831–1923)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256299719</t>
+          <t>9786256299726</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İçin Kurulmuş Bir Topluluğun Hikayesi: Esafil-i Şark</t>
+          <t>Belgelerle Sanayi Tarihimiz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256299528</t>
+          <t>9786257608411</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Evrâk-ı Perîşân</t>
+          <t>Din, Değişim ve Sekülerleşme - Birinci Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256299535</t>
+          <t>9786055166977</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Birer Saat Felsefe Tarihi</t>
+          <t>Kırk Diyardan Masallar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>460</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256299122</t>
+          <t>9786057683014</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da “Derin İlimler”</t>
+          <t>Sanata Dair (Cilt 1)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055166205</t>
+          <t>9786057683045</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri</t>
+          <t>Sanata Dair (Cilt 2)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059268721</t>
+          <t>9786055166748</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kitabı</t>
+          <t>Terceme-i Pendname-i Attar - Pendname</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055166649</t>
+          <t>9786055166762</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Süleyman'ın Meselleri</t>
+          <t>Zadü'l-Ahire - Yolculuk Azığı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055166670</t>
+          <t>9786055166755</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Tasavvuf-name</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>440</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059268165</t>
+          <t>9786055166281</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Kitabı - Uşşakname</t>
+          <t>Makalat-ı Hikemiyye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055166311</t>
+          <t>9786055166182</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Mahbub Nefsin Şehirleri</t>
+          <t>Meşhur Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057683724</t>
+          <t>9786055166274</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
+          <t>Gülşen-i Müluk - Hükümdarlar Bahçesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>660</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057683564</t>
+          <t>9786055166441</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dirilt Ölüyü O Kalbindir</t>
+          <t>İyilerin Dalgalı Denizlerden Çıkardığı İnciler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057683670</t>
+          <t>9786055166472</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Ekseninde Türk Düşüncesi</t>
+          <t>Mir'at-ı Cünun / Delilerin Aynası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>380</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256299740</t>
+          <t>9786055166489</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>“Ah Ey Tahir!”</t>
+          <t>Sil Pasını Gönlünün</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256299696</t>
+          <t>9786059268943</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kırk İki Fasılda Erdemler ve Civanmertler</t>
+          <t>Fakrın Makamları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256299665</t>
+          <t>9786059268639</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Klasik Arap Edebiyatından Bin Bir Beyit</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256299672</t>
+          <t>9786052071434</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzündeki Dinler Tarihi</t>
+          <t>Sana Benzer Güzel Olmaz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256299641</t>
+          <t>9786052071380</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aziz ve Görklü Adların Şerhi</t>
+          <t>Bir Mimarın Kaleminden Camiler Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>460</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256299634</t>
+          <t>9786052071144</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l - Mevlevi Müslümanlıkta İbadet Tarihi</t>
+          <t>Biten Ömürler Kalan Hatıralar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>680</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052071595</t>
+          <t>9786055166991</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zamanlara Dair</t>
+          <t>Hak Yolcusuna Öğütler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>380</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256299627</t>
+          <t>9786059268004</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yozgat’tan Mısır’a Bir İlim Yolcusu: Ali İhsan Okur ve Hatıraları</t>
+          <t>Nur Metafiziği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256299610</t>
+          <t>9786059268356</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Sembolist Hareket</t>
+          <t>Batıniler - İblis Behmen</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256299597</t>
+          <t>9786055166946</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül ve Fikir Macerası/ The Blithedale Romance</t>
+          <t>Leta'if - Nasreddin Hoca Fıkralarının İlk Baskısı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256299573</t>
+          <t>9786055166359</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tâhirü’l-Mevlevî Hayatı ve Eserleri/ Belgeler, Fotoğraflar ve Mektuplar</t>
+          <t>Rüzgarın Söyledikleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>480</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256299603</t>
+          <t>9786055166243</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ziyâ Paşa Çocukluk Hatıraları ve Terbiye Yazıları</t>
+          <t>A’mak-ı Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256299580</t>
+          <t>9786055166335</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>“Nerden Gelir Bunca Işık”</t>
+          <t>Sen de Rivayet Etsen / Rüya Roman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256299542</t>
+          <t>9786059268646</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Sîneçâk - İlmî Mehmed Dede ve Cevrî İbrahim Çelebi/ Bir Metin İki Şerh</t>
+          <t>Mehmed Akif Ersoy'un Kur'an Meali</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256299559</t>
+          <t>9786059268677</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler Altıncı Kitap/ Çöküş Dönemi Şâhitleri-Operatör Hâzım Paşa, Eşref Albatı ve General Hüsameddin Karaoyvad’ın Hatıraları</t>
+          <t>Aşkın Aynaları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256299566</t>
+          <t>9786059268448</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ricaline Dair İşitilmemiş Hatıralar -Tarihî Fıkralar-</t>
+          <t>Edep Eğitimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256299511</t>
+          <t>9786055166656</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boşluk Oteli</t>
+          <t>Risale-i Hat : Hatt'ın Şiiri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257608381</t>
+          <t>9786055166922</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İsa'nın Hayatı</t>
+          <t>Hz. Ali'nin Şiirleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257608060</t>
+          <t>9786059268035</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Kırk Sohbet</t>
+          <t>Asmalımescit'te Cinayet</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059268998</t>
+          <t>9786055166939</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihinde Usül</t>
+          <t>Dört Halifeden Dört Yüz Hikmet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052071007</t>
+          <t>9786055166601</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Yunus Emrenin Dostları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>580</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059268264</t>
+          <t>9786055166984</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yurt Dışı Eğitim ve Modernleşme</t>
+          <t>Siyaset Sanatı - Nushatü's-Selatin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>700</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059268219</t>
+          <t>9786055166694</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dalkavukname</t>
+          <t>Ahilik: Eski Türkiye'de İş Teşkilatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055166403</t>
+          <t>9786055166595</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gazavat-ı Celile-i Peygamberi / Peygamberimizin Gazaları</t>
+          <t>Tasavvuf Tarihi Ders Notları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055166113</t>
+          <t>9786055166380</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Kitabı</t>
+          <t>Yol Ahlakı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059268080</t>
+          <t>9786059268196</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Bütün Eserleri</t>
+          <t>Keşifler Risalesi-Risale-i Keşfiyye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059268134</t>
+          <t>9786059268158</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinde Nağmeler ve Makamlar</t>
+          <t>Yunus Emre Menkıbeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055166014</t>
+          <t>9786059268073</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vakıat - Keşif Günlüğü</t>
+          <t>Aile Olmak-Vezaifül-İnas</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056311802</t>
+          <t>9786059268103</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Barika</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056311826</t>
+          <t>9786055166847</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Damla ve Deniz</t>
+          <t>Yusuf ile Züleyha Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055166120</t>
+          <t>9786055166816</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçmen Kuş: Yahya Kemal Beyatlı</t>
+          <t>Leyla ile Mecnun Hikayesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055166069</t>
+          <t>9786055166700</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bürhanü’l - Arifın ve Necatü’l - Gafilın - Ariflerin Delili...</t>
+          <t>Gırnati Seyahatnamesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058724525</t>
+          <t>9786057683229</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Zorlukları Erenlerin Edepleri</t>
+          <t>Okçuluk Sanatı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057683946</t>
+          <t>9786055166168</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bak Bahar Gelmiş</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052071687</t>
+          <t>9786052071427</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sırların Sırrı - Sırru'l-Esrar</t>
+          <t>Rind ile Zahid</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052071236</t>
+          <t>9786056311871</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lütfi Paşa: Asafname</t>
+          <t>Pendname-i Attar Şerhi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256299436</t>
+          <t>9786055166175</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Musiki Tarihine Ait Belgeler 16, 17, 18. Yüzyıl (Set)</t>
+          <t>Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256299504</t>
+          <t>9786056311888</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Beyhûde Sanma Bu Devrânı/ Kadirî Âdâb ve Erkânı-Eşrefî-Rûmî-</t>
+          <t>Menakıb-ı Hünerveran</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256299481</t>
+          <t>9786055166137</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Din, Hikmet ve Fen Karşısında “Feminizm” İslâm ve Kadınlar: Mâzî, Hâl ve İstikbâl</t>
+          <t>Heft Peyker: Yedi Suret</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256299498</t>
+          <t>9786056311840</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzâde Filibeli Ahmed Hilmi Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati</t>
+          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256299474</t>
+          <t>9786055166076</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler V. Kitap Her Çölün Kümbedi Yüce Bir Mabed Ebubekir Hâzim Tepeyran’ın Hatıraları</t>
+          <t>Hayat Nedir?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>660</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256299399</t>
+          <t>9786055166052</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Sağlık (1931-1973) -Doktorlar, Hastalıklar, İlaçlar, Doğumlar ve İnsan Vücuduna Dair-</t>
+          <t>Alimler ve Sanatkarlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256299412</t>
+          <t>9786057683489</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İkinci Abdülhamid Dönemi İstanbul’u</t>
+          <t>Çocuk Ruhu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256299405</t>
+          <t>9786052071762</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Yalılar, Köşkler, Konaklar (1931-1973)</t>
+          <t>Siyavuş’un Ölümü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256299382</t>
+          <t>9786057683434</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Giyim Kuşam (1932-1965) -Saç ve Yüz Bakımı, Aksesuarlar ve Kıyafetler-</t>
+          <t>Bir Mutasavvıfın Siyasi Hatıraları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055166328</t>
+          <t>9786055166571</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Varidat Tercümesi ve Şerhi</t>
+          <t>Keşfedilen Cevherler Cilt: 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>440</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256299320</t>
+          <t>9786052071199</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler/ IV. Kitap</t>
+          <t>Mümkün Olanın En İyisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256299429</t>
+          <t>9786052071182</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları</t>
+          <t>İlim Semasında Bir Yıldız Mustafa Asım Köksal</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256299290</t>
+          <t>9786256299818</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saâdet’te Askerlik ve Askerlik Tarihinden Sayfalar; Tâhirü’l-Mevlevî</t>
+          <t>Horasan Seyahatnamesi (1933-1934)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>560</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058724594</t>
+          <t>9786256299801</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Es-Siyasetü’l-Medeniyye veya Mebadi ül-Mevcudat</t>
+          <t>Havariler - Les Apotres</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256299351</t>
+          <t>9786256299757</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>İlk Gençlik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256299337</t>
+          <t>9786256299795</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numüneleri</t>
+          <t>Eski İstanbul’da Semtler (1931-1965)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1000</v>
+        <v>480</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256299344</t>
+          <t>9786256299788</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Ders Notları</t>
+          <t>Eski İstanbul’da Yapılar ve Mekanlar (1931-1973)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057683618</t>
+          <t>9786256299764</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif</t>
+          <t>Meşhur İskenderiye Kütüphanesi ve Kütüphaneyle İlgili Diğer Yazılar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256299375</t>
+          <t>9786256299771</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kalbi</t>
+          <t>Ey Azizler! İşte Başlarız Söze</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>680</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256299368</t>
+          <t>9786256299658</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kelam ve Hikmete Dair</t>
+          <t>Yeryüzünde Din Geriliyor mu, İlerliyor mu?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789786299290</t>
+          <t>9786256299689</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Askerlik ve Askerlik Tarihinden Sayfalar</t>
+          <t>Osmanlı Tarihinin Yazılmayan Bir Yılı (1729) ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256299313</t>
+          <t>9786256299719</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Massignon’a Tenkitler</t>
+          <t>Gülmek İçin Kurulmuş Bir Topluluğun Hikayesi: Esafil-i Şark</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256299306</t>
+          <t>9786256299528</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Medeniyetinin Ahlak Kökleri</t>
+          <t>Evrâk-ı Perîşân</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256299276</t>
+          <t>9786256299535</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı - Minyatür, Hat, Nakış ve Tezyinat Sanatçıları</t>
+          <t>Filozoflarla Birer Saat Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256299283</t>
+          <t>9786256299122</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adamlar</t>
+          <t>Eski İstanbul’da “Derin İlimler”</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256299214</t>
+          <t>9786055166205</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sâib’den Mücevherler</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256299238</t>
+          <t>9786059268721</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslâm Tarihi Sayfalarında İslamın İlk Fetihleri ve Şam Fütûhâtı</t>
+          <t>Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256299221</t>
+          <t>9786055166649</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şeyhülislâmlarının Terâcim-i Ahvâli</t>
+          <t>Hazret-i Süleyman'ın Meselleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256299207</t>
+          <t>9786055166670</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazıları Okuma Anahtarı ve Siyakat Yazısı</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256299269</t>
+          <t>9786059268165</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: Üçüncü Kitap</t>
+          <t>Aşıklar Kitabı - Uşşakname</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256299245</t>
+          <t>9786055166311</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: Birinci Kitap</t>
+          <t>Risale-i Mahbub Nefsin Şehirleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256299252</t>
+          <t>9786057683724</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: İkinci Kitap</t>
+          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>700</v>
+        <v>660</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256299184</t>
+          <t>9786057683564</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Nadir Görülen Haller</t>
+          <t>Dirilt Ölüyü O Kalbindir</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256299191</t>
+          <t>9786057683670</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tevhit Bir Ateştir</t>
+          <t>Modernleşme Ekseninde Türk Düşüncesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256299177</t>
+          <t>9786256299740</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Arayışından Metalaşmaya: İslam Kentlerine Dönük Tehditler ve Potansiyeller</t>
+          <t>“Ah Ey Tahir!”</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256394742</t>
+          <t>9786256299696</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Savab: Hattatlar Kağıt ve Mürekkep Yapım Usulleri Hat Malzemeleri Hakkında En Doğru Bilgi</t>
+          <t>Kırk İki Fasılda Erdemler ve Civanmertler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256394766</t>
+          <t>9786256299665</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>En Doğruyu Tercih Hususunda Hakk'ın Ölçüsü - Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256394537</t>
+          <t>9786256299672</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yasak Topraklarda Tek Başına</t>
+          <t>Yeryüzündeki Dinler Tarihi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057683984</t>
+          <t>9786256299641</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Ahlakı</t>
+          <t>Aziz ve Görklü Adların Şerhi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052071649</t>
+          <t>9786256299634</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yedi Çatılı Ev</t>
+          <t>Tahirü’l - Mevlevi Müslümanlıkta İbadet Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>550</v>
+        <v>680</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059268172</t>
+          <t>9786052071595</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Lisanı - İlm-i Sima</t>
+          <t>Geçmiş Zamanlara Dair</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055166779</t>
+          <t>9786256299627</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eleştirellikten Uyuma</t>
+          <t>Yozgat’tan Mısır’a Bir İlim Yolcusu: Ali İhsan Okur ve Hatıraları</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058724549</t>
+          <t>9786256299610</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çıktım Erik Dalına</t>
+          <t>Edebiyatta Sembolist Hareket</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057683113</t>
+          <t>9786256299597</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hallerinin İlmi</t>
+          <t>Bir Gönül ve Fikir Macerası/ The Blithedale Romance</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057683090</t>
+          <t>9786256299573</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gazi İbrahim Tevfik Çırakman - Gönderilmemiş Mektup</t>
+          <t>Tâhirü’l-Mevlevî Hayatı ve Eserleri/ Belgeler, Fotoğraflar ve Mektuplar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052071779</t>
+          <t>9786256299603</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Hikayesi</t>
+          <t>Ziyâ Paşa Çocukluk Hatıraları ve Terbiye Yazıları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057683304</t>
+          <t>9786256299580</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği Bir Meşaledir</t>
+          <t>“Nerden Gelir Bunca Işık”</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256299139</t>
+          <t>9786256299542</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis - Mecalis-i Seb’a</t>
+          <t>Yusuf Sîneçâk - İlmî Mehmed Dede ve Cevrî İbrahim Çelebi/ Bir Metin İki Şerh</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256299146</t>
+          <t>9786256299559</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Masalın Sesi</t>
+          <t>Canlı Tarihler Altıncı Kitap/ Çöküş Dönemi Şâhitleri-Operatör Hâzım Paşa, Eşref Albatı ve General Hüsameddin Karaoyvad’ın Hatıraları</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256299160</t>
+          <t>9786256299566</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İlk Melamet ve Melamiliğe Ait En Eski Vesikanın Tercümesi Ebu Abdurrahman es-Sülemi’nin Melametiye Risalesi</t>
+          <t>Osmanlı Ricaline Dair İşitilmemiş Hatıralar -Tarihî Fıkralar-</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256299153</t>
+          <t>9786256299511</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Han Devrinde Yadigar-ı Macaristan Yadigar-ı Macaristan, Asr-ı Abdülhamid Han</t>
+          <t>Büyük Boşluk Oteli</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256299115</t>
+          <t>9786257608381</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Türk Kardeşlerime...</t>
+          <t>İsa'nın Hayatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052071564</t>
+          <t>9786257608060</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihinde Kütüphaneler (Ciltli)</t>
+          <t>Çocuklarla Kırk Sohbet</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256299108</t>
+          <t>9786059268998</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karnak Mabedi’nde Bir Gece</t>
+          <t>Edebiyat Tarihinde Usül</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256299092</t>
+          <t>9786052071007</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>460</v>
+        <v>580</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256299078</t>
+          <t>9786059268264</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Asya Türkiye’si Yükseklerinde</t>
+          <t>Osmanlı'da Yurt Dışı Eğitim ve Modernleşme</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>560</v>
+        <v>700</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256299085</t>
+          <t>9786059268219</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Yolculuklar</t>
+          <t>Dalkavukname</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256299061</t>
+          <t>9786055166403</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İbnül-Vakt ve Ebül-Vakt -Bikru’l-Vakt fi Ma’rifeti Sülüki İbni’l-Vakt Ve Ebi’l-Vakt-</t>
+          <t>Gazavat-ı Celile-i Peygamberi / Peygamberimizin Gazaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256299047</t>
+          <t>9786055166113</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk ve Hocalık Hatıraları Muallimlik Adabı</t>
+          <t>İbn Sina Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256299030</t>
+          <t>9786059268080</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kurduğu Saatler</t>
+          <t>Said Halim Paşa - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256299054</t>
+          <t>9786059268134</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Akşehirlizade Ali Haydar Bey Hikmet Mertebeleri</t>
+          <t>Türk Musikisinde Nağmeler ve Makamlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256299023</t>
+          <t>9786055166014</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ela ve Bala Bir Dünya Şamata</t>
+          <t>Vakıat - Keşif Günlüğü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256299009</t>
+          <t>9786056311802</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Yön ve Denge - Siyasetnamelerden Günümüze Yönetime Dair Çözümler</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256394995</t>
+          <t>9786056311826</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kitabı</t>
+          <t>Damla ve Deniz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256299016</t>
+          <t>9786055166120</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İncelmiş Vakitler</t>
+          <t>Büyük Göçmen Kuş: Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256394971</t>
+          <t>9786055166069</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’e Mektuplar -II-</t>
+          <t>Bürhanü’l - Arifın ve Necatü’l - Gafilın - Ariflerin Delili...</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256394988</t>
+          <t>9786058724525</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Tımarhane Kaçkınıyım</t>
+          <t>Alimlerin Zorlukları Erenlerin Edepleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256394957</t>
+          <t>9786057683946</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Sufinin Kaleminden Son Dönem Osmanlının, Tasavvufi, Sosyal ve Siyasi Hayatı Ceride-i Sufiyye Yazıları (1913-1919)</t>
+          <t>Bak Bahar Gelmiş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256394964</t>
+          <t>9786052071687</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Yaveri Keçecizade İzzet Fuad Paşa’nın Hatıraları (1867-1900) Bir Genç Askerin Muharebe Hatıratı (Sırp Muharebesi 1876-1877) Harb-i Umumî Günlüğü (1914)</t>
+          <t>Sırların Sırrı - Sırru'l-Esrar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256394933</t>
+          <t>9786052071236</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Lütfi Paşa: Asafname</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256394940</t>
+          <t>9786256299436</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Vakfiyesi</t>
+          <t>Osmanlı Musiki Tarihine Ait Belgeler 16, 17, 18. Yüzyıl (Set)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>750</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256394872</t>
+          <t>9786256299504</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cihad Risaleleri</t>
+          <t>Beyhûde Sanma Bu Devrânı/ Kadirî Âdâb ve Erkânı-Eşrefî-Rûmî-</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256394919</t>
+          <t>9786256299481</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gülmedi Bahtım Yine</t>
+          <t>Din, Hikmet ve Fen Karşısında “Feminizm” İslâm ve Kadınlar: Mâzî, Hâl ve İstikbâl</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256394926</t>
+          <t>9786256299498</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Terbiye İkinci Yaratılıştır</t>
+          <t>Şehbenderzâde Filibeli Ahmed Hilmi Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256394902</t>
+          <t>9786256299474</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Mevsimler (1931-1951)</t>
+          <t>Canlı Tarihler V. Kitap Her Çölün Kümbedi Yüce Bir Mabed Ebubekir Hâzim Tepeyran’ın Hatıraları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256394865</t>
+          <t>9786256299399</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Atalar Sözü</t>
+          <t>Eski İstanbul’da Sağlık (1931-1973) -Doktorlar, Hastalıklar, İlaçlar, Doğumlar ve İnsan Vücuduna Dair-</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256394841</t>
+          <t>9786256299412</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ma’ruf-ı Kerhi ve İbnü’l-Cevzi’nin Ma’ruf-ı Kerhi Menakıbnamesi</t>
+          <t>İkinci Abdülhamid Dönemi İstanbul’u</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256394858</t>
+          <t>9786256299405</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Maniler</t>
+          <t>Eski İstanbul’da Yalılar, Köşkler, Konaklar (1931-1973)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256394889</t>
+          <t>9786256299382</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Ramazanlar ve Bayramlar (1931 -1960)</t>
+          <t>Eski İstanbul’da Giyim Kuşam (1932-1965) -Saç ve Yüz Bakımı, Aksesuarlar ve Kıyafetler-</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256394896</t>
+          <t>9786055166328</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldi</t>
+          <t>Varidat Tercümesi ve Şerhi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256394834</t>
+          <t>9786256299320</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler 3. Kitap - Geçtim Hevesat-ı Dünyeviden Veled Çelebi İzbudak'ın Hatıraları</t>
+          <t>Canlı Tarihler/ IV. Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256394759</t>
+          <t>9786256299429</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Devaları</t>
+          <t>Sınırsız İşgal Haritaları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256394728</t>
+          <t>9786256299290</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Asr-ı Saâdet’te Askerlik ve Askerlik Tarihinden Sayfalar; Tâhirü’l-Mevlevî</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>560</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256394698</t>
+          <t>9786058724594</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Portreler (1934-1973)</t>
+          <t>Es-Siyasetü’l-Medeniyye veya Mebadi ül-Mevcudat</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256394704</t>
+          <t>9786256299351</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256394681</t>
+          <t>9786256299337</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Hayatında Yeme-İçme Kültürü (1931-1973)</t>
+          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numüneleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256394735</t>
+          <t>9786256299344</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Edebiyat Tarihi Ders Notları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256394711</t>
+          <t>9786057683618</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hattatlar Silsilesi (17-18. Yüzyıl Osmanlı Hattatları) Devhatü’l-Küttab</t>
+          <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>460</v>
+        <v>630</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059268349</t>
+          <t>9786256299375</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beş Meclis ve Akıl ve Aşk Risalesi</t>
+          <t>Asya’nın Kalbi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057683533</t>
+          <t>9786256299368</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sükut Sanatı Hamuş-Name</t>
+          <t>Kelam ve Hikmete Dair</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256394780</t>
+          <t>9789786299290</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin İhtiyarlığı ve Ölümü</t>
+          <t>Asr-ı Saadet’te Askerlik ve Askerlik Tarihinden Sayfalar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256394810</t>
+          <t>9786256299313</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ben O Pervaneyim - ed-Dürrü’l-Masun</t>
+          <t>Massignon’a Tenkitler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256394797</t>
+          <t>9786256299306</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Manaları ve Terbiyesi</t>
+          <t>Avrupa Medeniyetinin Ahlak Kökleri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256394827</t>
+          <t>9786256299276</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Hat Sanatı - Minyatür, Hat, Nakış ve Tezyinat Sanatçıları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256394803</t>
+          <t>9786256299283</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kadında Güzellik ve Zarafet</t>
+          <t>Büyük Adamlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256394773</t>
+          <t>9786256299214</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çiçekleri - Ezhar-ı Hakikat</t>
+          <t>Sâib’den Mücevherler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256394018</t>
+          <t>9786256299238</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'in Geliştirdiği Tasavvuf</t>
+          <t>İslâm Tarihi Sayfalarında İslamın İlk Fetihleri ve Şam Fütûhâtı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256394063</t>
+          <t>9786256299221</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İştip Hadisesi ve Koçana Vak'ası</t>
+          <t>Osmanlı Şeyhülislâmlarının Terâcim-i Ahvâli</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256394124</t>
+          <t>9786256299207</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Eski Yazıları Okuma Anahtarı ve Siyakat Yazısı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256394261</t>
+          <t>9786256299269</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mimarlarımız</t>
+          <t>Sınırsız İşgal Haritaları: Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256394209</t>
+          <t>9786256299245</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nasihatler</t>
+          <t>Sınırsız İşgal Haritaları: Birinci Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256394179</t>
+          <t>9786256299252</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık ve Manipülasyon</t>
+          <t>Sınırsız İşgal Haritaları: İkinci Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256394131</t>
+          <t>9786256299184</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Takvimin Tarihi</t>
+          <t>Nadir Görülen Haller</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256394407</t>
+          <t>9786256299191</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tecelliler - Levayih</t>
+          <t>Tevhit Bir Ateştir</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256394117</t>
+          <t>9786256299177</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Terbiye Psikolojisi</t>
+          <t>Sonsuzluk Arayışından Metalaşmaya: İslam Kentlerine Dönük Tehditler ve Potansiyeller</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052071281</t>
+          <t>9786256394742</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Edep Eğitimi</t>
+          <t>Gülzar-ı Savab: Hattatlar Kağıt ve Mürekkep Yapım Usulleri Hat Malzemeleri Hakkında En Doğru Bilgi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>660</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256394421</t>
+          <t>9786256394766</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çok Ayakta Duruyoruz</t>
+          <t>En Doğruyu Tercih Hususunda Hakk'ın Ölçüsü - Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057608718</t>
+          <t>9786256394537</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
+          <t>Yasak Topraklarda Tek Başına</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256394278</t>
+          <t>9786057683984</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ey Derviş!</t>
+          <t>Peygamber Ahlakı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256394254</t>
+          <t>9786052071649</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fatih Külliyesi</t>
+          <t>Yedi Çatılı Ev</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256394391</t>
+          <t>9786059268172</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Fizyonomi</t>
+          <t>Ruhun Lisanı - İlm-i Sima</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256394070</t>
+          <t>9786055166779</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hakim-i Faziletperver Efendim Hazretleri - Rıza Tevfik'e Mektuplar 1</t>
+          <t>Eleştirellikten Uyuma</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256394247</t>
+          <t>9786058724549</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Irak-İran Cephesi ve İstiklal Harbi Hatıraları</t>
+          <t>Çıktım Erik Dalına</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257608954</t>
+          <t>9786057683113</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İki Gavs-ı Enam: Abdülkadir-i Geylani ve Abdüsselam el-Esmer Hazretleri</t>
+          <t>Ruh Hallerinin İlmi</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256394162</t>
+          <t>9786057683090</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İsaguci Tercümesi ve Şerhi</t>
+          <t>Gazi İbrahim Tevfik Çırakman - Gönderilmemiş Mektup</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256394148</t>
+          <t>9786052071779</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler 2. Kitap - Mehmed Ali Ayni'nin Hatıraları</t>
+          <t>Battal Gazi Hikayesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256394001</t>
+          <t>9786057683304</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Bütün Oyunları</t>
+          <t>Ağustos Böceği Bir Meşaledir</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257608992</t>
+          <t>9786256299139</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Nüshası: Rabiatü'l-Adeviyye</t>
+          <t>Yedi Meclis - Mecalis-i Seb’a</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257608985</t>
+          <t>9786256299146</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Balkan Açmazının Yirmi Yılı (1900-1920)</t>
+          <t>Masalın Sesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>560</v>
+        <v>380</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256394155</t>
+          <t>9786256299160</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar - Altın Uçurum</t>
+          <t>İslam Tarihinde İlk Melamet ve Melamiliğe Ait En Eski Vesikanın Tercümesi Ebu Abdurrahman es-Sülemi’nin Melametiye Risalesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256394469</t>
+          <t>9786256299153</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Eski Fikirler, Yeni Şekiller: Garip İlimler ve Ruh Çağırma</t>
+          <t>Abdülhamid Han Devrinde Yadigar-ı Macaristan Yadigar-ı Macaristan, Asr-ı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256394452</t>
+          <t>9786256299115</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
+          <t>Müslüman ve Türk Kardeşlerime...</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>440</v>
+        <v>680</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256394445</t>
+          <t>9786052071564</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Leyla Şerif Emin - Türkçenin Rumeli Yakası</t>
+          <t>Medeniyet Tarihinde Kütüphaneler (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>800</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256394476</t>
+          <t>9786256299108</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali - Kimya-yı Sa‘adet</t>
+          <t>Karnak Mabedi’nde Bir Gece</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256394292</t>
+          <t>9786256299092</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Risale</t>
+          <t>Cenab Şahabeddin</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256394285</t>
+          <t>9786256299078</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kalp Terbiyesi ve Tecelliler</t>
+          <t>Asya Türkiye’si Yükseklerinde</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257608305</t>
+          <t>9786256299085</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nefs Psikolojisi</t>
+          <t>Sınırları Aşan Yolculuklar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257608329</t>
+          <t>9786256299061</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmazsan Bu Şehir Hâlâ Senin</t>
+          <t>İbnül-Vakt ve Ebül-Vakt -Bikru’l-Vakt fi Ma’rifeti Sülüki İbni’l-Vakt Ve Ebi’l-Vakt-</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256394612</t>
+          <t>9786256299047</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bahriye Mektebi’nde Bir Jön Türk</t>
+          <t>Çocukluk ve Hocalık Hatıraları Muallimlik Adabı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256394636</t>
+          <t>9786256299030</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinin Tarihi, Yöntemi ve Türleri Üzerine</t>
+          <t>Tanrının Kurduğu Saatler</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256394629</t>
+          <t>9786256299054</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ankara Yazıları</t>
+          <t>Akşehirlizade Ali Haydar Bey Hikmet Mertebeleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256394650</t>
+          <t>9786256299023</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İslam Hat San’atının Doğuşu ve Gelişmesi</t>
+          <t>Ela ve Bala Bir Dünya Şamata</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256394643</t>
+          <t>9786256299009</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı Tarihi -Ders Notları-</t>
+          <t>Siyasette Yön ve Denge - Siyasetnamelerden Günümüze Yönetime Dair Çözümler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256394667</t>
+          <t>9786256394995</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan</t>
+          <t>Kuşlar Kitabı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256394605</t>
+          <t>9786256299016</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ’in Amcası - Ebu Talib Divanı</t>
+          <t>İncelmiş Vakitler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256394674</t>
+          <t>9786256394971</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Başbakanı İvan Geşof (1849-1924) - Balkan İttifakı</t>
+          <t>Rıza Tevfik’e Mektuplar -II-</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256394551</t>
+          <t>9786256394988</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Gelenekleştirilen Dinde Öteki</t>
+          <t>Ben Bir Tımarhane Kaçkınıyım</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256394568</t>
+          <t>9786256394957</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ebülvefa ve Hızır Bey</t>
+          <t>Bir Sufinin Kaleminden Son Dönem Osmanlının, Tasavvufi, Sosyal ve Siyasi Hayatı Ceride-i Sufiyye Yazıları (1913-1919)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256394582</t>
+          <t>9786256394964</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler ve Eski Türk Ordusu</t>
+          <t>Sultan Abdülhamid’in Yaveri Keçecizade İzzet Fuad Paşa’nın Hatıraları (1867-1900) Bir Genç Askerin Muharebe Hatıratı (Sırp Muharebesi 1876-1877) Harb-i Umumî Günlüğü (1914)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256394599</t>
+          <t>9786256394933</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İlhaniler Devri İdarî Teşkilatına Dair Bir Risale</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256394544</t>
+          <t>9786256394940</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Müverrihleri</t>
+          <t>Süleymaniye Vakfiyesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256394513</t>
+          <t>9786256394872</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Matbuat Hayatı (1931-1950)</t>
+          <t>Cihad Risaleleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256394575</t>
+          <t>9786256394919</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Bahisler</t>
+          <t>Gülmedi Bahtım Yine</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256394520</t>
+          <t>9786256394926</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Okullar</t>
+          <t>Terbiye İkinci Yaratılıştır</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052071083</t>
+          <t>9786256394902</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Osmanlı Türkçesi ve Seçme Metinler</t>
+          <t>Eski İstanbul’da Mevsimler (1931-1951)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256394490</t>
+          <t>9786256394865</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Tipler (1931-1951)</t>
+          <t>Atalar Sözü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256394506</t>
+          <t>9786256394841</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Hikayeler (1935-1950)</t>
+          <t>Ma’ruf-ı Kerhi ve İbnü’l-Cevzi’nin Ma’ruf-ı Kerhi Menakıbnamesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256394483</t>
+          <t>9786256394858</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kazan Ben Kepçe (1938-1939)</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257608961</t>
+          <t>9786256394889</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Serzenişi</t>
+          <t>Eski İstanbul'da Ramazanlar ve Bayramlar (1931 -1960)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256394438</t>
+          <t>9786256394896</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Tasavvuf, Felsefe ve Edebiyata Dair Yazılar</t>
+          <t>Ramazan Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256394384</t>
+          <t>9786256394834</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yar Bana Bir Eğlence</t>
+          <t>Canlı Tarihler 3. Kitap - Geçtim Hevesat-ı Dünyeviden Veled Çelebi İzbudak'ın Hatıraları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256394414</t>
+          <t>9786256394759</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Ali'nin Yüz Veciz Sözü</t>
+          <t>Kalbin Devaları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256394377</t>
+          <t>9786256394728</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yedikule Hisarı</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256394193</t>
+          <t>9786256394698</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Musikiye Dair</t>
+          <t>Eski İstanbul’dan Portreler (1934-1973)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256394186</t>
+          <t>9786256394704</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzun İtibarı</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257608947</t>
+          <t>9786256394681</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dost Görünen Düşman! Üç Dahinin Bir Eseri</t>
+          <t>Eski İstanbul Hayatında Yeme-İçme Kültürü (1931-1973)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256394353</t>
+          <t>9786256394735</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Batıniler</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256394346</t>
+          <t>9786256394711</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hîve’den Altın Semerkant’a</t>
+          <t>Hattatlar Silsilesi (17-18. Yüzyıl Osmanlı Hattatları) Devhatü’l-Küttab</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256394360</t>
+          <t>9786059268349</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hükümet</t>
+          <t>Beş Meclis ve Akıl ve Aşk Risalesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256394339</t>
+          <t>9786057683533</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Eski, Daha Eski... -Karşılaştırmalı İstanbul Yazıları-Dünden, Bugünden (1943-1944)</t>
+          <t>Sükut Sanatı Hamuş-Name</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256394322</t>
+          <t>9786256394780</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık Nedir?</t>
+          <t>Milletlerin İhtiyarlığı ve Ölümü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256394308</t>
+          <t>9786256394810</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Ahmedi</t>
+          <t>Ben O Pervaneyim - ed-Dürrü’l-Masun</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256394315</t>
+          <t>9786256394797</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Hamide</t>
+          <t>Nefsin Manaları ve Terbiyesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256394223</t>
+          <t>9786256394827</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir Sene</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256394216</t>
+          <t>9786256394803</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Aşil Topuğu</t>
+          <t>Kadında Güzellik ve Zarafet</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256394230</t>
+          <t>9786256394773</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kış'ın Mücadelesi - Bir Uludağ Efsanesi</t>
+          <t>Hakikat Çiçekleri - Ezhar-ı Hakikat</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256394100</t>
+          <t>9786256394018</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 3 - Masal Olanlar</t>
+          <t>İslamiyet'in Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256394094</t>
+          <t>9786256394063</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 1 - İstanbul Sözlüğü</t>
+          <t>İştip Hadisesi ve Koçana Vak'ası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256394087</t>
+          <t>9786256394124</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 2 - İstanbul Söyleşileri Eski Defterdekiler (1932)</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256394025</t>
+          <t>9786256394261</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türk Şairleri (4 Cilt Takım)</t>
+          <t>Mimarlarımız</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>2750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257608978</t>
+          <t>9786256394209</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hak Erenler -Nebi-</t>
+          <t>Nasihatler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257608695</t>
+          <t>9786256394179</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Elimden Gelen</t>
+          <t>Reklamcılık ve Manipülasyon</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257608657</t>
+          <t>9786256394131</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İlimlerin Sayımı Hakkında</t>
+          <t>Takvimin Tarihi</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257608671</t>
+          <t>9786256394407</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletleri, Türkler ve İslam</t>
+          <t>Tecelliler - Levayih</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257608633</t>
+          <t>9786256394117</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Meşhurlar</t>
+          <t>Terbiye Psikolojisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257608701</t>
+          <t>9786052071281</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yahudi İbadeti Üzerindeki Etkisi</t>
+          <t>Edep Eğitimi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>420</v>
+        <v>660</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257608916</t>
+          <t>9786256394421</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Tercümeleri</t>
+          <t>Çok Ayakta Duruyoruz</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257608848</t>
+          <t>9786057608718</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kayrevan'dan Bosna'ya</t>
+          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257608688</t>
+          <t>9786256394278</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i Al-i Resul</t>
+          <t>Ey Derviş!</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257608831</t>
+          <t>9786256394254</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Muhalefetin İflası</t>
+          <t>Fatih Külliyesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257608886</t>
+          <t>9786256394391</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Türklüğe Dair Risaleler</t>
+          <t>Fizyonomi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257608923</t>
+          <t>9786256394070</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kanun-ı Esasi Şerh ve Kaynakları</t>
+          <t>Hakim-i Faziletperver Efendim Hazretleri - Rıza Tevfik'e Mektuplar 1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257608824</t>
+          <t>9786256394247</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kroniklerinde Kuzey Makedonya</t>
+          <t>Irak-İran Cephesi ve İstiklal Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257608879</t>
+          <t>9786257608954</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam ve Rubaileri</t>
+          <t>İki Gavs-ı Enam: Abdülkadir-i Geylani ve Abdüsselam el-Esmer Hazretleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257608930</t>
+          <t>9786256394162</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Seferler</t>
+          <t>İsaguci Tercümesi ve Şerhi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257608763</t>
+          <t>9786256394148</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Vasıfları</t>
+          <t>Canlı Tarihler 2. Kitap - Mehmed Ali Ayni'nin Hatıraları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257608725</t>
+          <t>9786256394001</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf-i İslami ve Fünun-ı Cedide ve Felsefe</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Bütün Oyunları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257608718</t>
+          <t>9786257608992</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
+          <t>Bir Aşk Nüshası: Rabiatü'l-Adeviyye</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257608862</t>
+          <t>9786257608985</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler - 1. Kitap</t>
+          <t>Balkan Açmazının Yirmi Yılı (1900-1920)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257608855</t>
+          <t>9786256394155</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Budin'den Londra'ya</t>
+          <t>Ahmet Hamdi Tanpınar - Altın Uçurum</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257608909</t>
+          <t>9786256394469</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Tarihi Risaleleri</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Eski Fikirler, Yeni Şekiller: Garip İlimler ve Ruh Çağırma</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257608817</t>
+          <t>9786256394452</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul (1553-1839)</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257608664</t>
+          <t>9786256394445</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ahirzamanda Müzik</t>
+          <t>Leyla Şerif Emin - Türkçenin Rumeli Yakası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257608732</t>
+          <t>9786256394476</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri</t>
+          <t>İmam Gazzali - Kimya-yı Sa‘adet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257608893</t>
+          <t>9786256394292</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Başarı Çağında Genç Olmak</t>
+          <t>Seçilmiş Risale</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257608787</t>
+          <t>9786256394285</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hidayetü't-Talibin Tercümesi</t>
+          <t>Kalp Terbiyesi ve Tecelliler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257608794</t>
+          <t>9786257608305</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale</t>
+          <t>Nefs Psikolojisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257608800</t>
+          <t>9786257608329</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yoksa</t>
+          <t>Kaybolmazsan Bu Şehir Hâlâ Senin</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257608749</t>
+          <t>9786256394612</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kırım ve Kafkas Tarihçesi</t>
+          <t>Bahriye Mektebi’nde Bir Jön Türk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257608770</t>
+          <t>9786256394636</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kudema-yı Mevleviyye</t>
+          <t>Türk Şiirinin Tarihi, Yöntemi ve Türleri Üzerine</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257608756</t>
+          <t>9786256394629</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nasrullah Camii Hutbeleri</t>
+          <t>Ankara Yazıları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257608640</t>
+          <t>9786256394650</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi ve Kelam Tarihi</t>
+          <t>İslam Hat San’atının Doğuşu ve Gelişmesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257608596</t>
+          <t>9786256394643</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kız</t>
+          <t>İran Edebiyatı Tarihi -Ders Notları-</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257608602</t>
+          <t>9786256394667</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Fesad ve Bozukluğun Islahı İçin Seçilmiş Temenniler</t>
+          <t>Önce İnsan</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257608619</t>
+          <t>9786256394605</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cepheye Kolonya</t>
+          <t>Hz. Peygamber ’in Amcası - Ebu Talib Divanı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257608626</t>
+          <t>9786256394674</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethine Dair</t>
+          <t>Bulgaristan Başbakanı İvan Geşof (1849-1924) - Balkan İttifakı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257608572</t>
+          <t>9786256394551</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Süvari Ertuğrul Alayı</t>
+          <t>Kadın: Gelenekleştirilen Dinde Öteki</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257608565</t>
+          <t>9786256394568</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Gemi, Sinekten Kaptan</t>
+          <t>Şeyh Ebülvefa ve Hızır Bey</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257608589</t>
+          <t>9786256394582</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Zeka Ölçüleri</t>
+          <t>Yeniçeriler ve Eski Türk Ordusu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257608541</t>
+          <t>9786256394599</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kırım Kitabı</t>
+          <t>İlhaniler Devri İdarî Teşkilatına Dair Bir Risale</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257608558</t>
+          <t>9786256394544</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Selamın Ruhu</t>
+          <t>Osmanlı Müverrihleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257608510</t>
+          <t>9786256394513</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mevlana: Hayatı, Tasavvufi ve Edebi Şahsiyeti, Eserleri, Şöhreti ve Tesirleri</t>
+          <t>Eski İstanbul'da Matbuat Hayatı (1931-1950)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257608527</t>
+          <t>9786256394575</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib: Hayatı ve Eserleri - 1932 ve 1935 Neşirlerinin Birleştirilmiş Hali</t>
+          <t>Tarihi Bahisler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257608503</t>
+          <t>9786256394520</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sahici Cümleler Kurabilmek - Aydınlar, Üniversite, Medya, Reklam ve Futbol'a Dair Yazılar</t>
+          <t>Eski İstanbul'da Okullar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257608497</t>
+          <t>9786052071083</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Olmasaydı</t>
+          <t>Ana Hatlarıyla Osmanlı Türkçesi ve Seçme Metinler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257608480</t>
+          <t>9786256394490</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı - el-Munkız Mine'd-Dalal</t>
+          <t>Eski İstanbul’dan Tipler (1931-1951)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257608473</t>
+          <t>9786256394506</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul! Eyyühe'l - Veled</t>
+          <t>Eski İstanbul’dan Hikayeler (1935-1950)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257608466</t>
+          <t>9786256394483</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ertelenmiş Yüzleşmeler - Hayat, Zihniyetler, Aidiyet ve Mahremiyete Dair Yazılar</t>
+          <t>İstanbul Kazan Ben Kepçe (1938-1939)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257608459</t>
+          <t>9786257608961</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aruz - Kafiye - Nazım Türleri ve Nazım Şekilleri</t>
+          <t>Güzelin Serzenişi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257608442</t>
+          <t>9786256394438</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sözlüğündeki Uydurma Tabirler</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Tasavvuf, Felsefe ve Edebiyata Dair Yazılar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257608428</t>
+          <t>9786256394384</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Muharebe Mektupları - Trablusgarp'ta Görev Yapan İttihatçı Bir Askerin Mektuplarından</t>
+          <t>Yar Bana Bir Eğlence</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257608367</t>
+          <t>9786256394414</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Saadet Nevalesi-Risale-i Sa'adet Nevale</t>
+          <t>Hazret-i Ali'nin Yüz Veciz Sözü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257608374</t>
+          <t>9786256394377</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin-i Arabi ve Vahdet-i Vücuda Dair</t>
+          <t>Yedikule Hisarı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257608350</t>
+          <t>9786256394193</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı İlahi Hitabiyyat</t>
+          <t>Musikiye Dair</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257608244</t>
+          <t>9786256394186</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Çubuğu Yaratılmadan Evvel...</t>
+          <t>Sonsuzun İtibarı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057683960</t>
+          <t>9786257608947</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Azim</t>
+          <t>Dost Görünen Düşman! Üç Dahinin Bir Eseri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257608220</t>
+          <t>9786256394353</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve Mimarimiz</t>
+          <t>Batıniler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057683977</t>
+          <t>9786256394346</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Otuz Bin Budist</t>
+          <t>Hîve’den Altın Semerkant’a</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257608046</t>
+          <t>9786256394360</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Parıltılar</t>
+          <t>İslamiyet ve Hükümet</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257608275</t>
+          <t>9786256394339</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>‘Ol Dedi Oldu Âlem’ Yaratılış ve Sonrası</t>
+          <t>Eski, Daha Eski... -Karşılaştırmalı İstanbul Yazıları-Dünden, Bugünden (1943-1944)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257608039</t>
+          <t>9786256394322</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nur Heykelleri</t>
+          <t>Müslümanlık Nedir?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257608152</t>
+          <t>9786256394308</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mantığın Temel Kavramları</t>
+          <t>Ahlak-ı Ahmedi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257608282</t>
+          <t>9786256394315</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Sanatı</t>
+          <t>Ahlak-ı Hamide</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257608237</t>
+          <t>9786256394223</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Masalları</t>
+          <t>İstanbul'da Bir Sene</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257608251</t>
+          <t>9786256394216</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’l - Ataiyye</t>
+          <t>Aşil Topuğu</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257608336</t>
+          <t>9786256394230</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerhleri</t>
+          <t>Bahar ve Kış'ın Mücadelesi - Bir Uludağ Efsanesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257608299</t>
+          <t>9786256394100</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli'nin Bilinmeyen Şiirleri ve Bir Mektubu</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 3 - Masal Olanlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257608312</t>
+          <t>9786256394094</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan Menakıbnamesi</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 1 - İstanbul Sözlüğü</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257608176</t>
+          <t>9786256394087</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife ve Ehl-i Beytin Faziletine Dair Hadisler</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 2 - İstanbul Söyleşileri Eski Defterdekiler (1932)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257608183</t>
+          <t>9786256394025</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cahillikle Mücadele Makinesi</t>
+          <t>Türk Şairleri (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057683953</t>
+          <t>9786257608978</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Dertli Dolap</t>
+          <t>Hak Erenler -Nebi-</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257608008</t>
+          <t>9786257608695</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuşmaları</t>
+          <t>Elimden Gelen</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057683830</t>
+          <t>9786257608657</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sözlüğü - Tasvir-i Ahlak</t>
+          <t>İlimlerin Sayımı Hakkında</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>680</v>
+        <v>320</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052071304</t>
+          <t>9786257608671</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Saliklerin Maksatları - Maksadu's-Salikin</t>
+          <t>İslam Devletleri, Türkler ve İslam</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052071854</t>
+          <t>9786257608633</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Üniversite Sorunu</t>
+          <t>İslam Tarihinden Meşhurlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>520</v>
+        <v>700</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052071229</t>
+          <t>9786257608701</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Rusya Arasında Kafkasların Taksimi</t>
+          <t>İslamın Yahudi İbadeti Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257608534</t>
+          <t>9786257608916</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Yolu: Uddetü'l-Müridi's-Sadık</t>
+          <t>Kaside-i Bürde Tercümeleri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257608435</t>
+          <t>9786257608848</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sekülerleşme - İkinci Kitap</t>
+          <t>Kayrevan'dan Bosna'ya</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>700</v>
+        <v>460</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257608404</t>
+          <t>9786257608688</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mezamiri Felsefeden İnsaniyete Veche Veren Büyük Ruhlar</t>
+          <t>Maktel-i Al-i Resul</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257608398</t>
+          <t>9786257608831</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Ahadiyye Şerhi; Ahmed b. Süleyman el-Ervadi’nin Mir’atü’l-İrfan ve Lübbüh İsimli Şerhi ve Ahmed Avni Konuk Tarafından Yapılan Tercümesi</t>
+          <t>Muhalefetin İflası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257608343</t>
+          <t>9786257608886</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Mimar Sinan</t>
+          <t>Müslümanlık ve Türklüğe Dair Risaleler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257608268</t>
+          <t>9786257608923</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Dini - Felsefi Sohbetler - Bütün Yazıları 5</t>
+          <t>Kanun-ı Esasi Şerh ve Kaynakları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257608190</t>
+          <t>9786257608824</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Baki Hakkında Üç Risale</t>
+          <t>Osmanlı Kroniklerinde Kuzey Makedonya</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257608145</t>
+          <t>9786257608879</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ruh Işıltıları - Feyzü’s-Sünuh</t>
+          <t>Ömer Hayyam ve Rubaileri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257608206</t>
+          <t>9786257608930</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Seferler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257608169</t>
+          <t>9786257608763</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Hakikate Göre Muhabbet ve İnsan Şeytanları</t>
+          <t>Sultanların Vasıfları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257608213</t>
+          <t>9786257608725</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kalemi Sayesinde Yaşamak</t>
+          <t>Tasavvuf-i İslami ve Fünun-ı Cedide ve Felsefe</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257608138</t>
+          <t>9786257608718</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Senusiler</t>
+          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257608114</t>
+          <t>9786257608862</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Fatiha ve Bakara Surelerinin Tasavvufi Tefsiri</t>
+          <t>Canlı Tarihler - 1. Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257608077</t>
+          <t>9786257608855</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi (Ciltli)</t>
+          <t>Budin'den Londra'ya</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257608107</t>
+          <t>9786257608909</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Halifelerinden Oflu Yusuf Şevki Efendi: Hayatı, Eserleri, Muhiti ve Tarikatı</t>
+          <t>Ayasofya Tarihi Risaleleri</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257608121</t>
+          <t>9786257608817</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l-Mevlevi İnsana Hayret Veren Büyüklükler</t>
+          <t>Eski İstanbul (1553-1839)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057683823</t>
+          <t>9786257608664</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları - Bütün Yazıları 2</t>
+          <t>Ahirzamanda Müzik</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057683816</t>
+          <t>9786257608732</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Makaleler - Bütün Yazıları 1</t>
+          <t>Kur'an İlimleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257608084</t>
+          <t>9786257608893</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pendname-i Attar</t>
+          <t>Kariyer ve Başarı Çağında Genç Olmak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257608091</t>
+          <t>9786257608787</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Müzekki’n-Nüfus</t>
+          <t>Hidayetü't-Talibin Tercümesi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057683991</t>
+          <t>9786257608794</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları - İkinci Kitap</t>
+          <t>Beş Risale</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257608022</t>
+          <t>9786257608800</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bergüzar-ı Ahlak</t>
+          <t>Yoksa</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257608015</t>
+          <t>9786257608749</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zamandır Geçen</t>
+          <t>Kırım ve Kafkas Tarihçesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257608053</t>
+          <t>9786257608770</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Bir Pusula</t>
+          <t>Kudema-yı Mevleviyye</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057683847</t>
+          <t>9786257608756</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı ve Padişaha Sunulan Minyatürlü Nüsha İnceleme ve Tıpkıbasımlarıyla (Ciltli)</t>
+          <t>Nasrullah Camii Hutbeleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>1600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057683939</t>
+          <t>9786257608640</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>İslam Felsefesi ve Kelam Tarihi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057683915</t>
+          <t>9786257608596</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Alemi</t>
+          <t>İçimdeki Kız</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057683878</t>
+          <t>9786257608602</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Fesad ve Bozukluğun Islahı İçin Seçilmiş Temenniler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057683854</t>
+          <t>9786257608619</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali'den Üç Risale</t>
+          <t>Cepheye Kolonya</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057683922</t>
+          <t>9786257608626</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Her Sayfası Altın Değerinde: Ahmed Ateş</t>
+          <t>İstanbul'un Fethine Dair</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057683908</t>
+          <t>9786257608572</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Kısa Tarihi ve Lügatçesi</t>
+          <t>Süvari Ertuğrul Alayı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057683885</t>
+          <t>9786257608565</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyubi'nin Hayatı</t>
+          <t>Çöpten Gemi, Sinekten Kaptan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057683861</t>
+          <t>9786257608589</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa'dan İki Risale</t>
+          <t>Çocuklarda Zeka Ölçüleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057683892</t>
+          <t>9786257608541</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>Kırım Kitabı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057683793</t>
+          <t>9786257608558</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Teolojisi ve Öze Dönüş</t>
+          <t>Selamın Ruhu</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057683809</t>
+          <t>9786257608510</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi - Abdullah Şerkavi’nin Şerhü’l-Hikem’i ve Ali Örfi Efendi Tarafından Yapılan Tercümesi</t>
+          <t>Mevlana: Hayatı, Tasavvufi ve Edebi Şahsiyeti, Eserleri, Şöhreti ve Tesirleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057683786</t>
+          <t>9786257608527</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Şair Anıtları ve Şair Ali İffet Merhum Hakkında Hatıralar</t>
+          <t>Şeyh Galib: Hayatı ve Eserleri - 1932 ve 1935 Neşirlerinin Birleştirilmiş Hali</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057683755</t>
+          <t>9786257608503</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nihayetin Başlangıcı</t>
+          <t>Sahici Cümleler Kurabilmek - Aydınlar, Üniversite, Medya, Reklam ve Futbol'a Dair Yazılar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057683779</t>
+          <t>9786257608497</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Buhara'da İlim ve Ulema</t>
+          <t>İstanbul Olmasaydı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057683762</t>
+          <t>9786257608480</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kırk Meclis - Çihil Meclis</t>
+          <t>Hakikat Arayışı - el-Munkız Mine'd-Dalal</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057683748</t>
+          <t>9786257608473</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yıldızı - Sezai Karakoç ve Diriliş’e Dair</t>
+          <t>Ey Oğul! Eyyühe'l - Veled</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057683731</t>
+          <t>9786257608466</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Üss-i İslam</t>
+          <t>Ertelenmiş Yüzleşmeler - Hayat, Zihniyetler, Aidiyet ve Mahremiyete Dair Yazılar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057683700</t>
+          <t>9786257608459</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İnsana ve Hayata Dair Düşünceler</t>
+          <t>Aruz - Kafiye - Nazım Türleri ve Nazım Şekilleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057683694</t>
+          <t>9786257608442</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Haririzade Seyyid Muhammed Kemaleddin Devr-i A’la</t>
+          <t>Edebiyat Sözlüğündeki Uydurma Tabirler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057683717</t>
+          <t>9786257608428</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Sözlerinin Farsça ve Türkçe Manzum Tercümeleri</t>
+          <t>Muharebe Mektupları - Trablusgarp'ta Görev Yapan İttihatçı Bir Askerin Mektuplarından</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057683663</t>
+          <t>9786257608367</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mahremi Söylenmemiş Harfler</t>
+          <t>Saadet Nevalesi-Risale-i Sa'adet Nevale</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057683687</t>
+          <t>9786257608374</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l-Mevlevi İbret-amiz Bir Eser: Kıssalar Hisseler</t>
+          <t>Muhyiddin-i Arabi ve Vahdet-i Vücuda Dair</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057683656</t>
+          <t>9786257608350</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferid Kam Metafizik</t>
+          <t>Ahlak-ı İlahi Hitabiyyat</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057683632</t>
+          <t>9786257608244</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferid Kam İlm-i Ahlak</t>
+          <t>Üzüm Çubuğu Yaratılmadan Evvel...</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057683649</t>
+          <t>9786057683960</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Bin Fahreddin Meşhur Hatunlar</t>
+          <t>Ümit ve Azim</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>620</v>
+        <v>330</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057683625</t>
+          <t>9786257608220</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Hakkında Üç Risale (Ciltli)</t>
+          <t>Türk Modernleşmesi ve Mimarimiz</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057683601</t>
+          <t>9786057683977</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mizahımızın Uç Beyleri</t>
+          <t>Paris’te Otuz Bin Budist</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057683595</t>
+          <t>9786257608046</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kadar Taze, Hayat Kadar Nazik</t>
+          <t>Parıltılar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>620</v>
+        <v>400</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057683588</t>
+          <t>9786257608275</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mekanı Paranteze Almadan...</t>
+          <t>‘Ol Dedi Oldu Âlem’ Yaratılış ve Sonrası</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057683540</t>
+          <t>9786257608039</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Gazali ya da Deli Birader</t>
+          <t>Nur Heykelleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057683557</t>
+          <t>9786257608152</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Abalar Giyinmek</t>
+          <t>Mantığın Temel Kavramları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057683571</t>
+          <t>9786257608282</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Beş Tarz-ı Siyaset</t>
+          <t>Kurgu Sanatı</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057683502</t>
+          <t>9786257608237</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bugüne Ortadoğu</t>
+          <t>İstanbul Masalları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057683526</t>
+          <t>9786257608251</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Hikemü’l - Ataiyye</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057683519</t>
+          <t>9786257608336</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında Marko Paşa</t>
+          <t>Hadis Şerhleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057683496</t>
+          <t>9786257608299</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin Risalesi - Risale-i Hüseyniyye</t>
+          <t>Fuzuli'nin Bilinmeyen Şiirleri ve Bir Mektubu</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057683441</t>
+          <t>9786257608312</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hanefi Cenkleri</t>
+          <t>Emir Sultan Menakıbnamesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057683465</t>
+          <t>9786257608176</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya</t>
+          <t>Dört Halife ve Ehl-i Beytin Faziletine Dair Hadisler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057683472</t>
+          <t>9786257608183</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Risalesi - Risale-i Fütüvvetiyye Tercümesi</t>
+          <t>Cahillikle Mücadele Makinesi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057683458</t>
+          <t>9786057683953</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami’nin Besmele Manzumesi ve Mir’atü’l-Akaid Tercümesi</t>
+          <t>Benim Adım Dertli Dolap</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057683359</t>
+          <t>9786257608008</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Ayasofya Konuşmaları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057683403</t>
+          <t>9786057683830</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Aynasında Dil ve Edebiyat</t>
+          <t>Ahlak Sözlüğü - Tasvir-i Ahlak</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057683410</t>
+          <t>9786052071304</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Küreselliğin Fay Hattı</t>
+          <t>Saliklerin Maksatları - Maksadu's-Salikin</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>700</v>
+        <v>520</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057683427</t>
+          <t>9786052071854</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yedi Esma Risalesi</t>
+          <t>Türkiye'nin Üniversite Sorunu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057683397</t>
+          <t>9786052071229</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Sivasi Menakıbnamesi</t>
+          <t>Osmanlı Devleti ve Rusya Arasında Kafkasların Taksimi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057683380</t>
+          <t>9786257608534</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Lale Der ki...</t>
+          <t>Sadakat Yolu: Uddetü'l-Müridi's-Sadık</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057683373</t>
+          <t>9786257608435</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Değerler Kavramı Açısından Ahlak ve Hukuk</t>
+          <t>Türkiye'de Sekülerleşme - İkinci Kitap</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057683342</t>
+          <t>9786257608404</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Okuma Hazinesi</t>
+          <t>Mezamiri Felsefeden İnsaniyete Veche Veren Büyük Ruhlar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057683366</t>
+          <t>9786257608398</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları - Birinci Kitap</t>
+          <t>Risale-i Ahadiyye Şerhi; Ahmed b. Süleyman el-Ervadi’nin Mir’atü’l-İrfan ve Lübbüh İsimli Şerhi ve Ahmed Avni Konuk Tarafından Yapılan Tercümesi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057683328</t>
+          <t>9786257608343</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Zamanla Konuşmalar</t>
+          <t>Çocuklara Mimar Sinan</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057683335</t>
+          <t>9786257608268</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İnanç İbadet ve Ahlak Esasları Cinanü’l-Cenan</t>
+          <t>Dini - Felsefi Sohbetler - Bütün Yazıları 5</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057683298</t>
+          <t>9786257608190</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami’nin Kırk Hadis Tercümesi</t>
+          <t>Baki Hakkında Üç Risale</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057683199</t>
+          <t>9786257608145</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Şen Yazılar ve Söz Oyunları’ndan</t>
+          <t>Ruh Işıltıları - Feyzü’s-Sünuh</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057683311</t>
+          <t>9786257608206</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Kitabı</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057683281</t>
+          <t>9786257608169</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Paşa’nın Güneş Kasidesi Üzerine Düşünceler</t>
+          <t>Ehl-i Hakikate Göre Muhabbet ve İnsan Şeytanları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057683274</t>
+          <t>9786257608213</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Eşrefzade</t>
+          <t>Kalemi Sayesinde Yaşamak</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057683250</t>
+          <t>9786257608138</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Gül Cemalini Öp</t>
+          <t>Senusiler</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057683243</t>
+          <t>9786257608114</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cüzzamlı Eller ve Domuz Kemiği</t>
+          <t>Fatiha ve Bakara Surelerinin Tasavvufi Tefsiri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057683205</t>
+          <t>9786257608077</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Değişmedi Rengi Gecenin</t>
+          <t>Kırk Hadis Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057683175</t>
+          <t>9786257608107</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Canevinden</t>
+          <t>Gümüşhanevi Halifelerinden Oflu Yusuf Şevki Efendi: Hayatı, Eserleri, Muhiti ve Tarikatı</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057683168</t>
+          <t>9786257608121</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Şeyh San'an Hikayesi</t>
+          <t>Tahirü’l-Mevlevi İnsana Hayret Veren Büyüklükler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057683182</t>
+          <t>9786057683823</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Bürokratın Suriye, Irak ve Arabistan Seyahatnamesi</t>
+          <t>Avrupa Mektupları - Bütün Yazıları 2</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057683151</t>
+          <t>9786057683816</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefe Tarihi</t>
+          <t>Makaleler - Bütün Yazıları 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>700</v>
+        <v>530</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057683144</t>
+          <t>9786257608084</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Risale</t>
+          <t>Pendname-i Attar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057683137</t>
+          <t>9786257608091</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mağrib Ulularının Sözleri</t>
+          <t>Müzekki’n-Nüfus</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057683212</t>
+          <t>9786057683991</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman İçerisinde Hristiyan Bir Seyyahın Gözüyle Kudüs ve Çevresi 1697</t>
+          <t>Divan Edebiyatı Yazıları - İkinci Kitap</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057683267</t>
+          <t>9786257608022</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Portreler - Kitaplar ve Dergiler</t>
+          <t>Bergüzar-ı Ahlak</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>820</v>
+        <v>360</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057683236</t>
+          <t>9786257608015</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yekten Yürekten</t>
+          <t>Zamandır Geçen</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057683106</t>
+          <t>9786257608053</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Mustafa Darir Efendi - Yüz Hadis Yüz Hikaye</t>
+          <t>Kudüs: Bir Pusula</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057683120</t>
+          <t>9786057683847</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Komik-i Şehir Naşit Efendi</t>
+          <t>Yavuz Sultan Selim Divanı ve Padişaha Sunulan Minyatürlü Nüsha İnceleme ve Tıpkıbasımlarıyla (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>380</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057683083</t>
+          <t>9786057683939</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Asr Vaktinde Firak</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057683076</t>
+          <t>9786057683915</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir Defterleri</t>
+          <t>İnsanlık Alemi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057683069</t>
+          <t>9786057683878</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057683021</t>
+          <t>9786057683854</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Halveti Azizlerinin Etvar-ı Seb'a Risaleleri (Ciltli)</t>
+          <t>İmam-ı Gazali'den Üç Risale</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>1000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057683052</t>
+          <t>9786057683922</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Nefs Eğitimi</t>
+          <t>Her Sayfası Altın Değerinde: Ahmed Ateş</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052071984</t>
+          <t>9786057683908</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı İnkar Mümkün Müdür?</t>
+          <t>Kur’an-ı Kerim’in Kısa Tarihi ve Lügatçesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052071977</t>
+          <t>9786057683885</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Darülfünundan Üniversiteye Öğretim Üyeleri (1900-1946)</t>
+          <t>Selahaddin-i Eyyubi'nin Hayatı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052071960</t>
+          <t>9786057683861</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Aklı Kamaştıran Belagat Kasırgası</t>
+          <t>Ahmet Cevdet Paşa'dan İki Risale</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052071953</t>
+          <t>9786057683892</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Menkıbelerin Parlak Yıldızları</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052071991</t>
+          <t>9786057683793</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Temsiller</t>
+          <t>Kurtuluş Teolojisi ve Öze Dönüş</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052071939</t>
+          <t>9786057683809</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Çözdüm Dünyanın Bütün Müşkillerini</t>
+          <t>Hikem-i Ataiyye Şerhi - Abdullah Şerkavi’nin Şerhü’l-Hikem’i ve Ali Örfi Efendi Tarafından Yapılan Tercümesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052071922</t>
+          <t>9786057683786</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kesret Çarşısında Bir Hikmet Dükkanı</t>
+          <t>Şair Anıtları ve Şair Ali İffet Merhum Hakkında Hatıralar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052071946</t>
+          <t>9786057683755</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Arabistan Seyahatleri</t>
+          <t>Nihayetin Başlangıcı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052071830</t>
+          <t>9786057683779</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Tarihi (Ciltli)</t>
+          <t>Buhara'da İlim ve Ulema</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052071915</t>
+          <t>9786057683762</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Yeniden Düşünmek ve Erguvanname</t>
+          <t>Kırk Meclis - Çihil Meclis</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052071908</t>
+          <t>9786057683748</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Lügatı</t>
+          <t>Sabah Yıldızı - Sezai Karakoç ve Diriliş’e Dair</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>680</v>
+        <v>700</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052071892</t>
+          <t>9786057683731</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eski Savlar</t>
+          <t>Üss-i İslam</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052071885</t>
+          <t>9786057683700</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erlerinin Vasıfları</t>
+          <t>İnsana ve Hayata Dair Düşünceler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052071861</t>
+          <t>9786057683694</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Malta Seyahatnamesi</t>
+          <t>Haririzade Seyyid Muhammed Kemaleddin Devr-i A’la</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052071878</t>
+          <t>9786057683717</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Germiyanlı Şeyhi ve Harname'si</t>
+          <t>Hz. Ali’nin Sözlerinin Farsça ve Türkçe Manzum Tercümeleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052071847</t>
+          <t>9786057683663</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Felsefesi</t>
+          <t>Mahremi Söylenmemiş Harfler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052071793</t>
+          <t>9786057683687</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Mezhep Cereyanları</t>
+          <t>Tahirü’l-Mevlevi İbret-amiz Bir Eser: Kıssalar Hisseler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052071724</t>
+          <t>9786057683656</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde İstişare, Tedbir ve Tecrübe</t>
+          <t>Ömer Ferid Kam Metafizik</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052071816</t>
+          <t>9786057683632</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Camilerimiz</t>
+          <t>Ömer Ferid Kam İlm-i Ahlak</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052071823</t>
+          <t>9786057683649</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ey Genç Sözüm Sana</t>
+          <t>Rızaeddin Bin Fahreddin Meşhur Hatunlar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052071809</t>
+          <t>9786057683625</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Aliya</t>
+          <t>Fuzuli Hakkında Üç Risale (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052071748</t>
+          <t>9786057683601</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ebu Müslim Horasani Hikayesi</t>
+          <t>Mizahımızın Uç Beyleri</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052071786</t>
+          <t>9786057683595</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Acaibü’l - Acaibat</t>
+          <t>Bahar Kadar Taze, Hayat Kadar Nazik</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052071755</t>
+          <t>9786057683588</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Natık Oğlu Fadıl</t>
+          <t>Mekanı Paranteze Almadan...</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052071731</t>
+          <t>9786057683540</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hayalat-ı Dil</t>
+          <t>Bursalı Gazali ya da Deli Birader</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059268509</t>
+          <t>9786057683557</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’nın Hayatı</t>
+          <t>Abalar Giyinmek</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052071717</t>
+          <t>9786057683571</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur’a Dair</t>
+          <t>Beş Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052071694</t>
+          <t>9786057683502</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Başlangıcından Bugüne Ortadoğu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052071700</t>
+          <t>9786057683526</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Kunta Hacı</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052071663</t>
+          <t>9786057683519</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kaleleri</t>
+          <t>Arşiv Belgeleri Işığında Marko Paşa</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052071656</t>
+          <t>9786057683496</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bir Göğüste İki Kalp</t>
+          <t>Hz. Hüseyin Risalesi - Risale-i Hüseyniyye</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052071670</t>
+          <t>9786057683441</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sinop Tarihi</t>
+          <t>Muhammed Hanefi Cenkleri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052071632</t>
+          <t>9786057683465</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Vücudi ve Şuhüdi Tevhid</t>
+          <t>Kısas-ı Enbiya</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052071625</t>
+          <t>9786057683472</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Zafer Sayfaları</t>
+          <t>Kardeşlik Risalesi - Risale-i Fütüvvetiyye Tercümesi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052071618</t>
+          <t>9786057683458</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Özün Özü</t>
+          <t>Molla Cami’nin Besmele Manzumesi ve Mir’atü’l-Akaid Tercümesi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052071601</t>
+          <t>9786057683359</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İstanbul, Şehirler ve Mimari</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052071588</t>
+          <t>9786057683403</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kurtarıcı Olursa</t>
+          <t>Milliyetçilik Aynasında Dil ve Edebiyat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052071571</t>
+          <t>9786057683410</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Müzik Notları</t>
+          <t>Küreselliğin Fay Hattı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052071557</t>
+          <t>9786057683427</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ülke</t>
+          <t>Yedi Esma Risalesi</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052071489</t>
+          <t>9786057683397</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Taşlar Kitabı</t>
+          <t>Şems-i Sivasi Menakıbnamesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052071540</t>
+          <t>9786057683380</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hallerin Terbiyesi</t>
+          <t>Lale Der ki...</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052071533</t>
+          <t>9786057683373</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhi Şerefü’l-Akide</t>
+          <t>İnsan ve Değerler Kavramı Açısından Ahlak ve Hukuk</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052071519</t>
+          <t>9786057683342</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gizli Lisan (Lisan-ı Ezhar)</t>
+          <t>Okuma Hazinesi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059268547</t>
+          <t>9786057683366</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Bana Göre Değil</t>
+          <t>Divan Edebiyatı Yazıları - Birinci Kitap</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059268516</t>
+          <t>9786057683328</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ali Sina Hikayesi</t>
+          <t>Zamanla Konuşmalar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059268530</t>
+          <t>9786057683335</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Makamat-ı Cami</t>
+          <t>İnanç İbadet ve Ahlak Esasları Cinanü’l-Cenan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052071472</t>
+          <t>9786057683298</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Vatan Fikri ve Terbiyesi</t>
+          <t>Molla Cami’nin Kırk Hadis Tercümesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052071458</t>
+          <t>9786057683199</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kalbi: Harakani</t>
+          <t>Şen Yazılar ve Söz Oyunları’ndan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052071526</t>
+          <t>9786057683311</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Derviş Balkanı Eşkiyaları ve Avcılığım</t>
+          <t>Ahilik Kitabı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052071465</t>
+          <t>9786057683281</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler</t>
+          <t>Ahmed Paşa’nın Güneş Kasidesi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052071496</t>
+          <t>9786057683274</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Arapların Gözüyle Türkler - (9-12. Yüzyıllar)</t>
+          <t>Menakıb-ı Eşrefzade</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052071502</t>
+          <t>9786057683250</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi Bütün Hikayeleri</t>
+          <t>Tanrı'nın Gül Cemalini Öp</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059268455</t>
+          <t>9786057683243</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Gölgesinde</t>
+          <t>Cüzzamlı Eller ve Domuz Kemiği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052071410</t>
+          <t>9786057683205</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı</t>
+          <t>Değişmedi Rengi Gecenin</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052071397</t>
+          <t>9786057683175</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Gerçeğin Canevinden</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052071403</t>
+          <t>9786057683168</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yolculuğu</t>
+          <t>Şeyh San'an Hikayesi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052071373</t>
+          <t>9786057683182</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bozoklu Osman Şakir’in Musavver İran Sefaretnamesi ve Fatih’ten 1914 Kuşağına Türk Resim Sanatı</t>
+          <t>Bir Osmanlı Bürokratın Suriye, Irak ve Arabistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052071366</t>
+          <t>9786057683151</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Antik Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052071359</t>
+          <t>9786057683144</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Arkasındaki Hayat</t>
+          <t>Dokuz Risale</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052071342</t>
+          <t>9786057683137</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yazarak Yaşamak</t>
+          <t>Mağrib Ulularının Sözleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052071328</t>
+          <t>9786057683212</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İslam Filozofu İbn-i Rüşd</t>
+          <t>Geçmiş Zaman İçerisinde Hristiyan Bir Seyyahın Gözüyle Kudüs ve Çevresi 1697</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052071335</t>
+          <t>9786057683267</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali</t>
+          <t>Portreler - Kitaplar ve Dergiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>300</v>
+        <v>820</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052071311</t>
+          <t>9786057683236</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Yekten Yürekten</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052071298</t>
+          <t>9786057683106</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Rüya Mektupları</t>
+          <t>Erzurumlu Mustafa Darir Efendi - Yüz Hadis Yüz Hikaye</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052071274</t>
+          <t>9786057683120</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetimi için Bilgelik Kılavuzu</t>
+          <t>Komik-i Şehir Naşit Efendi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052071267</t>
+          <t>9786057683083</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tesadüfler</t>
+          <t>Asr Vaktinde Firak</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052071250</t>
+          <t>9786057683076</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dekolonizasyon</t>
+          <t>Maveraünnehir Defterleri</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059268912</t>
+          <t>9786057683069</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Teknik Okumalar: Bağa Destursuz Girenler</t>
+          <t>Söyleşiler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052071243</t>
+          <t>9786057683021</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Necmeddin Daye: Hüküm Sahiplerinin İzleyecekleri Yol</t>
+          <t>Halveti Azizlerinin Etvar-ı Seb'a Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052071205</t>
+          <t>9786057683052</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Koca Sekbanbaşı Risalesi: Avamın Düşüncelerinin Reddedilmesi</t>
+          <t>Nefs Eğitimi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052071212</t>
+          <t>9786052071984</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Hikayeleri</t>
+          <t>Allah’ı İnkar Mümkün Müdür?</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052071175</t>
+          <t>9786052071977</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Cevelanname</t>
+          <t>Darülfünundan Üniversiteye Öğretim Üyeleri (1900-1946)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052071090</t>
+          <t>9786052071960</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sürüklenmek</t>
+          <t>Aklı Kamaştıran Belagat Kasırgası</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052071137</t>
+          <t>9786052071953</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sahabe-i Kiram'ın Peygamber Efendimiz'e Mersiyeleri</t>
+          <t>Menkıbelerin Parlak Yıldızları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052071151</t>
+          <t>9786052071991</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Hafızası</t>
+          <t>Temsiller</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052071120</t>
+          <t>9786052071939</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Çözdüm Dünyanın Bütün Müşkillerini</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052071076</t>
+          <t>9786052071922</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gözün Aydın, Dünya Yalan</t>
+          <t>Kesret Çarşısında Bir Hikmet Dükkanı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052071168</t>
+          <t>9786052071946</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Yoksulluk</t>
+          <t>Arabistan Seyahatleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052071113</t>
+          <t>9786052071830</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Matbuat Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052071069</t>
+          <t>9786052071915</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Rüyası</t>
+          <t>İstanbul'u Yeniden Düşünmek ve Erguvanname</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052071106</t>
+          <t>9786052071908</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Karşılaşmalar</t>
+          <t>Edebiyat Lügatı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>380</v>
+        <v>680</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052071021</t>
+          <t>9786052071892</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kalem ile Kılıcın Münazarası</t>
+          <t>Eski Savlar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052071052</t>
+          <t>9786052071885</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Müstağrip Aydınlar Yüzyılı</t>
+          <t>Gönül Erlerinin Vasıfları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052071045</t>
+          <t>9786052071861</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Hangi Meslek-i Felsefeyi Kabul Etmeliyiz? ya da Darulfünun Efendilerine</t>
+          <t>Malta Seyahatnamesi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052071014</t>
+          <t>9786052071878</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Emin Daire'nin Sivri Köşeleri</t>
+          <t>Germiyanlı Şeyhi ve Harname'si</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059268981</t>
+          <t>9786052071847</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Biz Dışarıda Kalanlar</t>
+          <t>Üniversite Felsefesi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059268967</t>
+          <t>9786052071793</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Berceste Mısralar: Zinetü’l-Mecalis (Ciltli)</t>
+          <t>Türk Tarihinde Mezhep Cereyanları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059268974</t>
+          <t>9786052071724</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Tac Sembolizmi</t>
+          <t>Devlet Yönetiminde İstişare, Tedbir ve Tecrübe</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059268899</t>
+          <t>9786052071816</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun Genel İlkeleri: Kavaid-i Külliye</t>
+          <t>Camilerimiz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059268875</t>
+          <t>9786052071823</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Beşeriyetin Fahr-i Ebedisi Nebimizi Bilelim ve Cihad-ı Ekber'e: Şehbenderzade Filibeli Ahmed Hilmi</t>
+          <t>Ey Genç Sözüm Sana</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059268882</t>
+          <t>9786052071809</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Dil ile Akıl Arasında Söyleşi</t>
+          <t>Aliya</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059268905</t>
+          <t>9786052071748</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürü</t>
+          <t>Ebu Müslim Horasani Hikayesi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059268950</t>
+          <t>9786052071786</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm İki Çeşme</t>
+          <t>Acaibü’l - Acaibat</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059268936</t>
+          <t>9786052071755</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'nun Son Yüzyılı (1901-2017)</t>
+          <t>Natık Oğlu Fadıl</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059268929</t>
+          <t>9786052071731</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Said Paşa: Mesel Kitabı</t>
+          <t>Hayalat-ı Dil</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059268868</t>
+          <t>9786059268509</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Diana'nın Kanlı Kavakları</t>
+          <t>Nasreddin Hoca’nın Hayatı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059268851</t>
+          <t>9786052071717</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Barbarlığın Şiiri</t>
+          <t>Hallac-ı Mansur’a Dair</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059268813</t>
+          <t>9786052071694</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayrılık</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059268820</t>
+          <t>9786052071700</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mevakıf (Ciltli)</t>
+          <t>Kafkasya'da Kunta Hacı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059268837</t>
+          <t>9786052071663</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Orhan Okay</t>
+          <t>Ruhun Kaleleri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059268844</t>
+          <t>9786052071656</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Eğitimi</t>
+          <t>Bir Göğüste İki Kalp</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059268776</t>
+          <t>9786052071670</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ülkelerin Durumunu Öğrenmek İçin En Doğru Yol</t>
+          <t>Sinop Tarihi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059268752</t>
+          <t>9786052071632</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Mekke Medine ve Kudüs'ün Faziletleri</t>
+          <t>Vücudi ve Şuhüdi Tevhid</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059268769</t>
+          <t>9786052071625</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Edebiyat</t>
+          <t>Osmanlının Zafer Sayfaları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>520</v>
+        <v>620</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059268745</t>
+          <t>9786052071618</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi Aklın Buhranı</t>
+          <t>Özün Özü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059268806</t>
+          <t>9786052071601</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber ve Zamanı</t>
+          <t>İstanbul, Şehirler ve Mimari</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059268790</t>
+          <t>9786052071588</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yedi Alimler Hikayesi</t>
+          <t>Ölüm Kurtarıcı Olursa</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059268783</t>
+          <t>9786052071571</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden Hayat</t>
+          <t>Müzik Notları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059268653</t>
+          <t>9786052071557</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ay Batarken Gün Doğarmış</t>
+          <t>İçimizdeki Ülke</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059268714</t>
+          <t>9786052071489</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kış Tutulması (Ciltli)</t>
+          <t>Aristoteles’in Taşlar Kitabı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059268738</t>
+          <t>9786052071540</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak Üzere Olan Bir Adam (Ciltli)</t>
+          <t>Hallerin Terbiyesi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059268660</t>
+          <t>9786052071533</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dört Derviş Hikayesi (Ciltli)</t>
+          <t>Fıkh-ı Ekber Şerhi Şerefü’l-Akide</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059268707</t>
+          <t>9786052071519</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kenti Dinlemek</t>
+          <t>Gizli Lisan (Lisan-ı Ezhar)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059268691</t>
+          <t>9786059268547</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Batınilerin Belini Kıran Deliller ve Te'vilin Temel İlkeleri</t>
+          <t>Yazmak Bana Göre Değil</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059268684</t>
+          <t>9786059268516</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Mahiyeti Hakkında</t>
+          <t>Ebu Ali Sina Hikayesi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059268592</t>
+          <t>9786059268530</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Köprüde Uyanmak</t>
+          <t>Makamat-ı Cami</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059268608</t>
+          <t>9786052071472</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Işıltısı</t>
+          <t>Vatan Fikri ve Terbiyesi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059268585</t>
+          <t>9786052071458</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Savaş Sanatı</t>
+          <t>Anadolu’nun Kalbi: Harakani</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059268615</t>
+          <t>9786052071526</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa'ya Açık Mektup</t>
+          <t>Derviş Balkanı Eşkiyaları ve Avcılığım</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059268622</t>
+          <t>9786052071465</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Göstergeler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059268578</t>
+          <t>9786052071496</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İslamın Büyük Velisi Abdülkadir Geylani</t>
+          <t>Arapların Gözüyle Türkler - (9-12. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059268493</t>
+          <t>9786052071502</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Gürültü Arasında Siyaset</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059268561</t>
+          <t>9786059268455</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy Kavaid-i Edebiyye</t>
+          <t>Kalemin Gölgesinde</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059268523</t>
+          <t>9786052071410</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gözlerimizle Görmek</t>
+          <t>Yedi Askı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786059268554</t>
+          <t>9786052071397</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059268479</t>
+          <t>9786052071403</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Müziği Düşünmek</t>
+          <t>Ruhun Yolculuğu</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059268462</t>
+          <t>9786052071373</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı - Ravzatü’l-İslam (Ciltli)</t>
+          <t>Bozoklu Osman Şakir’in Musavver İran Sefaretnamesi ve Fatih’ten 1914 Kuşağına Türk Resim Sanatı</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059268431</t>
+          <t>9786052071366</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Ciltli)</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059268486</t>
+          <t>9786052071359</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Nazariyesi</t>
+          <t>Perdenin Arkasındaki Hayat</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059268400</t>
+          <t>9786052071342</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve İnsan</t>
+          <t>Yazarak Yaşamak</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059268424</t>
+          <t>9786052071328</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>İslam Filozofu İbn-i Rüşd</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059268394</t>
+          <t>9786052071335</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl ve Büyük Doğu</t>
+          <t>İmam Gazzali</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059268332</t>
+          <t>9786052071311</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Aynası</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059268417</t>
+          <t>9786052071298</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dilimin Döndüğü Kadar</t>
+          <t>Rüya Mektupları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059268370</t>
+          <t>9786052071274</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Devlet Yönetimi için Bilgelik Kılavuzu</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059268226</t>
+          <t>9786052071267</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gölünde Yüzen Canlar (3 Cilt Takım)</t>
+          <t>Mutlu Tesadüfler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059268202</t>
+          <t>9786052071250</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mülkün Sultanlarına</t>
+          <t>Dekolonizasyon</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059268387</t>
+          <t>9786059268912</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Bülbül-Name Hikayesi</t>
+          <t>Teknik Okumalar: Bağa Destursuz Girenler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059268363</t>
+          <t>9786052071243</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Ehl-i Kitap</t>
+          <t>Necmeddin Daye: Hüküm Sahiplerinin İzleyecekleri Yol</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>620</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059268318</t>
+          <t>9786052071205</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Nuru</t>
+          <t>Koca Sekbanbaşı Risalesi: Avamın Düşüncelerinin Reddedilmesi</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059268325</t>
+          <t>9786052071212</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlara Öğütler</t>
+          <t>Bektaşi Hikayeleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052071441</t>
+          <t>9786052071175</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Maverdi - Yüce Hedefler Kitabı</t>
+          <t>Cevelanname</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059268288</t>
+          <t>9786052071090</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Taşa Kazınmış Sözler</t>
+          <t>Sürüklenmek</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>660</v>
+        <v>400</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059268110</t>
+          <t>9786052071137</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Gece Diyarından Hayaller - Şebistan-ı Hayal</t>
+          <t>Sahabe-i Kiram'ın Peygamber Efendimiz'e Mersiyeleri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059268127</t>
+          <t>9786052071151</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+          <t>Bir Şehrin Hafızası</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786059268011</t>
+          <t>9786052071120</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Hikayesi</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059268059</t>
+          <t>9786052071076</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Latifeler Kitabı - Letaif-i Lami'i</t>
+          <t>Gözün Aydın, Dünya Yalan</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059268042</t>
+          <t>9786052071168</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Bir Yoksulluk</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059268028</t>
+          <t>9786052071113</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>'İz'ler</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059268066</t>
+          <t>9786052071069</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Risalesi - Risale-i Mergube</t>
+          <t>Karagöz'ün Rüyası</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055166960</t>
+          <t>9786052071106</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kamil İnsan</t>
+          <t>Doğu'yla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055166953</t>
+          <t>9786052071021</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyaset</t>
+          <t>Kalem ile Kılıcın Münazarası</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786055166915</t>
+          <t>9786052071052</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kitabı : Mucizat-ı Enbiya Tercümesi</t>
+          <t>Müstağrip Aydınlar Yüzyılı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>600</v>
+        <v>520</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055166885</t>
+          <t>9786052071045</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Öğütler Kitabı - Rahatü'l-İnsan ve Zafer-Name Metinleri</t>
+          <t>Gençlere Hangi Meslek-i Felsefeyi Kabul Etmeliyiz? ya da Darulfünun Efendilerine</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055166892</t>
+          <t>9786052071014</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gönül ile Aşık'ın Sohbeti</t>
+          <t>Emin Daire'nin Sivri Köşeleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055166908</t>
+          <t>9786059268981</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyatımız</t>
+          <t>Biz Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055166878</t>
+          <t>9786059268967</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed'e Nasihatler</t>
+          <t>Berceste Mısralar: Zinetü’l-Mecalis (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786055166823</t>
+          <t>9786059268974</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hayy bin Yakzan Hakikatin Peşinde</t>
+          <t>Tasavvufta Tac Sembolizmi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055166830</t>
+          <t>9786059268899</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli</t>
+          <t>İslam Hukukunun Genel İlkeleri: Kavaid-i Külliye</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055166793</t>
+          <t>9786059268875</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ay... Gülcemal</t>
+          <t>Beşeriyetin Fahr-i Ebedisi Nebimizi Bilelim ve Cihad-ı Ekber'e: Şehbenderzade Filibeli Ahmed Hilmi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055166786</t>
+          <t>9786059268882</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hatırlar</t>
+          <t>Dil ile Akıl Arasında Söyleşi</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055166809</t>
+          <t>9786059268905</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ele Geçirilemeyen Toprak Kuzey Kafkasya</t>
+          <t>Okul Müdürü</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055166434</t>
+          <t>9786059268950</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kudemadan Birkaç Şair - Eskilerden Birkaç Şair</t>
+          <t>İki Gözüm İki Çeşme</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055166854</t>
+          <t>9786059268936</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İlhamlar ve Ayartmalar</t>
+          <t>Orta Doğu'nun Son Yüzyılı (1901-2017)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786055166618</t>
+          <t>9786059268929</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bin Bir Hali : Hikaye-i Sergüzel</t>
+          <t>Diyarbekirli Said Paşa: Mesel Kitabı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786055166717</t>
+          <t>9786059268868</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tabsıratü'l-İnsan - İnsana Tutulan Ayna</t>
+          <t>Diana'nın Kanlı Kavakları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055166663</t>
+          <t>9786059268851</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Hikaye Kuramı</t>
+          <t>Barbarlığın Şiiri</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055166557</t>
+          <t>9786059268813</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Bir Ayrılık</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055166342</t>
+          <t>9786059268820</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles'ten Savaş Adabı ve Ahlakı</t>
+          <t>Mevakıf (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055166373</t>
+          <t>9786059268837</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Katil</t>
+          <t>Tanıdığım Orhan Okay</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055166090</t>
+          <t>9786059268844</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan</t>
+          <t>Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055166632</t>
+          <t>9786059268776</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asırda Alem-i İslam ve Avrupa Siyaseti</t>
+          <t>Ülkelerin Durumunu Öğrenmek İçin En Doğru Yol</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055166687</t>
+          <t>9786059268752</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Erkek, Eş, Çocuk : İlişki Yönetimi</t>
+          <t>Mekke Medine ve Kudüs'ün Faziletleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055166151</t>
+          <t>9786059268769</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Risaleler: Hakikat ve İnsan</t>
+          <t>Mukayeseli Edebiyat</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>630</v>
+        <v>520</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055166106</t>
+          <t>9786059268745</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İbn Seb'in Sicilya Cevapları</t>
+          <t>Dünyevi Aklın Buhranı</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055166038</t>
+          <t>9786059268806</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Sevinci</t>
+          <t>Hazret-i Peygamber ve Zamanı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786056311819</t>
+          <t>9786059268790</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Ubeydiye Risalesi - Dar Geçitleri Aşmak</t>
+          <t>Yedi Alimler Hikayesi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786058724570</t>
+          <t>9786059268783</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü’l-Ümera ve Minhatü’l Vüzera</t>
+          <t>Yitip Giden Hayat</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786055166045</t>
+          <t>9786059268653</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Tehzıbu’l - Ahlak - Ahlak Eğitimi</t>
+          <t>Ay Batarken Gün Doğarmış</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055166021</t>
+          <t>9786059268714</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+          <t>Kış Tutulması (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786058724563</t>
+          <t>9786059268738</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Süheyli’den Duyulmadık Hikayeler</t>
+          <t>Uyanmak Üzere Olan Bir Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052071038</t>
+          <t>9786059268660</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Sohbetname, Biatname, Devre-i Arşiyye</t>
+          <t>Dört Derviş Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786055166007</t>
+          <t>9786059268707</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Raz-name - Sırlar Kitabı</t>
+          <t>Kenti Dinlemek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786058724518</t>
+          <t>9786059268691</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Adabı</t>
+          <t>Batınilerin Belini Kıran Deliller ve Te'vilin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786058724587</t>
+          <t>9786059268684</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Aşkın Mahiyeti Hakkında</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055166144</t>
+          <t>9786059268592</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kenzü’l-Kübera ve Mehekkü’l-Ulema - Büyüklerin Hazinesi Alimlerin Mihenk Taşı</t>
+          <t>Köprüde Uyanmak</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786055166083</t>
+          <t>9786059268608</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kamilü’l Kelam</t>
+          <t>Şairlerin Işıltısı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786056311864</t>
+          <t>9786059268585</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Gurretü’l - Beyza - Adaletin Aydınlığında</t>
+          <t>Siyaset ve Savaş Sanatı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786056311857</t>
+          <t>9786059268615</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ferec Ba’de’ş - Şidde Hikayeleri - Güçlükten Kolaylığa Kederden Sevince</t>
+          <t>Hz. İsa'ya Açık Mektup</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786058724556</t>
+          <t>9786059268622</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’nin Ruhu</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059268097</t>
+          <t>9786059268578</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehf Hikayesi</t>
+          <t>İslamın Büyük Velisi Abdülkadir Geylani</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786055166519</t>
+          <t>9786059268493</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İyilerin Halleri ve Makamları</t>
+          <t>Müzik ve Gürültü Arasında Siyaset</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786055166397</t>
+          <t>9786059268561</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Mustafa Mersiyesi</t>
+          <t>Mehmed Akif Ersoy Kavaid-i Edebiyye</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055166540</t>
+          <t>9786059268523</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Terbiyename</t>
+          <t>Kendi Gözlerimizle Görmek</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055166427</t>
+          <t>9786059268554</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İslam Sufileri</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786055166533</t>
+          <t>9786059268479</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Nefs Bilgisi</t>
+          <t>Müziği Düşünmek</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055166526</t>
+          <t>9786059268462</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali Cenkleri</t>
+          <t>Hayat Kitabı - Ravzatü’l-İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055166410</t>
+          <t>9786059268431</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kiyasat-i Firaset / İlm-i Firaset - Yüzler Hali Söyler</t>
+          <t>Kırk Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055166298</t>
+          <t>9786059268486</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi ve Eski Türk Edebiyatı Dersleri İçin Örnek Metinler</t>
+          <t>Siyaset Nazariyesi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786056311895</t>
+          <t>9786059268400</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Noktatü’l Beyan - Noktanın Sırrı</t>
+          <t>Devlet ve İnsan</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055166496</t>
+          <t>9786059268424</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Devletin Ölümsüzlük İksiri / Sülvanü'l-Muta' fi Udvani'l-Etba'</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>1000</v>
+        <v>360</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055166564</t>
+          <t>9786059268394</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilen Cevherler (2 Cilt Takım)</t>
+          <t>Necip Fazıl ve Büyük Doğu</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>1500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055166304</t>
+          <t>9786059268332</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Hankahlar Tarih</t>
+          <t>Sultanların Aynası</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059268271</t>
+          <t>9786059268417</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dostları Yahya Kemal'i Anlatıyor</t>
+          <t>Dilimin Döndüğü Kadar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055166724</t>
+          <t>9786059268370</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Mazlum Doğu'nun Mağrur Çocukları</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786055166731</t>
+          <t>9786059268226</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Modernleşme ve İslami Hareketler</t>
+          <t>Aşk Gölünde Yüzen Canlar (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>700</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055166625</t>
+          <t>9786059268202</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mantık Açısından - Hakikat ve Şiir</t>
+          <t>Mülkün Sultanlarına</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059268141</t>
+          <t>9786059268387</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Mücahidi Şeyh Şamil'in Gazavatı</t>
+          <t>Bülbül-Name Hikayesi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059268189</t>
+          <t>9786059268363</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Yaraşır Sana Sadakat</t>
+          <t>Kur'an-ı Kerim'de Ehl-i Kitap</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>620</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786055166212</t>
+          <t>9786059268318</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’r-Rufaiyye Rufai Hikmetleri</t>
+          <t>Varlığın Nuru</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786055166236</t>
+          <t>9786059268325</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Rümuzat-ı Hacı Bayram Veli - Çalab’ım Bir Şar Yaratmış</t>
+          <t>Hükümdarlara Öğütler</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055166229</t>
+          <t>9786052071441</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi</t>
+          <t>Maverdi - Yüce Hedefler Kitabı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>560</v>
+        <v>700</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059268301</t>
+          <t>9786059268288</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kalbi</t>
+          <t>Taşa Kazınmış Sözler</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>400</v>
+        <v>660</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059268295</t>
+          <t>9786059268110</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Çizgisiz Defter</t>
+          <t>Gece Diyarından Hayaller - Şebistan-ı Hayal</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786055166861</t>
+          <t>9786059268127</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu'yla Yedi Yıl Mektuplar - Anılar</t>
+          <t>Toplumsal Yapı ve Değişme Kuramları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786055166366</t>
+          <t>9786059268011</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Hayat Bilgisi</t>
+          <t>Modern Türk Hikayesi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786055166458</t>
+          <t>9786059268059</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kültürler Kavşağında Edebiyat ve Hikmet</t>
+          <t>Latifeler Kitabı - Letaif-i Lami'i</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786055166465</t>
+          <t>9786059268042</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Hikaye-i Mevlidi’n-Nebi / Mevlid Hikayeleri</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786055166199</t>
+          <t>9786059268028</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Nehcü’s-Süluk fi Siyaseti’l-Müluk Siyaset Stratejileri (Ciltli)</t>
+          <t>'İz'ler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786055166250</t>
+          <t>9786059268066</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Nur-name Varlığın İncisi</t>
+          <t>Tevbe Risalesi - Risale-i Mergube</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
+          <t>9786055166960</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Kamil İnsan</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786055166953</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786055166915</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeler Kitabı : Mucizat-ı Enbiya Tercümesi</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786055166885</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Öğütler Kitabı - Rahatü'l-İnsan ve Zafer-Name Metinleri</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786055166892</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Gönül ile Aşık'ın Sohbeti</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786055166908</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Edebiyatımız</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786055166878</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmed'e Nasihatler</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786055166823</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Hayy bin Yakzan Hakikatin Peşinde</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786055166830</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Bayram Veli</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786055166793</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Ay... Gülcemal</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786055166786</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hatırlar</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786055166809</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Ele Geçirilemeyen Toprak Kuzey Kafkasya</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786055166434</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Kudemadan Birkaç Şair - Eskilerden Birkaç Şair</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786055166854</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>İlhamlar ve Ayartmalar</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786055166618</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Bin Bir Hali : Hikaye-i Sergüzel</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786055166717</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Tabsıratü'l-İnsan - İnsana Tutulan Ayna</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786055166663</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'nun Hikaye Kuramı</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786055166557</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Baharistan</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786055166342</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Aristoteles'ten Savaş Adabı ve Ahlakı</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786055166373</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Katil</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786055166090</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Hayy Bin Yakzan</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786055166632</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Yirminci Asırda Alem-i İslam ve Avrupa Siyaseti</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786055166687</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Kadın, Erkek, Eş, Çocuk : İlişki Yönetimi</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786055166151</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Risaleler: Hakikat ve İnsan</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786055166106</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>İbn Seb'in Sicilya Cevapları</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786055166038</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Varlığın Sevinci</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786056311819</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Ubeydiye Risalesi - Dar Geçitleri Aşmak</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786058724570</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Tuhfetü’l-Ümera ve Minhatü’l Vüzera</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786055166045</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Tehzıbu’l - Ahlak - Ahlak Eğitimi</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786055166021</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786058724563</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Süheyli’den Duyulmadık Hikayeler</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786052071038</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Sohbetname, Biatname, Devre-i Arşiyye</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786055166007</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Raz-name - Sırlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786058724518</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Adabı</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786058724587</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Kitap</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786055166144</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Kenzü’l-Kübera ve Mehekkü’l-Ulema - Büyüklerin Hazinesi Alimlerin Mihenk Taşı</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786055166083</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Kamilü’l Kelam</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786056311864</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Gurretü’l - Beyza - Adaletin Aydınlığında</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786056311857</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Ferec Ba’de’ş - Şidde Hikayeleri - Güçlükten Kolaylığa Kederden Sevince</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786058724556</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’nin Ruhu</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786059268097</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Ashab-ı Kehf Hikayesi</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786055166519</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>İyilerin Halleri ve Makamları</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786055166397</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Şehzade Mustafa Mersiyesi</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786055166540</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Terbiyename</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786055166427</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sufileri</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786055166533</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Nefs Bilgisi</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786055166526</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Ali Cenkleri</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786055166410</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Kiyasat-i Firaset / İlm-i Firaset - Yüzler Hali Söyler</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786055166298</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi ve Eski Türk Edebiyatı Dersleri İçin Örnek Metinler</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786056311895</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Noktatü’l Beyan - Noktanın Sırrı</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786055166496</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Ölümsüzlük İksiri / Sülvanü'l-Muta' fi Udvani'l-Etba'</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786055166564</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedilen Cevherler (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786055166304</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Hankahlar Tarih</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786059268271</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Dostları Yahya Kemal'i Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786055166724</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Mazlum Doğu'nun Mağrur Çocukları</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786055166731</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu'da Modernleşme ve İslami Hareketler</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786055166625</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Mantık Açısından - Hakikat ve Şiir</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786059268141</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Kafkasya Mücahidi Şeyh Şamil'in Gazavatı</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786059268189</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Yaraşır Sana Sadakat</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786055166212</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Hikemü’r-Rufaiyye Rufai Hikmetleri</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786055166236</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Şerh-i Rümuzat-ı Hacı Bayram Veli - Çalab’ım Bir Şar Yaratmış</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786055166229</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Hakkı Bursevi</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786059268301</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Kalbi</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786059268295</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Çizgisiz Defter</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786055166861</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Cahit Zarifoğlu'yla Yedi Yıl Mektuplar - Anılar</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786055166366</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Hayat Bilgisi</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786055166458</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Kültürler Kavşağında Edebiyat ve Hikmet</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786055166465</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye-i Mevlidi’n-Nebi / Mevlid Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786055166199</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Nehcü’s-Süluk fi Siyaseti’l-Müluk Siyaset Stratejileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786055166250</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Nur-name Varlığın İncisi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
           <t>9786055166267</t>
         </is>
       </c>
-      <c r="B623" s="1" t="inlineStr">
+      <c r="B693" s="1" t="inlineStr">
         <is>
           <t>Yağ Sevgili Yürek</t>
         </is>
       </c>
-      <c r="C623" s="1">
+      <c r="C693" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>