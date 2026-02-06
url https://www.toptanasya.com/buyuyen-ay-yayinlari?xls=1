--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,10420 +85,10525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256299863</t>
+          <t>9786256299931</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Sürgün</t>
+          <t>Değişen Doğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256299856</t>
+          <t>9786256299924</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Millet Nasıl Mahvolur?</t>
+          <t>Marifet, Bir de Fazilet… Mehmed Âkif</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256299849</t>
+          <t>9786256299887</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bosna, Mahfuz Ülkem</t>
+          <t>Meçhul Kalmış Röportajlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256299832</t>
+          <t>9786256299900</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar - Şehzadeler Prensesler ve Kadın Sultanlar</t>
+          <t>Şeyh San’an Hikayesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256299825</t>
+          <t>9786256299917</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Üç Meşhuru: Havası, Suyu, Efendisi İstanbul Yazıları (1940-1988)</t>
+          <t>İtiraflar: Patoloji Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256299702</t>
+          <t>9786256299894</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında İlan (1831–1923)</t>
+          <t>Ahlak İlminin Özü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256299726</t>
+          <t>9786256299870</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Sanayi Tarihimiz</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257608411</t>
+          <t>9786256299863</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Din, Değişim ve Sekülerleşme - Birinci Kitap</t>
+          <t>Kökler ve Sürgün</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055166977</t>
+          <t>9786256299856</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kırk Diyardan Masallar</t>
+          <t>Bir Millet Nasıl Mahvolur?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>18.52</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057683014</t>
+          <t>9786256299849</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sanata Dair (Cilt 1)</t>
+          <t>Bosna, Mahfuz Ülkem</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057683045</t>
+          <t>9786256299832</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sanata Dair (Cilt 2)</t>
+          <t>Padişahlar - Şehzadeler Prensesler ve Kadın Sultanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055166748</t>
+          <t>9786256299825</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Pendname-i Attar - Pendname</t>
+          <t>İstanbul'un Üç Meşhuru: Havası, Suyu, Efendisi İstanbul Yazıları (1940-1988)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055166762</t>
+          <t>9786256299702</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zadü'l-Ahire - Yolculuk Azığı</t>
+          <t>Türk Basınında İlan (1831–1923)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>22</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055166755</t>
+          <t>9786256299726</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf-name</t>
+          <t>Belgelerle Sanayi Tarihimiz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>22</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055166281</t>
+          <t>9786257608411</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hikemiyye</t>
+          <t>Din, Değişim ve Sekülerleşme - Birinci Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>32</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055166182</t>
+          <t>9786055166977</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Osmanlı Kumandanları</t>
+          <t>Kırk Diyardan Masallar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055166274</t>
+          <t>9786057683014</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Müluk - Hükümdarlar Bahçesi</t>
+          <t>Sanata Dair (Cilt 1)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055166441</t>
+          <t>9786057683045</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İyilerin Dalgalı Denizlerden Çıkardığı İnciler</t>
+          <t>Sanata Dair (Cilt 2)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055166472</t>
+          <t>9786055166748</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mir'at-ı Cünun / Delilerin Aynası</t>
+          <t>Terceme-i Pendname-i Attar - Pendname</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055166489</t>
+          <t>9786055166762</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sil Pasını Gönlünün</t>
+          <t>Zadü'l-Ahire - Yolculuk Azığı</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059268943</t>
+          <t>9786055166755</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fakrın Makamları</t>
+          <t>Tasavvuf-name</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059268639</t>
+          <t>9786055166281</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Edebiyatından Bin Bir Beyit</t>
+          <t>Makalat-ı Hikemiyye</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052071434</t>
+          <t>9786055166182</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sana Benzer Güzel Olmaz</t>
+          <t>Meşhur Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052071380</t>
+          <t>9786055166274</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimarın Kaleminden Camiler Kitabı</t>
+          <t>Gülşen-i Müluk - Hükümdarlar Bahçesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052071144</t>
+          <t>9786055166441</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Biten Ömürler Kalan Hatıralar</t>
+          <t>İyilerin Dalgalı Denizlerden Çıkardığı İnciler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>25</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055166991</t>
+          <t>9786055166472</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolcusuna Öğütler</t>
+          <t>Mir'at-ı Cünun / Delilerin Aynası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059268004</t>
+          <t>9786055166489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nur Metafiziği</t>
+          <t>Sil Pasını Gönlünün</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059268356</t>
+          <t>9786059268943</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Batıniler - İblis Behmen</t>
+          <t>Fakrın Makamları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055166946</t>
+          <t>9786059268639</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Leta'if - Nasreddin Hoca Fıkralarının İlk Baskısı</t>
+          <t>Klasik Arap Edebiyatından Bin Bir Beyit</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055166359</t>
+          <t>9786052071434</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Söyledikleri</t>
+          <t>Sana Benzer Güzel Olmaz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055166243</t>
+          <t>9786052071380</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal (Ciltli)</t>
+          <t>Bir Mimarın Kaleminden Camiler Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>20.37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055166335</t>
+          <t>9786052071144</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sen de Rivayet Etsen / Rüya Roman</t>
+          <t>Biten Ömürler Kalan Hatıralar</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059268646</t>
+          <t>9786055166991</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy'un Kur'an Meali</t>
+          <t>Hak Yolcusuna Öğütler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059268677</t>
+          <t>9786059268004</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Aynaları</t>
+          <t>Nur Metafiziği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059268448</t>
+          <t>9786059268356</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Edep Eğitimi</t>
+          <t>Batıniler - İblis Behmen</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055166656</t>
+          <t>9786055166946</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Hat : Hatt'ın Şiiri</t>
+          <t>Leta'if - Nasreddin Hoca Fıkralarının İlk Baskısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>23</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055166922</t>
+          <t>9786055166359</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'nin Şiirleri</t>
+          <t>Rüzgarın Söyledikleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059268035</t>
+          <t>9786055166243</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Asmalımescit'te Cinayet</t>
+          <t>A’mak-ı Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055166939</t>
+          <t>9786055166335</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden Dört Yüz Hikmet</t>
+          <t>Sen de Rivayet Etsen / Rüya Roman</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055166601</t>
+          <t>9786059268646</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emrenin Dostları</t>
+          <t>Mehmed Akif Ersoy'un Kur'an Meali</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055166984</t>
+          <t>9786059268677</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sanatı - Nushatü's-Selatin</t>
+          <t>Aşkın Aynaları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055166694</t>
+          <t>9786059268448</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ahilik: Eski Türkiye'de İş Teşkilatı</t>
+          <t>Edep Eğitimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055166595</t>
+          <t>9786055166656</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi Ders Notları</t>
+          <t>Risale-i Hat : Hatt'ın Şiiri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055166380</t>
+          <t>9786055166922</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yol Ahlakı</t>
+          <t>Hz. Ali'nin Şiirleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059268196</t>
+          <t>9786059268035</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Risalesi-Risale-i Keşfiyye</t>
+          <t>Asmalımescit'te Cinayet</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059268158</t>
+          <t>9786055166939</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Menkıbeleri</t>
+          <t>Dört Halifeden Dört Yüz Hikmet</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059268073</t>
+          <t>9786055166601</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aile Olmak-Vezaifül-İnas</t>
+          <t>Yunus Emrenin Dostları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059268103</t>
+          <t>9786055166984</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Barika</t>
+          <t>Siyaset Sanatı - Nushatü's-Selatin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>28</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055166847</t>
+          <t>9786055166694</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha Hikayesi</t>
+          <t>Ahilik: Eski Türkiye'de İş Teşkilatı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055166816</t>
+          <t>9786055166595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun Hikayesi</t>
+          <t>Tasavvuf Tarihi Ders Notları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>23.15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055166700</t>
+          <t>9786055166380</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gırnati Seyahatnamesi</t>
+          <t>Yol Ahlakı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>37</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057683229</t>
+          <t>9786059268196</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Okçuluk Sanatı</t>
+          <t>Keşifler Risalesi-Risale-i Keşfiyye</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055166168</t>
+          <t>9786059268158</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Yunus Emre Menkıbeleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052071427</t>
+          <t>9786059268073</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rind ile Zahid</t>
+          <t>Aile Olmak-Vezaifül-İnas</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056311871</t>
+          <t>9786059268103</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Pendname-i Attar Şerhi</t>
+          <t>Barika</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055166175</t>
+          <t>9786055166847</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Latifeleri</t>
+          <t>Yusuf ile Züleyha Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056311888</t>
+          <t>9786055166816</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Hünerveran</t>
+          <t>Leyla ile Mecnun Hikayesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055166137</t>
+          <t>9786055166700</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Heft Peyker: Yedi Suret</t>
+          <t>Gırnati Seyahatnamesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>550</v>
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056311840</t>
+          <t>9786057683229</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
+          <t>Okçuluk Sanatı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055166076</t>
+          <t>9786055166168</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayat Nedir?</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055166052</t>
+          <t>9786052071427</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alimler ve Sanatkarlar</t>
+          <t>Rind ile Zahid</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057683489</t>
+          <t>9786056311871</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ruhu</t>
+          <t>Pendname-i Attar Şerhi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052071762</t>
+          <t>9786055166175</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Siyavuş’un Ölümü</t>
+          <t>Nasreddin Hoca Latifeleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057683434</t>
+          <t>9786056311888</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Mutasavvıfın Siyasi Hatıraları</t>
+          <t>Menakıb-ı Hünerveran</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055166571</t>
+          <t>9786055166137</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilen Cevherler Cilt: 1</t>
+          <t>Heft Peyker: Yedi Suret</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052071199</t>
+          <t>9786056311840</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Olanın En İyisi</t>
+          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052071182</t>
+          <t>9786055166076</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İlim Semasında Bir Yıldız Mustafa Asım Köksal</t>
+          <t>Hayat Nedir?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256299818</t>
+          <t>9786055166052</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Horasan Seyahatnamesi (1933-1934)</t>
+          <t>Alimler ve Sanatkarlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>560</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256299801</t>
+          <t>9786057683489</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Havariler - Les Apotres</t>
+          <t>Çocuk Ruhu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256299757</t>
+          <t>9786052071762</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlk Gençlik</t>
+          <t>Siyavuş’un Ölümü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256299795</t>
+          <t>9786057683434</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Semtler (1931-1965)</t>
+          <t>Bir Mutasavvıfın Siyasi Hatıraları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>480</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256299788</t>
+          <t>9786055166571</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Yapılar ve Mekanlar (1931-1973)</t>
+          <t>Keşfedilen Cevherler Cilt: 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256299764</t>
+          <t>9786052071199</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meşhur İskenderiye Kütüphanesi ve Kütüphaneyle İlgili Diğer Yazılar</t>
+          <t>Mümkün Olanın En İyisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256299771</t>
+          <t>9786052071182</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ey Azizler! İşte Başlarız Söze</t>
+          <t>İlim Semasında Bir Yıldız Mustafa Asım Köksal</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>360</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256299658</t>
+          <t>9786256299818</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Din Geriliyor mu, İlerliyor mu?</t>
+          <t>Horasan Seyahatnamesi (1933-1934)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256299689</t>
+          <t>9786256299801</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinin Yazılmayan Bir Yılı (1729) ve Diğer Yazılar</t>
+          <t>Havariler - Les Apotres</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256299719</t>
+          <t>9786256299757</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İçin Kurulmuş Bir Topluluğun Hikayesi: Esafil-i Şark</t>
+          <t>İlk Gençlik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256299528</t>
+          <t>9786256299795</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Evrâk-ı Perîşân</t>
+          <t>Eski İstanbul’da Semtler (1931-1965)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256299535</t>
+          <t>9786256299788</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Birer Saat Felsefe Tarihi</t>
+          <t>Eski İstanbul’da Yapılar ve Mekanlar (1931-1973)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256299122</t>
+          <t>9786256299764</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da “Derin İlimler”</t>
+          <t>Meşhur İskenderiye Kütüphanesi ve Kütüphaneyle İlgili Diğer Yazılar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055166205</t>
+          <t>9786256299771</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri</t>
+          <t>Ey Azizler! İşte Başlarız Söze</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059268721</t>
+          <t>9786256299658</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Kitabı</t>
+          <t>Yeryüzünde Din Geriliyor mu, İlerliyor mu?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055166649</t>
+          <t>9786256299689</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Süleyman'ın Meselleri</t>
+          <t>Osmanlı Tarihinin Yazılmayan Bir Yılı (1729) ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055166670</t>
+          <t>9786256299719</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Gülmek İçin Kurulmuş Bir Topluluğun Hikayesi: Esafil-i Şark</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059268165</t>
+          <t>9786256299528</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Kitabı - Uşşakname</t>
+          <t>Evrâk-ı Perîşân</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055166311</t>
+          <t>9786256299535</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Mahbub Nefsin Şehirleri</t>
+          <t>Filozoflarla Birer Saat Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057683724</t>
+          <t>9786256299122</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
+          <t>Eski İstanbul’da “Derin İlimler”</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057683564</t>
+          <t>9786055166205</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dirilt Ölüyü O Kalbindir</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057683670</t>
+          <t>9786059268721</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Ekseninde Türk Düşüncesi</t>
+          <t>Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256299740</t>
+          <t>9786055166649</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>“Ah Ey Tahir!”</t>
+          <t>Hazret-i Süleyman'ın Meselleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256299696</t>
+          <t>9786055166670</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kırk İki Fasılda Erdemler ve Civanmertler</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256299665</t>
+          <t>9786059268165</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Aşıklar Kitabı - Uşşakname</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256299672</t>
+          <t>9786055166311</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzündeki Dinler Tarihi</t>
+          <t>Risale-i Mahbub Nefsin Şehirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256299641</t>
+          <t>9786057683724</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aziz ve Görklü Adların Şerhi</t>
+          <t>Matbuat Alemindeki Hayatım - İstiklal Mahkemesi Hatıraları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>460</v>
+        <v>660</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256299634</t>
+          <t>9786057683564</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l - Mevlevi Müslümanlıkta İbadet Tarihi</t>
+          <t>Dirilt Ölüyü O Kalbindir</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052071595</t>
+          <t>9786057683670</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zamanlara Dair</t>
+          <t>Modernleşme Ekseninde Türk Düşüncesi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256299627</t>
+          <t>9786256299740</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yozgat’tan Mısır’a Bir İlim Yolcusu: Ali İhsan Okur ve Hatıraları</t>
+          <t>“Ah Ey Tahir!”</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>380</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256299610</t>
+          <t>9786256299696</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Sembolist Hareket</t>
+          <t>Kırk İki Fasılda Erdemler ve Civanmertler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256299597</t>
+          <t>9786256299665</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül ve Fikir Macerası/ The Blithedale Romance</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256299573</t>
+          <t>9786256299672</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tâhirü’l-Mevlevî Hayatı ve Eserleri/ Belgeler, Fotoğraflar ve Mektuplar</t>
+          <t>Yeryüzündeki Dinler Tarihi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256299603</t>
+          <t>9786256299641</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ziyâ Paşa Çocukluk Hatıraları ve Terbiye Yazıları</t>
+          <t>Aziz ve Görklü Adların Şerhi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256299580</t>
+          <t>9786256299634</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>“Nerden Gelir Bunca Işık”</t>
+          <t>Tahirü’l - Mevlevi Müslümanlıkta İbadet Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256299542</t>
+          <t>9786052071595</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Sîneçâk - İlmî Mehmed Dede ve Cevrî İbrahim Çelebi/ Bir Metin İki Şerh</t>
+          <t>Geçmiş Zamanlara Dair</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256299559</t>
+          <t>9786256299627</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler Altıncı Kitap/ Çöküş Dönemi Şâhitleri-Operatör Hâzım Paşa, Eşref Albatı ve General Hüsameddin Karaoyvad’ın Hatıraları</t>
+          <t>Yozgat’tan Mısır’a Bir İlim Yolcusu: Ali İhsan Okur ve Hatıraları</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256299566</t>
+          <t>9786256299610</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ricaline Dair İşitilmemiş Hatıralar -Tarihî Fıkralar-</t>
+          <t>Edebiyatta Sembolist Hareket</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256299511</t>
+          <t>9786256299597</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boşluk Oteli</t>
+          <t>Bir Gönül ve Fikir Macerası/ The Blithedale Romance</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257608381</t>
+          <t>9786256299573</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İsa'nın Hayatı</t>
+          <t>Tâhirü’l-Mevlevî Hayatı ve Eserleri/ Belgeler, Fotoğraflar ve Mektuplar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257608060</t>
+          <t>9786256299603</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Kırk Sohbet</t>
+          <t>Ziyâ Paşa Çocukluk Hatıraları ve Terbiye Yazıları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059268998</t>
+          <t>9786256299580</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihinde Usül</t>
+          <t>“Nerden Gelir Bunca Işık”</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052071007</t>
+          <t>9786256299542</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Yusuf Sîneçâk - İlmî Mehmed Dede ve Cevrî İbrahim Çelebi/ Bir Metin İki Şerh</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>580</v>
+        <v>650</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059268264</t>
+          <t>9786256299559</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yurt Dışı Eğitim ve Modernleşme</t>
+          <t>Canlı Tarihler Altıncı Kitap/ Çöküş Dönemi Şâhitleri-Operatör Hâzım Paşa, Eşref Albatı ve General Hüsameddin Karaoyvad’ın Hatıraları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059268219</t>
+          <t>9786256299566</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dalkavukname</t>
+          <t>Osmanlı Ricaline Dair İşitilmemiş Hatıralar -Tarihî Fıkralar-</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055166403</t>
+          <t>9786256299511</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gazavat-ı Celile-i Peygamberi / Peygamberimizin Gazaları</t>
+          <t>Büyük Boşluk Oteli</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055166113</t>
+          <t>9786257608381</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Kitabı</t>
+          <t>İsa'nın Hayatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059268080</t>
+          <t>9786257608060</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Bütün Eserleri</t>
+          <t>Çocuklarla Kırk Sohbet</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059268134</t>
+          <t>9786059268998</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinde Nağmeler ve Makamlar</t>
+          <t>Edebiyat Tarihinde Usül</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055166014</t>
+          <t>9786052071007</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Vakıat - Keşif Günlüğü</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056311802</t>
+          <t>9786059268264</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Osmanlı'da Yurt Dışı Eğitim ve Modernleşme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>520</v>
+        <v>700</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786056311826</t>
+          <t>9786059268219</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Damla ve Deniz</t>
+          <t>Dalkavukname</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055166120</t>
+          <t>9786055166403</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçmen Kuş: Yahya Kemal Beyatlı</t>
+          <t>Gazavat-ı Celile-i Peygamberi / Peygamberimizin Gazaları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055166069</t>
+          <t>9786055166113</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bürhanü’l - Arifın ve Necatü’l - Gafilın - Ariflerin Delili...</t>
+          <t>İbn Sina Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786058724525</t>
+          <t>9786059268080</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Zorlukları Erenlerin Edepleri</t>
+          <t>Said Halim Paşa - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057683946</t>
+          <t>9786059268134</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bak Bahar Gelmiş</t>
+          <t>Türk Musikisinde Nağmeler ve Makamlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052071687</t>
+          <t>9786055166014</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sırların Sırrı - Sırru'l-Esrar</t>
+          <t>Vakıat - Keşif Günlüğü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052071236</t>
+          <t>9786056311802</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Lütfi Paşa: Asafname</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256299436</t>
+          <t>9786056311826</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Musiki Tarihine Ait Belgeler 16, 17, 18. Yüzyıl (Set)</t>
+          <t>Damla ve Deniz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256299504</t>
+          <t>9786055166120</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beyhûde Sanma Bu Devrânı/ Kadirî Âdâb ve Erkânı-Eşrefî-Rûmî-</t>
+          <t>Büyük Göçmen Kuş: Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256299481</t>
+          <t>9786055166069</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Din, Hikmet ve Fen Karşısında “Feminizm” İslâm ve Kadınlar: Mâzî, Hâl ve İstikbâl</t>
+          <t>Bürhanü’l - Arifın ve Necatü’l - Gafilın - Ariflerin Delili...</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256299498</t>
+          <t>9786058724525</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzâde Filibeli Ahmed Hilmi Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati</t>
+          <t>Alimlerin Zorlukları Erenlerin Edepleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256299474</t>
+          <t>9786057683946</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler V. Kitap Her Çölün Kümbedi Yüce Bir Mabed Ebubekir Hâzim Tepeyran’ın Hatıraları</t>
+          <t>Bak Bahar Gelmiş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256299399</t>
+          <t>9786052071687</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Sağlık (1931-1973) -Doktorlar, Hastalıklar, İlaçlar, Doğumlar ve İnsan Vücuduna Dair-</t>
+          <t>Sırların Sırrı - Sırru'l-Esrar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256299412</t>
+          <t>9786052071236</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İkinci Abdülhamid Dönemi İstanbul’u</t>
+          <t>Lütfi Paşa: Asafname</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256299405</t>
+          <t>9786256299436</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Yalılar, Köşkler, Konaklar (1931-1973)</t>
+          <t>Osmanlı Musiki Tarihine Ait Belgeler 16, 17, 18. Yüzyıl (Set)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>480</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256299382</t>
+          <t>9786256299504</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Giyim Kuşam (1932-1965) -Saç ve Yüz Bakımı, Aksesuarlar ve Kıyafetler-</t>
+          <t>Beyhûde Sanma Bu Devrânı/ Kadirî Âdâb ve Erkânı-Eşrefî-Rûmî-</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055166328</t>
+          <t>9786256299481</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Varidat Tercümesi ve Şerhi</t>
+          <t>Din, Hikmet ve Fen Karşısında “Feminizm” İslâm ve Kadınlar: Mâzî, Hâl ve İstikbâl</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256299320</t>
+          <t>9786256299498</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler/ IV. Kitap</t>
+          <t>Şehbenderzâde Filibeli Ahmed Hilmi Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati Kalender Kancirîran Azerbaycanî’nin Ak Cinnî Refâkatiyle Dersaadet İçinde Seyahati</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256299429</t>
+          <t>9786256299474</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları</t>
+          <t>Canlı Tarihler V. Kitap Her Çölün Kümbedi Yüce Bir Mabed Ebubekir Hâzim Tepeyran’ın Hatıraları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>650</v>
+        <v>660</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256299290</t>
+          <t>9786256299399</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saâdet’te Askerlik ve Askerlik Tarihinden Sayfalar; Tâhirü’l-Mevlevî</t>
+          <t>Eski İstanbul’da Sağlık (1931-1973) -Doktorlar, Hastalıklar, İlaçlar, Doğumlar ve İnsan Vücuduna Dair-</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>560</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058724594</t>
+          <t>9786256299412</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Es-Siyasetü’l-Medeniyye veya Mebadi ül-Mevcudat</t>
+          <t>İkinci Abdülhamid Dönemi İstanbul’u</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256299351</t>
+          <t>9786256299405</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>Eski İstanbul’da Yalılar, Köşkler, Konaklar (1931-1973)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256299337</t>
+          <t>9786256299382</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numüneleri</t>
+          <t>Eski İstanbul’da Giyim Kuşam (1932-1965) -Saç ve Yüz Bakımı, Aksesuarlar ve Kıyafetler-</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256299344</t>
+          <t>9786055166328</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Ders Notları</t>
+          <t>Varidat Tercümesi ve Şerhi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057683618</t>
+          <t>9786256299320</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif</t>
+          <t>Canlı Tarihler/ IV. Kitap</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>630</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256299375</t>
+          <t>9786256299429</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kalbi</t>
+          <t>Sınırsız İşgal Haritaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256299368</t>
+          <t>9786256299290</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kelam ve Hikmete Dair</t>
+          <t>Asr-ı Saâdet’te Askerlik ve Askerlik Tarihinden Sayfalar; Tâhirü’l-Mevlevî</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>460</v>
+        <v>560</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789786299290</t>
+          <t>9786058724594</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Askerlik ve Askerlik Tarihinden Sayfalar</t>
+          <t>Es-Siyasetü’l-Medeniyye veya Mebadi ül-Mevcudat</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256299313</t>
+          <t>9786256299351</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Massignon’a Tenkitler</t>
+          <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256299306</t>
+          <t>9786256299337</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Medeniyetinin Ahlak Kökleri</t>
+          <t>Tanzimat’a Kadar Muhtasar Türk Edebiyatı Tarihi ve Numüneleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256299276</t>
+          <t>9786256299344</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı - Minyatür, Hat, Nakış ve Tezyinat Sanatçıları</t>
+          <t>Edebiyat Tarihi Ders Notları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256299283</t>
+          <t>9786057683618</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adamlar</t>
+          <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256299214</t>
+          <t>9786256299375</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sâib’den Mücevherler</t>
+          <t>Asya’nın Kalbi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>320</v>
+        <v>680</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256299238</t>
+          <t>9786256299368</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslâm Tarihi Sayfalarında İslamın İlk Fetihleri ve Şam Fütûhâtı</t>
+          <t>Kelam ve Hikmete Dair</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256299221</t>
+          <t>9789786299290</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şeyhülislâmlarının Terâcim-i Ahvâli</t>
+          <t>Asr-ı Saadet’te Askerlik ve Askerlik Tarihinden Sayfalar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256299207</t>
+          <t>9786256299313</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazıları Okuma Anahtarı ve Siyakat Yazısı</t>
+          <t>Massignon’a Tenkitler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>560</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256299269</t>
+          <t>9786256299306</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: Üçüncü Kitap</t>
+          <t>Avrupa Medeniyetinin Ahlak Kökleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256299245</t>
+          <t>9786256299276</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: Birinci Kitap</t>
+          <t>Hat Sanatı - Minyatür, Hat, Nakış ve Tezyinat Sanatçıları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256299252</t>
+          <t>9786256299283</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İşgal Haritaları: İkinci Kitap</t>
+          <t>Büyük Adamlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256299184</t>
+          <t>9786256299214</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nadir Görülen Haller</t>
+          <t>Sâib’den Mücevherler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256299191</t>
+          <t>9786256299238</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tevhit Bir Ateştir</t>
+          <t>İslâm Tarihi Sayfalarında İslamın İlk Fetihleri ve Şam Fütûhâtı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256299177</t>
+          <t>9786256299221</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Arayışından Metalaşmaya: İslam Kentlerine Dönük Tehditler ve Potansiyeller</t>
+          <t>Osmanlı Şeyhülislâmlarının Terâcim-i Ahvâli</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256394742</t>
+          <t>9786256299207</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Savab: Hattatlar Kağıt ve Mürekkep Yapım Usulleri Hat Malzemeleri Hakkında En Doğru Bilgi</t>
+          <t>Eski Yazıları Okuma Anahtarı ve Siyakat Yazısı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256394766</t>
+          <t>9786256299269</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>En Doğruyu Tercih Hususunda Hakk'ın Ölçüsü - Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
+          <t>Sınırsız İşgal Haritaları: Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256394537</t>
+          <t>9786256299245</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yasak Topraklarda Tek Başına</t>
+          <t>Sınırsız İşgal Haritaları: Birinci Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057683984</t>
+          <t>9786256299252</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Ahlakı</t>
+          <t>Sınırsız İşgal Haritaları: İkinci Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052071649</t>
+          <t>9786256299184</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yedi Çatılı Ev</t>
+          <t>Nadir Görülen Haller</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059268172</t>
+          <t>9786256299191</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Lisanı - İlm-i Sima</t>
+          <t>Tevhit Bir Ateştir</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055166779</t>
+          <t>9786256299177</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Eleştirellikten Uyuma</t>
+          <t>Sonsuzluk Arayışından Metalaşmaya: İslam Kentlerine Dönük Tehditler ve Potansiyeller</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058724549</t>
+          <t>9786256394742</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çıktım Erik Dalına</t>
+          <t>Gülzar-ı Savab: Hattatlar Kağıt ve Mürekkep Yapım Usulleri Hat Malzemeleri Hakkında En Doğru Bilgi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057683113</t>
+          <t>9786256394766</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hallerinin İlmi</t>
+          <t>En Doğruyu Tercih Hususunda Hakk'ın Ölçüsü - Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057683090</t>
+          <t>9786256394537</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gazi İbrahim Tevfik Çırakman - Gönderilmemiş Mektup</t>
+          <t>Yasak Topraklarda Tek Başına</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052071779</t>
+          <t>9786057683984</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Hikayesi</t>
+          <t>Peygamber Ahlakı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057683304</t>
+          <t>9786052071649</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği Bir Meşaledir</t>
+          <t>Yedi Çatılı Ev</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256299139</t>
+          <t>9786059268172</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis - Mecalis-i Seb’a</t>
+          <t>Ruhun Lisanı - İlm-i Sima</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256299146</t>
+          <t>9786055166779</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Masalın Sesi</t>
+          <t>Eleştirellikten Uyuma</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256299160</t>
+          <t>9786058724549</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İlk Melamet ve Melamiliğe Ait En Eski Vesikanın Tercümesi Ebu Abdurrahman es-Sülemi’nin Melametiye Risalesi</t>
+          <t>Çıktım Erik Dalına</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256299153</t>
+          <t>9786057683113</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Han Devrinde Yadigar-ı Macaristan Yadigar-ı Macaristan, Asr-ı Abdülhamid Han</t>
+          <t>Ruh Hallerinin İlmi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256299115</t>
+          <t>9786057683090</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Türk Kardeşlerime...</t>
+          <t>Gazi İbrahim Tevfik Çırakman - Gönderilmemiş Mektup</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>680</v>
+        <v>330</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052071564</t>
+          <t>9786052071779</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tarihinde Kütüphaneler (Ciltli)</t>
+          <t>Battal Gazi Hikayesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>800</v>
+        <v>620</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256299108</t>
+          <t>9786057683304</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Karnak Mabedi’nde Bir Gece</t>
+          <t>Ağustos Böceği Bir Meşaledir</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256299092</t>
+          <t>9786256299139</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin</t>
+          <t>Yedi Meclis - Mecalis-i Seb’a</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256299078</t>
+          <t>9786256299146</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Asya Türkiye’si Yükseklerinde</t>
+          <t>Masalın Sesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>560</v>
+        <v>380</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256299085</t>
+          <t>9786256299160</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Yolculuklar</t>
+          <t>İslam Tarihinde İlk Melamet ve Melamiliğe Ait En Eski Vesikanın Tercümesi Ebu Abdurrahman es-Sülemi’nin Melametiye Risalesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256299061</t>
+          <t>9786256299153</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İbnül-Vakt ve Ebül-Vakt -Bikru’l-Vakt fi Ma’rifeti Sülüki İbni’l-Vakt Ve Ebi’l-Vakt-</t>
+          <t>Abdülhamid Han Devrinde Yadigar-ı Macaristan Yadigar-ı Macaristan, Asr-ı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256299047</t>
+          <t>9786256299115</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk ve Hocalık Hatıraları Muallimlik Adabı</t>
+          <t>Müslüman ve Türk Kardeşlerime...</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256299030</t>
+          <t>9786052071564</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kurduğu Saatler</t>
+          <t>Medeniyet Tarihinde Kütüphaneler (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256299054</t>
+          <t>9786256299108</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Akşehirlizade Ali Haydar Bey Hikmet Mertebeleri</t>
+          <t>Karnak Mabedi’nde Bir Gece</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256299023</t>
+          <t>9786256299092</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ela ve Bala Bir Dünya Şamata</t>
+          <t>Cenab Şahabeddin</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256299009</t>
+          <t>9786256299078</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Yön ve Denge - Siyasetnamelerden Günümüze Yönetime Dair Çözümler</t>
+          <t>Asya Türkiye’si Yükseklerinde</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256394995</t>
+          <t>9786256299085</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kitabı</t>
+          <t>Sınırları Aşan Yolculuklar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256299016</t>
+          <t>9786256299061</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İncelmiş Vakitler</t>
+          <t>İbnül-Vakt ve Ebül-Vakt -Bikru’l-Vakt fi Ma’rifeti Sülüki İbni’l-Vakt Ve Ebi’l-Vakt-</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256394971</t>
+          <t>9786256299047</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’e Mektuplar -II-</t>
+          <t>Çocukluk ve Hocalık Hatıraları Muallimlik Adabı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256394988</t>
+          <t>9786256299030</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Tımarhane Kaçkınıyım</t>
+          <t>Tanrının Kurduğu Saatler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256394957</t>
+          <t>9786256299054</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Sufinin Kaleminden Son Dönem Osmanlının, Tasavvufi, Sosyal ve Siyasi Hayatı Ceride-i Sufiyye Yazıları (1913-1919)</t>
+          <t>Akşehirlizade Ali Haydar Bey Hikmet Mertebeleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256394964</t>
+          <t>9786256299023</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Yaveri Keçecizade İzzet Fuad Paşa’nın Hatıraları (1867-1900) Bir Genç Askerin Muharebe Hatıratı (Sırp Muharebesi 1876-1877) Harb-i Umumî Günlüğü (1914)</t>
+          <t>Ela ve Bala Bir Dünya Şamata</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256394933</t>
+          <t>9786256299009</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Siyasette Yön ve Denge - Siyasetnamelerden Günümüze Yönetime Dair Çözümler</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256394940</t>
+          <t>9786256394995</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Vakfiyesi</t>
+          <t>Kuşlar Kitabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256394872</t>
+          <t>9786256299016</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cihad Risaleleri</t>
+          <t>İncelmiş Vakitler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256394919</t>
+          <t>9786256394971</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gülmedi Bahtım Yine</t>
+          <t>Rıza Tevfik’e Mektuplar -II-</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256394926</t>
+          <t>9786256394988</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Terbiye İkinci Yaratılıştır</t>
+          <t>Ben Bir Tımarhane Kaçkınıyım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256394902</t>
+          <t>9786256394957</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’da Mevsimler (1931-1951)</t>
+          <t>Bir Sufinin Kaleminden Son Dönem Osmanlının, Tasavvufi, Sosyal ve Siyasi Hayatı Ceride-i Sufiyye Yazıları (1913-1919)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256394865</t>
+          <t>9786256394964</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Atalar Sözü</t>
+          <t>Sultan Abdülhamid’in Yaveri Keçecizade İzzet Fuad Paşa’nın Hatıraları (1867-1900) Bir Genç Askerin Muharebe Hatıratı (Sırp Muharebesi 1876-1877) Harb-i Umumî Günlüğü (1914)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256394841</t>
+          <t>9786256394933</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ma’ruf-ı Kerhi ve İbnü’l-Cevzi’nin Ma’ruf-ı Kerhi Menakıbnamesi</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256394858</t>
+          <t>9786256394940</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Maniler</t>
+          <t>Süleymaniye Vakfiyesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256394889</t>
+          <t>9786256394872</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Ramazanlar ve Bayramlar (1931 -1960)</t>
+          <t>Cihad Risaleleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256394896</t>
+          <t>9786256394919</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldi</t>
+          <t>Gülmedi Bahtım Yine</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256394834</t>
+          <t>9786256394926</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler 3. Kitap - Geçtim Hevesat-ı Dünyeviden Veled Çelebi İzbudak'ın Hatıraları</t>
+          <t>Terbiye İkinci Yaratılıştır</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256394759</t>
+          <t>9786256394902</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Devaları</t>
+          <t>Eski İstanbul’da Mevsimler (1931-1951)</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256394728</t>
+          <t>9786256394865</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Atalar Sözü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256394698</t>
+          <t>9786256394841</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Portreler (1934-1973)</t>
+          <t>Ma’ruf-ı Kerhi ve İbnü’l-Cevzi’nin Ma’ruf-ı Kerhi Menakıbnamesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256394704</t>
+          <t>9786256394858</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256394681</t>
+          <t>9786256394889</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Hayatında Yeme-İçme Kültürü (1931-1973)</t>
+          <t>Eski İstanbul'da Ramazanlar ve Bayramlar (1931 -1960)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>750</v>
+        <v>440</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256394735</t>
+          <t>9786256394896</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Ramazan Geldi Hoş Geldi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>560</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256394711</t>
+          <t>9786256394834</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hattatlar Silsilesi (17-18. Yüzyıl Osmanlı Hattatları) Devhatü’l-Küttab</t>
+          <t>Canlı Tarihler 3. Kitap - Geçtim Hevesat-ı Dünyeviden Veled Çelebi İzbudak'ın Hatıraları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059268349</t>
+          <t>9786256394759</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beş Meclis ve Akıl ve Aşk Risalesi</t>
+          <t>Kalbin Devaları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057683533</t>
+          <t>9786256394728</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sükut Sanatı Hamuş-Name</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256394780</t>
+          <t>9786256394698</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Milletlerin İhtiyarlığı ve Ölümü</t>
+          <t>Eski İstanbul’dan Portreler (1934-1973)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256394810</t>
+          <t>9786256394704</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ben O Pervaneyim - ed-Dürrü’l-Masun</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256394797</t>
+          <t>9786256394681</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Manaları ve Terbiyesi</t>
+          <t>Eski İstanbul Hayatında Yeme-İçme Kültürü (1931-1973)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256394827</t>
+          <t>9786256394735</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256394803</t>
+          <t>9786256394711</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kadında Güzellik ve Zarafet</t>
+          <t>Hattatlar Silsilesi (17-18. Yüzyıl Osmanlı Hattatları) Devhatü’l-Küttab</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256394773</t>
+          <t>9786059268349</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çiçekleri - Ezhar-ı Hakikat</t>
+          <t>Beş Meclis ve Akıl ve Aşk Risalesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256394018</t>
+          <t>9786057683533</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'in Geliştirdiği Tasavvuf</t>
+          <t>Sükut Sanatı Hamuş-Name</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256394063</t>
+          <t>9786256394780</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İştip Hadisesi ve Koçana Vak'ası</t>
+          <t>Milletlerin İhtiyarlığı ve Ölümü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256394124</t>
+          <t>9786256394810</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Ben O Pervaneyim - ed-Dürrü’l-Masun</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256394261</t>
+          <t>9786256394797</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mimarlarımız</t>
+          <t>Nefsin Manaları ve Terbiyesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256394209</t>
+          <t>9786256394827</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nasihatler</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256394179</t>
+          <t>9786256394803</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık ve Manipülasyon</t>
+          <t>Kadında Güzellik ve Zarafet</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256394131</t>
+          <t>9786256394773</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Takvimin Tarihi</t>
+          <t>Hakikat Çiçekleri - Ezhar-ı Hakikat</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256394407</t>
+          <t>9786256394018</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tecelliler - Levayih</t>
+          <t>İslamiyet'in Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256394117</t>
+          <t>9786256394063</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Terbiye Psikolojisi</t>
+          <t>İştip Hadisesi ve Koçana Vak'ası</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052071281</t>
+          <t>9786256394124</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Edep Eğitimi</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>660</v>
+        <v>550</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256394421</t>
+          <t>9786256394261</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çok Ayakta Duruyoruz</t>
+          <t>Mimarlarımız</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057608718</t>
+          <t>9786256394209</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
+          <t>Nasihatler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256394278</t>
+          <t>9786256394179</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ey Derviş!</t>
+          <t>Reklamcılık ve Manipülasyon</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256394254</t>
+          <t>9786256394131</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fatih Külliyesi</t>
+          <t>Takvimin Tarihi</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256394391</t>
+          <t>9786256394407</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Fizyonomi</t>
+          <t>Tecelliler - Levayih</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256394070</t>
+          <t>9786256394117</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hakim-i Faziletperver Efendim Hazretleri - Rıza Tevfik'e Mektuplar 1</t>
+          <t>Terbiye Psikolojisi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256394247</t>
+          <t>9786052071281</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Irak-İran Cephesi ve İstiklal Harbi Hatıraları</t>
+          <t>Edep Eğitimi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>560</v>
+        <v>660</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257608954</t>
+          <t>9786256394421</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İki Gavs-ı Enam: Abdülkadir-i Geylani ve Abdüsselam el-Esmer Hazretleri</t>
+          <t>Çok Ayakta Duruyoruz</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256394162</t>
+          <t>9786057608718</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İsaguci Tercümesi ve Şerhi</t>
+          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256394148</t>
+          <t>9786256394278</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler 2. Kitap - Mehmed Ali Ayni'nin Hatıraları</t>
+          <t>Ey Derviş!</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256394001</t>
+          <t>9786256394254</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Bütün Oyunları</t>
+          <t>Fatih Külliyesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257608992</t>
+          <t>9786256394391</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Nüshası: Rabiatü'l-Adeviyye</t>
+          <t>Fizyonomi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257608985</t>
+          <t>9786256394070</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Balkan Açmazının Yirmi Yılı (1900-1920)</t>
+          <t>Hakim-i Faziletperver Efendim Hazretleri - Rıza Tevfik'e Mektuplar 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>560</v>
+        <v>580</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256394155</t>
+          <t>9786256394247</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar - Altın Uçurum</t>
+          <t>Irak-İran Cephesi ve İstiklal Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256394469</t>
+          <t>9786257608954</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Eski Fikirler, Yeni Şekiller: Garip İlimler ve Ruh Çağırma</t>
+          <t>İki Gavs-ı Enam: Abdülkadir-i Geylani ve Abdüsselam el-Esmer Hazretleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256394452</t>
+          <t>9786256394162</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
+          <t>İsaguci Tercümesi ve Şerhi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256394445</t>
+          <t>9786256394148</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Leyla Şerif Emin - Türkçenin Rumeli Yakası</t>
+          <t>Canlı Tarihler 2. Kitap - Mehmed Ali Ayni'nin Hatıraları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256394476</t>
+          <t>9786256394001</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali - Kimya-yı Sa‘adet</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Bütün Oyunları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256394292</t>
+          <t>9786257608992</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Risale</t>
+          <t>Bir Aşk Nüshası: Rabiatü'l-Adeviyye</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256394285</t>
+          <t>9786257608985</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kalp Terbiyesi ve Tecelliler</t>
+          <t>Balkan Açmazının Yirmi Yılı (1900-1920)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257608305</t>
+          <t>9786256394155</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nefs Psikolojisi</t>
+          <t>Ahmet Hamdi Tanpınar - Altın Uçurum</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257608329</t>
+          <t>9786256394469</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmazsan Bu Şehir Hâlâ Senin</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Eski Fikirler, Yeni Şekiller: Garip İlimler ve Ruh Çağırma</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256394612</t>
+          <t>9786256394452</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bahriye Mektebi’nde Bir Jön Türk</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256394636</t>
+          <t>9786256394445</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinin Tarihi, Yöntemi ve Türleri Üzerine</t>
+          <t>Leyla Şerif Emin - Türkçenin Rumeli Yakası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256394629</t>
+          <t>9786256394476</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ankara Yazıları</t>
+          <t>İmam Gazzali - Kimya-yı Sa‘adet</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256394650</t>
+          <t>9786256394292</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslam Hat San’atının Doğuşu ve Gelişmesi</t>
+          <t>Seçilmiş Risale</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256394643</t>
+          <t>9786256394285</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı Tarihi -Ders Notları-</t>
+          <t>Kalp Terbiyesi ve Tecelliler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256394667</t>
+          <t>9786257608305</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan</t>
+          <t>Nefs Psikolojisi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256394605</t>
+          <t>9786257608329</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ’in Amcası - Ebu Talib Divanı</t>
+          <t>Kaybolmazsan Bu Şehir Hâlâ Senin</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256394674</t>
+          <t>9786256394612</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Başbakanı İvan Geşof (1849-1924) - Balkan İttifakı</t>
+          <t>Bahriye Mektebi’nde Bir Jön Türk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256394551</t>
+          <t>9786256394636</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Gelenekleştirilen Dinde Öteki</t>
+          <t>Türk Şiirinin Tarihi, Yöntemi ve Türleri Üzerine</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256394568</t>
+          <t>9786256394629</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ebülvefa ve Hızır Bey</t>
+          <t>Ankara Yazıları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256394582</t>
+          <t>9786256394650</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler ve Eski Türk Ordusu</t>
+          <t>İslam Hat San’atının Doğuşu ve Gelişmesi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256394599</t>
+          <t>9786256394643</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İlhaniler Devri İdarî Teşkilatına Dair Bir Risale</t>
+          <t>İran Edebiyatı Tarihi -Ders Notları-</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256394544</t>
+          <t>9786256394667</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Müverrihleri</t>
+          <t>Önce İnsan</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256394513</t>
+          <t>9786256394605</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Matbuat Hayatı (1931-1950)</t>
+          <t>Hz. Peygamber ’in Amcası - Ebu Talib Divanı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256394575</t>
+          <t>9786256394674</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Bahisler</t>
+          <t>Bulgaristan Başbakanı İvan Geşof (1849-1924) - Balkan İttifakı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256394520</t>
+          <t>9786256394551</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'da Okullar</t>
+          <t>Kadın: Gelenekleştirilen Dinde Öteki</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052071083</t>
+          <t>9786256394568</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Osmanlı Türkçesi ve Seçme Metinler</t>
+          <t>Şeyh Ebülvefa ve Hızır Bey</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256394490</t>
+          <t>9786256394582</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Tipler (1931-1951)</t>
+          <t>Yeniçeriler ve Eski Türk Ordusu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256394506</t>
+          <t>9786256394599</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’dan Hikayeler (1935-1950)</t>
+          <t>İlhaniler Devri İdarî Teşkilatına Dair Bir Risale</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256394483</t>
+          <t>9786256394544</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kazan Ben Kepçe (1938-1939)</t>
+          <t>Osmanlı Müverrihleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257608961</t>
+          <t>9786256394513</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Serzenişi</t>
+          <t>Eski İstanbul'da Matbuat Hayatı (1931-1950)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256394438</t>
+          <t>9786256394575</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi - Tasavvuf, Felsefe ve Edebiyata Dair Yazılar</t>
+          <t>Tarihi Bahisler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256394384</t>
+          <t>9786256394520</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yar Bana Bir Eğlence</t>
+          <t>Eski İstanbul'da Okullar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256394414</t>
+          <t>9786052071083</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Ali'nin Yüz Veciz Sözü</t>
+          <t>Ana Hatlarıyla Osmanlı Türkçesi ve Seçme Metinler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256394377</t>
+          <t>9786256394490</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yedikule Hisarı</t>
+          <t>Eski İstanbul’dan Tipler (1931-1951)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256394193</t>
+          <t>9786256394506</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Musikiye Dair</t>
+          <t>Eski İstanbul’dan Hikayeler (1935-1950)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256394186</t>
+          <t>9786256394483</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzun İtibarı</t>
+          <t>İstanbul Kazan Ben Kepçe (1938-1939)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257608947</t>
+          <t>9786257608961</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dost Görünen Düşman! Üç Dahinin Bir Eseri</t>
+          <t>Güzelin Serzenişi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256394353</t>
+          <t>9786256394438</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Batıniler</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi - Tasavvuf, Felsefe ve Edebiyata Dair Yazılar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256394346</t>
+          <t>9786256394384</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hîve’den Altın Semerkant’a</t>
+          <t>Yar Bana Bir Eğlence</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256394360</t>
+          <t>9786256394414</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hükümet</t>
+          <t>Hazret-i Ali'nin Yüz Veciz Sözü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256394339</t>
+          <t>9786256394377</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eski, Daha Eski... -Karşılaştırmalı İstanbul Yazıları-Dünden, Bugünden (1943-1944)</t>
+          <t>Yedikule Hisarı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256394322</t>
+          <t>9786256394193</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık Nedir?</t>
+          <t>Musikiye Dair</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256394308</t>
+          <t>9786256394186</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Ahmedi</t>
+          <t>Sonsuzun İtibarı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256394315</t>
+          <t>9786257608947</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Hamide</t>
+          <t>Dost Görünen Düşman! Üç Dahinin Bir Eseri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256394223</t>
+          <t>9786256394353</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir Sene</t>
+          <t>Batıniler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256394216</t>
+          <t>9786256394346</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aşil Topuğu</t>
+          <t>Hîve’den Altın Semerkant’a</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256394230</t>
+          <t>9786256394360</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kış'ın Mücadelesi - Bir Uludağ Efsanesi</t>
+          <t>İslamiyet ve Hükümet</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256394100</t>
+          <t>9786256394339</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 3 - Masal Olanlar</t>
+          <t>Eski, Daha Eski... -Karşılaştırmalı İstanbul Yazıları-Dünden, Bugünden (1943-1944)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256394094</t>
+          <t>9786256394322</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 1 - İstanbul Sözlüğü</t>
+          <t>Müslümanlık Nedir?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256394087</t>
+          <t>9786256394308</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sermet Muhtar İstanbul Kitaplığı 2 - İstanbul Söyleşileri Eski Defterdekiler (1932)</t>
+          <t>Ahlak-ı Ahmedi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256394025</t>
+          <t>9786256394315</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türk Şairleri (4 Cilt Takım)</t>
+          <t>Ahlak-ı Hamide</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>2750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257608978</t>
+          <t>9786256394223</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hak Erenler -Nebi-</t>
+          <t>İstanbul'da Bir Sene</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257608695</t>
+          <t>9786256394216</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Elimden Gelen</t>
+          <t>Aşil Topuğu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257608657</t>
+          <t>9786256394230</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İlimlerin Sayımı Hakkında</t>
+          <t>Bahar ve Kış'ın Mücadelesi - Bir Uludağ Efsanesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257608671</t>
+          <t>9786256394100</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletleri, Türkler ve İslam</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 3 - Masal Olanlar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257608633</t>
+          <t>9786256394094</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Meşhurlar</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 1 - İstanbul Sözlüğü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>700</v>
+        <v>460</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257608701</t>
+          <t>9786256394087</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yahudi İbadeti Üzerindeki Etkisi</t>
+          <t>Sermet Muhtar İstanbul Kitaplığı 2 - İstanbul Söyleşileri Eski Defterdekiler (1932)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257608916</t>
+          <t>9786256394025</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Tercümeleri</t>
+          <t>Türk Şairleri (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>700</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257608848</t>
+          <t>9786257608978</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kayrevan'dan Bosna'ya</t>
+          <t>Hak Erenler -Nebi-</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257608688</t>
+          <t>9786257608695</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i Al-i Resul</t>
+          <t>Elimden Gelen</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257608831</t>
+          <t>9786257608657</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Muhalefetin İflası</t>
+          <t>İlimlerin Sayımı Hakkında</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257608886</t>
+          <t>9786257608671</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Türklüğe Dair Risaleler</t>
+          <t>İslam Devletleri, Türkler ve İslam</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257608923</t>
+          <t>9786257608633</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kanun-ı Esasi Şerh ve Kaynakları</t>
+          <t>İslam Tarihinden Meşhurlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257608824</t>
+          <t>9786257608701</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kroniklerinde Kuzey Makedonya</t>
+          <t>İslamın Yahudi İbadeti Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257608879</t>
+          <t>9786257608916</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam ve Rubaileri</t>
+          <t>Kaside-i Bürde Tercümeleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257608930</t>
+          <t>9786257608848</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Seferler</t>
+          <t>Kayrevan'dan Bosna'ya</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257608763</t>
+          <t>9786257608688</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Vasıfları</t>
+          <t>Maktel-i Al-i Resul</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257608725</t>
+          <t>9786257608831</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf-i İslami ve Fünun-ı Cedide ve Felsefe</t>
+          <t>Muhalefetin İflası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257608718</t>
+          <t>9786257608886</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
+          <t>Müslümanlık ve Türklüğe Dair Risaleler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257608862</t>
+          <t>9786257608923</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Canlı Tarihler - 1. Kitap</t>
+          <t>Kanun-ı Esasi Şerh ve Kaynakları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257608855</t>
+          <t>9786257608824</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Budin'den Londra'ya</t>
+          <t>Osmanlı Kroniklerinde Kuzey Makedonya</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257608909</t>
+          <t>9786257608879</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Tarihi Risaleleri</t>
+          <t>Ömer Hayyam ve Rubaileri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257608817</t>
+          <t>9786257608930</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul (1553-1839)</t>
+          <t>Seferler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257608664</t>
+          <t>9786257608763</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ahirzamanda Müzik</t>
+          <t>Sultanların Vasıfları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257608732</t>
+          <t>9786257608725</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri</t>
+          <t>Tasavvuf-i İslami ve Fünun-ı Cedide ve Felsefe</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257608893</t>
+          <t>9786257608718</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Başarı Çağında Genç Olmak</t>
+          <t>Cornhill'den Kahire'ye Seyahat Notları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257608787</t>
+          <t>9786257608862</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hidayetü't-Talibin Tercümesi</t>
+          <t>Canlı Tarihler - 1. Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257608794</t>
+          <t>9786257608855</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale</t>
+          <t>Budin'den Londra'ya</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257608800</t>
+          <t>9786257608909</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yoksa</t>
+          <t>Ayasofya Tarihi Risaleleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257608749</t>
+          <t>9786257608817</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kırım ve Kafkas Tarihçesi</t>
+          <t>Eski İstanbul (1553-1839)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257608770</t>
+          <t>9786257608664</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kudema-yı Mevleviyye</t>
+          <t>Ahirzamanda Müzik</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257608756</t>
+          <t>9786257608732</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nasrullah Camii Hutbeleri</t>
+          <t>Kur'an İlimleri</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257608640</t>
+          <t>9786257608893</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi ve Kelam Tarihi</t>
+          <t>Kariyer ve Başarı Çağında Genç Olmak</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257608596</t>
+          <t>9786257608787</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kız</t>
+          <t>Hidayetü't-Talibin Tercümesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257608602</t>
+          <t>9786257608794</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fesad ve Bozukluğun Islahı İçin Seçilmiş Temenniler</t>
+          <t>Beş Risale</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257608619</t>
+          <t>9786257608800</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Cepheye Kolonya</t>
+          <t>Yoksa</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257608626</t>
+          <t>9786257608749</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethine Dair</t>
+          <t>Kırım ve Kafkas Tarihçesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257608572</t>
+          <t>9786257608770</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Süvari Ertuğrul Alayı</t>
+          <t>Kudema-yı Mevleviyye</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257608565</t>
+          <t>9786257608756</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Gemi, Sinekten Kaptan</t>
+          <t>Nasrullah Camii Hutbeleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257608589</t>
+          <t>9786257608640</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Zeka Ölçüleri</t>
+          <t>İslam Felsefesi ve Kelam Tarihi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257608541</t>
+          <t>9786257608596</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kırım Kitabı</t>
+          <t>İçimdeki Kız</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257608558</t>
+          <t>9786257608602</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Selamın Ruhu</t>
+          <t>Fesad ve Bozukluğun Islahı İçin Seçilmiş Temenniler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257608510</t>
+          <t>9786257608619</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mevlana: Hayatı, Tasavvufi ve Edebi Şahsiyeti, Eserleri, Şöhreti ve Tesirleri</t>
+          <t>Cepheye Kolonya</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257608527</t>
+          <t>9786257608626</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib: Hayatı ve Eserleri - 1932 ve 1935 Neşirlerinin Birleştirilmiş Hali</t>
+          <t>İstanbul'un Fethine Dair</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257608503</t>
+          <t>9786257608572</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sahici Cümleler Kurabilmek - Aydınlar, Üniversite, Medya, Reklam ve Futbol'a Dair Yazılar</t>
+          <t>Süvari Ertuğrul Alayı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257608497</t>
+          <t>9786257608565</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Olmasaydı</t>
+          <t>Çöpten Gemi, Sinekten Kaptan</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257608480</t>
+          <t>9786257608589</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı - el-Munkız Mine'd-Dalal</t>
+          <t>Çocuklarda Zeka Ölçüleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257608473</t>
+          <t>9786257608541</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul! Eyyühe'l - Veled</t>
+          <t>Kırım Kitabı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257608466</t>
+          <t>9786257608558</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ertelenmiş Yüzleşmeler - Hayat, Zihniyetler, Aidiyet ve Mahremiyete Dair Yazılar</t>
+          <t>Selamın Ruhu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257608459</t>
+          <t>9786257608510</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aruz - Kafiye - Nazım Türleri ve Nazım Şekilleri</t>
+          <t>Mevlana: Hayatı, Tasavvufi ve Edebi Şahsiyeti, Eserleri, Şöhreti ve Tesirleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257608442</t>
+          <t>9786257608527</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sözlüğündeki Uydurma Tabirler</t>
+          <t>Şeyh Galib: Hayatı ve Eserleri - 1932 ve 1935 Neşirlerinin Birleştirilmiş Hali</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257608428</t>
+          <t>9786257608503</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Muharebe Mektupları - Trablusgarp'ta Görev Yapan İttihatçı Bir Askerin Mektuplarından</t>
+          <t>Sahici Cümleler Kurabilmek - Aydınlar, Üniversite, Medya, Reklam ve Futbol'a Dair Yazılar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257608367</t>
+          <t>9786257608497</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Saadet Nevalesi-Risale-i Sa'adet Nevale</t>
+          <t>İstanbul Olmasaydı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257608374</t>
+          <t>9786257608480</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin-i Arabi ve Vahdet-i Vücuda Dair</t>
+          <t>Hakikat Arayışı - el-Munkız Mine'd-Dalal</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257608350</t>
+          <t>9786257608473</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı İlahi Hitabiyyat</t>
+          <t>Ey Oğul! Eyyühe'l - Veled</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257608244</t>
+          <t>9786257608466</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Çubuğu Yaratılmadan Evvel...</t>
+          <t>Ertelenmiş Yüzleşmeler - Hayat, Zihniyetler, Aidiyet ve Mahremiyete Dair Yazılar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057683960</t>
+          <t>9786257608459</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Azim</t>
+          <t>Aruz - Kafiye - Nazım Türleri ve Nazım Şekilleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257608220</t>
+          <t>9786257608442</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve Mimarimiz</t>
+          <t>Edebiyat Sözlüğündeki Uydurma Tabirler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057683977</t>
+          <t>9786257608428</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Otuz Bin Budist</t>
+          <t>Muharebe Mektupları - Trablusgarp'ta Görev Yapan İttihatçı Bir Askerin Mektuplarından</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257608046</t>
+          <t>9786257608367</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Parıltılar</t>
+          <t>Saadet Nevalesi-Risale-i Sa'adet Nevale</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257608275</t>
+          <t>9786257608374</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>‘Ol Dedi Oldu Âlem’ Yaratılış ve Sonrası</t>
+          <t>Muhyiddin-i Arabi ve Vahdet-i Vücuda Dair</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257608039</t>
+          <t>9786257608350</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Nur Heykelleri</t>
+          <t>Ahlak-ı İlahi Hitabiyyat</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257608152</t>
+          <t>9786257608244</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mantığın Temel Kavramları</t>
+          <t>Üzüm Çubuğu Yaratılmadan Evvel...</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257608282</t>
+          <t>9786057683960</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Sanatı</t>
+          <t>Ümit ve Azim</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257608237</t>
+          <t>9786257608220</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Masalları</t>
+          <t>Türk Modernleşmesi ve Mimarimiz</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257608251</t>
+          <t>9786057683977</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’l - Ataiyye</t>
+          <t>Paris’te Otuz Bin Budist</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257608336</t>
+          <t>9786257608046</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerhleri</t>
+          <t>Parıltılar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257608299</t>
+          <t>9786257608275</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli'nin Bilinmeyen Şiirleri ve Bir Mektubu</t>
+          <t>‘Ol Dedi Oldu Âlem’ Yaratılış ve Sonrası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257608312</t>
+          <t>9786257608039</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan Menakıbnamesi</t>
+          <t>Nur Heykelleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257608176</t>
+          <t>9786257608152</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife ve Ehl-i Beytin Faziletine Dair Hadisler</t>
+          <t>Mantığın Temel Kavramları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257608183</t>
+          <t>9786257608282</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cahillikle Mücadele Makinesi</t>
+          <t>Kurgu Sanatı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057683953</t>
+          <t>9786257608237</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Dertli Dolap</t>
+          <t>İstanbul Masalları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257608008</t>
+          <t>9786257608251</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuşmaları</t>
+          <t>Hikemü’l - Ataiyye</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057683830</t>
+          <t>9786257608336</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sözlüğü - Tasvir-i Ahlak</t>
+          <t>Hadis Şerhleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052071304</t>
+          <t>9786257608299</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Saliklerin Maksatları - Maksadu's-Salikin</t>
+          <t>Fuzuli'nin Bilinmeyen Şiirleri ve Bir Mektubu</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052071854</t>
+          <t>9786257608312</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Üniversite Sorunu</t>
+          <t>Emir Sultan Menakıbnamesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052071229</t>
+          <t>9786257608176</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Rusya Arasında Kafkasların Taksimi</t>
+          <t>Dört Halife ve Ehl-i Beytin Faziletine Dair Hadisler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257608534</t>
+          <t>9786257608183</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sadakat Yolu: Uddetü'l-Müridi's-Sadık</t>
+          <t>Cahillikle Mücadele Makinesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257608435</t>
+          <t>9786057683953</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sekülerleşme - İkinci Kitap</t>
+          <t>Benim Adım Dertli Dolap</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>700</v>
+        <v>520</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257608404</t>
+          <t>9786257608008</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mezamiri Felsefeden İnsaniyete Veche Veren Büyük Ruhlar</t>
+          <t>Ayasofya Konuşmaları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257608398</t>
+          <t>9786057683830</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Ahadiyye Şerhi; Ahmed b. Süleyman el-Ervadi’nin Mir’atü’l-İrfan ve Lübbüh İsimli Şerhi ve Ahmed Avni Konuk Tarafından Yapılan Tercümesi</t>
+          <t>Ahlak Sözlüğü - Tasvir-i Ahlak</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257608343</t>
+          <t>9786052071304</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Mimar Sinan</t>
+          <t>Saliklerin Maksatları - Maksadu's-Salikin</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257608268</t>
+          <t>9786052071854</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dini - Felsefi Sohbetler - Bütün Yazıları 5</t>
+          <t>Türkiye'nin Üniversite Sorunu</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257608190</t>
+          <t>9786052071229</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Baki Hakkında Üç Risale</t>
+          <t>Osmanlı Devleti ve Rusya Arasında Kafkasların Taksimi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257608145</t>
+          <t>9786257608534</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ruh Işıltıları - Feyzü’s-Sünuh</t>
+          <t>Sadakat Yolu: Uddetü'l-Müridi's-Sadık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257608206</t>
+          <t>9786257608435</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Türkiye'de Sekülerleşme - İkinci Kitap</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257608169</t>
+          <t>9786257608404</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Hakikate Göre Muhabbet ve İnsan Şeytanları</t>
+          <t>Mezamiri Felsefeden İnsaniyete Veche Veren Büyük Ruhlar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257608213</t>
+          <t>9786257608398</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kalemi Sayesinde Yaşamak</t>
+          <t>Risale-i Ahadiyye Şerhi; Ahmed b. Süleyman el-Ervadi’nin Mir’atü’l-İrfan ve Lübbüh İsimli Şerhi ve Ahmed Avni Konuk Tarafından Yapılan Tercümesi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257608138</t>
+          <t>9786257608343</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Senusiler</t>
+          <t>Çocuklara Mimar Sinan</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257608114</t>
+          <t>9786257608268</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Fatiha ve Bakara Surelerinin Tasavvufi Tefsiri</t>
+          <t>Dini - Felsefi Sohbetler - Bütün Yazıları 5</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257608077</t>
+          <t>9786257608190</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi (Ciltli)</t>
+          <t>Baki Hakkında Üç Risale</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>1600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257608107</t>
+          <t>9786257608145</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Halifelerinden Oflu Yusuf Şevki Efendi: Hayatı, Eserleri, Muhiti ve Tarikatı</t>
+          <t>Ruh Işıltıları - Feyzü’s-Sünuh</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257608121</t>
+          <t>9786257608206</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l-Mevlevi İnsana Hayret Veren Büyüklükler</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057683823</t>
+          <t>9786257608169</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları - Bütün Yazıları 2</t>
+          <t>Ehl-i Hakikate Göre Muhabbet ve İnsan Şeytanları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057683816</t>
+          <t>9786257608213</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Makaleler - Bütün Yazıları 1</t>
+          <t>Kalemi Sayesinde Yaşamak</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>530</v>
+        <v>700</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257608084</t>
+          <t>9786257608138</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Pendname-i Attar</t>
+          <t>Senusiler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257608091</t>
+          <t>9786257608114</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Müzekki’n-Nüfus</t>
+          <t>Fatiha ve Bakara Surelerinin Tasavvufi Tefsiri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057683991</t>
+          <t>9786257608077</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları - İkinci Kitap</t>
+          <t>Kırk Hadis Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>700</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257608022</t>
+          <t>9786257608107</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bergüzar-ı Ahlak</t>
+          <t>Gümüşhanevi Halifelerinden Oflu Yusuf Şevki Efendi: Hayatı, Eserleri, Muhiti ve Tarikatı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257608015</t>
+          <t>9786257608121</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Zamandır Geçen</t>
+          <t>Tahirü’l-Mevlevi İnsana Hayret Veren Büyüklükler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257608053</t>
+          <t>9786057683823</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kudüs: Bir Pusula</t>
+          <t>Avrupa Mektupları - Bütün Yazıları 2</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057683847</t>
+          <t>9786057683816</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı ve Padişaha Sunulan Minyatürlü Nüsha İnceleme ve Tıpkıbasımlarıyla (Ciltli)</t>
+          <t>Makaleler - Bütün Yazıları 1</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>1600</v>
+        <v>530</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057683939</t>
+          <t>9786257608084</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Pendname-i Attar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057683915</t>
+          <t>9786257608091</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Alemi</t>
+          <t>Müzekki’n-Nüfus</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>460</v>
+        <v>900</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057683878</t>
+          <t>9786057683991</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Divan Edebiyatı Yazıları - İkinci Kitap</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057683854</t>
+          <t>9786257608022</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali'den Üç Risale</t>
+          <t>Bergüzar-ı Ahlak</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057683922</t>
+          <t>9786257608015</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Her Sayfası Altın Değerinde: Ahmed Ateş</t>
+          <t>Zamandır Geçen</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057683908</t>
+          <t>9786257608053</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Kısa Tarihi ve Lügatçesi</t>
+          <t>Kudüs: Bir Pusula</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057683885</t>
+          <t>9786057683847</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyubi'nin Hayatı</t>
+          <t>Yavuz Sultan Selim Divanı ve Padişaha Sunulan Minyatürlü Nüsha İnceleme ve Tıpkıbasımlarıyla (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>560</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057683861</t>
+          <t>9786057683939</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa'dan İki Risale</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057683892</t>
+          <t>9786057683915</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>İnsanlık Alemi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057683793</t>
+          <t>9786057683878</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Teolojisi ve Öze Dönüş</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057683809</t>
+          <t>9786057683854</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi - Abdullah Şerkavi’nin Şerhü’l-Hikem’i ve Ali Örfi Efendi Tarafından Yapılan Tercümesi</t>
+          <t>İmam-ı Gazali'den Üç Risale</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057683786</t>
+          <t>9786057683922</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şair Anıtları ve Şair Ali İffet Merhum Hakkında Hatıralar</t>
+          <t>Her Sayfası Altın Değerinde: Ahmed Ateş</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057683755</t>
+          <t>9786057683908</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Nihayetin Başlangıcı</t>
+          <t>Kur’an-ı Kerim’in Kısa Tarihi ve Lügatçesi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057683779</t>
+          <t>9786057683885</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Buhara'da İlim ve Ulema</t>
+          <t>Selahaddin-i Eyyubi'nin Hayatı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057683762</t>
+          <t>9786057683861</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kırk Meclis - Çihil Meclis</t>
+          <t>Ahmet Cevdet Paşa'dan İki Risale</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057683748</t>
+          <t>9786057683892</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yıldızı - Sezai Karakoç ve Diriliş’e Dair</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057683731</t>
+          <t>9786057683793</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Üss-i İslam</t>
+          <t>Kurtuluş Teolojisi ve Öze Dönüş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057683700</t>
+          <t>9786057683809</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İnsana ve Hayata Dair Düşünceler</t>
+          <t>Hikem-i Ataiyye Şerhi - Abdullah Şerkavi’nin Şerhü’l-Hikem’i ve Ali Örfi Efendi Tarafından Yapılan Tercümesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057683694</t>
+          <t>9786057683786</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Haririzade Seyyid Muhammed Kemaleddin Devr-i A’la</t>
+          <t>Şair Anıtları ve Şair Ali İffet Merhum Hakkında Hatıralar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057683717</t>
+          <t>9786057683755</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Sözlerinin Farsça ve Türkçe Manzum Tercümeleri</t>
+          <t>Nihayetin Başlangıcı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057683663</t>
+          <t>9786057683779</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mahremi Söylenmemiş Harfler</t>
+          <t>Buhara'da İlim ve Ulema</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057683687</t>
+          <t>9786057683762</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tahirü’l-Mevlevi İbret-amiz Bir Eser: Kıssalar Hisseler</t>
+          <t>Kırk Meclis - Çihil Meclis</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057683656</t>
+          <t>9786057683748</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferid Kam Metafizik</t>
+          <t>Sabah Yıldızı - Sezai Karakoç ve Diriliş’e Dair</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057683632</t>
+          <t>9786057683731</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ömer Ferid Kam İlm-i Ahlak</t>
+          <t>Üss-i İslam</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057683649</t>
+          <t>9786057683700</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Bin Fahreddin Meşhur Hatunlar</t>
+          <t>İnsana ve Hayata Dair Düşünceler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>620</v>
+        <v>380</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057683625</t>
+          <t>9786057683694</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Hakkında Üç Risale (Ciltli)</t>
+          <t>Haririzade Seyyid Muhammed Kemaleddin Devr-i A’la</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057683601</t>
+          <t>9786057683717</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Mizahımızın Uç Beyleri</t>
+          <t>Hz. Ali’nin Sözlerinin Farsça ve Türkçe Manzum Tercümeleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057683595</t>
+          <t>9786057683663</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kadar Taze, Hayat Kadar Nazik</t>
+          <t>Mahremi Söylenmemiş Harfler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>620</v>
+        <v>380</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057683588</t>
+          <t>9786057683687</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mekanı Paranteze Almadan...</t>
+          <t>Tahirü’l-Mevlevi İbret-amiz Bir Eser: Kıssalar Hisseler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057683540</t>
+          <t>9786057683656</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Gazali ya da Deli Birader</t>
+          <t>Ömer Ferid Kam Metafizik</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057683557</t>
+          <t>9786057683632</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Abalar Giyinmek</t>
+          <t>Ömer Ferid Kam İlm-i Ahlak</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057683571</t>
+          <t>9786057683649</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Beş Tarz-ı Siyaset</t>
+          <t>Rızaeddin Bin Fahreddin Meşhur Hatunlar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057683502</t>
+          <t>9786057683625</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bugüne Ortadoğu</t>
+          <t>Fuzuli Hakkında Üç Risale (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057683526</t>
+          <t>9786057683601</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Mizahımızın Uç Beyleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057683519</t>
+          <t>9786057683595</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında Marko Paşa</t>
+          <t>Bahar Kadar Taze, Hayat Kadar Nazik</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>460</v>
+        <v>620</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057683496</t>
+          <t>9786057683588</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin Risalesi - Risale-i Hüseyniyye</t>
+          <t>Mekanı Paranteze Almadan...</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057683441</t>
+          <t>9786057683540</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hanefi Cenkleri</t>
+          <t>Bursalı Gazali ya da Deli Birader</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057683465</t>
+          <t>9786057683557</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya</t>
+          <t>Abalar Giyinmek</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057683472</t>
+          <t>9786057683571</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Risalesi - Risale-i Fütüvvetiyye Tercümesi</t>
+          <t>Beş Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057683458</t>
+          <t>9786057683502</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami’nin Besmele Manzumesi ve Mir’atü’l-Akaid Tercümesi</t>
+          <t>Başlangıcından Bugüne Ortadoğu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057683359</t>
+          <t>9786057683526</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057683403</t>
+          <t>9786057683519</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Aynasında Dil ve Edebiyat</t>
+          <t>Arşiv Belgeleri Işığında Marko Paşa</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057683410</t>
+          <t>9786057683496</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Küreselliğin Fay Hattı</t>
+          <t>Hz. Hüseyin Risalesi - Risale-i Hüseyniyye</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057683427</t>
+          <t>9786057683441</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yedi Esma Risalesi</t>
+          <t>Muhammed Hanefi Cenkleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057683397</t>
+          <t>9786057683465</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Sivasi Menakıbnamesi</t>
+          <t>Kısas-ı Enbiya</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057683380</t>
+          <t>9786057683472</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Lale Der ki...</t>
+          <t>Kardeşlik Risalesi - Risale-i Fütüvvetiyye Tercümesi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057683373</t>
+          <t>9786057683458</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Değerler Kavramı Açısından Ahlak ve Hukuk</t>
+          <t>Molla Cami’nin Besmele Manzumesi ve Mir’atü’l-Akaid Tercümesi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057683342</t>
+          <t>9786057683359</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Okuma Hazinesi</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057683366</t>
+          <t>9786057683403</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Yazıları - Birinci Kitap</t>
+          <t>Milliyetçilik Aynasında Dil ve Edebiyat</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057683328</t>
+          <t>9786057683410</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Zamanla Konuşmalar</t>
+          <t>Küreselliğin Fay Hattı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057683335</t>
+          <t>9786057683427</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İnanç İbadet ve Ahlak Esasları Cinanü’l-Cenan</t>
+          <t>Yedi Esma Risalesi</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057683298</t>
+          <t>9786057683397</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami’nin Kırk Hadis Tercümesi</t>
+          <t>Şems-i Sivasi Menakıbnamesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057683199</t>
+          <t>9786057683380</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Şen Yazılar ve Söz Oyunları’ndan</t>
+          <t>Lale Der ki...</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057683311</t>
+          <t>9786057683373</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Kitabı</t>
+          <t>İnsan ve Değerler Kavramı Açısından Ahlak ve Hukuk</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057683281</t>
+          <t>9786057683342</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Paşa’nın Güneş Kasidesi Üzerine Düşünceler</t>
+          <t>Okuma Hazinesi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057683274</t>
+          <t>9786057683366</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Eşrefzade</t>
+          <t>Divan Edebiyatı Yazıları - Birinci Kitap</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057683250</t>
+          <t>9786057683328</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Gül Cemalini Öp</t>
+          <t>Zamanla Konuşmalar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057683243</t>
+          <t>9786057683335</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Cüzzamlı Eller ve Domuz Kemiği</t>
+          <t>İnanç İbadet ve Ahlak Esasları Cinanü’l-Cenan</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057683205</t>
+          <t>9786057683298</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Değişmedi Rengi Gecenin</t>
+          <t>Molla Cami’nin Kırk Hadis Tercümesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057683175</t>
+          <t>9786057683199</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Canevinden</t>
+          <t>Şen Yazılar ve Söz Oyunları’ndan</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057683168</t>
+          <t>9786057683311</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Şeyh San'an Hikayesi</t>
+          <t>Ahilik Kitabı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057683182</t>
+          <t>9786057683281</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Bürokratın Suriye, Irak ve Arabistan Seyahatnamesi</t>
+          <t>Ahmed Paşa’nın Güneş Kasidesi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057683151</t>
+          <t>9786057683274</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefe Tarihi</t>
+          <t>Menakıb-ı Eşrefzade</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057683144</t>
+          <t>9786057683250</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Risale</t>
+          <t>Tanrı'nın Gül Cemalini Öp</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057683137</t>
+          <t>9786057683243</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Mağrib Ulularının Sözleri</t>
+          <t>Cüzzamlı Eller ve Domuz Kemiği</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057683212</t>
+          <t>9786057683205</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman İçerisinde Hristiyan Bir Seyyahın Gözüyle Kudüs ve Çevresi 1697</t>
+          <t>Değişmedi Rengi Gecenin</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057683267</t>
+          <t>9786057683175</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Portreler - Kitaplar ve Dergiler</t>
+          <t>Gerçeğin Canevinden</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>820</v>
+        <v>400</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057683236</t>
+          <t>9786057683168</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yekten Yürekten</t>
+          <t>Şeyh San'an Hikayesi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057683106</t>
+          <t>9786057683182</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Mustafa Darir Efendi - Yüz Hadis Yüz Hikaye</t>
+          <t>Bir Osmanlı Bürokratın Suriye, Irak ve Arabistan Seyahatnamesi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>480</v>
+        <v>560</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057683120</t>
+          <t>9786057683151</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Komik-i Şehir Naşit Efendi</t>
+          <t>Antik Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057683083</t>
+          <t>9786057683144</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Asr Vaktinde Firak</t>
+          <t>Dokuz Risale</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057683076</t>
+          <t>9786057683137</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir Defterleri</t>
+          <t>Mağrib Ulularının Sözleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057683069</t>
+          <t>9786057683212</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler</t>
+          <t>Geçmiş Zaman İçerisinde Hristiyan Bir Seyyahın Gözüyle Kudüs ve Çevresi 1697</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057683021</t>
+          <t>9786057683267</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Halveti Azizlerinin Etvar-ı Seb'a Risaleleri (Ciltli)</t>
+          <t>Portreler - Kitaplar ve Dergiler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>1000</v>
+        <v>820</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057683052</t>
+          <t>9786057683236</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Nefs Eğitimi</t>
+          <t>Yekten Yürekten</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052071984</t>
+          <t>9786057683106</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı İnkar Mümkün Müdür?</t>
+          <t>Erzurumlu Mustafa Darir Efendi - Yüz Hadis Yüz Hikaye</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052071977</t>
+          <t>9786057683120</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Darülfünundan Üniversiteye Öğretim Üyeleri (1900-1946)</t>
+          <t>Komik-i Şehir Naşit Efendi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052071960</t>
+          <t>9786057683083</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aklı Kamaştıran Belagat Kasırgası</t>
+          <t>Asr Vaktinde Firak</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052071953</t>
+          <t>9786057683076</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Menkıbelerin Parlak Yıldızları</t>
+          <t>Maveraünnehir Defterleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052071991</t>
+          <t>9786057683069</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Temsiller</t>
+          <t>Söyleşiler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052071939</t>
+          <t>9786057683021</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çözdüm Dünyanın Bütün Müşkillerini</t>
+          <t>Halveti Azizlerinin Etvar-ı Seb'a Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>380</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052071922</t>
+          <t>9786057683052</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kesret Çarşısında Bir Hikmet Dükkanı</t>
+          <t>Nefs Eğitimi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052071946</t>
+          <t>9786052071984</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Arabistan Seyahatleri</t>
+          <t>Allah’ı İnkar Mümkün Müdür?</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052071830</t>
+          <t>9786052071977</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Matbuat Tarihi (Ciltli)</t>
+          <t>Darülfünundan Üniversiteye Öğretim Üyeleri (1900-1946)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>1200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052071915</t>
+          <t>9786052071960</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Yeniden Düşünmek ve Erguvanname</t>
+          <t>Aklı Kamaştıran Belagat Kasırgası</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052071908</t>
+          <t>9786052071953</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Lügatı</t>
+          <t>Menkıbelerin Parlak Yıldızları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>680</v>
+        <v>700</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052071892</t>
+          <t>9786052071991</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Eski Savlar</t>
+          <t>Temsiller</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052071885</t>
+          <t>9786052071939</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erlerinin Vasıfları</t>
+          <t>Çözdüm Dünyanın Bütün Müşkillerini</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052071861</t>
+          <t>9786052071922</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Malta Seyahatnamesi</t>
+          <t>Kesret Çarşısında Bir Hikmet Dükkanı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052071878</t>
+          <t>9786052071946</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Germiyanlı Şeyhi ve Harname'si</t>
+          <t>Arabistan Seyahatleri</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052071847</t>
+          <t>9786052071830</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Felsefesi</t>
+          <t>Matbuat Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052071793</t>
+          <t>9786052071915</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Mezhep Cereyanları</t>
+          <t>İstanbul'u Yeniden Düşünmek ve Erguvanname</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052071724</t>
+          <t>9786052071908</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde İstişare, Tedbir ve Tecrübe</t>
+          <t>Edebiyat Lügatı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>700</v>
+        <v>680</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052071816</t>
+          <t>9786052071892</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Camilerimiz</t>
+          <t>Eski Savlar</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052071823</t>
+          <t>9786052071885</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ey Genç Sözüm Sana</t>
+          <t>Gönül Erlerinin Vasıfları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052071809</t>
+          <t>9786052071861</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Aliya</t>
+          <t>Malta Seyahatnamesi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052071748</t>
+          <t>9786052071878</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ebu Müslim Horasani Hikayesi</t>
+          <t>Germiyanlı Şeyhi ve Harname'si</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052071786</t>
+          <t>9786052071847</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Acaibü’l - Acaibat</t>
+          <t>Üniversite Felsefesi</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052071755</t>
+          <t>9786052071793</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Natık Oğlu Fadıl</t>
+          <t>Türk Tarihinde Mezhep Cereyanları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052071731</t>
+          <t>9786052071724</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hayalat-ı Dil</t>
+          <t>Devlet Yönetiminde İstişare, Tedbir ve Tecrübe</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059268509</t>
+          <t>9786052071816</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’nın Hayatı</t>
+          <t>Camilerimiz</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052071717</t>
+          <t>9786052071823</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur’a Dair</t>
+          <t>Ey Genç Sözüm Sana</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052071694</t>
+          <t>9786052071809</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Aliya</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052071700</t>
+          <t>9786052071748</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Kunta Hacı</t>
+          <t>Ebu Müslim Horasani Hikayesi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052071663</t>
+          <t>9786052071786</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kaleleri</t>
+          <t>Acaibü’l - Acaibat</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052071656</t>
+          <t>9786052071755</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bir Göğüste İki Kalp</t>
+          <t>Natık Oğlu Fadıl</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052071670</t>
+          <t>9786052071731</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sinop Tarihi</t>
+          <t>Hayalat-ı Dil</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052071632</t>
+          <t>9786059268509</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Vücudi ve Şuhüdi Tevhid</t>
+          <t>Nasreddin Hoca’nın Hayatı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052071625</t>
+          <t>9786052071717</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Zafer Sayfaları</t>
+          <t>Hallac-ı Mansur’a Dair</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052071618</t>
+          <t>9786052071694</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Özün Özü</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052071601</t>
+          <t>9786052071700</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İstanbul, Şehirler ve Mimari</t>
+          <t>Kafkasya'da Kunta Hacı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052071588</t>
+          <t>9786052071663</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kurtarıcı Olursa</t>
+          <t>Ruhun Kaleleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052071571</t>
+          <t>9786052071656</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Müzik Notları</t>
+          <t>Bir Göğüste İki Kalp</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052071557</t>
+          <t>9786052071670</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ülke</t>
+          <t>Sinop Tarihi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052071489</t>
+          <t>9786052071632</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Taşlar Kitabı</t>
+          <t>Vücudi ve Şuhüdi Tevhid</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052071540</t>
+          <t>9786052071625</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hallerin Terbiyesi</t>
+          <t>Osmanlının Zafer Sayfaları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>440</v>
+        <v>620</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052071533</t>
+          <t>9786052071618</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhi Şerefü’l-Akide</t>
+          <t>Özün Özü</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052071519</t>
+          <t>9786052071601</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Gizli Lisan (Lisan-ı Ezhar)</t>
+          <t>İstanbul, Şehirler ve Mimari</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059268547</t>
+          <t>9786052071588</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Bana Göre Değil</t>
+          <t>Ölüm Kurtarıcı Olursa</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059268516</t>
+          <t>9786052071571</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ali Sina Hikayesi</t>
+          <t>Müzik Notları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059268530</t>
+          <t>9786052071557</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Makamat-ı Cami</t>
+          <t>İçimizdeki Ülke</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052071472</t>
+          <t>9786052071489</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Vatan Fikri ve Terbiyesi</t>
+          <t>Aristoteles’in Taşlar Kitabı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052071458</t>
+          <t>9786052071540</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kalbi: Harakani</t>
+          <t>Hallerin Terbiyesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052071526</t>
+          <t>9786052071533</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Derviş Balkanı Eşkiyaları ve Avcılığım</t>
+          <t>Fıkh-ı Ekber Şerhi Şerefü’l-Akide</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052071465</t>
+          <t>9786052071519</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler</t>
+          <t>Gizli Lisan (Lisan-ı Ezhar)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052071496</t>
+          <t>9786059268547</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Arapların Gözüyle Türkler - (9-12. Yüzyıllar)</t>
+          <t>Yazmak Bana Göre Değil</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052071502</t>
+          <t>9786059268516</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi Bütün Hikayeleri</t>
+          <t>Ebu Ali Sina Hikayesi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059268455</t>
+          <t>9786059268530</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Gölgesinde</t>
+          <t>Makamat-ı Cami</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052071410</t>
+          <t>9786052071472</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yedi Askı</t>
+          <t>Vatan Fikri ve Terbiyesi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052071397</t>
+          <t>9786052071458</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Anadolu’nun Kalbi: Harakani</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052071403</t>
+          <t>9786052071526</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yolculuğu</t>
+          <t>Derviş Balkanı Eşkiyaları ve Avcılığım</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052071373</t>
+          <t>9786052071465</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bozoklu Osman Şakir’in Musavver İran Sefaretnamesi ve Fatih’ten 1914 Kuşağına Türk Resim Sanatı</t>
+          <t>Göstergeler</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052071366</t>
+          <t>9786052071496</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Arapların Gözüyle Türkler - (9-12. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052071359</t>
+          <t>9786052071502</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Arkasındaki Hayat</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052071342</t>
+          <t>9786059268455</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yazarak Yaşamak</t>
+          <t>Kalemin Gölgesinde</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052071328</t>
+          <t>9786052071410</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İslam Filozofu İbn-i Rüşd</t>
+          <t>Yedi Askı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052071335</t>
+          <t>9786052071397</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052071311</t>
+          <t>9786052071403</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Ruhun Yolculuğu</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052071298</t>
+          <t>9786052071373</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Rüya Mektupları</t>
+          <t>Bozoklu Osman Şakir’in Musavver İran Sefaretnamesi ve Fatih’ten 1914 Kuşağına Türk Resim Sanatı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052071274</t>
+          <t>9786052071366</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetimi için Bilgelik Kılavuzu</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052071267</t>
+          <t>9786052071359</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tesadüfler</t>
+          <t>Perdenin Arkasındaki Hayat</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052071250</t>
+          <t>9786052071342</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Dekolonizasyon</t>
+          <t>Yazarak Yaşamak</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059268912</t>
+          <t>9786052071328</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Teknik Okumalar: Bağa Destursuz Girenler</t>
+          <t>İslam Filozofu İbn-i Rüşd</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052071243</t>
+          <t>9786052071335</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Necmeddin Daye: Hüküm Sahiplerinin İzleyecekleri Yol</t>
+          <t>İmam Gazzali</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052071205</t>
+          <t>9786052071311</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Koca Sekbanbaşı Risalesi: Avamın Düşüncelerinin Reddedilmesi</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052071212</t>
+          <t>9786052071298</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Hikayeleri</t>
+          <t>Rüya Mektupları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052071175</t>
+          <t>9786052071274</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cevelanname</t>
+          <t>Devlet Yönetimi için Bilgelik Kılavuzu</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052071090</t>
+          <t>9786052071267</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sürüklenmek</t>
+          <t>Mutlu Tesadüfler</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052071137</t>
+          <t>9786052071250</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sahabe-i Kiram'ın Peygamber Efendimiz'e Mersiyeleri</t>
+          <t>Dekolonizasyon</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052071151</t>
+          <t>9786059268912</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Hafızası</t>
+          <t>Teknik Okumalar: Bağa Destursuz Girenler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052071120</t>
+          <t>9786052071243</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Necmeddin Daye: Hüküm Sahiplerinin İzleyecekleri Yol</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052071076</t>
+          <t>9786052071205</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Gözün Aydın, Dünya Yalan</t>
+          <t>Koca Sekbanbaşı Risalesi: Avamın Düşüncelerinin Reddedilmesi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052071168</t>
+          <t>9786052071212</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bir Yoksulluk</t>
+          <t>Bektaşi Hikayeleri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052071113</t>
+          <t>9786052071175</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Cevelanname</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052071069</t>
+          <t>9786052071090</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Rüyası</t>
+          <t>Sürüklenmek</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052071106</t>
+          <t>9786052071137</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Doğu'yla Karşılaşmalar</t>
+          <t>Sahabe-i Kiram'ın Peygamber Efendimiz'e Mersiyeleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052071021</t>
+          <t>9786052071151</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kalem ile Kılıcın Münazarası</t>
+          <t>Bir Şehrin Hafızası</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052071052</t>
+          <t>9786052071120</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Müstağrip Aydınlar Yüzyılı</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052071045</t>
+          <t>9786052071076</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Hangi Meslek-i Felsefeyi Kabul Etmeliyiz? ya da Darulfünun Efendilerine</t>
+          <t>Gözün Aydın, Dünya Yalan</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052071014</t>
+          <t>9786052071168</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Emin Daire'nin Sivri Köşeleri</t>
+          <t>Bir Yoksulluk</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059268981</t>
+          <t>9786052071113</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Biz Dışarıda Kalanlar</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059268967</t>
+          <t>9786052071069</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Berceste Mısralar: Zinetü’l-Mecalis (Ciltli)</t>
+          <t>Karagöz'ün Rüyası</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786059268974</t>
+          <t>9786052071106</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Tac Sembolizmi</t>
+          <t>Doğu'yla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786059268899</t>
+          <t>9786052071021</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun Genel İlkeleri: Kavaid-i Külliye</t>
+          <t>Kalem ile Kılıcın Münazarası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786059268875</t>
+          <t>9786052071052</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Beşeriyetin Fahr-i Ebedisi Nebimizi Bilelim ve Cihad-ı Ekber'e: Şehbenderzade Filibeli Ahmed Hilmi</t>
+          <t>Müstağrip Aydınlar Yüzyılı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059268882</t>
+          <t>9786052071045</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dil ile Akıl Arasında Söyleşi</t>
+          <t>Gençlere Hangi Meslek-i Felsefeyi Kabul Etmeliyiz? ya da Darulfünun Efendilerine</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059268905</t>
+          <t>9786052071014</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Okul Müdürü</t>
+          <t>Emin Daire'nin Sivri Köşeleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059268950</t>
+          <t>9786059268981</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm İki Çeşme</t>
+          <t>Biz Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786059268936</t>
+          <t>9786059268967</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'nun Son Yüzyılı (1901-2017)</t>
+          <t>Berceste Mısralar: Zinetü’l-Mecalis (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786059268929</t>
+          <t>9786059268974</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Said Paşa: Mesel Kitabı</t>
+          <t>Tasavvufta Tac Sembolizmi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786059268868</t>
+          <t>9786059268899</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Diana'nın Kanlı Kavakları</t>
+          <t>İslam Hukukunun Genel İlkeleri: Kavaid-i Külliye</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786059268851</t>
+          <t>9786059268875</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Barbarlığın Şiiri</t>
+          <t>Beşeriyetin Fahr-i Ebedisi Nebimizi Bilelim ve Cihad-ı Ekber'e: Şehbenderzade Filibeli Ahmed Hilmi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786059268813</t>
+          <t>9786059268882</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayrılık</t>
+          <t>Dil ile Akıl Arasında Söyleşi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786059268820</t>
+          <t>9786059268905</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mevakıf (Ciltli)</t>
+          <t>Okul Müdürü</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786059268837</t>
+          <t>9786059268950</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Orhan Okay</t>
+          <t>İki Gözüm İki Çeşme</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786059268844</t>
+          <t>9786059268936</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Eğitimi</t>
+          <t>Orta Doğu'nun Son Yüzyılı (1901-2017)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786059268776</t>
+          <t>9786059268929</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ülkelerin Durumunu Öğrenmek İçin En Doğru Yol</t>
+          <t>Diyarbekirli Said Paşa: Mesel Kitabı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059268752</t>
+          <t>9786059268868</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Mekke Medine ve Kudüs'ün Faziletleri</t>
+          <t>Diana'nın Kanlı Kavakları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786059268769</t>
+          <t>9786059268851</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Edebiyat</t>
+          <t>Barbarlığın Şiiri</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786059268745</t>
+          <t>9786059268813</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi Aklın Buhranı</t>
+          <t>Bir Ayrılık</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786059268806</t>
+          <t>9786059268820</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber ve Zamanı</t>
+          <t>Mevakıf (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786059268790</t>
+          <t>9786059268837</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yedi Alimler Hikayesi</t>
+          <t>Tanıdığım Orhan Okay</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786059268783</t>
+          <t>9786059268844</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden Hayat</t>
+          <t>Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786059268653</t>
+          <t>9786059268776</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ay Batarken Gün Doğarmış</t>
+          <t>Ülkelerin Durumunu Öğrenmek İçin En Doğru Yol</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786059268714</t>
+          <t>9786059268752</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kış Tutulması (Ciltli)</t>
+          <t>Mekke Medine ve Kudüs'ün Faziletleri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786059268738</t>
+          <t>9786059268769</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak Üzere Olan Bir Adam (Ciltli)</t>
+          <t>Mukayeseli Edebiyat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786059268660</t>
+          <t>9786059268745</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Dört Derviş Hikayesi (Ciltli)</t>
+          <t>Dünyevi Aklın Buhranı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786059268707</t>
+          <t>9786059268806</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kenti Dinlemek</t>
+          <t>Hazret-i Peygamber ve Zamanı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786059268691</t>
+          <t>9786059268790</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Batınilerin Belini Kıran Deliller ve Te'vilin Temel İlkeleri</t>
+          <t>Yedi Alimler Hikayesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786059268684</t>
+          <t>9786059268783</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Mahiyeti Hakkında</t>
+          <t>Yitip Giden Hayat</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786059268592</t>
+          <t>9786059268653</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Köprüde Uyanmak</t>
+          <t>Ay Batarken Gün Doğarmış</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059268608</t>
+          <t>9786059268714</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Işıltısı</t>
+          <t>Kış Tutulması (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786059268585</t>
+          <t>9786059268738</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Savaş Sanatı</t>
+          <t>Uyanmak Üzere Olan Bir Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786059268615</t>
+          <t>9786059268660</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa'ya Açık Mektup</t>
+          <t>Dört Derviş Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059268622</t>
+          <t>9786059268707</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Kenti Dinlemek</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059268578</t>
+          <t>9786059268691</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İslamın Büyük Velisi Abdülkadir Geylani</t>
+          <t>Batınilerin Belini Kıran Deliller ve Te'vilin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059268493</t>
+          <t>9786059268684</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Gürültü Arasında Siyaset</t>
+          <t>Aşkın Mahiyeti Hakkında</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059268561</t>
+          <t>9786059268592</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy Kavaid-i Edebiyye</t>
+          <t>Köprüde Uyanmak</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059268523</t>
+          <t>9786059268608</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gözlerimizle Görmek</t>
+          <t>Şairlerin Işıltısı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059268554</t>
+          <t>9786059268585</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Siyaset ve Savaş Sanatı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059268479</t>
+          <t>9786059268615</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Müziği Düşünmek</t>
+          <t>Hz. İsa'ya Açık Mektup</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059268462</t>
+          <t>9786059268622</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı - Ravzatü’l-İslam (Ciltli)</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059268431</t>
+          <t>9786059268578</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Ciltli)</t>
+          <t>İslamın Büyük Velisi Abdülkadir Geylani</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786059268486</t>
+          <t>9786059268493</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Nazariyesi</t>
+          <t>Müzik ve Gürültü Arasında Siyaset</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786059268400</t>
+          <t>9786059268561</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve İnsan</t>
+          <t>Mehmed Akif Ersoy Kavaid-i Edebiyye</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059268424</t>
+          <t>9786059268523</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Kendi Gözlerimizle Görmek</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059268394</t>
+          <t>9786059268554</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl ve Büyük Doğu</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059268332</t>
+          <t>9786059268479</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Aynası</t>
+          <t>Müziği Düşünmek</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059268417</t>
+          <t>9786059268462</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Dilimin Döndüğü Kadar</t>
+          <t>Hayat Kitabı - Ravzatü’l-İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059268370</t>
+          <t>9786059268431</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Kırk Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059268226</t>
+          <t>9786059268486</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gölünde Yüzen Canlar (3 Cilt Takım)</t>
+          <t>Siyaset Nazariyesi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>2000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059268202</t>
+          <t>9786059268400</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Mülkün Sultanlarına</t>
+          <t>Devlet ve İnsan</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059268387</t>
+          <t>9786059268424</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bülbül-Name Hikayesi</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059268363</t>
+          <t>9786059268394</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Ehl-i Kitap</t>
+          <t>Necip Fazıl ve Büyük Doğu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>620</v>
+        <v>700</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059268318</t>
+          <t>9786059268332</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Nuru</t>
+          <t>Sultanların Aynası</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059268325</t>
+          <t>9786059268417</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlara Öğütler</t>
+          <t>Dilimin Döndüğü Kadar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052071441</t>
+          <t>9786059268370</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Maverdi - Yüce Hedefler Kitabı</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786059268288</t>
+          <t>9786059268226</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Taşa Kazınmış Sözler</t>
+          <t>Aşk Gölünde Yüzen Canlar (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>660</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786059268110</t>
+          <t>9786059268202</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Gece Diyarından Hayaller - Şebistan-ı Hayal</t>
+          <t>Mülkün Sultanlarına</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059268127</t>
+          <t>9786059268387</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+          <t>Bülbül-Name Hikayesi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786059268011</t>
+          <t>9786059268363</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Hikayesi</t>
+          <t>Kur'an-ı Kerim'de Ehl-i Kitap</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>500</v>
+        <v>620</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059268059</t>
+          <t>9786059268318</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Latifeler Kitabı - Letaif-i Lami'i</t>
+          <t>Varlığın Nuru</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059268042</t>
+          <t>9786059268325</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Hükümdarlara Öğütler</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059268028</t>
+          <t>9786052071441</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>'İz'ler</t>
+          <t>Maverdi - Yüce Hedefler Kitabı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059268066</t>
+          <t>9786059268288</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Risalesi - Risale-i Mergube</t>
+          <t>Taşa Kazınmış Sözler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>520</v>
+        <v>660</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786055166960</t>
+          <t>9786059268110</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kamil İnsan</t>
+          <t>Gece Diyarından Hayaller - Şebistan-ı Hayal</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786055166953</t>
+          <t>9786059268127</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyaset</t>
+          <t>Toplumsal Yapı ve Değişme Kuramları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786055166915</t>
+          <t>9786059268011</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kitabı : Mucizat-ı Enbiya Tercümesi</t>
+          <t>Modern Türk Hikayesi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786055166885</t>
+          <t>9786059268059</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Öğütler Kitabı - Rahatü'l-İnsan ve Zafer-Name Metinleri</t>
+          <t>Latifeler Kitabı - Letaif-i Lami'i</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786055166892</t>
+          <t>9786059268042</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gönül ile Aşık'ın Sohbeti</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786055166908</t>
+          <t>9786059268028</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyatımız</t>
+          <t>'İz'ler</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786055166878</t>
+          <t>9786059268066</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed'e Nasihatler</t>
+          <t>Tevbe Risalesi - Risale-i Mergube</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786055166823</t>
+          <t>9786055166960</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Hayy bin Yakzan Hakikatin Peşinde</t>
+          <t>Kamil İnsan</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786055166830</t>
+          <t>9786055166953</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli</t>
+          <t>İslam ve Siyaset</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786055166793</t>
+          <t>9786055166915</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ay... Gülcemal</t>
+          <t>Mucizeler Kitabı : Mucizat-ı Enbiya Tercümesi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786055166786</t>
+          <t>9786055166885</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hatırlar</t>
+          <t>Öğütler Kitabı - Rahatü'l-İnsan ve Zafer-Name Metinleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786055166809</t>
+          <t>9786055166892</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Ele Geçirilemeyen Toprak Kuzey Kafkasya</t>
+          <t>Aşk ve Gönül ile Aşık'ın Sohbeti</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>560</v>
+        <v>380</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055166434</t>
+          <t>9786055166908</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kudemadan Birkaç Şair - Eskilerden Birkaç Şair</t>
+          <t>Dil ve Edebiyatımız</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786055166854</t>
+          <t>9786055166878</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İlhamlar ve Ayartmalar</t>
+          <t>Fatih Sultan Mehmed'e Nasihatler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786055166618</t>
+          <t>9786055166823</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bin Bir Hali : Hikaye-i Sergüzel</t>
+          <t>Hayy bin Yakzan Hakikatin Peşinde</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055166717</t>
+          <t>9786055166830</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Tabsıratü'l-İnsan - İnsana Tutulan Ayna</t>
+          <t>Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786055166663</t>
+          <t>9786055166793</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Hikaye Kuramı</t>
+          <t>Ay... Gülcemal</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786055166557</t>
+          <t>9786055166786</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>İnsan Hatırlar</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786055166342</t>
+          <t>9786055166809</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles'ten Savaş Adabı ve Ahlakı</t>
+          <t>Ele Geçirilemeyen Toprak Kuzey Kafkasya</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786055166373</t>
+          <t>9786055166434</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Katil</t>
+          <t>Kudemadan Birkaç Şair - Eskilerden Birkaç Şair</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786055166090</t>
+          <t>9786055166854</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hayy Bin Yakzan</t>
+          <t>İlhamlar ve Ayartmalar</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786055166632</t>
+          <t>9786055166618</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asırda Alem-i İslam ve Avrupa Siyaseti</t>
+          <t>Aşkın Bin Bir Hali : Hikaye-i Sergüzel</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786055166687</t>
+          <t>9786055166717</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Erkek, Eş, Çocuk : İlişki Yönetimi</t>
+          <t>Tabsıratü'l-İnsan - İnsana Tutulan Ayna</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786055166151</t>
+          <t>9786055166663</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Risaleler: Hakikat ve İnsan</t>
+          <t>Doğu'nun Hikaye Kuramı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>630</v>
+        <v>650</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055166106</t>
+          <t>9786055166557</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>İbn Seb'in Sicilya Cevapları</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055166038</t>
+          <t>9786055166342</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Sevinci</t>
+          <t>Aristoteles'ten Savaş Adabı ve Ahlakı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786056311819</t>
+          <t>9786055166373</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Ubeydiye Risalesi - Dar Geçitleri Aşmak</t>
+          <t>Kahraman Katil</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786058724570</t>
+          <t>9786055166090</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü’l-Ümera ve Minhatü’l Vüzera</t>
+          <t>Hayy Bin Yakzan</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786055166045</t>
+          <t>9786055166632</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tehzıbu’l - Ahlak - Ahlak Eğitimi</t>
+          <t>Yirminci Asırda Alem-i İslam ve Avrupa Siyaseti</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786055166021</t>
+          <t>9786055166687</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+          <t>Kadın, Erkek, Eş, Çocuk : İlişki Yönetimi</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786058724563</t>
+          <t>9786055166151</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Süheyli’den Duyulmadık Hikayeler</t>
+          <t>Risaleler: Hakikat ve İnsan</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>850</v>
+        <v>630</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052071038</t>
+          <t>9786055166106</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sohbetname, Biatname, Devre-i Arşiyye</t>
+          <t>İbn Seb'in Sicilya Cevapları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786055166007</t>
+          <t>9786055166038</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Raz-name - Sırlar Kitabı</t>
+          <t>Varlığın Sevinci</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786058724518</t>
+          <t>9786056311819</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Adabı</t>
+          <t>Ubeydiye Risalesi - Dar Geçitleri Aşmak</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786058724587</t>
+          <t>9786058724570</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Tuhfetü’l-Ümera ve Minhatü’l Vüzera</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>650</v>
+        <v>560</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786055166144</t>
+          <t>9786055166045</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kenzü’l-Kübera ve Mehekkü’l-Ulema - Büyüklerin Hazinesi Alimlerin Mihenk Taşı</t>
+          <t>Tehzıbu’l - Ahlak - Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786055166083</t>
+          <t>9786055166021</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kamilü’l Kelam</t>
+          <t>Şeyh-i Ekber’i Niçin Severim?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786056311864</t>
+          <t>9786058724563</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Gurretü’l - Beyza - Adaletin Aydınlığında</t>
+          <t>Süheyli’den Duyulmadık Hikayeler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>700</v>
+        <v>850</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786056311857</t>
+          <t>9786052071038</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ferec Ba’de’ş - Şidde Hikayeleri - Güçlükten Kolaylığa Kederden Sevince</t>
+          <t>Sohbetname, Biatname, Devre-i Arşiyye</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786058724556</t>
+          <t>9786055166007</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’nin Ruhu</t>
+          <t>Raz-name - Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059268097</t>
+          <t>9786058724518</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehf Hikayesi</t>
+          <t>Konuşma Adabı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055166519</t>
+          <t>9786058724587</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İyilerin Halleri ve Makamları</t>
+          <t>Kitap</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786055166397</t>
+          <t>9786055166144</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Mustafa Mersiyesi</t>
+          <t>Kenzü’l-Kübera ve Mehekkü’l-Ulema - Büyüklerin Hazinesi Alimlerin Mihenk Taşı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055166540</t>
+          <t>9786055166083</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Terbiyename</t>
+          <t>Kamilü’l Kelam</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786055166427</t>
+          <t>9786056311864</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İslam Sufileri</t>
+          <t>Gurretü’l - Beyza - Adaletin Aydınlığında</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786055166533</t>
+          <t>9786056311857</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Nefs Bilgisi</t>
+          <t>Ferec Ba’de’ş - Şidde Hikayeleri - Güçlükten Kolaylığa Kederden Sevince</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055166526</t>
+          <t>9786058724556</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali Cenkleri</t>
+          <t>Mesnevi’nin Ruhu</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055166410</t>
+          <t>9786059268097</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kiyasat-i Firaset / İlm-i Firaset - Yüzler Hali Söyler</t>
+          <t>Ashab-ı Kehf Hikayesi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786055166298</t>
+          <t>9786055166519</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi ve Eski Türk Edebiyatı Dersleri İçin Örnek Metinler</t>
+          <t>İyilerin Halleri ve Makamları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786056311895</t>
+          <t>9786055166397</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Noktatü’l Beyan - Noktanın Sırrı</t>
+          <t>Şehzade Mustafa Mersiyesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055166496</t>
+          <t>9786055166540</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Devletin Ölümsüzlük İksiri / Sülvanü'l-Muta' fi Udvani'l-Etba'</t>
+          <t>Terbiyename</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>1000</v>
+        <v>420</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055166564</t>
+          <t>9786055166427</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilen Cevherler (2 Cilt Takım)</t>
+          <t>İslam Sufileri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>1500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786055166304</t>
+          <t>9786055166533</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hankahlar Tarih</t>
+          <t>Nefs Bilgisi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786059268271</t>
+          <t>9786055166526</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dostları Yahya Kemal'i Anlatıyor</t>
+          <t>Hazreti Ali Cenkleri</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786055166724</t>
+          <t>9786055166410</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mazlum Doğu'nun Mağrur Çocukları</t>
+          <t>Risale-i Kiyasat-i Firaset / İlm-i Firaset - Yüzler Hali Söyler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055166731</t>
+          <t>9786055166298</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Modernleşme ve İslami Hareketler</t>
+          <t>Osmanlı Türkçesi ve Eski Türk Edebiyatı Dersleri İçin Örnek Metinler</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055166625</t>
+          <t>9786056311895</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mantık Açısından - Hakikat ve Şiir</t>
+          <t>Noktatü’l Beyan - Noktanın Sırrı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786059268141</t>
+          <t>9786055166496</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Mücahidi Şeyh Şamil'in Gazavatı</t>
+          <t>Devletin Ölümsüzlük İksiri / Sülvanü'l-Muta' fi Udvani'l-Etba'</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>520</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786059268189</t>
+          <t>9786055166564</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yaraşır Sana Sadakat</t>
+          <t>Keşfedilen Cevherler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786055166212</t>
+          <t>9786055166304</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hikemü’r-Rufaiyye Rufai Hikmetleri</t>
+          <t>Hankahlar Tarih</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055166236</t>
+          <t>9786059268271</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Rümuzat-ı Hacı Bayram Veli - Çalab’ım Bir Şar Yaratmış</t>
+          <t>Yakın Dostları Yahya Kemal'i Anlatıyor</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055166229</t>
+          <t>9786055166724</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Bursevi</t>
+          <t>Mazlum Doğu'nun Mağrur Çocukları</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059268301</t>
+          <t>9786055166731</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kalbi</t>
+          <t>Orta Doğu'da Modernleşme ve İslami Hareketler</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786059268295</t>
+          <t>9786055166625</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Çizgisiz Defter</t>
+          <t>Klasik Mantık Açısından - Hakikat ve Şiir</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786055166861</t>
+          <t>9786059268141</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu'yla Yedi Yıl Mektuplar - Anılar</t>
+          <t>Kafkasya Mücahidi Şeyh Şamil'in Gazavatı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786055166366</t>
+          <t>9786059268189</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Hayat Bilgisi</t>
+          <t>Yaraşır Sana Sadakat</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786055166458</t>
+          <t>9786055166212</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kültürler Kavşağında Edebiyat ve Hikmet</t>
+          <t>Hikemü’r-Rufaiyye Rufai Hikmetleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786055166465</t>
+          <t>9786055166236</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Hikaye-i Mevlidi’n-Nebi / Mevlid Hikayeleri</t>
+          <t>Şerh-i Rümuzat-ı Hacı Bayram Veli - Çalab’ım Bir Şar Yaratmış</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786055166199</t>
+          <t>9786055166229</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Nehcü’s-Süluk fi Siyaseti’l-Müluk Siyaset Stratejileri (Ciltli)</t>
+          <t>İsmail Hakkı Bursevi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>850</v>
+        <v>560</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786055166250</t>
+          <t>9786059268301</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Nur-name Varlığın İncisi</t>
+          <t>Kur'an'ın Kalbi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
+          <t>9786059268295</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Çizgisiz Defter</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786055166861</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Cahit Zarifoğlu'yla Yedi Yıl Mektuplar - Anılar</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786055166366</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Hayat Bilgisi</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786055166458</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Kültürler Kavşağında Edebiyat ve Hikmet</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786055166465</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye-i Mevlidi’n-Nebi / Mevlid Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786055166199</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Nehcü’s-Süluk fi Siyaseti’l-Müluk Siyaset Stratejileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786055166250</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Nur-name Varlığın İncisi</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
           <t>9786055166267</t>
         </is>
       </c>
-      <c r="B693" s="1" t="inlineStr">
+      <c r="B700" s="1" t="inlineStr">
         <is>
           <t>Yağ Sevgili Yürek</t>
         </is>
       </c>
-      <c r="C693" s="1">
+      <c r="C700" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>