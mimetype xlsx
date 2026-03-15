--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -85,2140 +85,2695 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4440000000891</t>
+          <t>9781111141820</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Fizyoloji</t>
+          <t>Isı ekonomisi cilt1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4440000000888</t>
+          <t>9789754360400</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Genel Kambiyo</t>
+          <t>Modern Üniversite Fiziği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000004417</t>
+          <t>9789754360486</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Kimya Sözlüğü (Ciltli)</t>
+          <t>İnşaat Sektöründe Bilgisayar Destekli Planlama Metot ve Örnekleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>625</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754362053</t>
+          <t>9789754360691</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Toprak Bilimi ve Toprak Kirlenmesi</t>
+          <t>Elektrik Makinalarının Temelleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754361858</t>
+          <t>9789754360899</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Faaliyet Tabanlı Sapma Analizleri ve Üretim İşletmelerinde Uygulanması</t>
+          <t>Veri Madenciliği Ve Makine Öğrenmesi Temel Algoritmaları Ve R Dili İle Uygulamaları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754361841</t>
+          <t>9789754360912</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kira Sertifikaları ve Muhasebe Uygulamaları</t>
+          <t>Metallere Plastik Şekil Verme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>370</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754361551</t>
+          <t>9789754360967</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı ve Muhasebe Uygulamaları</t>
+          <t>R ile Endüstride Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>370</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754361643</t>
+          <t>9789754361476</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartı 9 un Türk Bankacılık Sektöründe İlk Uygulaması</t>
+          <t>R ile Endüstride Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>370</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754362138</t>
+          <t>9789754361612</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir ve Tensör Hesabı</t>
+          <t>Açıklamalı Davranışçı Finans Sözlüğü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>675</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754361599</t>
+          <t>9789754361193</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacılık Temelinde Fen Kavramlarının Öğrenimi</t>
+          <t>İleri PLC Uygulamaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754361230</t>
+          <t>9789754361216</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Bilgi Sistemleri</t>
+          <t>Yeni Başlayanlar İçin PLC Uygulamaları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754361353</t>
+          <t>9789754361087</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Veri Madenciliği ve Makine Öğrenmesi</t>
+          <t>Veri Madenciliğinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754360905</t>
+          <t>9789754361261</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Techniques and Experiments in General Chemistry</t>
+          <t>Avrupa Birliği Enerji Hukuku ve Güvenlik Algılamaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754360929</t>
+          <t>9789754360981</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Excel Fonksiyonları ve İş Dünyası Uygulamaları</t>
+          <t>Tüm Yönleriyle Toprak Bilimi ve Toprak Kirlenmesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754360868</t>
+          <t>9789754360936</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 3</t>
+          <t>R ile Veri Madenciliği Uygulamaları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754360851</t>
+          <t>9789754360554</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 2</t>
+          <t>Yüksek Matematik Cilt: 3</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754360363</t>
+          <t>9789754360509</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zemin Mekaniği Problemleri</t>
+          <t>Yüksek Matematik Cilt: 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>490</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754360653</t>
+          <t>9789754360493</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Matematik Cilt: 2</t>
+          <t>Mühendislik Mekaniğinde Statik Problemleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754360721</t>
+          <t>9789754360455</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yöneylem Araştırması Yöneticiler İçin Bilgisayar Destekli Karar Modelleri</t>
+          <t>Modern Üniversite Kimyası Cilt 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799754360591</t>
+          <t>9789754360677</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği</t>
+          <t>İmal Usulleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000006666</t>
+          <t>3990000006793</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet Ve Çözülmüş Örnekler</t>
+          <t>Endüstri Mühendisliği ve Üretim Yönetimi El Kitabı 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000005607</t>
+          <t>9789754361094</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Elektrik Makinalarının Temelleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>490</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9799754360461</t>
+          <t>9789754360585</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Kimyası Cilt: 2</t>
+          <t>Cisimlerin Mukavemeti Problemleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754361919</t>
+          <t>9789754360769</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metallere Plastik Şekil Verme</t>
+          <t>Cisimlerin Mukavemeti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754360783</t>
+          <t>3990000010676</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanlarının Projelendirilmesi</t>
+          <t>Akım Makineleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754360523</t>
+          <t>3990000005190</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İstatistik - Analiz Metodları</t>
+          <t>Personel Seçiminde Görüşme İlke ve Teknikleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000012216</t>
+          <t>9789754360578</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Sorun 2</t>
+          <t>Makina Elemanları Cilt: 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000007348</t>
+          <t>9789754360776</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hacımsal ve Santrifüj Pompalar</t>
+          <t>Makina Elemanları Cilt: 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>440</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000005680</t>
+          <t>3990000013495</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Enstrümental Analiz</t>
+          <t>Devre Analizi Dersleri Kısım 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754360387</t>
+          <t>9789754360479</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği ve Hidrolik Problemleri</t>
+          <t>Toprak İşleri ve Demiryolu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000014430</t>
+          <t>3990000011332</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Öngerilmeli Beton Kirişli ve Plak Köprüler</t>
+          <t>Temel Biyoistatistik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000011254</t>
+          <t>3990000009280</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları Problemleri</t>
+          <t>Şantiye Tekniği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754360431</t>
+          <t>3990000012450</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik ve Isı Geçişi Tabloları</t>
+          <t>Soğuk Tekniği Atlası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000005288</t>
+          <t>9789944183042</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sigorta İşletmeleri ve Muhasebesi</t>
+          <t>Biyofiziğe Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754361735</t>
+          <t>9789754361711</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gıda Kimyası ve Analizleri 1</t>
+          <t>Veri Madenciliği ve Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>950</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754361766</t>
+          <t>9789754361452</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Para Piyasalarında Matematiksel ve İstatiksel Yöntemler</t>
+          <t>Kurumsal İtibar Yöentimi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754361780</t>
+          <t>9789754361414</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Efficiency in Electronic Stock Exchanges by Considering the Situation in the Istanbul Stock Exchange</t>
+          <t>Tedarik Zinciri Bilgi Sistemleri ve Teknolojileri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>490</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754361674</t>
+          <t>4440000000891</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Yapay Zeka</t>
+          <t>Anatomi Fizyoloji</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754361650</t>
+          <t>4440000000888</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İşletme Enformatiğine Giriş</t>
+          <t>Genel Kambiyo</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754361506</t>
+          <t>3990000004417</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Olasılık Teorisine Giriş</t>
+          <t>Çağlayan Kimya Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>370</v>
+        <v>625</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754360950</t>
+          <t>9789754362053</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Katı Atıklar</t>
+          <t>Tüm Yönleriyle Toprak Bilimi ve Toprak Kirlenmesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754361056</t>
+          <t>9789754361858</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>2016 Yönetmeliğine Göre Çözülmüş Çelik Yapılar Uygulamaları</t>
+          <t>Faaliyet Tabanlı Sapma Analizleri ve Üretim İşletmelerinde Uygulanması</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754361391</t>
+          <t>9789754361841</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikli Öğrenme Ortamlarında Fen Öğretimi: Kuramdan Uygulamaya - Öğretmen Kılavuz Kitabı</t>
+          <t>Kira Sertifikaları ve Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>875</v>
+        <v>370</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754362152</t>
+          <t>9789754361551</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümlü İklimi Yönetim, Ekonomi ve Uluslararası İlişkiler Perspektifi</t>
+          <t>Katılım Bankacılığı ve Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754362114</t>
+          <t>9789754361643</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti - Teori ve Çözümlü Problemler</t>
+          <t>Türkiye Finansal Raporlama Standartı 9 un Türk Bankacılık Sektöründe İlk Uygulaması</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754362107</t>
+          <t>9789754362138</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Bilimsel Araştırma ve Yayın Etiği</t>
+          <t>Lineer Cebir ve Tensör Hesabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>675</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754362039</t>
+          <t>9789754361599</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar ile Haşimoto Hastalığı</t>
+          <t>Yapılandırmacılık Temelinde Fen Kavramlarının Öğrenimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754361896</t>
+          <t>9789754361230</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bilişimde Güncel Uygulamalar Cilt 1 (Ciltli)</t>
+          <t>Muhasebe Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754361537</t>
+          <t>9789754361353</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilişim Sistemlerinde Gündem</t>
+          <t>Veri Madenciliği ve Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757553014</t>
+          <t>9789754360905</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Elektronik Sözlüğü</t>
+          <t>Techniques and Experiments in General Chemistry</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754362008</t>
+          <t>9789754360929</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Elastik Çubuklar ve Çerçeveler</t>
+          <t>Excel Fonksiyonları ve İş Dünyası Uygulamaları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754361940</t>
+          <t>9789754360868</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Tüketim</t>
+          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 3</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754361926</t>
+          <t>9789754360851</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Anne Baba Olmak</t>
+          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>4440000000143</t>
+          <t>9789754360363</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Nüfus Mevzuatı Ve Nüfus Davaları</t>
+          <t>Zemin Mekaniği Problemleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>4440000000138</t>
+          <t>9789754360653</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalite Kontrolu</t>
+          <t>Yüksek Matematik Cilt: 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754361810</t>
+          <t>9789754360721</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetiminde Güncel Stratejiler ve Dijitalleşme</t>
+          <t>Uygulamalı Yöneylem Araştırması Yöneticiler İçin Bilgisayar Destekli Karar Modelleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754361384</t>
+          <t>9799754360591</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fiber Optik Test Ekipmanları ve Ölçümleri</t>
+          <t>Yapı Dinamiği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754361636</t>
+          <t>3990000006666</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ülke Riski</t>
+          <t>Mukavemet Ve Çözülmüş Örnekler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754361490</t>
+          <t>3990000005607</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çok Değişkenli İstatistiksel Yöntemler ile İşletme Performansının İncelenmesi</t>
+          <t>Mukavemet</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754361445</t>
+          <t>9799754360461</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Kobi'ler</t>
+          <t>Modern Üniversite Kimyası Cilt: 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754360820</t>
+          <t>9789754361919</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Üretim Süreçlerinin Entropik Analizi</t>
+          <t>Metallere Plastik Şekil Verme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754361568</t>
+          <t>9789754360783</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanecilikte Önemli Uzmanlık Alanı: Tıp Kütüphaneciliği ve Günümüz Türkiye'sindeki Durumu</t>
+          <t>Makina Elemanlarının Projelendirilmesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754361285</t>
+          <t>9789754360523</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>New Generation SAP Implementation Methodologies With Industrial Case Studies</t>
+          <t>İstatistik - Analiz Metodları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754361322</t>
+          <t>3990000012216</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel ve Bireysel Mükemmellik</t>
+          <t>İktisadi Sorun 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754361308</t>
+          <t>3990000007348</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Hacımsal ve Santrifüj Pompalar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754361179</t>
+          <t>3990000005680</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Sistemler ve Dijital Elektronik</t>
+          <t>Enstrümental Analiz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754361148</t>
+          <t>9789754360387</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Akışkanlar Mekaniği ve Hidrolik Problemleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754361124</t>
+          <t>3990000014430</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İç Kontrol Sistemi ve İç Denetim</t>
+          <t>Öngerilmeli Beton Kirişli ve Plak Köprüler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754361117</t>
+          <t>3990000011254</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Para İşlemlerinin Muhasebeleştirilmesi ve Raporlanması</t>
+          <t>Makina Elemanları Problemleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>375</v>
+        <v>490</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754361018</t>
+          <t>9789754360431</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pressure Safety Valves</t>
+          <t>Termodinamik ve Isı Geçişi Tabloları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754361063</t>
+          <t>3990000005288</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Startup</t>
+          <t>Sigorta İşletmeleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754360226</t>
+          <t>9789754361735</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Metal Kaplama ve Elektrokimyasal Teknolojiler</t>
+          <t>Gıda Kimyası ve Analizleri 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754360646</t>
+          <t>9789754361766</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Matematik Problemleri</t>
+          <t>Para Piyasalarında Matematiksel ve İstatiksel Yöntemler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754360844</t>
+          <t>9789754361780</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 1</t>
+          <t>Efficiency in Electronic Stock Exchanges by Considering the Situation in the Istanbul Stock Exchange</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754360875</t>
+          <t>9789754361674</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte Yön Tayini</t>
+          <t>Sağlık Bilimlerinde Yapay Zeka</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754360882</t>
+          <t>9789754361650</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Gizli Sınıf Analizi</t>
+          <t>İşletme Enformatiğine Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754360660</t>
+          <t>9789754361506</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yapı Statiği</t>
+          <t>Olasılık Teorisine Giriş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754360448</t>
+          <t>9789754360950</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yapı Sistemlerinde Matris Metotları</t>
+          <t>Katı Atıklar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754360738</t>
+          <t>9789754361056</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Üretimde Varyasyon</t>
+          <t>2016 Yönetmeliğine Göre Çözülmüş Çelik Yapılar Uygulamaları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754360684</t>
+          <t>9789754361391</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Hizmet Süreçlerinin Yönetimi</t>
+          <t>İşbirlikli Öğrenme Ortamlarında Fen Öğretimi: Kuramdan Uygulamaya - Öğretmen Kılavuz Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>440</v>
+        <v>875</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000004457</t>
+          <t>9789754362152</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Modern Satıcılık Tekniği</t>
+          <t>Dijital Dönüşümlü İklimi Yönetim, Ekonomi ve Uluslararası İlişkiler Perspektifi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000011757</t>
+          <t>9789754362114</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Mali Tablolar Tahlili</t>
+          <t>Cisimlerin Mukavemeti - Teori ve Çözümlü Problemler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000004323</t>
+          <t>9789754362107</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla Isı Geçişi: Tanıtım ve Işınım</t>
+          <t>Bilim, Bilimsel Araştırma ve Yayın Etiği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000013481</t>
+          <t>9789754362039</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılap Tarihi</t>
+          <t>Sorular ve Cevaplar ile Haşimoto Hastalığı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000011713</t>
+          <t>9789754361896</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Turizm’de Yatırım Projeleri</t>
+          <t>Bilişimde Güncel Uygulamalar Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000013666</t>
+          <t>9789754361537</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Problemleri</t>
+          <t>Yönetim Bilişim Sistemlerinde Gündem</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000012876</t>
+          <t>9789757553014</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Fizik Problemleri</t>
+          <t>Çağlayan Elektronik Sözlüğü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754360714</t>
+          <t>9789754362008</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Numerical Analysis With Computer Algorithms</t>
+          <t>Elastik Çubuklar ve Çerçeveler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000005157</t>
+          <t>9789754361940</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Basic - Fortran Programlama</t>
+          <t>Bilinçli Tüketim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000013087</t>
+          <t>9789754361926</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Kimyası Problemleri</t>
+          <t>21. Yüzyılda Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000006119</t>
+          <t>4440000000143</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Fiziği Cilt: 3</t>
+          <t>Türk Nüfus Mevzuatı Ve Nüfus Davaları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000007122</t>
+          <t>4440000000138</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Fiziği Cilt: 2 Elektrik Problemleri</t>
+          <t>Kalite Kontrolu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000007121</t>
+          <t>9789754361810</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Fiziği Cilt: 2 Elektrik</t>
+          <t>Tedarik Zinciri Yönetiminde Güncel Stratejiler ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754360608</t>
+          <t>9789754361384</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Modern Üniversite Fiziği Cilt: 1</t>
+          <t>Fiber Optik Test Ekipmanları ve Ölçümleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000012215</t>
+          <t>9789754361636</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Sorun 3</t>
+          <t>Ülke Riski</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000014871</t>
+          <t>9789754361490</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Isı Ekonomisi Cilt: 1</t>
+          <t>Çok Değişkenli İstatistiksel Yöntemler ile İşletme Performansının İncelenmesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754360561</t>
+          <t>9789754361445</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Genel Topoloji</t>
+          <t>Dünyada ve Türkiye'de Kobi'ler</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000003892</t>
+          <t>9789754360820</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya Problemleri</t>
+          <t>Üretim Süreçlerinin Entropik Analizi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000005153</t>
+          <t>9789754361568</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya 2</t>
+          <t>Kütüphanecilikte Önemli Uzmanlık Alanı: Tıp Kütüphaneciliği ve Günümüz Türkiye'sindeki Durumu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>3990000006794</t>
+          <t>9789754361285</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Endüstri Mühendisliği ve Üretim Yönetimi El Kitabı 2</t>
+          <t>New Generation SAP Implementation Methodologies With Industrial Case Studies</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000006555</t>
+          <t>9789754361322</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Statik Problemleri</t>
+          <t>Örgütsel ve Bireysel Mükemmellik</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000005966</t>
+          <t>9789754361308</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Kuantum Fiziği Problemleri</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000006554</t>
+          <t>9789754361179</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Kinematik Problemleri</t>
+          <t>Elektronik Sistemler ve Dijital Elektronik</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754360790</t>
+          <t>9789754361148</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çelik Yapılar</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000004479</t>
+          <t>9789754361124</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kalite Anlayışı İçerisinde ISO 9001 Kalite Güvencesi Sistemi Standardının Yorumu ve Uygulama Örnekleri</t>
+          <t>İç Kontrol Sistemi ve İç Denetim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000010387</t>
+          <t>9789754361117</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Buhar Kazanları</t>
+          <t>Yabancı Para İşlemlerinin Muhasebeleştirilmesi ve Raporlanması</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000012449</t>
+          <t>9789754361018</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Besinleri Soğukta Saklama Teknolojisi</t>
+          <t>Pressure Safety Valves</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000006648</t>
+          <t>9789754361063</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Tekniği</t>
+          <t>Akıllı Startup</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000012875</t>
+          <t>9789754360226</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Atom Fiziği Problemleri</t>
+          <t>Metal Kaplama ve Elektrokimyasal Teknolojiler</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000017131</t>
+          <t>9789754360646</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomi ve Sınai Kalkınma</t>
+          <t>Yüksek Matematik Problemleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754360813</t>
+          <t>9789754360844</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Denklemler Teorisine Giriş</t>
+          <t>Makina Elemanları ve Konstrüksiyon Örnekleri Cilt 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000006551</t>
+          <t>9789754360875</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Elektrostatik Cilt: 1 Elektrotekniğe Giriş</t>
+          <t>Girişimcilikte Yön Tayini</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000006550</t>
+          <t>9789754360882</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Elektromagnetizma - Cilt: 4   Elektroniğe Giriş</t>
+          <t>Uygulamalı Gizli Sınıf Analizi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000005113</t>
+          <t>9789754360660</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Terimleri Sözlüğü</t>
+          <t>Yapı Statiği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000005443</t>
+          <t>9789754360448</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü / İngilizce - Türkçe</t>
+          <t>Yapı Sistemlerinde Matris Metotları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000013493</t>
+          <t>9789754360738</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Devre Analizi Dersleri - Kısım 4</t>
+          <t>Üretimde Varyasyon</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000013494</t>
+          <t>9789754360684</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Devre Analizi Dersleri - Kısım 2</t>
+          <t>Üretim ve Hizmet Süreçlerinin Yönetimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000013482</t>
+          <t>3990000004457</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Devletler Umumi Hukuku</t>
+          <t>Uygulamalı Modern Satıcılık Tekniği</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000013480</t>
+          <t>3990000011757</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Devletler Özel Hukuku</t>
+          <t>Uygulamalı Mali Tablolar Tahlili</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000005289</t>
+          <t>3990000004323</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Turizm Otel İşletmeleri ve Muhasebesi</t>
+          <t>Uygulamalarla Isı Geçişi: Tanıtım ve Işınım</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000005965</t>
+          <t>3990000013481</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Titreşim ve Dalgalar Problemleri</t>
+          <t>Türk İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000003861</t>
+          <t>3990000011713</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Teknik Resim</t>
+          <t>Turizm’de Yatırım Projeleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000006399</t>
+          <t>3990000013666</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şirket Organizasyon El Kitabı</t>
+          <t>Organik Kimya Problemleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000011249</t>
+          <t>3990000012876</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Su Mühendisliği</t>
+          <t>Nükleer Fizik Problemleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9799754360638</t>
+          <t>9789754360714</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Numerical Analysis With Computer Algorithms</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754360530</t>
+          <t>3990000005157</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Parlamento Hukuku</t>
+          <t>Mühendisler İçin Basic - Fortran Programlama</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000011331</t>
+          <t>3990000013087</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Özel Biyoistatistik</t>
+          <t>Modern Üniversite Kimyası Problemleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000006466</t>
+          <t>3990000006119</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz El Kitabı</t>
+          <t>Modern Üniversite Fiziği Cilt: 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000011255</t>
+          <t>3990000007122</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Makina Elemanları Bağlama Elemanları</t>
+          <t>Modern Üniversite Fiziği Cilt: 2 Elektrik Problemleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000006365</t>
+          <t>3990000007121</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lineer Sistemlerin Mühendislik Matematiği</t>
+          <t>Modern Üniversite Fiziği Cilt: 2 Elektrik</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000006601</t>
+          <t>9789754360608</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Laboratuar Tekniği</t>
+          <t>Modern Üniversite Fiziği Cilt: 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000013575</t>
+          <t>3990000012215</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kimyası</t>
+          <t>İktisadi Sorun 3</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>3990000003862</t>
+          <t>3990000014871</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kombinatorik ve Elemanter Olasılık Teorisine Giriş</t>
+          <t>Isı Ekonomisi Cilt: 1</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000006556</t>
+          <t>9789754360561</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Dersleri: Kinematik</t>
+          <t>Genel Topoloji</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754360707</t>
+          <t>3990000003892</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Mekaniği</t>
+          <t>Fizikokimya Problemleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000011758</t>
+          <t>3990000005153</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Nakit Akışı Planlaması</t>
+          <t>Fizikokimya 2</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000007318</t>
+          <t>3990000006794</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Asenkron Makinalar Cilt: 3</t>
+          <t>Endüstri Mühendisliği ve Üretim Yönetimi El Kitabı 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000005120</t>
+          <t>3990000006555</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Teknikleri</t>
+          <t>Çözümlü Statik Problemleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000015562</t>
+          <t>3990000005966</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Amortisman ve Uygulamaları</t>
+          <t>Çözümlü Kuantum Fiziği Problemleri</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
+          <t>3990000006554</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Kinematik Problemleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789754360790</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Çelik Yapılar</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>3990000004479</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Kalite Anlayışı İçerisinde ISO 9001 Kalite Güvencesi Sistemi Standardının Yorumu ve Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>3990000010387</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Buhar Kazanları</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>3990000012449</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Besinleri Soğukta Saklama Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>3990000006648</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Bahçe Tekniği</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>3990000012875</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Atom Fiziği Problemleri</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>3990000017131</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Ekonomi ve Sınai Kalkınma</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789754360813</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Diferansiyel Denklemler Teorisine Giriş</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>3990000006551</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Elektrostatik Cilt: 1 Elektrotekniğe Giriş</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>3990000006550</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Elektromagnetizma - Cilt: 4   Elektroniğe Giriş</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>3990000005113</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>3990000005443</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Sözlüğü / İngilizce - Türkçe</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>3990000013493</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Devre Analizi Dersleri - Kısım 4</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>3990000013494</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Devre Analizi Dersleri - Kısım 2</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>3990000013482</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Devletler Umumi Hukuku</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>3990000013480</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Devletler Özel Hukuku</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>3990000005289</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Otel İşletmeleri ve Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>3990000005965</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Titreşim ve Dalgalar Problemleri</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>3990000003861</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Resim</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>3990000006399</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Şirket Organizasyon El Kitabı</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>3990000011249</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Su Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9799754360638</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789754360530</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Parlamento Hukuku</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>3990000011331</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Özel Biyoistatistik</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>3990000006466</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Analiz El Kitabı</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>3990000011255</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Makina Elemanları Bağlama Elemanları</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>3990000006365</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Lineer Sistemlerin Mühendislik Matematiği</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>3990000006601</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Laboratuar Tekniği</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>3990000013575</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Kimyası</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>3990000003862</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kombinatorik ve Elemanter Olasılık Teorisine Giriş</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>3990000006556</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Mekanik Dersleri: Kinematik</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789754360707</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Mekaniği</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>3990000011758</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Nakit Akışı Planlaması</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>3990000007318</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Asenkron Makinalar Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>3990000005120</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Araştırma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>3990000015562</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Amortisman ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
           <t>3990000005158</t>
         </is>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Açıklamalar ve Çözümleri ile Basic</t>
         </is>
       </c>
-      <c r="C141" s="1">
+      <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>