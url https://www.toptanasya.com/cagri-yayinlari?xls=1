--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -85,2965 +85,4150 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754541946</t>
+          <t>9789754543049</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Turan Devleti</t>
+          <t>Hilafetin Mahiyet-i Şer'iyesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754542806</t>
+          <t>3990000052092</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam Tarihi (15 Cilt Takım) (Ciltli)</t>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>11500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754540857</t>
+          <t>3990000052091</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Hikayeler</t>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755440026</t>
+          <t>9789754542455</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlı İmparatorluğunda Anatomi</t>
+          <t>Adak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754543063</t>
+          <t>9789755440040</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Türker’e Armağan</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı (2. Hamur, 8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754541397</t>
+          <t>9789754540543</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Şiirler (Osmanlı Türkçesi Aslı İle Birlikte)</t>
+          <t>Der Koran (Almanca Kuran-ı Kerim Tercümesi, Ciltli, İpek Şamua Kağıt, Küçük Boy)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754541625</t>
+          <t>9789754542752</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Der Islam Als Alternative</t>
+          <t>Der Koran (Almanca Kuran-ı Kerim ve Tercümesi, Ciltli, İpek Şamua Kağıt, Süper Mega Boy)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754541632</t>
+          <t>9789754541342</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Der Islam</t>
+          <t>Kamus-ı Türki: Osmanlı Türkçesi Tıpkıbasım (Bez Cilt, İpek Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754541250</t>
+          <t>9789755440095</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Den Islam Verstehen (Almanca Konferanslar)</t>
+          <t>Hadislerle Kur’an-ı Kerim Tefsiri (16 Cilt Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>375</v>
+        <v>445.54</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754540413</t>
+          <t>9789754541236</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı İnkar Mümkün mü?</t>
+          <t>En Son Değişikliklerle 1982 Türkiye Cumhuriyeti Anayasası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>255</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754541434</t>
+          <t>9789754540741</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tagebuch Eines Deutschen Muslims</t>
+          <t>El-İhtiyar (5 Cilt Tek Kitapta) - Lacivert Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754542400</t>
+          <t>9789754541564</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Güleryüzü</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754540215</t>
+          <t>9789754541991</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur’an İngilizce Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+          <t>Dört Mezhebe Göre İslam İlmihali (Farklı Renklerde) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>960</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754541588</t>
+          <t>9789755440033</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Reise Nach Mekka</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı (1. Hamur, 8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754542790</t>
+          <t>9789754540871</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Letaif-i Rivayat</t>
+          <t>Der Koran (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>950</v>
+        <v>34.65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754543032</t>
+          <t>9789754540550</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Der Koran (Hafız Boy Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754542257</t>
+          <t>9789754540482</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut'un Rüyası</t>
+          <t>Der Koran (Büyük Boy-1.Hamur)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754542240</t>
+          <t>9789754540949</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benim Rehberim Peygamberim</t>
+          <t>Coranul (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754540918</t>
+          <t>9789754542165</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Göl Saatleri</t>
+          <t>Bu Bahar Sonbahar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754541489</t>
+          <t>9789754541779</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Terkib-i Bend-Terci-i Bend</t>
+          <t>Bize Ait Bir Şeyler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754540925</t>
+          <t>9789754542158</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Piyale (Osmanlı Türkçesi Aslı ile Birlikte)</t>
+          <t>Aşkın Efendisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754542769</t>
+          <t>9789754540895</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Çözümlemeli Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1080</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754541610</t>
+          <t>9789754541021</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>A Modern Concordance Of The Holy Qur'an (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1530</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754540376</t>
+          <t>9789754542202</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Islamische Küche (Almanca Yemek Kitabı)</t>
+          <t>Aşk-ı Züleyha Sabr-ı Yusuf</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754540772</t>
+          <t>9789754540734</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754543001</t>
+          <t>9789754541151</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tımraş'ın Ahmet Ağası</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754542998</t>
+          <t>9789754540284</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Okumu Hayatı - Sanatı ve Eserleri</t>
+          <t>The Glorious Qur’an (Orta Boy)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754542967</t>
+          <t>9789754540659</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar (5 Cilt Tek Kitapta) - Kırmızı Kapak (Ciltli)</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754542981</t>
+          <t>9789754540901</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy Sultanım - Son Nakkaş</t>
+          <t>Uygur Türkleri Kültürü ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754542783</t>
+          <t>9789755440187</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste Tarih-i Kadim - Rübab'ın Cevabı (Osmanlı Türkçesi Aslı İle Birlikte Sözlükçeli Öğrenciye Özel Baskı)</t>
+          <t>Sünen-i Tirmizi (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>650</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754542714</t>
+          <t>9789755440194</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Cennetin Şahitleri</t>
+          <t>Sünen-i Nesai (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>385</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754542707</t>
+          <t>9789755440200</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşina Çehreler</t>
+          <t>Sünen-i İbn Mace (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754542721</t>
+          <t>9789755440170</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ziya Osman Saba Sevgisi</t>
+          <t>Sünen-i Ebi Davud (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754542738</t>
+          <t>9789755440217</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hay Olan Mevla’m Ola</t>
+          <t>Sünen-i Darimi (Tamamı Arapça)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754541052</t>
+          <t>9789754540505</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Belene Adası</t>
+          <t>Siyah İnciler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754541915</t>
+          <t>9789755440163</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Sahih-i Müslim (3 Kitap Takım-Tamamı Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754540437</t>
+          <t>9789755440156</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seyahatnamesi</t>
+          <t>Sahih-i Buhari (3 Kitap Takım-Tamamı Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754542219</t>
+          <t>9789754541311</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Hz. Muhammed</t>
+          <t>Safahat (3. Hamur)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754542080</t>
+          <t>9789754540222</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Özge Temaşa</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754542004</t>
+          <t>9789754542189</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu - Sekiz Yaşına Kadar (Osmanlı Türkçesi Aslı İle Birlikte)</t>
+          <t>Safahat Tıpkıbasım-Çeviryazı-Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754541854</t>
+          <t>9789754540581</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Notları</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>143</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754542042</t>
+          <t>9789754541328</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kurbanları</t>
+          <t>Rumeli Acısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754541366</t>
+          <t>9789754540710</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-i Me Perkthim Ne Gjuhen Shqipe (Arnavutça Kuran-ı Kerim ve Tercümesi, Ciltli, Şamua Kağıt, Orta Boy)</t>
+          <t>A Comprehensive Persian - English Dictionary (Farsça - İngilizce Sözlük) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>960</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754540420</t>
+          <t>9789754540956</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
+          <t>Noble Coran (Orta Boy-İspanyolca Kur’an-ı Kerim Meali)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>880</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754541601</t>
+          <t>9789755440231</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sözlerini Bulma Kılavuzu (Ciltli)</t>
+          <t>Müsned (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1530</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754540970</t>
+          <t>9789754542363</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali (Orta Boy)</t>
+          <t>Sırların Sultanı 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754540024</t>
+          <t>9789754542141</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali (Küçük Boy)</t>
+          <t>Der Koran Arabisch - Deutsch (Hafız Boy Metinli) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755440057</t>
+          <t>9789754542653</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (2. Hamur) (Ciltli)</t>
+          <t>Müridin El Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>830</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754540338</t>
+          <t>9789754542646</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İslam Mutfağı</t>
+          <t>Kendini Tanımadan Gidenler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754541076</t>
+          <t>9789754542691</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Edebiyatçılarımızın Çocukluk Hatıraları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>680</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754540529</t>
+          <t>3990000052090</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>3. Binyılda Yükselen Din İslam</t>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754540987</t>
+          <t>3990000052089</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>3. Binyılda İslami Siyasetin Oluşumu</t>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754542103</t>
+          <t>3996562014789</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Kütüb-ü Sitte ve Şerhleri Cilt 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>185</v>
+        <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754542172</t>
+          <t>9789754542035</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Romancılar Konuşuyor</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>315</v>
+        <v>43.75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754542233</t>
+          <t>3990000095516</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rütbesiz General</t>
+          <t>Fatiha’dan Nas’a Esbab-ı Nüzul 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754542660</t>
+          <t>9789754542882</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muallim</t>
+          <t>Büyük İslam Tarihi 8</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754542639</t>
+          <t>3996562114789</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizden Portreler</t>
+          <t>Kütüb-ü Sitte ve Şerhleri Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>57</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754542431</t>
+          <t>3994586921121</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kalem Efendileri</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 2. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754542448</t>
+          <t>3992587456982</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre (Osmanlı Türkçesi Aslı ile Birlikte)</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 6. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754542370</t>
+          <t>3996587452154</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 7. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754542417</t>
+          <t>3995289564127</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 8. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>135</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754542356</t>
+          <t>3990005874125</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Hüzün</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 1. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>310</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754542394</t>
+          <t>3991427856985</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim? (Osmanlı Türkçesi Aslı ile Birlikte)</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 3. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>215</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754542424</t>
+          <t>3990005478126</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cemreler</t>
+          <t>Dört Mezhebe Göre İslam Fıkhı 4. Cilt (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754542264</t>
+          <t>9789754542899</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Puslu Bir Düş</t>
+          <t>Büyük İslam Tarihi 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754542387</t>
+          <t>3990000052193</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşığın Gizli Günlüğü</t>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754540444</t>
+          <t>9789754542868</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>El Noble Coran İspanyolca Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+          <t>Büyük İslam Tarihi 6.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>960</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754541885</t>
+          <t>9789754542851</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Büyük İslam Tarihi 5.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>155</v>
+        <v>64</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754541922</t>
+          <t>9789754542813</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Büyük İslam Tarihi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>64</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754541281</t>
+          <t>9789754542905</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Büyük İslam Tarihi 10.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754541816</t>
+          <t>9789754542875</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Üç Ay Yatakta</t>
+          <t>Büyük İslam Tarihi 7.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>64</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754541519</t>
+          <t>9789754542912</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Understanding Islam</t>
+          <t>Büyük İslam Tarihi 11.Cilt</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>64</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754541373</t>
+          <t>9789754542820</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Büyük İslam Tarihi 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>64</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754540000</t>
+          <t>9789754542837</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Turkish and  English Lexicon (Ciltli)</t>
+          <t>Büyük İslam Tarihi 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1950</v>
+        <v>64</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754541144</t>
+          <t>9789754542844</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Kan Düştü</t>
+          <t>Büyük İslam Tarihi 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>64</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754541809</t>
+          <t>9789754542956</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Büyük İslam Tarihi 15.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>260</v>
+        <v>64</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755440002</t>
+          <t>9789754542936</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tıp Fakültesi Tarihçesi Cilt: 1-2</t>
+          <t>Büyük İslam Tarihi 13.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>64</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754540246</t>
+          <t>9789754542929</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur’an İngilizce Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+          <t>Büyük İslam Tarihi 12.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>64</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754541847</t>
+          <t>9789754542271</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Musahabe</t>
+          <t>Suçlu Dedektif</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754540598</t>
+          <t>9789754541946</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şermin (Osmanlı Türkçesi Aslı ile Birlikte)</t>
+          <t>Yarınki Turan Devleti</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754541274</t>
+          <t>9789754542806</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin En Garibi Öldü (Osmanlı Türkçesi Aslı ile Birlikte)</t>
+          <t>Büyük İslam Tarihi (15 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>11500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754542059</t>
+          <t>9789754540857</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sırların Sultanı</t>
+          <t>Seçilmiş Hikayeler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754541649</t>
+          <t>9789755440026</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Safahat Sözlüğü</t>
+          <t>19. Yüzyılda Osmanlı İmparatorluğunda Anatomi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754540789</t>
+          <t>9789754543063</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Öğrenciye Özel Baskı)</t>
+          <t>Mehmet Türker’e Armağan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754542011</t>
+          <t>9789754541397</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Safahat  (Kırmızı) (Ciltli)</t>
+          <t>Türkçe Şiirler (Osmanlı Türkçesi Aslı İle Birlikte)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754540680</t>
+          <t>9789754541625</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Qur’an (İngilizce)</t>
+          <t>Der Islam Als Alternative</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754541953</t>
+          <t>9789754541632</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Postallı Kızlar</t>
+          <t>Der Islam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754540406</t>
+          <t>9789754541250</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ötesi Tarihi (Ciltli)</t>
+          <t>Den Islam Verstehen (Almanca Konferanslar)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>680</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754541861</t>
+          <t>9789754540413</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Noble Coran (İspanyolca Kuran-ı Kerim Tercümesi, Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+          <t>Allah’ı İnkar Mümkün mü?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754540994</t>
+          <t>9789754541434</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Bir Almanın Günlüğü</t>
+          <t>Tagebuch Eines Deutschen Muslims</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754540932</t>
+          <t>9789754542400</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mübeyyen Der Fıkh</t>
+          <t>Edebiyatımızın Güleryüzü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754542073</t>
+          <t>9789754540215</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mizahın İzahı</t>
+          <t>The Glorious Qur’an İngilizce Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>960</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754542097</t>
+          <t>9789754541588</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Meleksel Dokunuşlar</t>
+          <t>Reise Nach Mekka</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754541595</t>
+          <t>9789754542790</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mekkeye Yolculuk</t>
+          <t>Letaif-i Rivayat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>950</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754541090</t>
+          <t>9789754543032</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mecmu’a-i Latife ve Dili</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754540017</t>
+          <t>9789754542257</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-ü Sitte ve Şerhleri (23 Cilt Takım) (Ciltli)</t>
+          <t>Kaşgarlı Mahmut'un Rüyası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>20600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754541557</t>
+          <t>9789754542240</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Küçük İslam İlmihali</t>
+          <t>Benim Rehberim Peygamberim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>235</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754540697</t>
+          <t>9789754540918</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an</t>
+          <t>Göl Saatleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754541731</t>
+          <t>9789754541489</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Krallar Avlayan Türk</t>
+          <t>Terkib-i Bend-Terci-i Bend</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754541496</t>
+          <t>9789754540925</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Piyale (Osmanlı Türkçesi Aslı ile Birlikte)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754540635</t>
+          <t>9789754542769</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754541403</t>
+          <t>9789754541610</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali ve Çocuk Eğitimi (Ciltli)</t>
+          <t>A Modern Concordance Of The Holy Qur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>890</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754541168</t>
+          <t>9789754540376</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Şamua) (Ciltli)</t>
+          <t>Islamische Küche (Almanca Yemek Kitabı)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>890</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754541007</t>
+          <t>9789754540772</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İslam Gerçek Alternatif</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754540673</t>
+          <t>9789754543001</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam (İngilizce)</t>
+          <t>Tımraş'ın Ahmet Ağası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754541663</t>
+          <t>9789754542998</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Mustafa Okumu Hayatı - Sanatı ve Eserleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754540604</t>
+          <t>9789754542967</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Haluk’un Defteri</t>
+          <t>El-İhtiyar (5 Cilt Tek Kitapta) - Kırmızı Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>215</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754542134</t>
+          <t>9789754542981</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Halim Selim Efendi</t>
+          <t>Adını Sen Koy Sultanım - Son Nakkaş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754541038</t>
+          <t>9789754542783</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Manevi</t>
+          <t>Rübab-ı Şikeste Tarih-i Kadim - Rübab'ın Cevabı (Osmanlı Türkçesi Aslı İle Birlikte Sözlükçeli Öğrenciye Özel Baskı)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754541762</t>
+          <t>9789754542714</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gülistan-ı Aşk</t>
+          <t>Dünyadaki Cennetin Şahitleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754540369</t>
+          <t>9789754542707</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kopah Rusça Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+          <t>Aşina Çehreler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>960</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754540321</t>
+          <t>9789754542721</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kopah Rusça Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+          <t>Ziya Osman Saba Sevgisi</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754540826</t>
+          <t>9789754542738</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kopah Rusça Kuran-ı Kerim ve Tercümesi (Karton Kapak, İpek Şamua Kağıt)</t>
+          <t>Hay Olan Mevla’m Ola</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754541618</t>
+          <t>9789754541052</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendimiz Olabilme Erdemi</t>
+          <t>Belene Adası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754541908</t>
+          <t>9789754541915</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754540567</t>
+          <t>9789754540437</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Avrupa Seyahatnamesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754540031</t>
+          <t>9789754542219</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Aliyyil-Kari Şerhi (Ciltli)</t>
+          <t>Peygamberimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>720</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754540727</t>
+          <t>9789754542080</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Özge Temaşa</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754540475</t>
+          <t>9789754542004</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fatiha’dan Nas’a Esbab-ı Nüzul (2 Cilt Takım) (Ciltli)</t>
+          <t>Ömer'in Çocukluğu - Sekiz Yaşına Kadar (Osmanlı Türkçesi Aslı İle Birlikte)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754540758</t>
+          <t>9789754541854</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Avrupa Notları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>143</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754541571</t>
+          <t>9789754542042</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dualar Kitabı</t>
+          <t>Aşkın Kurbanları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754541984</t>
+          <t>9789754541366</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Driblets from the Ocean</t>
+          <t>Kur’an-i Me Perkthim Ne Gjuhen Shqipe (Arnavutça Kuran-ı Kerim ve Tercümesi, Ciltli, Şamua Kağıt, Orta Boy)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>135</v>
+        <v>960</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754541724</t>
+          <t>9789754540420</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Devrilen Kazan</t>
+          <t>Kur’an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>285</v>
+        <v>880</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754540888</t>
+          <t>9789754541601</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Coranul Romence Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+          <t>Kur’an-ı Kerim Sözlerini Bulma Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>960</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754541243</t>
+          <t>9789754540970</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Comprendre L’Islam (Fransızca Konferanslar)</t>
+          <t>Kur’an-ı Kerim Meali (Orta Boy)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754541823</t>
+          <t>9789754540024</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cinci Hoca</t>
+          <t>Kur’an-ı Kerim Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754541359</t>
+          <t>9789755440057</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şafii İlmihali (Ciltli)</t>
+          <t>İslam İlmihali (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>950</v>
+        <v>830</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754541229</t>
+          <t>9789754540338</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyası</t>
+          <t>İslam Mutfağı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754541472</t>
+          <t>9789754541076</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bozgundan Sonra 2</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>680</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754540864</t>
+          <t>9789754540529</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bozgun Zamanı</t>
+          <t>3. Binyılda Yükselen Din İslam</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754542028</t>
+          <t>9789754540987</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ölüm</t>
+          <t>3. Binyılda İslami Siyasetin Oluşumu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754542127</t>
+          <t>9789754542103</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ben Sultan Süleyman Han</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754541892</t>
+          <t>9789754542172</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehfimiz</t>
+          <t>Romancılar Konuşuyor</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754541014</t>
+          <t>9789754542233</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Rütbesiz General</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754541786</t>
+          <t>9789754542660</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>31 Mart’ın Romanı</t>
+          <t>Muallim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754542349</t>
+          <t>9789754542639</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Irmaktır Yaşamak</t>
+          <t>Şiirimizden Portreler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754542332</t>
+          <t>9789754542431</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Elmacık Kemiği</t>
+          <t>Kalem Efendileri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754542318</t>
+          <t>9789754542448</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Serab-ı Ömrüm</t>
+          <t>Vatan Yahut Silistre (Osmanlı Türkçesi Aslı ile Birlikte)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754542325</t>
+          <t>9789754542370</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Görüntüler ve Görüşler</t>
+          <t>Şafii İlmihali</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754542301</t>
+          <t>9789754542417</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Babıali'de Hayat</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754541939</t>
+          <t>9789754542356</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Edebiyatımızda Hüzün</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754540765</t>
+          <t>9789754542394</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Lugati Naci (Ciltli)</t>
+          <t>Ben Neyim? (Osmanlı Türkçesi Aslı ile Birlikte)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1050</v>
+        <v>215</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754542110</t>
+          <t>9789754542424</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Hasbihal</t>
+          <t>Cemreler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754540833</t>
+          <t>9789754542264</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+          <t>Puslu Bir Düş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754541465</t>
+          <t>9789754542387</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Karton Kapak) (Ciltli)</t>
+          <t>Bir Aşığın Gizli Günlüğü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754541106</t>
+          <t>9789754540444</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+          <t>El Noble Coran İspanyolca Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>960</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754540253</t>
+          <t>9789754541885</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Der Koran Almanca Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754540260</t>
+          <t>9789754541922</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Der Koran Almanca Kuran-ı Kerim ve Tercümesi (Ciltli, Şamua Kağıt, Orta Boy)</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>960</v>
+        <v>260</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754541748</t>
+          <t>9789754541281</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>310</v>
+        <v>80</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754541656</t>
+          <t>9789754541816</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yasak Özgürlük Uzak 3</t>
+          <t>Üç Ay Yatakta</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754541137</t>
+          <t>9789754541519</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Understanding Islam</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>143</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754541694</t>
+          <t>9789754541373</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Akından Akına</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754541410</t>
+          <t>9789754540000</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ağlatırsa Mevlam Yine Güldürür</t>
+          <t>Turkish and  English Lexicon (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754542288</t>
+          <t>9789754541144</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yazgı'nın Gizemli Yolculuğu</t>
+          <t>Toprağa Kan Düştü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754541205</t>
+          <t>9789754541809</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kırıntıları Arıyorum Yollarda</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754541083</t>
+          <t>9789755440002</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Tıp Fakültesi Tarihçesi Cilt: 1-2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754541304</t>
+          <t>9789754540246</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Seley Çakkan Fıkraları</t>
+          <t>The Glorious Qur’an İngilizce Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754542066</t>
+          <t>9789754541847</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sefertası</t>
+          <t>Tarihi Musahabe</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754541717</t>
+          <t>9789754540598</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hint Denizlerinde Türkler</t>
+          <t>Şermin (Osmanlı Türkçesi Aslı ile Birlikte)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754541298</t>
+          <t>9789754541274</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hazanda Son Yolculuk</t>
+          <t>Şairlerin En Garibi Öldü (Osmanlı Türkçesi Aslı ile Birlikte)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754541526</t>
+          <t>9789754542059</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Sırların Sultanı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754540642</t>
+          <t>9789754541649</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Safahat Sözlüğü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754541755</t>
+          <t>9789754540789</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Safahat (Öğrenciye Özel Baskı)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754541540</t>
+          <t>9789754542011</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Kahraman</t>
+          <t>Safahat  (Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754541670</t>
+          <t>9789754540680</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Qur’an (İngilizce)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754540239</t>
+          <t>9789754541953</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Safahat-Osmanlı Türkçesi</t>
+          <t>Postallı Kızlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754541830</t>
+          <t>9789754540406</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kadın Avcısı</t>
+          <t>Ölüm Ötesi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754540390</t>
+          <t>9789754541861</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mektupları</t>
+          <t>Noble Coran (İspanyolca Kuran-ı Kerim Tercümesi, Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754540703</t>
+          <t>9789754540994</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Müslüman Bir Almanın Günlüğü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754541441</t>
+          <t>9789754540932</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki İnci Taneciği</t>
+          <t>Mübeyyen Der Fıkh</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754541427</t>
+          <t>9789754542073</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Istıraphaneden Mektuplar</t>
+          <t>Mizahın İzahı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754540536</t>
+          <t>9789754542097</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Islamic Cuisine (İngilizce)</t>
+          <t>Meleksel Dokunuşlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754541960</t>
+          <t>9789754541595</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çelişki</t>
+          <t>Mekkeye Yolculuk</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754541458</t>
+          <t>9789754541090</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Hikayeleri</t>
+          <t>Mecmu’a-i Latife ve Dili</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754541045</t>
+          <t>9789754540017</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Kütüb-ü Sitte ve Şerhleri (23 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>125</v>
+        <v>20600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754541793</t>
+          <t>9789754541557</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Küçük İslam İlmihali</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754541687</t>
+          <t>9789754540697</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Kur’an</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754541700</t>
+          <t>9789754541731</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Selam</t>
+          <t>Krallar Avlayan Türk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754541120</t>
+          <t>9789754541496</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre ve Bir Seyahatin Notları</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754541335</t>
+          <t>9789754540635</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Bizim Eller</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754541380</t>
+          <t>9789754541403</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Kadın İlmihali ve Çocuk Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>700</v>
+        <v>890</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754541878</t>
+          <t>9789754541168</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Adlarımız (Ciltli)</t>
+          <t>İslam İlmihali (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>850</v>
+        <v>890</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9779754540575</t>
+          <t>9789754541007</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>İslam Gerçek Alternatif</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755440118</t>
+          <t>9789754540673</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şakaik-ı Nu'maniye ve Zeyilleri (5 Kitap Takım) (Ciltli)</t>
+          <t>İslam (İngilizce)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>10500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754542295</t>
+          <t>9789754541663</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755440101</t>
+          <t>9789754540604</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sümbüliyye Tarikatı ve Kocamustafapaşa Külliyesi</t>
+          <t>Haluk’un Defteri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>680</v>
+        <v>215</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754541267</t>
+          <t>9789754542134</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pratik Hukuk Bilgileri</t>
+          <t>Halim Selim Efendi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754541533</t>
+          <t>9789754541038</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Son Gece</t>
+          <t>Gülzar-ı Manevi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754542462</t>
+          <t>9789754541762</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kur’an-ı Kerim Tefsiri (16 Cilt Takım Şamua) (Ciltli)</t>
+          <t>Gülistan-ı Aşk</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>14100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754542677</t>
+          <t>9789754540369</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Suskun Aşıklar Efsanesi</t>
+          <t>Kopah Rusça Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>210</v>
+        <v>960</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754542684</t>
+          <t>9789754540321</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sindelli (Ciltli)</t>
+          <t>Kopah Rusça Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1125</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754541502</t>
+          <t>9789754540826</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Anlamak</t>
+          <t>Kopah Rusça Kuran-ı Kerim ve Tercümesi (Karton Kapak, İpek Şamua Kağıt)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754540451</t>
+          <t>9789754541618</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İslamda Evlilik ve Cinsel Mutluluk</t>
+          <t>Kendimiz Olabilme Erdemi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754542196</t>
+          <t>9789754541908</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Tıpkıbasım-Çeviriyazı-Sözlük)</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1050</v>
+        <v>275</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
+          <t>9789754540567</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Frankfurt Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789754540031</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Fıkh-ı Ekber Aliyyil-Kari Şerhi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789754540727</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789754540475</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha’dan Nas’a Esbab-ı Nüzul (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789754540758</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789754541571</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Dualar Kitabı</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789754541984</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Driblets from the Ocean</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789754541724</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Devrilen Kazan</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789754540888</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Coranul Romence Kuran-ı Kerim ve Tercümesi (Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789754541243</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Comprendre L’Islam (Fransızca Konferanslar)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789754541823</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Cinci Hoca</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789754541359</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şafii İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789754541229</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyası</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789754541472</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Bozgundan Sonra 2</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789754540864</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Bozgun Zamanı</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789754542028</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Ölüm</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789754542127</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sultan Süleyman Han</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789754541892</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ashab-ı Kehfimiz</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789754541014</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789754541786</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>31 Mart’ın Romanı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789754542349</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Bir Irmaktır Yaşamak</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789754542332</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Elmacık Kemiği</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789754542318</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Serab-ı Ömrüm</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789754542325</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Görüntüler ve Görüşler</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789754542301</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Babıali'de Hayat</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789754541939</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Makber</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789754540765</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Lugati Naci (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789754542110</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Leyla ile Hasbihal</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789754540833</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789754541465</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Karton Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789754541106</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Le Coran (Fransızca Kuran-ı Kerim ve Tercümesi, Ciltli, İpek Şamua Kağıt, Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789754540253</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Der Koran Almanca Kuran-ı Kerim Tercümesi (Karton Kapak, İpek Şamua Kağıt, Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789754540260</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Der Koran Almanca Kuran-ı Kerim ve Tercümesi (Ciltli, Şamua Kağıt, Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789754541748</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Viyana Dönüşü</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789754541656</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yasak Özgürlük Uzak 3</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789754541137</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789754541694</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Akından Akına</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789754541410</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Ağlatırsa Mevlam Yine Güldürür</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789754542288</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı'nın Gizemli Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789754541205</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Kırıntıları Arıyorum Yollarda</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789754541083</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789754541304</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Seley Çakkan Fıkraları</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789754542066</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sefertası</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789754541717</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Hint Denizlerinde Türkler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789754541298</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Hazanda Son Yolculuk</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789754541526</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Harem</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789754540642</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Gurebahane-i Laklakan</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789754541755</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Gönüle</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789754541540</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Gölgedeki Kahraman</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789754541670</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Safiye Sultan</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789754540239</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Safahat-Osmanlı Türkçesi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789754541830</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Avcısı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789754540390</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Mektupları</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789754540703</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>İslam</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789754541441</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki İnci Taneciği</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789754541427</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Istıraphaneden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789754540536</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Islamic Cuisine (İngilizce)</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789754541960</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Çelişki</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789754541458</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789754541045</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789754541793</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789754541687</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Cem Sultan</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789754541700</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemden Selam</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789754541120</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre ve Bir Seyahatin Notları</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789754541335</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başkadır Bizim Eller</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789754541380</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789754541878</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Adlarımız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9779754540575</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789755440118</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Şakaik-ı Nu'maniye ve Zeyilleri (5 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>10500</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789754542295</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789755440101</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Sümbüliyye Tarikatı ve Kocamustafapaşa Külliyesi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789754541267</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Hukuk Bilgileri</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789754541533</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Son Gece</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789754542462</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Kur’an-ı Kerim Tefsiri (16 Cilt Takım Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>14100</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789754542677</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Aşıklar Efsanesi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789754542684</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Sindelli (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789754541502</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ı Anlamak</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789754540451</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İslamda Evlilik ve Cinsel Mutluluk</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789754542196</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Safahat (Tıpkıbasım-Çeviriyazı-Sözlük)</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
           <t>9789754542226</t>
         </is>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B275" s="1" t="inlineStr">
         <is>
           <t>Tarihimizin Güleryüzü</t>
         </is>
       </c>
-      <c r="C196" s="1">
+      <c r="C275" s="1">
         <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>