--- v0 (2026-01-03)
+++ v1 (2026-03-15)
@@ -85,3145 +85,3430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052301944</t>
+          <t>7262003001498</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mekke Müftüsünün Kaleminden Haremeyn-i Şerifeyn</t>
+          <t>Ahmed Cevdet Paşa'nın Kaleminden (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>61.62</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055101756</t>
+          <t>9786055101985</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sultan Birinci Abdülhamid Han</t>
+          <t>Dur Yolcu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944905183</t>
+          <t>9786052301098</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han ile Erzurum Vilâyeti Arasındaki Yazışmalar</t>
+          <t>Orta Doğu’nun Kalbi Kudüs</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>29</v>
+        <v>147</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055331979</t>
+          <t>9786059375627</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi’den Sultan Vahidüddin Han’a Osmanlı Tarihi 5</t>
+          <t>1928’de Hıristiyanlaştırılan Kızlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>950</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055331689</t>
+          <t>9786059375597</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mısır Fatihi Yavuz Sultan Selim</t>
+          <t>Çanakkale Boğazına Köprü Projesi - 1879 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055331399</t>
+          <t>9786055101039</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sultan, Güç ve Hassasiyet</t>
+          <t>İslam Dünyasında Misyoner Orduları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054421565</t>
+          <t>9789944905855</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han’ın Hicaz Demiryolu Projesi (Karton Kapak)</t>
+          <t>Boğaziçi'ne Tüp Geçit Sultan İkinci Abdülhamid Han’ın Tüp Geçit (Tünel- i Bahri ) Projeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>7262003005144</t>
+          <t>9789944905954</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Doğumunun 410. Yılı Hatırasına Özel Seti (3 Kitap Takım)</t>
+          <t>Beş Asırlık Sakarya - Sapanca - Marmara Kanal Projeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>445</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052301937</t>
+          <t>9786055331160</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu - Haçlı Mücadelesi</t>
+          <t>Osmanlı’nın Muhteşem Projeleri - 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>205</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052301753</t>
+          <t>3990000073060</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Emeviler Devri</t>
+          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>621</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000027778</t>
+          <t>3990000073061</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han’ın Aile Hayatı</t>
+          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>621</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000073064</t>
+          <t>9786054421251</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Han Hakkında Meşhurların İtirafları</t>
+          <t>Osmanlı Devleti’nde Haremeyn Vakıfları (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>85</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944905718</t>
+          <t>9789944905428</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bulunan Ashab-ı Kiram Kabir ve Makamları</t>
+          <t>Lala Mehmed Paşa ve Estergon’un Fethi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055331993</t>
+          <t>9789944905336</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sultan Genç Osman (Çizgi Roman)</t>
+          <t>Güney Afrika’da Osmanlılar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055101008</t>
+          <t>9789944905800</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Fatihi Sultan Dördüncü Murad</t>
+          <t>Bir Osmanlı Bürokratının Uzakdoğu Seyahati</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055101695</t>
+          <t>9786054421541</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Kilidi Çanakkale (Tek Kitap) (Ciltli)</t>
+          <t>Yemek Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055101671</t>
+          <t>9789944905275</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Tarihi - 1 (Ciltli)</t>
+          <t>Zülfikar Paşa’nın Viyana Sefareti ve Esareti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055101688</t>
+          <t>9789944905619</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Tarihi - 2</t>
+          <t>Şani-zade Tarihi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054421923</t>
+          <t>9789944905848</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han Devlet ve Memleket Görüşlerim 2. Kitap</t>
+          <t>İhtiyarlığa Övgü ya da Sultan Murad'dan Fatih'e Nasihat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054421572</t>
+          <t>9786052301944</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han Devlet ve Memleket Görüşlerim 1. Kitap</t>
+          <t>Mekke Müftüsünün Kaleminden Haremeyn-i Şerifeyn</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944905824</t>
+          <t>9786055101756</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Han’a Yapılan Suikastin Perde Arkası</t>
+          <t>Sultan Birinci Abdülhamid Han</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054421305</t>
+          <t>9789944905183</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Yıldız Düşerken</t>
+          <t>Sultan İkinci Abdülhamid Han ile Erzurum Vilâyeti Arasındaki Yazışmalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944905527</t>
+          <t>9786055331979</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahlarının Haremeyn Hizmetleri</t>
+          <t>Osman Gazi’den Sultan Vahidüddin Han’a Osmanlı Tarihi 5</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>85</v>
+        <v>950</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054421961</t>
+          <t>9786055331689</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi</t>
+          <t>Mısır Fatihi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944905381</t>
+          <t>9786055331399</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mektepleri (Ciltli)</t>
+          <t>Sultan, Güç ve Hassasiyet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944905299</t>
+          <t>9786054421565</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fıkraları</t>
+          <t>Sultan İkinci Abdülhamid Han’ın Hicaz Demiryolu Projesi (Karton Kapak)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944905053</t>
+          <t>7262003005144</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Niğbolu Kahramanı Doğan Bey</t>
+          <t>Evliya Çelebi’nin Doğumunun 410. Yılı Hatırasına Özel Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>30</v>
+        <v>445</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055331207</t>
+          <t>9786052301937</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Niğbolu Fatihi Yıldırım Bayezid (Ciltli)</t>
+          <t>Selçuklu - Haçlı Mücadelesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055331672</t>
+          <t>9786052301753</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mısır Fatihi Yavuz Sultan Selim (Ciltli)</t>
+          <t>İslam Tarihinde Emeviler Devri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944905961</t>
+          <t>3990000027778</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fetih Günlüğü (Ciltli)</t>
+          <t>Sultan İkinci Abdülhamid Han’ın Aile Hayatı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055331641</t>
+          <t>3990000073064</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düstürname-i Enveri - Osmanlı Tarihi  (19 - 22. Kitaplar 1299-1465 ) (Ciltli)</t>
+          <t>Sultan Abdülhamid Han Hakkında Meşhurların İtirafları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944905152</t>
+          <t>9789944905718</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Budin Kalesi’nde Bir Kahraman Sucu Mehmed</t>
+          <t>İstanbul'da Bulunan Ashab-ı Kiram Kabir ve Makamları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054421510</t>
+          <t>9786055331993</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Boğaziçi - 1851 (Ciltli)</t>
+          <t>Sultan Genç Osman (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944905176</t>
+          <t>9786055101008</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bağdad Surlarında Bir Şehid Genç Osman</t>
+          <t>Bağdat Fatihi Sultan Dördüncü Murad</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944905077</t>
+          <t>9786055101695</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Akıncı Mehmed</t>
+          <t>Osmanlı'nın Son Kilidi Çanakkale (Tek Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>30</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944905145</t>
+          <t>9786055101671</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’de Şehid Bir Denizci Burak Reis</t>
+          <t>Selçuklular Tarihi - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944905589</t>
+          <t>9786055101688</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Afrika Sahra-yı Kebiri’nde Seyahat</t>
+          <t>Selçuklular Tarihi - 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>115</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944905640</t>
+          <t>9786054421923</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Abdi Paşa Vekayi Namesi (Ciltli)</t>
+          <t>Sultan İkinci Abdülhamid Han Devlet ve Memleket Görüşlerim 2. Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944905459</t>
+          <t>9786054421572</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi (Ciltli)</t>
+          <t>Sultan İkinci Abdülhamid Han Devlet ve Memleket Görüşlerim 1. Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>155</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055331146</t>
+          <t>9789944905824</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bursa’nın Fatihi Orhan Gazi</t>
+          <t>Sultan Abdülhamid Han’a Yapılan Suikastin Perde Arkası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055331092</t>
+          <t>9786054421305</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıların Atası Osman Gazi (Ciltli)</t>
+          <t>Son Yıldız Düşerken</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944905503</t>
+          <t>9789944905527</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed Han ve İstanbul’un Fethi (Ciltli)</t>
+          <t>Osmanlı Padişahlarının Haremeyn Hizmetleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059964258</t>
+          <t>9786054421961</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'in Hayatı (s.a.s) (Ciltli)</t>
+          <t>Osmanlı Mimarisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>310</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055101527</t>
+          <t>9789944905381</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Kitap Basımı / Hurufattan Taş Baskıya (Ciltli)</t>
+          <t>Osmanlı Mektepleri (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055101664</t>
+          <t>9789944905299</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Tarihi (2 Cilt Takım) (Ciltli)</t>
+          <t>Osmanlı Fıkraları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>575</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059964876</t>
+          <t>9789944905053</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife Devri (Ciltli)</t>
+          <t>Niğbolu Kahramanı Doğan Bey</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>145</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059964517</t>
+          <t>9786055331207</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'in Muhtasar Hayatı (Ciltli)</t>
+          <t>Niğbolu Fatihi Yıldırım Bayezid (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059375696</t>
+          <t>9786055331672</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 4 (36 Ay+)</t>
+          <t>Mısır Fatihi Yavuz Sultan Selim (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059375702</t>
+          <t>9789944905961</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 5 (36 Ay+)</t>
+          <t>İstanbul’un Fetih Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059375719</t>
+          <t>9786055331641</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 6 (36 Ay+)</t>
+          <t>Düstürname-i Enveri - Osmanlı Tarihi  (19 - 22. Kitaplar 1299-1465 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059375733</t>
+          <t>9789944905152</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 7 (36 Ay+)</t>
+          <t>Budin Kalesi’nde Bir Kahraman Sucu Mehmed</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059375740</t>
+          <t>9786054421510</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 8 (36 Ay+)</t>
+          <t>Bir Zamanlar Boğaziçi - 1851 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059375665</t>
+          <t>9789944905176</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 1 (36 Ay+)</t>
+          <t>Bağdad Surlarında Bir Şehid Genç Osman</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059375672</t>
+          <t>9789944905077</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Eğitim Seti 2 (36 Ay+)</t>
+          <t>Akıncı Mehmed</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944905206</t>
+          <t>9789944905145</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Kaleminden Sultan İkinci Abdülhamid Han</t>
+          <t>Akdeniz’de Şehid Bir Denizci Burak Reis</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944905749</t>
+          <t>9789944905589</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Vesika ve Fotoğraflarla Osmanlı Devrinde Kudüs - 1 (Ciltli)</t>
+          <t>Afrika Sahra-yı Kebiri’nde Seyahat</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1550</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055331023</t>
+          <t>9789944905640</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Üç Padişahın Mimarı: Mimar Sinan (Ciltli)</t>
+          <t>Abdurrahman Abdi Paşa Vekayi Namesi (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944905442</t>
+          <t>9789944905459</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Hasan Paşa ve Kanije Müdafaası</t>
+          <t>Çanakkale Cephesi (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759801618</t>
+          <t>9786055331146</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler - 1</t>
+          <t>Bursa’nın Fatihi Orhan Gazi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944905213</t>
+          <t>9786055331092</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Zenbilli Ali Efendi</t>
+          <t>Osmanlıların Atası Osman Gazi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944905626</t>
+          <t>9789944905503</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şani-zade Tarihi 2. Cilt (Ciltli)</t>
+          <t>Fatih Sultan Mehmed Han ve İstanbul’un Fethi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944905886</t>
+          <t>9786059964258</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Gencine-i Feth-i Gence (Ciltli)</t>
+          <t>Peygamber Efendimiz'in Hayatı (s.a.s) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>335</v>
+        <v>310</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052301852</t>
+          <t>9786055101527</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Tarih (Ciltli)</t>
+          <t>Osmanlı'da Kitap Basımı / Hurufattan Taş Baskıya (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059375634</t>
+          <t>9786055101664</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Hakimiyet Mücadelesi</t>
+          <t>Selçuklular Tarihi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>7262003001511</t>
+          <t>9786059964876</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Geçmişini Bilmeden Olmaz (4 Kitap Set)</t>
+          <t>Dört Büyük Halife Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059375542</t>
+          <t>9786059964517</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ya Tarihin Yazmadıkları!</t>
+          <t>Peygamber Efendimiz'in Muhtasar Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>215</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059375009</t>
+          <t>9786059375696</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Fatihi</t>
+          <t>Rüzgargülü Eğitim Seti 4 (36 Ay+)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059964982</t>
+          <t>9786059375702</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Buyrun - Arnavutlar İçin Türkçe Dilbilgisi / Gramatika e Turqishtes</t>
+          <t>Rüzgargülü Eğitim Seti 5 (36 Ay+)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055101015</t>
+          <t>9786059375719</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cezayir’de Osmanlı İzleri (1616-1830) (Ciltli)</t>
+          <t>Rüzgargülü Eğitim Seti 6 (36 Ay+)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>905</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944905510</t>
+          <t>9786059375733</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamîd Han’ın Hamidiye Menba Suları ve Çeşmeleri (Ciltli)</t>
+          <t>Rüzgargülü Eğitim Seti 7 (36 Ay+)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944905244</t>
+          <t>9786059375740</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han’a Yapılan Suikastin Tahkikat Raporu</t>
+          <t>Rüzgargülü Eğitim Seti 8 (36 Ay+)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055331474</t>
+          <t>9786059375665</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Manevi Önderlerinden Şeyh Edebali ve Türbesi (Ciltli)</t>
+          <t>Rüzgargülü Eğitim Seti 1 (36 Ay+)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944905923</t>
+          <t>9786059375672</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gölgesinde Bir Uzakdoğu Devleti Açe</t>
+          <t>Rüzgargülü Eğitim Seti 2 (36 Ay+)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055331719</t>
+          <t>9789944905206</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Çanakkale 1915 Panorama Tarih Müzesi Projesi (Ciltli)</t>
+          <t>Yabancıların Kaleminden Sultan İkinci Abdülhamid Han</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055331085</t>
+          <t>9789944905749</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ulaşım (Ciltli)</t>
+          <t>Vesika ve Fotoğraflarla Osmanlı Devrinde Kudüs - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>440</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944905770</t>
+          <t>9786055331023</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mekke-i Mükerreme ve Medine-i Münevvere</t>
+          <t>Üç Padişahın Mimarı: Mimar Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944905169</t>
+          <t>9789944905442</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hind Denizi’nde Bir Kahraman Seydi Ali Reis</t>
+          <t>Tiryaki Hasan Paşa ve Kanije Müdafaası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944905558</t>
+          <t>9789759801618</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Vilayet Salnamesi (Ciltli)</t>
+          <t>Tarihi Hakikatler - 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>440</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944905350</t>
+          <t>9789944905213</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman Han’ın Semendire Sancakbeyi Gazi Bali Bey’e Mektubu</t>
+          <t>Şeyhülislam Zenbilli Ali Efendi</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055331054</t>
+          <t>9789944905626</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gülistan Şerhi (Ciltli)</t>
+          <t>Şani-zade Tarihi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055331825</t>
+          <t>9789944905886</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Macaristan Budin'de Gül Baba Tekkesi ve Türbesi (Ciltli)</t>
+          <t>Kitab-ı Gencine-i Feth-i Gence (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>95</v>
+        <v>335</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054421466</t>
+          <t>9786052301852</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Boğaziçi - 1851</t>
+          <t>Bir Damla Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>55</v>
+        <v>165</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055331665</t>
+          <t>9786059375634</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Veli Sultan İkinci Bayezid Han (Ciltli)</t>
+          <t>Suriye'de Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055331498</t>
+          <t>7262003001511</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehid Sultan Abdülaziz Han</t>
+          <t>Geçmişini Bilmeden Olmaz (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>90</v>
+        <v>255</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944905251</t>
+          <t>9786059375542</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman Han’ın Belgrad Zaferi</t>
+          <t>Ya Tarihin Yazmadıkları!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944905978</t>
+          <t>9786059375009</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Cihan Devletinin Tasfiyesi</t>
+          <t>Kafkas Fatihi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944905190</t>
+          <t>9786059964982</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Denizler Fatihi Oruç Reis</t>
+          <t>Buyrun - Arnavutlar İçin Türkçe Dilbilgisi / Gramatika e Turqishtes</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>30</v>
+        <v>395</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059964760</t>
+          <t>9786055101015</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Döneminde Osmanlı’da İlköğretim 1869-1914 (Ciltli)</t>
+          <t>Cezayir’de Osmanlı İzleri (1616-1830) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>905</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>7262003001023</t>
+          <t>9789944905510</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Memleket Görüşlerim (2 Cilt Takım)</t>
+          <t>Sultan İkinci Abdülhamîd Han’ın Hamidiye Menba Suları ve Çeşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059964654</t>
+          <t>9789944905244</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Her Aile İçin Peygamberimiz ve Peygamberler (4 Kitap Set)</t>
+          <t>Sultan İkinci Abdülhamid Han’a Yapılan Suikastin Tahkikat Raporu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>395</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059964746</t>
+          <t>9786055331474</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Salgın Hastalıklarla Mücadele (Ciltli)</t>
+          <t>Osmanlı’nın Manevi Önderlerinden Şeyh Edebali ve Türbesi (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>85</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944905763</t>
+          <t>9789944905923</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Beş Sene Siper Kavgası</t>
+          <t>Osmanlı’nın Gölgesinde Bir Uzakdoğu Devleti Açe</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054421916</t>
+          <t>9786055331719</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Vesika ve Fotoğraflarla Osmanlı Devrinde Kudüs - 2 (Ciltli)</t>
+          <t>Osmanlı’nın Çanakkale 1915 Panorama Tarih Müzesi Projesi (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1550</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759018030</t>
+          <t>9786055331085</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis Denizler Kahramanı</t>
+          <t>Osmanlı’da Ulaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944905435</t>
+          <t>9789944905770</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihimize Şan Veren Kahramanlar</t>
+          <t>Mekke-i Mükerreme ve Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759018023</t>
+          <t>9789944905169</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Şan Veren Zaferlerimiz (Ciltli)</t>
+          <t>Hind Denizi’nde Bir Kahraman Seydi Ali Reis</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>215</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>7262003002280</t>
+          <t>9789944905558</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Ya Resulallah (2 Kitap Takım)</t>
+          <t>Hicaz Vilayet Salnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052301418</t>
+          <t>9789944905350</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Tarih ve Kültür Kitaplığı (7 Kitap Set)</t>
+          <t>Kanuni Sultan Süleyman Han’ın Semendire Sancakbeyi Gazi Bali Bey’e Mektubu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>730</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052301920</t>
+          <t>9786055331054</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İtikadın Muhafızları Osmanlılar</t>
+          <t>Gülistan Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052301838</t>
+          <t>9786055331825</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dahileri</t>
+          <t>Macaristan Budin'de Gül Baba Tekkesi ve Türbesi (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759801649</t>
+          <t>9786054421466</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Osmanlı Tarihi</t>
+          <t>Bir Zamanlar Boğaziçi - 1851</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>555</v>
+        <v>55</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059964791</t>
+          <t>9786055331665</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi 6 (Ciltli)</t>
+          <t>Bir Veli Sultan İkinci Bayezid Han (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052301678</t>
+          <t>9786055331498</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tuna Nehri Buz Tutunca - Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
+          <t>Bir Şehid Sultan Abdülaziz Han</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944905756</t>
+          <t>9789944905251</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Al-i Selçuk (Selçuklu Tarihi) (Ciltli)</t>
+          <t>Kanuni Sultan Süleyman Han’ın Belgrad Zaferi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1030</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055331344</t>
+          <t>9789944905978</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Satır Aralarından 2</t>
+          <t>Bir Cihan Devletinin Tasfiyesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054421831</t>
+          <t>9789944905190</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Satır Aralarından 1</t>
+          <t>Denizler Fatihi Oruç Reis</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052301685</t>
+          <t>9786059964760</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler Yeryüzünün Sırları</t>
+          <t>Modernleşme Döneminde Osmanlı’da İlköğretim 1869-1914 (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059964920</t>
+          <t>7262003001023</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sultan Genç Osman</t>
+          <t>Devlet ve Memleket Görüşlerim (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055331351</t>
+          <t>9786059964654</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Muhtasar Hayatı</t>
+          <t>Her Aile İçin Peygamberimiz ve Peygamberler (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944905541</t>
+          <t>9786059964746</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyübi</t>
+          <t>Osmanlı'da Salgın Hastalıklarla Mücadele (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>85</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052301913</t>
+          <t>9789944905763</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Asr-ı Saadet (Kutulu Set)</t>
+          <t>Yirmi Beş Sene Siper Kavgası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>615</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944905992</t>
+          <t>9786054421916</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Hayatı (Sallallahü Aleyhi ve Sellim) Kısas-ı Enbiya ve Tevarih-i Hulefa'dan</t>
+          <t>Vesika ve Fotoğraflarla Osmanlı Devrinde Kudüs - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052301906</t>
+          <t>9789759018030</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler (Kutulu Set)</t>
+          <t>Turgut Reis Denizler Kahramanı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>445</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052301883</t>
+          <t>9789944905435</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed’in İlim Ordusu</t>
+          <t>Tarihimize Şan Veren Kahramanlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052301739</t>
+          <t>9789759018023</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Derinliklerine Yolculuk</t>
+          <t>Tarihe Şan Veren Zaferlerimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055101824</t>
+          <t>7262003002280</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sultan Dördüncü Murad'ın Hatt-ı Hümayunları</t>
+          <t>Şefaat Ya Resulallah (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059375573</t>
+          <t>9786052301418</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Türk Devletleri Tarihi</t>
+          <t>Selçuklular Tarih ve Kültür Kitaplığı (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>730</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059375955</t>
+          <t>9786052301920</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mehasinü'l-Asar ve Haka'iku'l-Ahbar (Ciltli)</t>
+          <t>İtikadın Muhafızları Osmanlılar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1455</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055101367</t>
+          <t>9786052301838</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Peygamber Efendimiz'in Hayatı</t>
+          <t>Osmanlı Dahileri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944905114</t>
+          <t>9789759801649</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han’ın Hayır Eserleri</t>
+          <t>Muhtasar Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>90</v>
+        <v>555</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944905367</t>
+          <t>9786059964791</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'ne İki Köprü Sultan İkinci Abdülhamid Han’ın "Cisr-i Hamidi" (Hamidiye Köprüleri) Projesi</t>
+          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>40</v>
+        <v>950</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944905817</t>
+          <t>9786052301678</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kilidi Çanakkale 1</t>
+          <t>Tuna Nehri Buz Tutunca - Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055331658</t>
+          <t>9789944905756</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hicaz’da Deniz Suyu Arıtma Tesisleri Projesi (Ciltli)</t>
+          <t>Tevarih-i Al-i Selçuk (Selçuklu Tarihi) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>85</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054421206</t>
+          <t>9786055331344</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi (Ciltli)</t>
+          <t>Tarihin Satır Aralarından 2</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>665</v>
+        <v>125</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054421626</t>
+          <t>9786054421831</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kosova’da Sultan Murad Hüdavendigar Makamı (Ciltli)</t>
+          <t>Tarihin Satır Aralarından 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054421619</t>
+          <t>9786052301685</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kosova’da Sultan Murad Hüdavendigar Makamı</t>
+          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler Yeryüzünün Sırları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054421060</t>
+          <t>9786059964920</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Konya Ovası Sulama Projesi</t>
+          <t>Sultan Genç Osman</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944905657</t>
+          <t>9786055331351</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
+          <t>Peygamber Efendimizin Muhtasar Hayatı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054421947</t>
+          <t>9789944905541</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Esad Paşa’nın Çanakkale Cephesi Yazışmaları</t>
+          <t>Kudüs Fatihi Selahaddin Eyyübi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054421930</t>
+          <t>9786052301913</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>1734 - 1735 Osmanlı - İran Savaşı Mühimme Defteri (Ciltli)</t>
+          <t>İslam Tarihinde Asr-ı Saadet (Kutulu Set)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>415</v>
+        <v>615</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054421589</t>
+          <t>9789944905992</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çukurova’ya Bereket Getiren Projeler</t>
+          <t>Peygamber Efendimiz’in Hayatı (Sallallahü Aleyhi ve Sellim) Kısas-ı Enbiya ve Tevarih-i Hulefa'dan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059964623</t>
+          <t>9786052301906</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Kilidi Çanakkale 1-2-3 (Kutulu Set)</t>
+          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler (Kutulu Set)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>505</v>
+        <v>445</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059964562</t>
+          <t>9786052301883</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Ukrayna İlişkileri (Ciltli)</t>
+          <t>Fatih Sultan Mehmed’in İlim Ordusu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059964784</t>
+          <t>9786052301739</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi (6 Kitap Kutulu Takım) (Ciltli)</t>
+          <t>Tarihin Derinliklerine Yolculuk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4910</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059964180</t>
+          <t>9786055101824</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Al-i Osman: 3. Defter (Ciltli)</t>
+          <t>Sultan Dördüncü Murad'ın Hatt-ı Hümayunları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>485</v>
+        <v>650</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055331764</t>
+          <t>9786059375573</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ayine-I Derun</t>
+          <t>İlk Müslüman Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055331757</t>
+          <t>9786059375955</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kara Ahmed Paşa ve Vakiflari</t>
+          <t>Mehasinü'l-Asar ve Haka'iku'l-Ahbar (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055101565</t>
+          <t>9786055101367</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Saray Düğünleri Ve Şenlikleri 6 Kitap Takım Kutulu (Ciltli)</t>
+          <t>Herkes İçin Peygamber Efendimiz'in Hayatı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>4775</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059964388</t>
+          <t>9789944905114</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kırım (Ciltli)</t>
+          <t>Sultan İkinci Abdülhamid Han’ın Hayır Eserleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055331702</t>
+          <t>9789944905367</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vekayi-i Ali Paşa (Ciltli)</t>
+          <t>Boğaziçi'ne İki Köprü Sultan İkinci Abdülhamid Han’ın "Cisr-i Hamidi" (Hamidiye Köprüleri) Projesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>580</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944905121</t>
+          <t>9789944905817</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şeca’atname (Ciltli)</t>
+          <t>Osmanlı’nın Son Kilidi Çanakkale 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>890</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054421329</t>
+          <t>9786055331658</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sultana 101 Mektup / 101 Letters to the Sultan (Ciltli)</t>
+          <t>Osmanlı’nın Hicaz’da Deniz Suyu Arıtma Tesisleri Projesi (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>840</v>
+        <v>85</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054421558</t>
+          <t>9786054421206</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han’ın Hicaz Demiryolu Projesi (Ciltli)</t>
+          <t>Osmanlı Mimarisi (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>70</v>
+        <v>665</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052301807</t>
+          <t>9786054421626</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayırsever Hanım Sultanlar (Kutulu Set)</t>
+          <t>Kosova’da Sultan Murad Hüdavendigar Makamı (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>640</v>
+        <v>70</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944905480</t>
+          <t>9786054421619</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Osmanlı Devrinde Hicaz 2. Cilt (Ciltli)</t>
+          <t>Kosova’da Sultan Murad Hüdavendigar Makamı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>3615</v>
+        <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944905473</t>
+          <t>9786054421060</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Osmanlı Devrinde Hicaz 1. Cilt (Ciltli)</t>
+          <t>Osmanlı'nın Konya Ovası Sulama Projesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>3615</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052301708</t>
+          <t>9789944905657</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayırsever Valide Sultanlar</t>
+          <t>Barbaros Hayrettin Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>395</v>
+        <v>90</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052301715</t>
+          <t>9786054421947</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayırsever Padişah Kızları</t>
+          <t>Esad Paşa’nın Çanakkale Cephesi Yazışmaları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>270</v>
+        <v>70</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052301692</t>
+          <t>9786054421930</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şark'ın Büyük Alimleri</t>
+          <t>1734 - 1735 Osmanlı - İran Savaşı Mühimme Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>360</v>
+        <v>415</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052301661</t>
+          <t>9786054421589</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Çukurova’ya Bereket Getiren Projeler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052301654</t>
+          <t>9786059964623</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Ya Resulallah</t>
+          <t>Osmanlı'nın Son Kilidi Çanakkale 1-2-3 (Kutulu Set)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>505</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052301562</t>
+          <t>9786059964562</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Osmanlı Tarihi</t>
+          <t>Türkiye - Ukrayna İlişkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>555</v>
+        <v>395</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>7262003001504</t>
+          <t>9786059964784</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Satır Aralarından Özenle Seçilen Bilgiler (3 Kitap Set)</t>
+          <t>Osman Gazi'den Sultan Vahidüddin Han'a Osmanlı Tarihi (6 Kitap Kutulu Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>280</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052301302</t>
+          <t>9786059964180</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Suriye Selçukluları</t>
+          <t>Tevarih-i Al-i Osman: 3. Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>485</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052301296</t>
+          <t>9786055331764</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Devri Anadolu Beylikleri</t>
+          <t>Ayine-I Derun</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052301333</t>
+          <t>9786055331757</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Kültür ve Medeniyeti</t>
+          <t>Kara Ahmed Paşa ve Vakiflari</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052301180</t>
+          <t>9786055101565</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Irak Selçukluları</t>
+          <t>Osmanlı Saray Düğünleri Ve Şenlikleri 6 Kitap Takım Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>135</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059375986</t>
+          <t>9786059964388</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Musavver Mısır Hatıratı</t>
+          <t>Kırım (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>195</v>
+        <v>580</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059375641</t>
+          <t>9786055331702</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kirman Selçukluları</t>
+          <t>Vekayi-i Ali Paşa (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>85</v>
+        <v>580</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059375603</t>
+          <t>9789944905121</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçukluları</t>
+          <t>Şeca’atname (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>270</v>
+        <v>890</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059375511</t>
+          <t>9786054421329</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>103 Numaralı Mühimme Defteri (Ciltli)</t>
+          <t>Sultana 101 Mektup / 101 Letters to the Sultan (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>775</v>
+        <v>840</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059375023</t>
+          <t>9786054421558</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Fezleke 1</t>
+          <t>Sultan İkinci Abdülhamid Han’ın Hicaz Demiryolu Projesi (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1015</v>
+        <v>70</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059375030</t>
+          <t>9786052301807</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Fezleke 2</t>
+          <t>Hayırsever Hanım Sultanlar (Kutulu Set)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>1015</v>
+        <v>640</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059375412</t>
+          <t>9789944905480</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>Belgelerle Osmanlı Devrinde Hicaz 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>255</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059964999</t>
+          <t>9789944905473</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Sefer-i Zafer-Rehber-i Alaman (Ciltli)</t>
+          <t>Belgelerle Osmanlı Devrinde Hicaz 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>480</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059964838</t>
+          <t>9786052301708</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İlmin Kapısı Hazret-i Aliyyü'l Murteza</t>
+          <t>Hayırsever Valide Sultanlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055331511</t>
+          <t>9786052301715</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Peygamberler (aleyhimüsselam)</t>
+          <t>Hayırsever Padişah Kızları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055101497</t>
+          <t>9786052301692</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Han'ın Yadigarları Aziziye Camileri (Ciltli)</t>
+          <t>Şark'ın Büyük Alimleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059964418</t>
+          <t>9786052301661</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Göynük Şer'iyye Sicili (Ciltli)</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059964586</t>
+          <t>9786052301654</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Ramazanlar</t>
+          <t>Seyahat Ya Resulallah</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059964456</t>
+          <t>9786052301562</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Haritaları ve Tarihi Coğrafya Eserleri (Ciltli)</t>
+          <t>Muhtasar Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>365</v>
+        <v>555</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059964425</t>
+          <t>7262003001504</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Myriokephalon Zaferi (Ciltli)</t>
+          <t>Tarihin Satır Aralarından Özenle Seçilen Bilgiler (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055101800</t>
+          <t>9786052301302</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sultan Üçüncü Selim Han</t>
+          <t>Suriye Selçukluları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055101596</t>
+          <t>9786052301296</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sultan Üçüncü Osman Han</t>
+          <t>Selçuklular Devri Anadolu Beylikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055101749</t>
+          <t>9786052301333</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sultan Üçüncü Mustafa Han</t>
+          <t>Selçuklu Kültür ve Medeniyeti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055101831</t>
+          <t>9786052301180</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sultan Dördüncü Mustafa Han</t>
+          <t>Irak Selçukluları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055101589</t>
+          <t>9786059375986</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sultan Üçüncü Ahmed Han</t>
+          <t>Musavver Mısır Hatıratı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055101572</t>
+          <t>9786059375641</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sultan Birinci Mahmud Han</t>
+          <t>Kirman Selçukluları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054421220</t>
+          <t>9786059375603</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bizi Çağırıyor 1</t>
+          <t>Anadolu Selçukluları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055331061</t>
+          <t>9786059375511</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kilidi Çanakkale 2</t>
+          <t>103 Numaralı Mühimme Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>775</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759801670</t>
+          <t>9786059375023</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2 (Ciltli)</t>
+          <t>Fezleke 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>950</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759801656</t>
+          <t>9786059375030</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Valide Sultan’ın Haremeyn-i Şerifeyn Vakfiyesi</t>
+          <t>Fezleke 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>95</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055331412</t>
+          <t>9786059375412</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kemal Reis ve Baba Oruç</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>55</v>
+        <v>255</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944905091</t>
+          <t>9786059964999</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Abdülhamid Han'a Takdim Edilen Jurnallerin Tahkik Raporları (1891-1893) (Ciltli)</t>
+          <t>Tarih-i Sefer-i Zafer-Rehber-i Alaman (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1305</v>
+        <v>480</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944905374</t>
+          <t>9786059964838</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed Han</t>
+          <t>İlmin Kapısı Hazret-i Aliyyü'l Murteza</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054421312</t>
+          <t>9786055331511</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Mostar Köprüsü</t>
+          <t>Peygamberimiz ve Peygamberler (aleyhimüsselam)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944905466</t>
+          <t>9786055101497</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle-Osmanlı Devrinde Hicaz 1-2 (Özel Kutulu) (Ciltli)</t>
+          <t>Sultan Abdülaziz Han'ın Yadigarları Aziziye Camileri (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>6225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059964159</t>
+          <t>9786059964418</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hazret- i Ömeru' l Faruk (r.a.)</t>
+          <t>Göynük Şer'iyye Sicili (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059964845</t>
+          <t>9786059964586</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife Devri</t>
+          <t>Nerede O Eski Ramazanlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055101817</t>
+          <t>9786059964456</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Musul Atabegliği</t>
+          <t>Osmanlı Tarihi Haritaları ve Tarihi Coğrafya Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>85</v>
+        <v>365</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055101893</t>
+          <t>9786059964425</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İslamın İlk Halifesi Hazret-i Ebubekir-i Sıddık (r.a)</t>
+          <t>Myriokephalon Zaferi (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054421954</t>
+          <t>9786055101800</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Yadigarları- (Ciltli)</t>
+          <t>Sultan Üçüncü Selim Han</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055331696</t>
+          <t>9786055101596</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Veli Sultan İkinci Bayezid Han</t>
+          <t>Sultan Üçüncü Osman Han</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055331504</t>
+          <t>9786055101749</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Maden Müdürünün Kızılırmak Projesi - 1848 (Ciltli)</t>
+          <t>Sultan Üçüncü Mustafa Han</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054421237</t>
+          <t>9786055101831</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Maden Müdürünün Kızılırmak Projesi - 1848</t>
+          <t>Sultan Dördüncü Mustafa Han</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944905411</t>
+          <t>9786055101589</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Son Devir Osmanlı Hastahaneleri / Last Period Ottoman Hospitals (Ciltli)</t>
+          <t>Sultan Üçüncü Ahmed Han</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>660</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054421183</t>
+          <t>9786055101572</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Askeri Kaynaklar Işığında Destanlaşan Kahramanlıklar</t>
+          <t>Sultan Birinci Mahmud Han</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055331788</t>
+          <t>9786054421220</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Tarihe Not Düşen Kareler (Ciltli)</t>
+          <t>Tarih Bizi Çağırıyor 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944905282</t>
+          <t>9786055331061</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 1769-1774</t>
+          <t>Osmanlı’nın Son Kilidi Çanakkale 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055331818</t>
+          <t>9789759801670</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Fatihi İkinci Selim Han</t>
+          <t>Osmanlı Tarihi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>950</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055331610</t>
+          <t>9789759801656</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Varna ve Kosova Gazisi İkinci Murad Han</t>
+          <t>Mahpeyker Kösem Valide Sultan’ın Haremeyn-i Şerifeyn Vakfiyesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944905794</t>
+          <t>9786055331412</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi’den Sultan Vahidüddin Han’a Osmanlı Tarihi 4 (Ciltli)</t>
+          <t>Kemal Reis ve Baba Oruç</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>950</v>
+        <v>55</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055331863</t>
+          <t>9789944905091</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kilidi Çanakkale 3</t>
+          <t>Sultan İkinci Abdülhamid Han'a Takdim Edilen Jurnallerin Tahkik Raporları (1891-1893) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059964753</t>
+          <t>9789944905374</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Silistre Muhasarası</t>
+          <t>Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059964678</t>
+          <t>9786054421312</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Osman-ı Zinnureyn (r.a.)</t>
+          <t>Bilinmeyen Yönleriyle Mostar Köprüsü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055101510</t>
+          <t>9789944905466</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Belgelerle-Osmanlı Devrinde Hicaz 1-2 (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>95</v>
+        <v>7095</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
+          <t>9786059964159</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Hazret- i Ömeru' l Faruk (r.a.)</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059964845</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Dört Büyük Halife Devri</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786055101817</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Musul Atabegliği</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786055101893</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>İslamın İlk Halifesi Hazret-i Ebubekir-i Sıddık (r.a)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786054421954</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyet Yadigarları- (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786055331696</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Bir Veli Sultan İkinci Bayezid Han</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786055331504</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Bir Osmanlı Maden Müdürünün Kızılırmak Projesi - 1848 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786054421237</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Bir Osmanlı Maden Müdürünün Kızılırmak Projesi - 1848</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789944905411</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Son Devir Osmanlı Hastahaneleri / Last Period Ottoman Hospitals (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786054421183</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Askeri Kaynaklar Işığında Destanlaşan Kahramanlıklar</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786055331788</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Tarihe Not Düşen Kareler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789944905282</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul 1769-1774</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786055331818</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Fatihi İkinci Selim Han</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786055331610</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Varna ve Kosova Gazisi İkinci Murad Han</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789944905794</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Osman Gazi’den Sultan Vahidüddin Han’a Osmanlı Tarihi 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786055331863</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Son Kilidi Çanakkale 3</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059964753</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Silistre Muhasarası</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059964678</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hazret-i Osman-ı Zinnureyn (r.a.)</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786055101510</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Yavuz Sultan Selim</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
           <t>9786055101503</t>
         </is>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Yavuz'un Çamurlu Kaftanı</t>
         </is>
       </c>
-      <c r="C208" s="1">
+      <c r="C227" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>