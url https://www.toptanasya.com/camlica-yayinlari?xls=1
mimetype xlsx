--- v0 (2026-01-03)
+++ v1 (2026-03-15)
@@ -85,1735 +85,2065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052301951</t>
+          <t>9789755485263</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alparslan</t>
+          <t>Birey Toplum ve Din</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052301968</t>
+          <t>9789758646081</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Selçuklular Tarihi</t>
+          <t>Kültür Değişmeleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258427714</t>
+          <t>9789758646432</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Manevi Yaşamda Erkeğin Baba Hali</t>
+          <t>Medreseden Darülfünuna Türkiye’de Yüksek Din Eğitimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258427721</t>
+          <t>9789758646098</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Hayırlılar</t>
+          <t>Din Eğitiminde İnsan ve Hayat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258427691</t>
+          <t>9789758646241</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerimde Diriliş ve Ahiret</t>
+          <t>Hukuki-Ahlaki-Felsefi Boyutları ve Günceli ile İslam Ailesi Ve Ev İdaresi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258427707</t>
+          <t>9789758646227</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerimde Doğru Yol ve Ana Sapakları</t>
+          <t>Hukuk-Ahlak-Hikmet-Dil ve Siyaset Yönleriyle Sevginin Kökleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258427660</t>
+          <t>9789758646562</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Our Prophet (Peace Be Upon Him) Through The Words of His Companions</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258427653</t>
+          <t>9789758646036</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Dindarlık</t>
+          <t>Osmanlıdan Günümüze Türk Toplum Yapısı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258427646</t>
+          <t>9789758646920</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimelerden Gönüllere/Kitapların Yazılış Hikayeleri</t>
+          <t>Öğrenci Görüşlerine Göre İlahiyat Fakülteleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258427134</t>
+          <t>9789758646128</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretimde Maneviyat Bilinci ve Değerler</t>
+          <t>Yeşilhisar Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758646500</t>
+          <t>9789758646135</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de ve Sosyo-Kültürel Hayatımızda Su (Ciltli)</t>
+          <t>Telhis Ebyatının Şerhi Binbir Hakikat</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758646401</t>
+          <t>9789758646166</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale (Ciltli)</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758646647</t>
+          <t>9789758646142</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sabır Psikolojisi</t>
+          <t>Peygamberimizden Dualar ve Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758646968</t>
+          <t>9789758646319</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Acıdan Erdeme Yolculuk</t>
+          <t>Peygamber ve Sonrasında İslam’ın Emeğe Bakışı ve Emek Hayatını Düzenlemesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258427615</t>
+          <t>9789758646524</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Adanmış Bir Ömür Muhsin Demirci</t>
+          <t>Mekteplerde Ahlak Eğitim ve Öğretimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258427608</t>
+          <t>9789758646289</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Klasik Nahivden Çeviri Örnekleri</t>
+          <t>Kutsal Kesim Kurbana Yeniden Bakış ve Hz. Peygamber’in Kurbanları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258427592</t>
+          <t>9789758646203</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hadimu'n Nebi Enes İbni Malik'ten Kırk Hadis</t>
+          <t>Kırk Mesel Hadis</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258427585</t>
+          <t>9789758646265</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler...</t>
+          <t>Hz. Peygamber’in Tıbbı Ve Tıbbın Fıkhı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258427578</t>
+          <t>9789758646272</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>State and Religion in Europe</t>
+          <t>Hz. Peygamber’in Giyim-Kuşamı, Mutfağı, Getirdiği İlkeleri ve Günümüz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258427196</t>
+          <t>9789758646357</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a ve Tefsire Adanmış Ömürler</t>
+          <t>Fazlur Rahman’a Göre Allah ve İnsan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758646791</t>
+          <t>9789758646777</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Medrese'den Üniversite'ye Ali Özbek</t>
+          <t>Kırk Hadis (Kartela)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>430</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258427554</t>
+          <t>9786258427752</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İkliminde Kişilik İnşası IV - Attar'dan Seçmeler</t>
+          <t>Kutlu Vakitler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758646371</t>
+          <t>9786052301951</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ile İlgili Yazılardan Seçmeler</t>
+          <t>Sultan Alparslan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758646043</t>
+          <t>9786052301968</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Çağdaş Toplum ve Din Anlayışı</t>
+          <t>Muhtasar Selçuklular Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258427523</t>
+          <t>9786258427714</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Eş Tercihi ve Sekülerlik</t>
+          <t>Manevi Yaşamda Erkeğin Baba Hali</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258427530</t>
+          <t>9786258427721</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler</t>
+          <t>Hadislerde Hayırlılar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258427486</t>
+          <t>9786258427691</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Esintileri</t>
+          <t>Kur'an'ı Kerimde Diriliş ve Ahiret</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258427349</t>
+          <t>9786258427707</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Kur'an'ı Kerimde Doğru Yol ve Ana Sapakları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258427455</t>
+          <t>9786258427660</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nebevi İklimde Kişilik İnşası</t>
+          <t>Our Prophet (Peace Be Upon Him) Through The Words of His Companions</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258427387</t>
+          <t>9786258427653</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Maneviyat</t>
+          <t>Yapay Zeka Çağında Dindarlık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258427318</t>
+          <t>9786258427646</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Genesis of the Bhakti Movement and Engagements with Islam</t>
+          <t>Mukaddimelerden Gönüllere/Kitapların Yazılış Hikayeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758646722</t>
+          <t>9786258427134</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eğitim İlkeleri ve Rehberlik</t>
+          <t>Ortaöğretimde Maneviyat Bilinci ve Değerler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258427295</t>
+          <t>9789758646500</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anlamın İzinde</t>
+          <t>Kur’an-ı Kerim’de ve Sosyo-Kültürel Hayatımızda Su (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>560</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258427240</t>
+          <t>9789758646401</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadının Anne Hali'nde Dini ve Manevi Yaşam</t>
+          <t>Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>310</v>
+        <v>680</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258427233</t>
+          <t>9789758646647</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Arab Image in Modern Turkey</t>
+          <t>Sabır Psikolojisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258427226</t>
+          <t>9789758646968</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Siyer Edebiyatında Hicret-i Nebi</t>
+          <t>Acıdan Erdeme Yolculuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258427219</t>
+          <t>9786258427615</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Algısı, Kişilik ve Tanrı Tasavvuru</t>
+          <t>Tefsire Adanmış Bir Ömür Muhsin Demirci</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>330</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258427202</t>
+          <t>9786258427608</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Örgün Din Eğitiminde İnanç Esasları</t>
+          <t>Klasik Nahivden Çeviri Örnekleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258427189</t>
+          <t>9786258427592</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aileye Tutunmak</t>
+          <t>Hadimu'n Nebi Enes İbni Malik'ten Kırk Hadis</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258427158</t>
+          <t>9786258427585</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Arap İmajı</t>
+          <t>Başıma Gelenler...</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258427141</t>
+          <t>9786258427578</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Örnek Şahsiyetler</t>
+          <t>State and Religion in Europe</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258427127</t>
+          <t>9786258427196</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Din, Toplum ve Aydınlar</t>
+          <t>Kur'an'a ve Tefsire Adanmış Ömürler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>310</v>
+        <v>470</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758646234</t>
+          <t>9789758646791</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Medrese'den Üniversite'ye Ali Özbek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>480</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258427110</t>
+          <t>9786258427554</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayata Hikmetle Bakış</t>
+          <t>Tasavvuf İkliminde Kişilik İnşası IV - Attar'dan Seçmeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258427059</t>
+          <t>9789758646371</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlar İçin Kılavuz</t>
+          <t>Mevlana ile İlgili Yazılardan Seçmeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258427011</t>
+          <t>9789758646043</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sociology of Religion in Turkey</t>
+          <t>Atatürk’ün Çağdaş Toplum ve Din Anlayışı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258427004</t>
+          <t>9786258427523</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Birey Toplum ve Din</t>
+          <t>Gençlerde Eş Tercihi ve Sekülerlik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057059796</t>
+          <t>9786258427530</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Siber Psikoloji</t>
+          <t>Söyleşiler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057059789</t>
+          <t>9786258427486</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İkliminde Kişilik İnşası 3</t>
+          <t>Gönül Esintileri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057059758</t>
+          <t>9786258427349</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Umutsuzluk ve Dindarlık</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057036698</t>
+          <t>9786258427455</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Maneviyat ve Din</t>
+          <t>Nebevi İklimde Kişilik İnşası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057059703</t>
+          <t>9786258427387</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İkliminde Kişilik İnşası 2 - Kuşeyri'den Seçmeler</t>
+          <t>Bağımlılık ve Maneviyat</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057036650</t>
+          <t>9786258427318</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ile Gelecek Arasında İslami Psikoloji</t>
+          <t>Genesis of the Bhakti Movement and Engagements with Islam</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057036629</t>
+          <t>9789758646722</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Mazideki İzleri Portreler</t>
+          <t>Eğitim İlkeleri ve Rehberlik</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057036612</t>
+          <t>9786258427295</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Maneviyat Algısı ve Yansımaları</t>
+          <t>Anlamın İzinde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758646951</t>
+          <t>9786258427240</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık Kişilik ve Ruh Sağlığı</t>
+          <t>Kadının Anne Hali'nde Dini ve Manevi Yaşam</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758646944</t>
+          <t>9786258427233</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Psikolojisi</t>
+          <t>Arab Image in Modern Turkey</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758646913</t>
+          <t>9786258427226</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Geleneği</t>
+          <t>Osmanlı Siyer Edebiyatında Hicret-i Nebi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758646890</t>
+          <t>9786258427219</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi ve Baba Olmak Sanatı</t>
+          <t>Ebeveyn Algısı, Kişilik ve Tanrı Tasavvuru</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758646906</t>
+          <t>9786258427202</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimimiz</t>
+          <t>Örgün Din Eğitiminde İnanç Esasları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758646876</t>
+          <t>9786258427189</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Öğretimi Açısından Ahiret Bilinci</t>
+          <t>Aileye Tutunmak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758646883</t>
+          <t>9786258427158</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Psikoterapide Din</t>
+          <t>Türkiye'de Arap İmajı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758646869</t>
+          <t>9786258427141</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Dilde Kırk Hadis</t>
+          <t>Örnek Şahsiyetler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758646852</t>
+          <t>9786258427127</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mektebinden Notlar</t>
+          <t>Balkanlarda Din, Toplum ve Aydınlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758646838</t>
+          <t>9789758646234</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İkliminde Kişilik İnşası</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758646845</t>
+          <t>9786258427110</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Önyargı ve Din</t>
+          <t>Hayata Hikmetle Bakış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758646821</t>
+          <t>9786258427059</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yapısı ve Süreklilik</t>
+          <t>Manevi Danışmanlar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758646807</t>
+          <t>9786258427011</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fennü Binai’ş-Şahsiyye Nemazic Mine’l-Hadarati’l-İslamiyye</t>
+          <t>Sociology of Religion in Turkey</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758646784</t>
+          <t>9786258427004</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Nesle Mensubiyetin Hikayesi</t>
+          <t>Birey Toplum ve Din</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>480</v>
+        <v>565</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758646760</t>
+          <t>9786057059796</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünyevileşme</t>
+          <t>Siber Psikoloji</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758646746</t>
+          <t>9786057059789</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>41 Temsil İle Kur’an Gerçeği</t>
+          <t>Tasavvuf İkliminde Kişilik İnşası 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758646753</t>
+          <t>9786057059758</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşları ve Manaları ile Sureler ve Dualar</t>
+          <t>Yalnızlık Umutsuzluk ve Dindarlık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758646739</t>
+          <t>9786057036698</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Gönül Sohbetleri</t>
+          <t>Sosyal Hizmet Maneviyat ve Din</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758646715</t>
+          <t>9786057059703</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnançsızlık Psikolojisi</t>
+          <t>Tasavvuf İkliminde Kişilik İnşası 2 - Kuşeyri'den Seçmeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758646708</t>
+          <t>9786057036650</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kişiliği İnşa Etme Sanatı</t>
+          <t>Gelenek ile Gelecek Arasında İslami Psikoloji</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758646692</t>
+          <t>9786057036629</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Din</t>
+          <t>Bir Neslin Mazideki İzleri Portreler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758646685</t>
+          <t>9786057036612</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde</t>
+          <t>Maneviyat Algısı ve Yansımaları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758646661</t>
+          <t>9789758646951</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Namaz Sureleri Tefsiri</t>
+          <t>Dindarlık Kişilik ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789758646678</t>
+          <t>9789758646944</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yokuşun Başında Naima’ya Göre 17. Yüzyılda Osmanlı Devleti</t>
+          <t>Merhamet Psikolojisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758646654</t>
+          <t>9789758646913</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Canlı Bomba Sosyolojisi</t>
+          <t>Mevlid Geleneği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758646616</t>
+          <t>9789758646890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Din, Erdem ve Sağlık</t>
+          <t>Ahmet Mithat Efendi ve Baba Olmak Sanatı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758646555</t>
+          <t>9789758646906</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Kur’an’da Hz. İbrahim</t>
+          <t>Din Eğitimimiz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758646623</t>
+          <t>9789758646876</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisine Giriş</t>
+          <t>Din Eğitimi ve Öğretimi Açısından Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758646609</t>
+          <t>9789758646883</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Zihin Eğitimi</t>
+          <t>Psikoloji ve Psikoterapide Din</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758646593</t>
+          <t>9789758646869</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi 2</t>
+          <t>Dokuz Dilde Kırk Hadis</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758646258</t>
+          <t>9789758646852</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Çevreciliği, Spor Etkinlikleri ve Kur’an’da Çevrecilik</t>
+          <t>Hayat Mektebinden Notlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758646050</t>
+          <t>9789758646838</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Aile Hayatı ve Eşleri</t>
+          <t>Tasavvuf İkliminde Kişilik İnşası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>370</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758646456</t>
+          <t>9789758646845</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Din Öğretimi ve Dini Köktencilik</t>
+          <t>Önyargı ve Din</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758646425</t>
+          <t>9789758646821</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Şirket Yapısı ve Süreklilik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758646340</t>
+          <t>9789758646807</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımı Ümmü Habibe ve Rivayet Ettiği Hadisler</t>
+          <t>Fennü Binai’ş-Şahsiyye Nemazic Mine’l-Hadarati’l-İslamiyye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758646531</t>
+          <t>9789758646784</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metin Seküler Analiz</t>
+          <t>Bir Nesle Mensubiyetin Hikayesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758646074</t>
+          <t>9789758646760</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İnanç Esasları</t>
+          <t>Din ve Dünyevileşme</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758646548</t>
+          <t>9789758646746</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İnanç Psikolojisine Giriş</t>
+          <t>41 Temsil İle Kur’an Gerçeği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758646067</t>
+          <t>9789758646753</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Halkın İslam Anlayışının Kaynakları</t>
+          <t>Türkçe Okunuşları ve Manaları ile Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758646470</t>
+          <t>9789758646739</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak ve İnsan İlişkileri</t>
+          <t>Ayet ve Hadisler Işığında Gönül Sohbetleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758646296</t>
+          <t>9789758646715</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Gülü Hz. Muhammed</t>
+          <t>İnançsızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758646418</t>
+          <t>9789758646708</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dinler ve Çevre</t>
+          <t>Kişiliği İnşa Etme Sanatı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758646197</t>
+          <t>9789758646692</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dini Düşüncede İ’tidal ve Hoşgörü</t>
+          <t>Stres ve Din</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758646487</t>
+          <t>9789758646685</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitim ve Öğretiminde Duygu Eğitimi</t>
+          <t>Mutluluğun Peşinde</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758646494</t>
+          <t>9789758646661</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Toplumda Sosyal Entegrasyon ve Din</t>
+          <t>Namaz Sureleri Tefsiri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758646210</t>
+          <t>9789758646678</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamit Dönemi Örgün Eğitim Kurumlarında Din Eğitimi ve Öğretimi</t>
+          <t>Yokuşun Başında Naima’ya Göre 17. Yüzyılda Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789758646449</t>
+          <t>9789758646654</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete İki Devrin Müftüsü Mustafa Sırrı (Sezen) 1888 - 1939</t>
+          <t>Canlı Bomba Sosyolojisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758646364</t>
+          <t>9789758646616</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Sosyal Araştırma</t>
+          <t>Din, Erdem ve Sağlık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758646463</t>
+          <t>9789758646555</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyı Tasavvur Etmek</t>
+          <t>Din Eğitimi Açısından Kur’an’da Hz. İbrahim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758646630</t>
+          <t>9789758646623</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet - Din ve Kadın</t>
+          <t>Din Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758646586</t>
+          <t>9789758646609</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkçe'de Allah Adı ile Yapılan Deyimler</t>
+          <t>Kur’an’da Zihin Eğitimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>710</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758646579</t>
+          <t>9789758646593</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve Din</t>
+          <t>Din Sosyolojisi 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758646333</t>
+          <t>9789758646258</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>Hz. Peygamber’in Çevreciliği, Spor Etkinlikleri ve Kur’an’da Çevrecilik</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758646395</t>
+          <t>9789758646050</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitimine Giriş</t>
+          <t>Hz. Muhammed’in Aile Hayatı ve Eşleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758646517</t>
+          <t>9789758646456</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aydınlığında Müslümana Yol Haritası (Ciltli)</t>
+          <t>Yüksek Din Öğretimi ve Dini Köktencilik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758646104</t>
+          <t>9789758646425</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>310</v>
+        <v>620</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758646388</t>
+          <t>9789758646340</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Lokman Suresi ve Ahlaki Öğütler</t>
+          <t>Peygamberimizin Hanımı Ümmü Habibe ve Rivayet Ettiği Hadisler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
+          <t>9789758646531</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Metin Seküler Analiz</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789758646074</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da İnanç Esasları</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758646548</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İnanç Psikolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789758646067</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Halkın İslam Anlayışının Kaynakları</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789758646470</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Ahlak ve İnsan İlişkileri</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789758646296</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Gönüllerin Gülü Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758646418</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Dinler ve Çevre</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789758646197</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Dini Düşüncede İ’tidal ve Hoşgörü</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789758646487</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitim ve Öğretiminde Duygu Eğitimi</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789758646494</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çokkültürlü Toplumda Sosyal Entegrasyon ve Din</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789758646210</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamit Dönemi Örgün Eğitim Kurumlarında Din Eğitimi ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789758646449</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıdan Cumhuriyete İki Devrin Müftüsü Mustafa Sırrı (Sezen) 1888 - 1939</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789758646364</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Sosyal Araştırma</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789758646463</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıyı Tasavvur Etmek</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758646630</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet - Din ve Kadın</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789758646586</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe'de Allah Adı ile Yapılan Deyimler</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789758646579</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılaşma ve Din</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789758646333</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789758646395</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>İslam Eğitimine Giriş</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789758646517</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Aydınlığında Müslümana Yol Haritası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789758646104</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789758646388</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Lokman Suresi ve Ahlaki Öğütler</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
           <t>9789758646180</t>
         </is>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Şahsiyet Terbiyesi ve Gazali</t>
         </is>
       </c>
-      <c r="C114" s="1">
-        <v>300</v>
+      <c r="C136" s="1">
+        <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>