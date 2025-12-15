--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,13885 +85,13945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750766305</t>
+          <t>9789750766435</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mot ve Metal Balıkçıları</t>
+          <t>Yeşil Sinek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750766299</t>
+          <t>9789750766442</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Keramet Lambası</t>
+          <t>Ejderhalar, Ağaçlar ve Dedem</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750766169</t>
+          <t>9789750766312</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>R'nin Şarkıları</t>
+          <t>Wonka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750766152</t>
+          <t>9789750766282</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>L'nin Listeleri</t>
+          <t>Kuzey Kıyısı Gizemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750766251</t>
+          <t>9789750766305</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ay Her Yerde Aynıdır</t>
+          <t>Mot ve Metal Balıkçıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750765209</t>
+          <t>9789750766299</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Medya Okuryazarlığı</t>
+          <t>Keramet Lambası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750765919</t>
+          <t>9789750766169</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çocuğu</t>
+          <t>R'nin Şarkıları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750766015</t>
+          <t>9789750766152</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mira</t>
+          <t>L'nin Listeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750718786</t>
+          <t>9789750766251</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şaka, Alay ve Hazırcevaplarıyla Yahya Kemal</t>
+          <t>Ay Her Yerde Aynıdır</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>13</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750704529</t>
+          <t>9789750765209</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ramona ile Babası</t>
+          <t>Çocuklar İçin Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>29</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750741678</t>
+          <t>9789750765919</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lodosçu Tim</t>
+          <t>Uzay Çocuğu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>138</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750765988</t>
+          <t>9789750766015</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Troya'da Bin Pınarlı Dağın Kelebeği</t>
+          <t>Mira</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755100944</t>
+          <t>9789750718786</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Afacanların Şenliği</t>
+          <t>Şaka, Alay ve Hazırcevaplarıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750735042</t>
+          <t>9789750704529</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Molly, Pim ve Milyonlarca Yıldız</t>
+          <t>Ramona ile Babası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750726576</t>
+          <t>9789750741678</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Aslan</t>
+          <t>Lodosçu Tim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750765926</t>
+          <t>9789750765988</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hititli Küçük Hayalcinin Düşleri</t>
+          <t>Troya'da Bin Pınarlı Dağın Kelebeği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789750765766</t>
+          <t>9789755100944</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hortlakları Durdurun!</t>
+          <t>Afacanların Şenliği</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750765896</t>
+          <t>9789750735042</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Akvaryum</t>
+          <t>Molly, Pim ve Milyonlarca Yıldız</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750765902</t>
+          <t>9789750726576</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zelda Vızzvızar</t>
+          <t>Yeşil Aslan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750765759</t>
+          <t>9789750765926</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Jefferson ve Gizemli Soruşturma</t>
+          <t>Hititli Küçük Hayalcinin Düşleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750765742</t>
+          <t>9789750765766</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gizli Saklı İşler</t>
+          <t>Hortlakları Durdurun!</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750765490</t>
+          <t>9789750765896</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Kiralık Akvaryum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750765773</t>
+          <t>9789750765902</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ağaç ve Şehir (Ciltli)</t>
+          <t>Zelda Vızzvızar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750765629</t>
+          <t>9789750765759</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Biber ve Ben</t>
+          <t>Jefferson ve Gizemli Soruşturma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750765605</t>
+          <t>9789750765742</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şekerpare'nin Sandalyeleri</t>
+          <t>Gizli Saklı İşler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750765636</t>
+          <t>9789750765490</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>B'nin Kelimeleri</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750765643</t>
+          <t>9789750765773</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>D'nin Mektupları</t>
+          <t>Ağaç ve Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750765483</t>
+          <t>9789750765629</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Gizemleri</t>
+          <t>Biber ve Ben</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750765452</t>
+          <t>9789750765605</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Şekerpare'nin Sandalyeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750765360</t>
+          <t>9789750765636</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tombik Roka</t>
+          <t>B'nin Kelimeleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750765469</t>
+          <t>9789750765643</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Y’nin Tarifleri</t>
+          <t>D'nin Mektupları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750765476</t>
+          <t>9789750765483</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>E'nin Problemleri</t>
+          <t>Pandeminin Gizemleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750712197</t>
+          <t>9789750765452</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim! - Düzce</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750738685</t>
+          <t>9789750765360</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Tombik Roka</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>108</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>7000100010032</t>
+          <t>9789750765469</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (13 Kitap Takım)</t>
+          <t>Y’nin Tarifleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>83.33</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750740824</t>
+          <t>9789750765476</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doldrums - Dünyanın Sonuna Yolculuk</t>
+          <t>E'nin Problemleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>118</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750723414</t>
+          <t>9789750712197</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kanarya - Renklerin Kardeşliği: 3</t>
+          <t>Kalk Gidelim! - Düzce</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750718571</t>
+          <t>9789750738685</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kanatlı Kartal</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789750724732</t>
+          <t>7000100010032</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kalevala</t>
+          <t>İlk Okuma Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750724343</t>
+          <t>9789750740824</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Yılbaşı Kutlaması</t>
+          <t>Doldrums - Dünyanın Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>16</v>
+        <v>118</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750723315</t>
+          <t>9789750723414</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnci Avcısı</t>
+          <t>Sarı Kanarya - Renklerin Kardeşliği: 3</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750724350</t>
+          <t>9789750718571</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Thui : Başka Renkte Büyümek</t>
+          <t>Kırmızı Kanatlı Kartal</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>11.11</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750724374</t>
+          <t>9789750724732</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kediler Yaz Okulu</t>
+          <t>Kalevala</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>12.04</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750723391</t>
+          <t>9789750724343</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bay Jaromir ve Çalınan Elmaslar - Bir Dedektiflik  Hikayesi</t>
+          <t>Küçük Eşek ve Yılbaşı Kutlaması</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750724237</t>
+          <t>9789750723315</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kahveci Güzeli</t>
+          <t>İnci Avcısı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>10.65</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750723285</t>
+          <t>9789750724350</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yiğitler Yiğiti ve Uçan At Masalı</t>
+          <t>Thui : Başka Renkte Büyümek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>13</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750703973</t>
+          <t>9789750724374</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ringa Balığı Tuzağı-Komiser Parlak</t>
+          <t>Kediler Yaz Okulu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750723407</t>
+          <t>9789750723391</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günaydın! Günaydın!</t>
+          <t>Bay Jaromir ve Çalınan Elmaslar - Bir Dedektiflik  Hikayesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>10.19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750718878</t>
+          <t>9789750724237</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Arayan Çocuk</t>
+          <t>Kahveci Güzeli</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750709883</t>
+          <t>9789750723285</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ne O Zaman?</t>
+          <t>Yiğitler Yiğiti ve Uçan At Masalı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750718649</t>
+          <t>9789750703973</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dilek Noktaları</t>
+          <t>Ringa Balığı Tuzağı-Komiser Parlak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789750718700</t>
+          <t>9789750723407</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kaya ile Sinan Yunuslarla</t>
+          <t>Günaydın! Günaydın!</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789750719219</t>
+          <t>9789750718878</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zamana Açılan Kapı</t>
+          <t>Güneşi Arayan Çocuk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789750722042</t>
+          <t>9789750709883</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kutupyıldızını Bul</t>
+          <t>Zaman Ne O Zaman?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>11.11</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750713064</t>
+          <t>9789750718649</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Anayurdum</t>
+          <t>Yeni Dilek Noktaları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>62</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758440856</t>
+          <t>9789750718700</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Arasında</t>
+          <t>Kaya ile Sinan Yunuslarla</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789750716119</t>
+          <t>9789750719219</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Zamana Açılan Kapı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789750705939</t>
+          <t>9789750722042</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Kurt, Koyun ve Marul</t>
+          <t>Kutupyıldızını Bul</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>8.8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789750714450</t>
+          <t>9789750713064</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Çikolata Fabrikası (Üç Boyutlu) (Ciltli)</t>
+          <t>Çocukluk Anayurdum</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>46.3</v>
+        <v>62</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789750712258</t>
+          <t>9789758440856</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cesur Tomi (Ciltli)</t>
+          <t>Çocuklar Arasında</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755109633</t>
+          <t>9789750716119</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulda 2. Kitap</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>9.72</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789750709081</t>
+          <t>9789750705939</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Can Çocuk 25 Yıldan Seçmeler</t>
+          <t>Çocuk, Kurt, Koyun ve Marul</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>23.15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789750718434</t>
+          <t>9789750714450</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bayraklara Karşı Korsanlar Güverteye : 1. Kitap</t>
+          <t>Charlie’nin Çikolata Fabrikası (Üç Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>10.65</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789750714368</t>
+          <t>9789750712258</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bücürük’le Büyücü Ablası</t>
+          <t>Cesur Tomi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>10.65</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789750718298</t>
+          <t>9789755109633</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bu Gelen Köroğlu’dur</t>
+          <t>Canavarlar Okulda 2. Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>9.72</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755109800</t>
+          <t>9789750709081</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Kırlangıç</t>
+          <t>Can Çocuk 25 Yıldan Seçmeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789750712920</t>
+          <t>9789750718434</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Cüce Prens</t>
+          <t>Bütün Bayraklara Karşı Korsanlar Güverteye : 1. Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>9.26</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789750715594</t>
+          <t>9789750714368</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Bücürük’le Büyücü Ablası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>7.87</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789750715846</t>
+          <t>9789750718298</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Biri Dev Biri Pire</t>
+          <t>Bu Gelen Köroğlu’dur</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>10.19</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755109572</t>
+          <t>9789755109800</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Yılbaşı Masalı</t>
+          <t>Boyalı Kırlangıç</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789750718427</t>
+          <t>9789750712920</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Vardı Bir Yoktu</t>
+          <t>Cüce Prens</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>10.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789750712487</t>
+          <t>9789750715594</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Kocaman Eşek</t>
+          <t>Bizim Sokakta Şenlik Var</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>16</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789750701375</t>
+          <t>9789750715846</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Manolito 1. Kitap</t>
+          <t>Biri Dev Biri Pire</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>34</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789750711879</t>
+          <t>9789755109572</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bedenimle Nasıl Baş Etsem?</t>
+          <t>Bir Yılbaşı Masalı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>17</v>
+        <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789750711268</t>
+          <t>9789750718427</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bay Rüzgar ve Bayan Yağmur</t>
+          <t>Bir Vardı Bir Yoktu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789750703652</t>
+          <t>9789750712487</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Balinaların Şarkısı</t>
+          <t>Bir Kocaman Eşek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>8.33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789750710087</t>
+          <t>9789750701375</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bağdat 2004</t>
+          <t>Benim Adım Manolito 1. Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8.33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789750707063</t>
+          <t>9789750711879</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ateşkız ile Tarlakuşu</t>
+          <t>Bedenimle Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789750705397</t>
+          <t>9789750711268</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Yasak Kent</t>
+          <t>Bay Rüzgar ve Bayan Yağmur</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789750705380</t>
+          <t>9789750703652</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arthur Maltazar’ın İntikamı</t>
+          <t>Balinaların Şarkısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>155</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789750705403</t>
+          <t>9789750710087</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Arthur ile Minimoylar</t>
+          <t>Bağdat 2004</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750706967</t>
+          <t>9789750707063</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arthur İki Dünyanın Savaşı</t>
+          <t>Ateşkız ile Tarlakuşu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789750705298</t>
+          <t>9789750705397</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arkandias’ın Büyü Kitabı Birinci Kitap</t>
+          <t>Arthur ve Yasak Kent</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755101477</t>
+          <t>9789750705380</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Arthur Maltazar’ın İntikamı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15.74</v>
+        <v>155</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750711664</t>
+          <t>9789750705403</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Annemle Babamın Boşanmasıyla Nasıl Baş Etsem?</t>
+          <t>Arthur ile Minimoylar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789750713316</t>
+          <t>9789750706967</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Annemi Ararken</t>
+          <t>Arthur İki Dünyanın Savaşı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>15.74</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755100760</t>
+          <t>9789750705298</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Alçacıktan Kar Yağar</t>
+          <t>Arkandias’ın Büyü Kitabı Birinci Kitap</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12.04</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789750715815</t>
+          <t>9789755101477</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Akbaba Okula Gidiyor</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>19</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755109732</t>
+          <t>9789750711664</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Turnabalığı</t>
+          <t>Annemle Babamın Boşanmasıyla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789750738845</t>
+          <t>9789750713316</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sözcük: Açimpa (Ciltli)</t>
+          <t>Annemi Ararken</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789750732898</t>
+          <t>9789755100760</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bay Jaromir Ve Usta Hırsız</t>
+          <t>Alçacıktan Kar Yağar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>110</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789750733482</t>
+          <t>9789750715815</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Kuşları</t>
+          <t>Akbaba Okula Gidiyor</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789750707056</t>
+          <t>9789755109732</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Akropolis'in Gölgesinde</t>
+          <t>Açgözlü Turnabalığı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789750736353</t>
+          <t>9789750738845</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Keçi Zlate ve Başka Öyküler</t>
+          <t>Gizemli Sözcük: Açimpa (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789750701146</t>
+          <t>9789750732898</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dolabın Esrarı - Omri'nin Serüvenleri Dördüncü Kitap</t>
+          <t>Bay Jaromir Ve Usta Hırsız</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>12.96</v>
+        <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789750733468</t>
+          <t>9789750733482</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ben'in Gemisi (Ciltli)</t>
+          <t>Dinozor Kuşları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>137</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789750733239</t>
+          <t>9789750707056</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gökten Yağan İkizler Aşkına</t>
+          <t>Akropolis'in Gölgesinde</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750736742</t>
+          <t>9789750736353</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küçüğüm (Ciltli)</t>
+          <t>Keçi Zlate ve Başka Öyküler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>44</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789750734311</t>
+          <t>9789750701146</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kurtlarla Uluyan Kuzu</t>
+          <t>Dolabın Esrarı - Omri'nin Serüvenleri Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>18</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789750726583</t>
+          <t>9789750733468</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Dizisi 2: Zıt İkizler</t>
+          <t>Ben'in Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>11.11</v>
+        <v>137</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789750724916</t>
+          <t>9789750733239</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Manolito’nun Bir Sırrı Var</t>
+          <t>Gökten Yağan İkizler Aşkına</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789750725197</t>
+          <t>9789750736742</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kerevit</t>
+          <t>Küçüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>8.33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789750725173</t>
+          <t>9789750734311</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum’u Çalan Adam</t>
+          <t>Kurtlarla Uluyan Kuzu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789750731716</t>
+          <t>9789750726583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tilki Saat Kaç?</t>
+          <t>Kahkaha Dizisi 2: Zıt İkizler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789750732546</t>
+          <t>9789750724916</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mamut Avı - Tarih Öncesi Hikayeler</t>
+          <t>Manolito’nun Bir Sırrı Var</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789750725593</t>
+          <t>9789750725197</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mayalı Yamalı Bir Hikaye</t>
+          <t>Küçük Kerevit</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789750725159</t>
+          <t>9789750725173</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güzel Periler</t>
+          <t>Kolezyum’u Çalan Adam</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789750725166</t>
+          <t>9789750731716</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Faresi</t>
+          <t>Tilki Tilki Saat Kaç?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>8.33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789750725142</t>
+          <t>9789750732546</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Artı İki</t>
+          <t>Mamut Avı - Tarih Öncesi Hikayeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789750710698</t>
+          <t>9789750725593</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mekan Ne O Mekan</t>
+          <t>Mayalı Yamalı Bir Hikaye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>11.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789750719202</t>
+          <t>9789750725159</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Kuşlu Mektuplar (Ciltli)</t>
+          <t>Güzel Periler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789750725586</t>
+          <t>9789750725166</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Martin ile Sams</t>
+          <t>Çizgi Roman Faresi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789750726590</t>
+          <t>9789750725142</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Thui - Özgürlüğü Kırmızıya Çalan</t>
+          <t>Artı İki</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789750725876</t>
+          <t>9789750710698</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyurlar Korsanlar Güverteye  3. Kitap</t>
+          <t>Mekan Ne O Mekan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>12.04</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789750730047</t>
+          <t>9789750719202</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Göğün Mavi Kabuğu</t>
+          <t>Büyüklere Kuşlu Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>81</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789750724725</t>
+          <t>9789750725586</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Güverteye Ateşkusan'ı Batırın : 2. Kitap</t>
+          <t>Martin ile Sams</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789750732522</t>
+          <t>9789750726590</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Etrafında</t>
+          <t>Thui - Özgürlüğü Kırmızıya Çalan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789750721632</t>
+          <t>9789750725876</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cornelius ve İmkansızlar Ambarı</t>
+          <t>Yedi Uyurlar Korsanlar Güverteye  3. Kitap</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>29</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750719721</t>
+          <t>9789750730047</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Yemini</t>
+          <t>Göğün Mavi Kabuğu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13</v>
+        <v>81</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789750718687</t>
+          <t>9789750724725</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Eksik Alfabe</t>
+          <t>Korsanlar Güverteye Ateşkusan'ı Batırın : 2. Kitap</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>170</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789750731693</t>
+          <t>9789750732522</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşımdan Ayrı Bir Sene</t>
+          <t>Ateşin Etrafında</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789750727788</t>
+          <t>9789750721632</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Canavar Buu!</t>
+          <t>Cornelius ve İmkansızlar Ambarı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789750718557</t>
+          <t>9789750719721</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Tilkinin Yemini</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789750724251</t>
+          <t>9789750718687</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar - 2</t>
+          <t>Eksik Alfabe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>51</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789750725579</t>
+          <t>9789750731693</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Hayvan Masalları</t>
+          <t>En İyi Arkadaşımdan Ayrı Bir Sene</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>13</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789750722097</t>
+          <t>9789750727788</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Kardeşliği 2: Yavru Kartal</t>
+          <t>Küçük Eşek ve Canavar Buu!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>7.87</v>
+        <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789750718595</t>
+          <t>9789750718557</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şeyler Ülkesinde</t>
+          <t>Pullar Savaşı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>47</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789750725258</t>
+          <t>9789750724251</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Darmaduman</t>
+          <t>Rüya Dalgıçları İçin Masallar - 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12.04</v>
+        <v>51</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789750724893</t>
+          <t>9789750725579</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebekle Kuklası</t>
+          <t>Kuyruklu Hayvan Masalları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>105</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789750724381</t>
+          <t>9789750722097</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sahi Benim Annem Hangisi?</t>
+          <t>Renklerin Kardeşliği 2: Yavru Kartal</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>105</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755109541</t>
+          <t>9789750718595</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Perili Otelde Tatil  3. Kitap</t>
+          <t>Vahşi Şeyler Ülkesinde</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789750712968</t>
+          <t>9789750725258</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Peri Cadı</t>
+          <t>Darmaduman</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789750701634</t>
+          <t>9789750724893</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Konmuştu</t>
+          <t>Bez Bebekle Kuklası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6.02</v>
+        <v>105</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789750765612</t>
+          <t>9789750724381</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Sahi Benim Annem Hangisi?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789750706486</t>
+          <t>9789755109541</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ölü ve Kayıp</t>
+          <t>Perili Otelde Tatil  3. Kitap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>13.89</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789750711725</t>
+          <t>9789750712968</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ozonu Turnalar mı Deldi Gagalarıyla!</t>
+          <t>Peri Cadı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755102146</t>
+          <t>9789750701634</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Oz</t>
+          <t>Pencereme Konmuştu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789750707070</t>
+          <t>9789750765612</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>On Küçük Siyah</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789750714313</t>
+          <t>9789750706486</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Okulla Nasıl Baş Etsem?</t>
+          <t>Ölü ve Kayıp</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758440573</t>
+          <t>9789750711725</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Hayalet - Sevimli Canavarlar 8. Kitap</t>
+          <t>Ozonu Turnalar mı Deldi Gagalarıyla!</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>9.72</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789750702600</t>
+          <t>9789755102146</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Noel Şarkısı</t>
+          <t>Sihirbaz Oz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>47</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789750705885</t>
+          <t>9789750707070</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Niurk</t>
+          <t>On Küçük Siyah</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755109558</t>
+          <t>9789750714313</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nemik ile Onbaşı</t>
+          <t>Okulla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789750711121</t>
+          <t>9789758440573</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 4</t>
+          <t>Okuldaki Hayalet - Sevimli Canavarlar 8. Kitap</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>8.8</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789750711022</t>
+          <t>9789750702600</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 3</t>
+          <t>Noel Şarkısı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>8.8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789750710858</t>
+          <t>9789750705885</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 2</t>
+          <t>Niurk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>8.8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789750710780</t>
+          <t>9789755109558</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 1</t>
+          <t>Nemik ile Onbaşı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>8.8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789750713859</t>
+          <t>9789750711121</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nar Düştü Kar Üstüne</t>
+          <t>Nasreddin Hoca Bir Gün 4</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>105</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789750712029</t>
+          <t>9789750711022</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Zorlu Yıllar</t>
+          <t>Nasreddin Hoca Bir Gün 3</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>68</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789750708862</t>
+          <t>9789750710858</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mike, Ben ve Max Ernst</t>
+          <t>Nasreddin Hoca Bir Gün 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>12.96</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789750712791</t>
+          <t>9789750710780</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncuları</t>
+          <t>Nasreddin Hoca Bir Gün 1</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755109879</t>
+          <t>9789750713859</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Max İntikam Peşinde 4. Kitap</t>
+          <t>Nar Düştü Kar Üstüne</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>9.72</v>
+        <v>105</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789750703119</t>
+          <t>9789750712029</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Mutlu ve Zorlu Yıllar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789750706493</t>
+          <t>9789750708862</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurtlar</t>
+          <t>Mike, Ben ve Max Ernst</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>16</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789750703126</t>
+          <t>9789750712791</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çiçek Açtı</t>
+          <t>Mezar Soyguncuları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789750713989</t>
+          <t>9789755109879</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal Matitas</t>
+          <t>Max İntikam Peşinde 4. Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>14</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789750702013</t>
+          <t>9789750703119</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Manolito Tatilde Sıkılıyor</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789750703638</t>
+          <t>9789750706493</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Manolito Kardeşiyle Kalıyor</t>
+          <t>Mavi Kurtlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>36</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789750702808</t>
+          <t>9789750703126</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Manolito Huysuzluk Yapıyor - 4 Kitap</t>
+          <t>Masallar Çiçek Açtı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789750701382</t>
+          <t>9789750713989</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Manolito Gülmekten Kırılıyor</t>
+          <t>Masal Masal Matitas</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789750705311</t>
+          <t>9789750702013</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Linus Hoppe’un İkinci Yaşamı</t>
+          <t>Manolito Tatilde Sıkılıyor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>13.89</v>
+        <v>31</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789750706363</t>
+          <t>9789750703638</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Lea için Cehennem Mavisi</t>
+          <t>Manolito Kardeşiyle Kalıyor</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>8</v>
+        <v>36</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789750715600</t>
+          <t>9789750702808</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küçük Uykular Bahçesi</t>
+          <t>Manolito Huysuzluk Yapıyor - 4 Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>10.19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789750700255</t>
+          <t>9789750701382</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptanın Dönüşü</t>
+          <t>Manolito Gülmekten Kırılıyor</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>12.04</v>
+        <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789750704970</t>
+          <t>9789750705311</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan ve Korsan Hazinesi</t>
+          <t>Linus Hoppe’un İkinci Yaşamı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789750700262</t>
+          <t>9789750706363</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Lea için Cehennem Mavisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>11.11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755109756</t>
+          <t>9789750715600</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük İzo Mizo</t>
+          <t>Küçük Uykular Bahçesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789750703065</t>
+          <t>9789750700255</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Masallar</t>
+          <t>Küçük Kaptanın Dönüşü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789750711381</t>
+          <t>9789750704970</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Çiftliği</t>
+          <t>Küçük Kaptan ve Korsan Hazinesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758440306</t>
+          <t>9789750700262</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Aile Sevimli Canavarlar 7. Kitap</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789758440894</t>
+          <t>9789755109756</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Futbol Topu 10. Kitap</t>
+          <t>Küçük İzo Mizo</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.72</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789750703959</t>
+          <t>9789750703065</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Komiser Parlak Kalpazan Avı</t>
+          <t>Kuyruklu Masallar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789750708886</t>
+          <t>9789750711381</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kimyon ve Sevgiyle</t>
+          <t>Kurbağa Çiftliği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>8.5</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789750712654</t>
+          <t>9789758440306</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kimsecikler Yok mu?</t>
+          <t>Korkunç Aile Sevimli Canavarlar 7. Kitap</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>16</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789750706745</t>
+          <t>9789758440894</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Konuşan Futbol Topu 10. Kitap</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>9.72</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789750705922</t>
+          <t>9789750703959</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kır ve Gir</t>
+          <t>Komiser Parlak Kalpazan Avı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>16.67</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789750715259</t>
+          <t>9789750708886</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kıkır Kıkır Fıkralar</t>
+          <t>Kimyon ve Sevgiyle</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789750715990</t>
+          <t>9789750712654</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kimsecikler Yok mu?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>11.11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750709661</t>
+          <t>9789750706745</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kariye Hazinesi</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>81</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755105871</t>
+          <t>9789750705922</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kankardeşim Dorutay</t>
+          <t>Kır ve Gir</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789750711145</t>
+          <t>9789750715259</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Masal</t>
+          <t>Kıkır Kıkır Fıkralar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789750715624</t>
+          <t>9789750715990</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Yamalı Kuş</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789750713996</t>
+          <t>9789750709661</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs ile Kirpik - İlkbahar Geldiğinde</t>
+          <t>Kariye Hazinesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.5</v>
+        <v>81</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789750711817</t>
+          <t>9789755105871</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kaka (Ciltli)</t>
+          <t>Kankardeşim Dorutay</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.72</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789750707650</t>
+          <t>9789750711145</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kadife Tavşan</t>
+          <t>Kanatlı Masal</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789750704482</t>
+          <t>9789750715624</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Yok</t>
+          <t>Kanatları Yamalı Kuş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789750718069</t>
+          <t>9789750713996</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Uykuların Peşinden</t>
+          <t>Kaktüs ile Kirpik - İlkbahar Geldiğinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>165</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789750710636</t>
+          <t>9789750711817</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Eteği</t>
+          <t>Kaka (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>14</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789750718083</t>
+          <t>9789750707650</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler, Julia</t>
+          <t>Kadife Tavşan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>25</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789750704413</t>
+          <t>9789750704482</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi Yedinci Kitap</t>
+          <t>Kaçış Yok</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789750704376</t>
+          <t>9789750718069</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 3. Kitap</t>
+          <t>Kaçan Uykuların Peşinden</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>12.04</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789750713293</t>
+          <t>9789750710636</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 10. Kitap</t>
+          <t>Jüpiter’in Eteği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789750704369</t>
+          <t>9789750718083</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi İkinci Kitap</t>
+          <t>İyi Geceler, Julia</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789750704383</t>
+          <t>9789750704413</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 4. Kitap</t>
+          <t>İki Çocuğun Devrialemi Yedinci Kitap</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789750712067</t>
+          <t>9789750704376</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 9. Kitap</t>
+          <t>İki Çocuğun Devrialemi 3. Kitap</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789750704390</t>
+          <t>9789750713293</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 5. Kitap</t>
+          <t>İki Çocuğun Devrialemi 10. Kitap</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789750704406</t>
+          <t>9789750704369</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 6. Kitap</t>
+          <t>İki Çocuğun Devrialemi İkinci Kitap</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789750704420</t>
+          <t>9789750704383</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 8. Kitap</t>
+          <t>İki Çocuğun Devrialemi 4. Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789750709913</t>
+          <t>9789750712067</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İçinden Sihir Geçen Kitap</t>
+          <t>İki Çocuğun Devrialemi 9. Kitap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.67</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789750713446</t>
+          <t>9789750704390</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hurma Ağacı ve Keçicik Efsanesi</t>
+          <t>İki Çocuğun Devrialemi 5. Kitap</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789750701801</t>
+          <t>9789750704406</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Serüvenleri</t>
+          <t>İki Çocuğun Devrialemi 6. Kitap</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>23.15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789750710186</t>
+          <t>9789750704420</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hititli Pattiya İle Pallili</t>
+          <t>İki Çocuğun Devrialemi 8. Kitap</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>19.44</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789750711886</t>
+          <t>9789750709913</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hıle ile Dıle - Kürt Masalları</t>
+          <t>İçinden Sihir Geçen Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789750701498</t>
+          <t>9789750713446</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Herkes Sihirbaz Olacak</t>
+          <t>Hurma Ağacı ve Keçicik Efsanesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758440900</t>
+          <t>9789750701801</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Gemiyle Yolculuk Sevimli Canavarlar 9. Kitap</t>
+          <t>Huckleberry Finn’in Serüvenleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.72</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789750706066</t>
+          <t>9789750710186</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Güzelçamlı’nın Kayıp Panteri</t>
+          <t>Hititli Pattiya İle Pallili</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>11.11</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789750705700</t>
+          <t>9789750711886</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şarkılar Kitabı</t>
+          <t>Hıle ile Dıle - Kürt Masalları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789750708879</t>
+          <t>9789750701498</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Güzel Günler Kitabı</t>
+          <t>Herkes Sihirbaz Olacak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>62</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755100784</t>
+          <t>9789758440900</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Günışığı Hoşçakal</t>
+          <t>Hayalet Gemiyle Yolculuk Sevimli Canavarlar 9. Kitap</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>47</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755100845</t>
+          <t>9789750706066</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Vurgun Çocuk</t>
+          <t>Güzelçamlı’nın Kayıp Panteri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789750712012</t>
+          <t>9789750705700</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yüklü Masallar</t>
+          <t>Güzel Şarkılar Kitabı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>24</v>
+        <v>165</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789750707230</t>
+          <t>9789750708879</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gülibik Dünyanın Bütün Kedileri (Ciltli)</t>
+          <t>Güzel Günler Kitabı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>15.74</v>
+        <v>62</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789750704352</t>
+          <t>9789755100784</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi Birinci Kitap</t>
+          <t>Günışığı Hoşçakal</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>12.04</v>
+        <v>47</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789750711732</t>
+          <t>9789755100845</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Günü</t>
+          <t>Güneşe Vurgun Çocuk</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>107</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758440313</t>
+          <t>9789750712012</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gizli Görev  6. Kitap</t>
+          <t>Güneş Yüklü Masallar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.72</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789750710995</t>
+          <t>9789750707230</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Genlerin Şifresi</t>
+          <t>Gülibik Dünyanın Bütün Kedileri (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>102</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789750704048</t>
+          <t>9789750704352</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Genç Linus’un Öfkesi</t>
+          <t>İki Çocuğun Devrialemi Birinci Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789750713187</t>
+          <t>9789750711732</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Gözyaşı Günü</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>47</v>
+        <v>107</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789750709944</t>
+          <t>9789758440313</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gel Dünyayı Seyredelim</t>
+          <t>Gizli Görev  6. Kitap</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>65</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789750706585</t>
+          <t>9789750710995</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Tapınağı</t>
+          <t>Genlerin Şifresi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>102</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789750710414</t>
+          <t>9789750704048</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gagalar, Patiler ve Başka Güzel Şeyler</t>
+          <t>Genç Linus’un Öfkesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>14.35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789750707636</t>
+          <t>9789750713187</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Eşek ve Berk</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789758440016</t>
+          <t>9789750709944</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eşek Eşekken</t>
+          <t>Gel Dünyayı Seyredelim</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>7.41</v>
+        <v>65</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789750711992</t>
+          <t>9789750706585</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Masalları</t>
+          <t>Geçmiş Tapınağı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789750713866</t>
+          <t>9789750710414</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Sisli Kale - 3. Kitap</t>
+          <t>Gagalar, Patiler ve Başka Güzel Şeyler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>18</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789750715013</t>
+          <t>9789750707636</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Sirenin Sırrı 4. Kitap</t>
+          <t>Eşek ve Berk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789750709227</t>
+          <t>9789758440016</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Deniz Canavarı</t>
+          <t>Eşek Eşekken</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>130</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789750700217</t>
+          <t>9789750711992</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ebemkuşağı</t>
+          <t>Ermeni Masalları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789750704550</t>
+          <t>9789750713866</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Düşüşü Pelle ile Prof 1. Kitap</t>
+          <t>Emily Meltemgil ve Sisli Kale - 3. Kitap</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12.96</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789750704024</t>
+          <t>9789750715013</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Emily’nin Sırrı</t>
+          <t>Emily Meltemgil ve Sirenin Sırrı 4. Kitap</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>145</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789750700552</t>
+          <t>9789750709227</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Define Adasına Dönüş</t>
+          <t>Emily Meltemgil ve Deniz Canavarı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755103839</t>
+          <t>9789750700217</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Öyküleri</t>
+          <t>Ebemkuşağı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>22.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758440849</t>
+          <t>9789750704550</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Danko’nun Yüreği</t>
+          <t>Devlerin Düşüşü Pelle ile Prof 1. Kitap</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789750705670</t>
+          <t>9789750704024</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Liman</t>
+          <t>Denizkızı Emily’nin Sırrı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>8.33</v>
+        <v>145</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789750713170</t>
+          <t>9789750700552</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların ABC’si</t>
+          <t>Define Adasına Dönüş</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>8.33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789750738579</t>
+          <t>9789755103839</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçamadı</t>
+          <t>Dedem Korkut Öyküleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>123</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789750738562</t>
+          <t>9789758440849</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kayboldu Bulundu</t>
+          <t>Danko’nun Yüreği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>116</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755103518</t>
+          <t>9789750705670</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Zurna Çalan Kuş</t>
+          <t>Çöldeki Liman</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789750705915</t>
+          <t>9789750713170</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Yalanlar</t>
+          <t>Hayvanların ABC’si</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789750713736</t>
+          <t>9789750738579</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde</t>
+          <t>Uçtu Uçamadı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>123</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789750703676</t>
+          <t>9789750738562</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı Birinci Kitap Büyücü Kadehar</t>
+          <t>Kayboldu Bulundu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>18.52</v>
+        <v>116</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789750705823</t>
+          <t>9789755103518</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı Üçüncü Kitap Gölgenin Yüzü</t>
+          <t>Zurna Çalan Kuş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755109534</t>
+          <t>9789750705915</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Korku Tünelindeki Sır Sevimli Canavarlar 1. Kitap 9-12 Yaş</t>
+          <t>Zehirli Yalanlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.72</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755100647</t>
+          <t>9789750713736</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kayık</t>
+          <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789750704031</t>
+          <t>9789750703676</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Vur ve Kaç</t>
+          <t>Yıldızlar Kitabı Birinci Kitap Büyücü Kadehar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>12.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789750706271</t>
+          <t>9789750705823</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Video Tanıkları</t>
+          <t>Yıldızlar Kitabı Üçüncü Kitap Gölgenin Yüzü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755102764</t>
+          <t>9789755109534</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ülkemden Hayvan Masalları</t>
+          <t>Yeşil Korku Tünelindeki Sır Sevimli Canavarlar 1. Kitap 9-12 Yaş</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>100</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789750700224</t>
+          <t>9789755100647</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Uzun Gece Masalları</t>
+          <t>Yavru Kayık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>6.48</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789750713286</t>
+          <t>9789750704031</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Nuri</t>
+          <t>Vur ve Kaç</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>11.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789750718403</t>
+          <t>9789750706271</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız’ın Konuşan Bebeği</t>
+          <t>Video Tanıkları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>9.72</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789750718410</t>
+          <t>9789755102764</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız’ın Kargaları</t>
+          <t>Ülkemden Hayvan Masalları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>10.19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789750715617</t>
+          <t>9789750700224</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Tefecik Kurbağacık</t>
+          <t>Uzun Gece Masalları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>12</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755109947</t>
+          <t>9789750713286</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Uçaktaki İskelet Sevimli Canavarlar  5. Kitap</t>
+          <t>Uyumsuz Nuri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>9.72</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789750710193</t>
+          <t>9789750718403</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Troya’da Bin Pınarlı Dağın Kelebeği</t>
+          <t>Ulduz Kız’ın Konuşan Bebeği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>20.37</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789750701818</t>
+          <t>9789750718410</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Serüvenleri</t>
+          <t>Ulduz Kız’ın Kargaları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>21.3</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789750714900</t>
+          <t>9789750715617</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Telli Horoz'un Öyküsü</t>
+          <t>Ufacık Tefecik Kurbağacık</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755102832</t>
+          <t>9789755109947</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şu Babamın İşleri</t>
+          <t>Uçaktaki İskelet Sevimli Canavarlar  5. Kitap</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>7.41</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789750715525</t>
+          <t>9789750710193</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Çocuklar Hala Harika</t>
+          <t>Troya’da Bin Pınarlı Dağın Kelebeği</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789750714993</t>
+          <t>9789750701818</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şiir Küçüğün</t>
+          <t>Tom Sawyer’in Serüvenleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>8.33</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789750705342</t>
+          <t>9789750714900</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Ezgisi</t>
+          <t>Telli Horoz'un Öyküsü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>8.33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755100616</t>
+          <t>9789755102832</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Altınları</t>
+          <t>Şu Babamın İşleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>36</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755100852</t>
+          <t>9789750715525</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Uçurtması</t>
+          <t>Şimdiki Çocuklar Hala Harika</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789750718281</t>
+          <t>9789750714993</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şekercini Patyos</t>
+          <t>Şiir Küçüğün</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789750710070</t>
+          <t>9789750705342</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyle Luna</t>
+          <t>Şeytanın Ezgisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789750715020</t>
+          <t>9789755100616</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>Şeytanın Altınları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>8.33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789750708008</t>
+          <t>9789755100852</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sobibor</t>
+          <t>Şeytan Uçurtması</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789750713415</t>
+          <t>9789750718281</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Size Anne Diyebilir miyim?</t>
+          <t>Şekercini Patyos</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789750703669</t>
+          <t>9789750710070</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sınırın Ötesinde</t>
+          <t>Şarkı Söyle Luna</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789750711282</t>
+          <t>9789750715020</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sefarad Yahudilerinden Masallar</t>
+          <t>Sümbüllü Köşk</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789750705601</t>
+          <t>9789750708008</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Süper Futbolcular İçin Başlama Düdüğü Çalıyor</t>
+          <t>Sobibor</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789750704987</t>
+          <t>9789750713415</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Satılık Gerçek Pelle ile Prof 3. Kitap</t>
+          <t>Size Anne Diyebilir miyim?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789750701412</t>
+          <t>9789750703669</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sandal Sandal Portakal Üç Masal</t>
+          <t>Sınırın Ötesinde</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789750705694</t>
+          <t>9789750711282</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sınavı</t>
+          <t>Sefarad Yahudilerinden Masallar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>10.19</v>
+        <v>130</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789750712692</t>
+          <t>9789750705601</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Rum Masalları</t>
+          <t>Süper Futbolcular İçin Başlama Düdüğü Çalıyor</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789750704512</t>
+          <t>9789750704987</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ramona’nın Dünyası</t>
+          <t>Satılık Gerçek Pelle ile Prof 3. Kitap</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789750704536</t>
+          <t>9789750701412</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ramona Sekiz Yaşında 2</t>
+          <t>Sandal Sandal Portakal Üç Masal</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>31</v>
+        <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789750708695</t>
+          <t>9789750705694</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Post Avcısı</t>
+          <t>Sanat Sınavı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755102795</t>
+          <t>9789750712692</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Portakal</t>
+          <t>Rum Masalları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>13</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789750705687</t>
+          <t>9789750704512</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Robinson Ölmemeli</t>
+          <t>Ramona’nın Dünyası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789750703782</t>
+          <t>9789750704536</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Kensington Bahçelerinde</t>
+          <t>Ramona Sekiz Yaşında 2</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>10.65</v>
+        <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789750718274</t>
+          <t>9789750708695</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şişko Patates</t>
+          <t>Post Avcısı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789750716010</t>
+          <t>9789755102795</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şirin Sincaplar ve Yaşlı Çınar</t>
+          <t>Portakal</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>8.8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789750740671</t>
+          <t>9789750705687</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Antonio Gibi Biri (Ciltli)</t>
+          <t>Robinson Ölmemeli</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>91</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789750706851</t>
+          <t>9789750703782</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kalpli Köpek</t>
+          <t>Peter Pan Kensington Bahçelerinde</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>5.51</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789758440252</t>
+          <t>9789750718274</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ellerinden Öperim</t>
+          <t>Şişko Patates</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789750765193</t>
+          <t>9789750716010</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones'un Kayboluşu</t>
+          <t>Şirin Sincaplar ve Yaşlı Çınar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>285</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789750765346</t>
+          <t>9789750740671</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Evimde</t>
+          <t>Antonio Gibi Biri (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>440</v>
+        <v>91</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789750765353</t>
+          <t>9789750706851</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fırçaların Sihri</t>
+          <t>Sarı Kalpli Köpek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789750765186</t>
+          <t>9789758440252</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların ABC'si</t>
+          <t>Ellerinden Öperim</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789750765001</t>
+          <t>9789750765193</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Gaia</t>
+          <t>Aveline Jones'un Kayboluşu</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789750765179</t>
+          <t>9789750765346</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gizemleri</t>
+          <t>Evimde</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789750764998</t>
+          <t>9789750765353</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ünsüz Biyografi</t>
+          <t>Fırçaların Sihri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789750764950</t>
+          <t>9789750765186</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Lilo</t>
+          <t>Hayvanların ABC'si</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789750764905</t>
+          <t>9789750765001</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bay Bay, Bay Diş</t>
+          <t>Kepler62: Yeni Dünya / Gaia</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789750723278</t>
+          <t>9789750765179</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Oduncu ile Tilki</t>
+          <t>Suyun Gizemleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789750715068</t>
+          <t>9789750764998</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ben Küçük Bir Çocukken</t>
+          <t>Ünsüz Biyografi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>255</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789750702860</t>
+          <t>9789750764950</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Babam Resim Yaptı</t>
+          <t>Lilo</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789750738081</t>
+          <t>9789750764905</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Bir Kitaptır (Ciltli)</t>
+          <t>Bay Bay, Bay Diş</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789750733550</t>
+          <t>9789750723278</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello'ya Tekrar Kavuşmak</t>
+          <t>Yaşlı Oduncu ile Tilki</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789750735424</t>
+          <t>9789750715068</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Beşimiz</t>
+          <t>Ben Küçük Bir Çocukken</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789750707889</t>
+          <t>9789750702860</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Minik Çinli Kız</t>
+          <t>Babam Resim Yaptı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789750711008</t>
+          <t>9789750738081</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Babam Beni Seviyor mu?</t>
+          <t>Bir Kitap Bir Kitaptır (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789750717772</t>
+          <t>9789750733550</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam</t>
+          <t>Bay Bello'ya Tekrar Kavuşmak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789750709920</t>
+          <t>9789750735424</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Alevler</t>
+          <t>Beşimiz</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789750712432</t>
+          <t>9789750707889</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 2</t>
+          <t>Minik Çinli Kız</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789750712463</t>
+          <t>9789750711008</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Olmakla Nasıl Baş Etsem?</t>
+          <t>Minik Ayı Vadu Babam Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789750705663</t>
+          <t>9789750717772</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı İkinci Kitap Efendi Şa</t>
+          <t>Küçük Adam</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789750713422</t>
+          <t>9789750709920</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Kardaki Alevler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755100746</t>
+          <t>9789750712432</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sarıtay</t>
+          <t>Grimm Masalları 2</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789750742118</t>
+          <t>9789750712463</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Buz Canavarı</t>
+          <t>Genç Kız Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>530</v>
+        <v>230</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789750745553</t>
+          <t>9789750705663</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Yıldızlar Kitabı İkinci Kitap Efendi Şa</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789750742088</t>
+          <t>9789750713422</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi (Özel Baskı) (Ciltli)</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789750738432</t>
+          <t>9789755100746</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Canım Ağacım (Ciltli)</t>
+          <t>Sarıtay</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789750764912</t>
+          <t>9789750742118</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şirin Bir Gezegen</t>
+          <t>Buz Canavarı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789750764899</t>
+          <t>9789750745553</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve Yüzen Ay</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789750764868</t>
+          <t>9789750742088</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dur! Canavar! (Ciltli)</t>
+          <t>Kar Tanesi (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789750764882</t>
+          <t>9789750738432</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çatıdan Gelen Kedi</t>
+          <t>Canım Ağacım (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789750764325</t>
+          <t>9789750764912</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Mağara</t>
+          <t>Küçük Şirin Bir Gezegen</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789750764875</t>
+          <t>9789750764899</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gösterimde Olmayan Filmler</t>
+          <t>Tindimler ve Yüzen Ay</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789750764622</t>
+          <t>9789750764868</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sana, Bana, Bir de Kara Kediye</t>
+          <t>Dur! Canavar! (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789750764608</t>
+          <t>9789750764882</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mavi Lambalı Otel - Öteden Beri 2</t>
+          <t>Çatıdan Gelen Kedi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>370</v>
+        <v>205</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789750764653</t>
+          <t>9789750764325</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Müfredat Dışı</t>
+          <t>Kepler62: Yeni Dünya / Mağara</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789750764349</t>
+          <t>9789750764875</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Minik'le Olağanüstü Bir Yaz</t>
+          <t>Gösterimde Olmayan Filmler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789750764615</t>
+          <t>9789750764622</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Herhangi Bir Günden Fazlası</t>
+          <t>Sana, Bana, Bir de Kara Kediye</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789750764073</t>
+          <t>9789750764608</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Anadolu</t>
+          <t>Mavi Lambalı Otel - Öteden Beri 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789750764356</t>
+          <t>9789750764653</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bisikleti Üçlemesi Kutulu Set</t>
+          <t>Müfredat Dışı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>540</v>
+        <v>170</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789750764332</t>
+          <t>9789750764349</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Koruda Bir Konser</t>
+          <t>Minik'le Olağanüstü Bir Yaz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789750764301</t>
+          <t>9789750764615</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Googol</t>
+          <t>Herhangi Bir Günden Fazlası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789750715853</t>
+          <t>9789750764073</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Oteli - Pera Günlükleri 2</t>
+          <t>Geçmişten Günümüze Anadolu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789750715280</t>
+          <t>9789750764356</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi - Pera Günlükleri 1</t>
+          <t>Zaman Bisikleti Üçlemesi Kutulu Set</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789750703249</t>
+          <t>9789750764332</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Flüt Çalamaz</t>
+          <t>Koruda Bir Konser</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789750714177</t>
+          <t>9789750764301</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Penceredeki Kuş</t>
+          <t>Googol</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789750715808</t>
+          <t>9789750715853</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Başkanı</t>
+          <t>Sırlar Oteli - Pera Günlükleri 2</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>121</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789750717901</t>
+          <t>9789750715280</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dev</t>
+          <t>Körler Ülkesi - Pera Günlükleri 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789750710872</t>
+          <t>9789750703249</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Narin</t>
+          <t>Penguenler Flüt Çalamaz</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789750711695</t>
+          <t>9789750714177</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Nar Evi</t>
+          <t>Penceredeki Kuş</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789750764233</t>
+          <t>9789750715808</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Hayal (Ciltli)</t>
+          <t>Ormanın Başkanı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>620</v>
+        <v>121</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789750764264</t>
+          <t>9789750717901</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Karabasan Ormanı - Gizli Kapı 1</t>
+          <t>Ormandaki Dev</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789750764257</t>
+          <t>9789750710872</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve On Yeşil Şişe</t>
+          <t>Narin</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>205</v>
+        <v>235</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755109749</t>
+          <t>9789750711695</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Parmaklı Tistu</t>
+          <t>Nar Evi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>215</v>
+        <v>155</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789750764110</t>
+          <t>9789750764233</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Kurtaran Çocuk</t>
+          <t>Hepsi Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789750718441</t>
+          <t>9789750764264</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kral Kork</t>
+          <t>Karabasan Ormanı - Gizli Kapı 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789750715501</t>
+          <t>9789750764257</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hoyrat Dünyayla Nasıl Baş Etsem?</t>
+          <t>Tindimler ve On Yeşil Şişe</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>161</v>
+        <v>205</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789750764097</t>
+          <t>9789755109749</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones ve Cadı Taşları</t>
+          <t>Yeşil Parmaklı Tistu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789750764080</t>
+          <t>9789750764110</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Otobüsü</t>
+          <t>Dünya'yı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789750722462</t>
+          <t>9789750718441</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İlk Dünya Hikayeleri</t>
+          <t>Aslan Kral Kork</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789750764035</t>
+          <t>9789750715501</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ufacıktım</t>
+          <t>Hoyrat Dünyayla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>161</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789750762901</t>
+          <t>9789750764097</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ninesinin Şifacısı</t>
+          <t>Aveline Jones ve Cadı Taşları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789750712227</t>
+          <t>9789750764080</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Çember</t>
+          <t>Bilgelik Otobüsü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789750715983</t>
+          <t>9789750722462</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Demir Kadın</t>
+          <t>İlk Dünya Hikayeleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789750713712</t>
+          <t>9789750764035</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Demir Adam</t>
+          <t>Ufacıktım</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789750709579</t>
+          <t>9789750762901</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tombul Yürek</t>
+          <t>Ninesinin Şifacısı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789750764066</t>
+          <t>9789750712227</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kirpi</t>
+          <t>Büyülü Çember</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789750764042</t>
+          <t>9789750715983</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklı Alfabe</t>
+          <t>Demir Kadın</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789750763779</t>
+          <t>9789750713712</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Öğretmenleri</t>
+          <t>Demir Adam</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789750763762</t>
+          <t>9789750709579</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Masalı - 50. Yıl Özel Baskı</t>
+          <t>Tombul Yürek</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>485</v>
+        <v>185</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789750762925</t>
+          <t>9789750764066</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Düşkün Çocuk</t>
+          <t>Arkadaşım Kirpi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789750762918</t>
+          <t>9789750764042</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Ada</t>
+          <t>Oyuncaklı Alfabe</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789750762932</t>
+          <t>9789750763779</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırağın Öyküsü</t>
+          <t>Dünyanın En Berbat Öğretmenleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>145</v>
+        <v>575</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789750736346</t>
+          <t>9789750763762</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>101 Yanıltmaca</t>
+          <t>Kirpi Masalı - 50. Yıl Özel Baskı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>210</v>
+        <v>485</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789750741012</t>
+          <t>9789750762925</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ancilla ve Şifalı Bitkiler</t>
+          <t>Düşkün Çocuk</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789750723421</t>
+          <t>9789750762918</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sivri Uzun Dişler</t>
+          <t>Tekinsiz Ada</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789750718991</t>
+          <t>9789750762932</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İki Kere Doğan Baron</t>
+          <t>Bir Çırağın Öyküsü</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>271</v>
+        <v>145</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789750763366</t>
+          <t>9789750736346</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kanki</t>
+          <t>101 Yanıltmaca</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>405</v>
+        <v>210</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789750763359</t>
+          <t>9789750741012</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest (Ciltli)</t>
+          <t>Ancilla ve Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789750763403</t>
+          <t>9789750723421</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam İyi Örnek</t>
+          <t>Sivri Uzun Dişler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789750763076</t>
+          <t>9789750718991</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dağın Tepesindeki Bir Milyon İstiridye (Ciltli)</t>
+          <t>İki Kere Doğan Baron</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>470</v>
+        <v>271</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789750730290</t>
+          <t>9789750763366</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Benek Tozu ve Diğer Müthiş Sırlar</t>
+          <t>Kanki</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789750721793</t>
+          <t>9789750763359</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tetila ile Nemne</t>
+          <t>Hayalperest (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789750763069</t>
+          <t>9789750763403</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gizemleri</t>
+          <t>Benim Babam İyi Örnek</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789750763113</t>
+          <t>9789750763076</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Genlerin Şifresi</t>
+          <t>Dağın Tepesindeki Bir Milyon İstiridye (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789750763168</t>
+          <t>9789750730290</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Beethoven: Müziğin Ozanı</t>
+          <t>Benek Tozu ve Diğer Müthiş Sırlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789750762994</t>
+          <t>9789750721793</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İlk Şafağı - Çatalhöyük Öyküleri 1</t>
+          <t>Tetila ile Nemne</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789750711275</t>
+          <t>9789750763069</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Chopin Küle Dönüşen Kalp</t>
+          <t>Zamanın Gizemleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789750704802</t>
+          <t>9789750763113</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Kenti Birinci Kitap</t>
+          <t>Genlerin Şifresi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789750711251</t>
+          <t>9789750763168</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Hasan</t>
+          <t>Beethoven: Müziğin Ozanı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789750707841</t>
+          <t>9789750762994</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Cadılar</t>
+          <t>Dünyamızın İlk Şafağı - Çatalhöyük Öyküleri 1</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789750717925</t>
+          <t>9789750711275</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın?</t>
+          <t>Chopin Küle Dönüşen Kalp</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789750707872</t>
+          <t>9789750704802</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Parmak</t>
+          <t>Canavarlar Kenti Birinci Kitap</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789750713538</t>
+          <t>9789750711251</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bumba Dağın Arkasını Merak Ediyor</t>
+          <t>Çatlak Hasan</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789750711893</t>
+          <t>9789750707841</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Turnesi</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789750715235</t>
+          <t>9789750717925</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Sınıfı - 1</t>
+          <t>Büyüyünce Ne Olacaksın?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755109701</t>
+          <t>9789750707872</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Büyülü Parmak</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789750713606</t>
+          <t>9789750713538</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bir Öykü Yazalım mı?</t>
+          <t>Bumba Dağın Arkasını Merak Ediyor</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789750708015</t>
+          <t>9789750711893</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gemici Sindbad</t>
+          <t>Böcek Orkestrasının Muhteşem Turnesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789750708671</t>
+          <t>9789750715235</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Beni Annem Yavruladı</t>
+          <t>Böcek Orkestrasının Muhteşem Sınıfı - 1</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789750715563</t>
+          <t>9789755109701</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bayan Kaz ve Çikolatalı Pasta</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789750707865</t>
+          <t>9789750713606</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bay ve Bayan Kıl</t>
+          <t>Bir Öykü Yazalım mı?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789750712951</t>
+          <t>9789750708015</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Anne</t>
+          <t>Gemici Sindbad</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789750711718</t>
+          <t>9789750708671</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Balina Nasıl Balina Oldu?</t>
+          <t>Beni Annem Yavruladı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789750710407</t>
+          <t>9789750715563</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bach Yürürken</t>
+          <t>Bayan Kaz ve Çikolatalı Pasta</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789750713729</t>
+          <t>9789750707865</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Babasının Başka Evi Var</t>
+          <t>Bay ve Bayan Kıl</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789750711152</t>
+          <t>9789750712951</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Anlatıyor</t>
+          <t>Başka Bir Anne</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789750714559</t>
+          <t>9789750711718</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aninnanın Serüvenleri - Büyük Göç 2</t>
+          <t>Balina Nasıl Balina Oldu?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789750705441</t>
+          <t>9789750710407</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Altın Ejder Krallığı</t>
+          <t>Bach Yürürken</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>415</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789750706141</t>
+          <t>9789750713729</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Babasının Başka Evi Var</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789750711473</t>
+          <t>9789750711152</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Alev Kız Aninna</t>
+          <t>Atatürk Anlatıyor</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789750715495</t>
+          <t>9789750714559</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu</t>
+          <t>Aninnanın Serüvenleri - Büyük Göç 2</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789750714894</t>
+          <t>9789750705441</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>35 Mayıs</t>
+          <t>Altın Ejder Krallığı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>215</v>
+        <v>415</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789750702402</t>
+          <t>9789750706141</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Açıkgöz Budalalar</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789750703393</t>
+          <t>9789750711473</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan ile Wendy</t>
+          <t>Alev Kız Aninna</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789750711701</t>
+          <t>9789750715495</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Akkuzu Karakuzu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789750714184</t>
+          <t>9789750714894</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Arkadaş Arıyor</t>
+          <t>35 Mayıs</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789750709937</t>
+          <t>9789750702402</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Annem Beni Seviyor mu?</t>
+          <t>Açıkgöz Budalalar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789750711114</t>
+          <t>9789750703393</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Minik</t>
+          <t>Peter Pan ile Wendy</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789750711428</t>
+          <t>9789750766381</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Maviş</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755100623</t>
+          <t>9789750714184</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuşu Gören Var Mı?</t>
+          <t>Minik Ayı Vadu Arkadaş Arıyor</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789750707810</t>
+          <t>9789750709937</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Matilda</t>
+          <t>Minik Ayı Vadu Annem Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789750711749</t>
+          <t>9789750711114</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Kurgu Masallar</t>
+          <t>Minik</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789750714337</t>
+          <t>9789750711428</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Masal İçinde Masal</t>
+          <t>Maviş</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>315</v>
+        <v>185</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789750714672</t>
+          <t>9789755100623</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha - Hepsi Mavi Böğürtlenlerin Suçu</t>
+          <t>Mavi Kuşu Gören Var Mı?</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789750715051</t>
+          <t>9789750707810</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha - Eyvah Aşı!</t>
+          <t>Matilda</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789750717741</t>
+          <t>9789750711749</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha</t>
+          <t>Masallar ve Kurgu Masallar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789750714320</t>
+          <t>9789750714337</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi - Arkadaşım Ejderha 1: Paha Biçilmez Halının Peşinde</t>
+          <t>Masal İçinde Masal</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789750709319</t>
+          <t>9789750714672</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Louis Braille: Görmezlerin Kitap Okumasını Sağlayan Çocuk</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha - Hepsi Mavi Böğürtlenlerin Suçu</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789750702815</t>
+          <t>9789750715051</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Lodos Yolcuları</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha - Eyvah Aşı!</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755109725</t>
+          <t>9789750717741</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789750715518</t>
+          <t>9789750714320</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Emil ve Akrobatlar - Küçük Hafiyeler</t>
+          <t>Lumpi Lumpi - Arkadaşım Ejderha 1: Paha Biçilmez Halının Peşinde</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755100920</t>
+          <t>9789750709319</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Emil ve Dedektifler - Küçük Hafiyeler</t>
+          <t>Louis Braille: Görmezlerin Kitap Okumasını Sağlayan Çocuk</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789750713088</t>
+          <t>9789750702815</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam Büyürken</t>
+          <t>Lodos Yolcuları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789750715075</t>
+          <t>9789755109725</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ok</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789750714290</t>
+          <t>9789750715518</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kuafördeki Domuz ve Başka Öyküler</t>
+          <t>Emil ve Akrobatlar - Küçük Hafiyeler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789750704321</t>
+          <t>9789755100920</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kristal Yelkenli</t>
+          <t>Emil ve Dedektifler - Küçük Hafiyeler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789750710353</t>
+          <t>9789750713088</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kralın Adaleti</t>
+          <t>Küçük Adam Büyürken</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789750715778</t>
+          <t>9789750715075</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kral Patpat İçin Bir Lolipop</t>
+          <t>Mavi Ok</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789750708565</t>
+          <t>9789750714290</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kral Olmak İsteyen Dinozor</t>
+          <t>Kuafördeki Domuz ve Başka Öyküler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789750714344</t>
+          <t>9789750704321</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kral Kızının Armağanı</t>
+          <t>Kristal Yelkenli</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789750706776</t>
+          <t>9789750710353</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Komutan Anti</t>
+          <t>Kralın Adaleti</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789750718267</t>
+          <t>9789750715778</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Masalı</t>
+          <t>Kral Patpat İçin Bir Lolipop</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789750713590</t>
+          <t>9789750708565</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Otobüs</t>
+          <t>Kral Olmak İsteyen Dinozor</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789750706721</t>
+          <t>9789750714344</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kırık Şemsiye</t>
+          <t>Kral Kızının Armağanı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789750709449</t>
+          <t>9789750706776</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yürek</t>
+          <t>Komutan Anti</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789750700767</t>
+          <t>9789750718267</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kaştanka</t>
+          <t>Kirpi Masalı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789750702839</t>
+          <t>9789750713590</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Karşı Pencere</t>
+          <t>Kırmızı Otobüs</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755103419</t>
+          <t>9789750706721</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Kara Değildi</t>
+          <t>Kırık Şemsiye</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789750708725</t>
+          <t>9789750709449</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz’deki Yunus</t>
+          <t>Yeşil Yürek</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755100739</t>
+          <t>9789750700767</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Kaştanka</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789750707827</t>
+          <t>9789750702839</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa</t>
+          <t>Karşı Pencere</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789750715532</t>
+          <t>9789755103419</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’da Çatra Patralar</t>
+          <t>Kargalar Kara Değildi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789750712685</t>
+          <t>9789750708725</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kafeste Bir Topik</t>
+          <t>Karadeniz’deki Yunus</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789750705168</t>
+          <t>9789755100739</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Japon Sarayı</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789750711572</t>
+          <t>9789750707827</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'la Saklambaç</t>
+          <t>Kaplumbağa</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755101156</t>
+          <t>9789750715532</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Kapadokya’da Çatra Patralar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789750712456</t>
+          <t>9789750712685</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İlk Romanım</t>
+          <t>Kafeste Bir Topik</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789750710391</t>
+          <t>9789750705168</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Büyükanne</t>
+          <t>Japon Sarayı</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789750716140</t>
+          <t>9789750711572</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Kaplumbağa Adası</t>
+          <t>İstanbul'la Saklambaç</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789750714542</t>
+          <t>9789755101156</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İkizler Neyin Peşinde?</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755100951</t>
+          <t>9789750712456</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Toplantısı</t>
+          <t>İlk Romanım</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789750703324</t>
+          <t>9789750710391</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hayatın O Güzel Şarkısı</t>
+          <t>İçimdeki Büyükanne</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789750711367</t>
+          <t>9789750716140</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Havhav Kardeşliği</t>
+          <t>Işıklı Kaplumbağa Adası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789750718250</t>
+          <t>9789750714542</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hannah - Tersine Akan Nehir 2. Kitap</t>
+          <t>İkizler Neyin Peşinde?</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789750713408</t>
+          <t>9789755100951</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Haiku</t>
+          <t>Hayvanlar Toplantısı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789750715839</t>
+          <t>9789750703324</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bilen Kız - Güzel, Açıkgöz, Cesur Kızlar 6</t>
+          <t>Hayatın O Güzel Şarkısı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789750717758</t>
+          <t>9789750711367</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Kaçış 1</t>
+          <t>Havhav Kardeşliği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789750711138</t>
+          <t>9789750718250</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Sirki</t>
+          <t>Hannah - Tersine Akan Nehir 2. Kitap</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789750714566</t>
+          <t>9789750713408</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Gökte Biri Var</t>
+          <t>Haiku</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789750712937</t>
+          <t>9789750715839</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Bilmece Bilen Kız - Güzel, Açıkgöz, Cesur Kızlar 6</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755105987</t>
+          <t>9789750717758</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Günışığına Yolculuk - Kaçış 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789750713842</t>
+          <t>9789750711138</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Gökyüzü Sirki</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789750707858</t>
+          <t>9789750714566</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>George’un Harika İlacı</t>
+          <t>Gökte Biri Var</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789750708657</t>
+          <t>9789750712937</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Gemici Dedem</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789750700200</t>
+          <t>9789755105987</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789750712708</t>
+          <t>9789750713842</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde - Anadolu Masalları 1</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789750713873</t>
+          <t>9789750707858</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Eşekliğini Unutan Eşek</t>
+          <t>George’un Harika İlacı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789750708701</t>
+          <t>9789750708657</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Eskiler Alırım!</t>
+          <t>Gemici Dedem</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789750714573</t>
+          <t>9789750700200</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Esil ile Yesil</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789750712678</t>
+          <t>9789750712708</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Erkek Olmakla Nasıl Baş Etsem?</t>
+          <t>Evvel Zaman İçinde - Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755100807</t>
+          <t>9789750713873</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Erik Çekirdeği</t>
+          <t>Eşekliğini Unutan Eşek</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789750709210</t>
+          <t>9789750708701</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Emekli Vagon</t>
+          <t>Eskiler Alırım!</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789750710261</t>
+          <t>9789750714573</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Çık</t>
+          <t>Esil ile Yesil</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789750713705</t>
+          <t>9789750712678</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Elim Sende</t>
+          <t>Erkek Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789750714887</t>
+          <t>9789755100807</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ejder Çocuk</t>
+          <t>Erik Çekirdeği</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789750705359</t>
+          <t>9789750709210</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Kedileri</t>
+          <t>Emekli Vagon</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789750703775</t>
+          <t>9789750710261</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İlk Şafağı</t>
+          <t>Elma Dersem Çık</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>124</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789750708022</t>
+          <t>9789750713705</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şampiyonu Danny</t>
+          <t>Elim Sende</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789750706738</t>
+          <t>9789750714887</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Doğumgünü Hediyesi</t>
+          <t>Ejder Çocuk</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789750713200</t>
+          <t>9789750705359</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Yıldız</t>
+          <t>Dünyanın Bütün Kedileri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789750706714</t>
+          <t>9789750703775</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Deniz Masalı</t>
+          <t>Dünyamızın İlk Şafağı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>270</v>
+        <v>124</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789750709685</t>
+          <t>9789750708022</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağdıran Kedi 1. Kitap</t>
+          <t>Dünya Şampiyonu Danny</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789750713552</t>
+          <t>9789750706738</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kılçık Uçurtma</t>
+          <t>Doğumgünü Hediyesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789750717949</t>
+          <t>9789750713200</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halklarından Hayvan Masalları - 2</t>
+          <t>Denize Düşen Yıldız</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789750703508</t>
+          <t>9789750706714</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bisikleti - Zaman Bisikleti 1</t>
+          <t>Deniz Masalı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789750714283</t>
+          <t>9789750709685</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Yeşilcik</t>
+          <t>Yağmur Yağdıran Kedi 1. Kitap</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789750701306</t>
+          <t>9789750713552</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Bucak</t>
+          <t>Kılçık Uçurtma</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789750707797</t>
+          <t>9789750717949</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yaman Tilki</t>
+          <t>Dünya Halklarından Hayvan Masalları - 2</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789750701689</t>
+          <t>9789750703508</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Mektuplar</t>
+          <t>Zaman Bisikleti - Zaman Bisikleti 1</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789750712005</t>
+          <t>9789750714283</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ünlüler de Çocuktu 2</t>
+          <t>Yeşilcik</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789750702617</t>
+          <t>9789750701306</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ünlüler de Çocuktu 1</t>
+          <t>Yedi İklim Dört Bucak</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789750713613</t>
+          <t>9789750707797</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Üç İkiii Birr Ateş! 1</t>
+          <t>Yaman Tilki</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789750713309</t>
+          <t>9789750701689</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aynalar</t>
+          <t>Vanilya Kokulu Mektuplar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789750712074</t>
+          <t>9789750712005</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Geliyor</t>
+          <t>Ünlüler de Çocuktu 2</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789750716126</t>
+          <t>9789750702617</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uçamayan Kuş Baykuş</t>
+          <t>Ünlüler de Çocuktu 1</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789750713521</t>
+          <t>9789750713613</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazarlarından Çocukluk Anıları</t>
+          <t>Üç İkiii Birr Ateş! 1</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789750712944</t>
+          <t>9789750713309</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Toto’nun Sınıfı</t>
+          <t>Yalancı Aynalar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789750713040</t>
+          <t>9789750712074</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Uzaylılar Geliyor</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789750707087</t>
+          <t>9789750716126</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tomek Tersine Akan Nehir 1. Kitap</t>
+          <t>Uçamayan Kuş Baykuş</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789750710797</t>
+          <t>9789750713521</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Televizyona Düşen Çocuk Gip</t>
+          <t>Türk Yazarlarından Çocukluk Anıları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789750715822</t>
+          <t>9789750712944</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Çocuk</t>
+          <t>Toto’nun Sınıfı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789750714696</t>
+          <t>9789750713040</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Olmakla Nasıl Baş Etsem?</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789750711671</t>
+          <t>9789750707087</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kız ve Büyülü Elma</t>
+          <t>Tomek Tersine Akan Nehir 1. Kitap</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789750706783</t>
+          <t>9789750710797</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şarkını Denizlere Söyle</t>
+          <t>Televizyona Düşen Çocuk Gip</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789750706769</t>
+          <t>9789750715822</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Suşa ile Kiki Yerle Gök Arasında</t>
+          <t>Tekerlekli Çocuk</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789750717918</t>
+          <t>9789750714696</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Su Kardeşler</t>
+          <t>Tek Çocuk Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789750714160</t>
+          <t>9789750711671</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Soytarının Tuhaf Hikayeleri</t>
+          <t>Şeker Kız ve Büyülü Elma</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755104850</t>
+          <t>9789750706783</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Soğan Oğlan</t>
+          <t>Şarkını Denizlere Söyle</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>380</v>
+        <v>315</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789750706172</t>
+          <t>9789750706769</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mozart</t>
+          <t>Suşa ile Kiki Yerle Gök Arasında</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789750711589</t>
+          <t>9789750717918</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çikolatalı Yolculuklar</t>
+          <t>Su Kardeşler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755109978</t>
+          <t>9789750714160</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Soytarının Tuhaf Hikayeleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789750703720</t>
+          <t>9789755104850</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Selo’nun Kuşları</t>
+          <t>Soğan Oğlan</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789750703270</t>
+          <t>9789750706172</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Sihirli Mozart</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755109114</t>
+          <t>9789750711589</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sayı Şeytanı</t>
+          <t>Sıcak Çikolatalı Yolculuklar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789750708688</t>
+          <t>9789755109978</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Renkli Öcüler</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789750713439</t>
+          <t>9789750703720</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Kırmızı Balonu</t>
+          <t>Selo’nun Kuşları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755103099</t>
+          <t>9789750703270</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Bisikleti 2</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789750711176</t>
+          <t>9789755109114</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Armağanları</t>
+          <t>Sayı Şeytanı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755100098</t>
+          <t>9789750708688</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’a Bir Öpücük</t>
+          <t>Renkli Öcüler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755103112</t>
+          <t>9789750713439</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Tatilde</t>
+          <t>Pıtırcık’ın Kırmızı Balonu</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755100074</t>
+          <t>9789755103099</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Satranç Oynuyor</t>
+          <t>Pıtırcık’ın Bisikleti 2</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755100005</t>
+          <t>9789750711176</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Pazara Gidiyor</t>
+          <t>Pıtırcık’ın Armağanları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789750712449</t>
+          <t>9789755100098</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tobia ve Melek</t>
+          <t>Pıtırcık’a Bir Öpücük</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789750762765</t>
+          <t>9789755103112</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Misi Sultan Efsanesi</t>
+          <t>Pıtırcık Tatilde</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789750762741</t>
+          <t>9789755100074</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hortum Akıllı</t>
+          <t>Pıtırcık Satranç Oynuyor</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789750761911</t>
+          <t>9789755100005</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk'ten Küçük Öyküler Seti</t>
+          <t>Pıtırcık Pazara Gidiyor</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789750759994</t>
+          <t>9789750712449</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Veda Turtası</t>
+          <t>Tobia ve Melek</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789750761997</t>
+          <t>9789750762765</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Rap Rap Rapunzel - Sayfayı Çevir 2</t>
+          <t>Misi Sultan Efsanesi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789750762000</t>
+          <t>9789750762741</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Bütün Sene Bayram</t>
+          <t>Hortum Akıllı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789750761744</t>
+          <t>9789750761911</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones'un Hayaletleri</t>
+          <t>Büyük Atatürk'ten Küçük Öyküler Seti</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789750760006</t>
+          <t>9789750759994</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans Kitapçısı</t>
+          <t>Veda Turtası</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789750761959</t>
+          <t>9789750761997</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kuşlu Köy (Ciltli)</t>
+          <t>Rap Rap Rapunzel - Sayfayı Çevir 2</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>485</v>
+        <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789750759536</t>
+          <t>9789750762000</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Korsanlar</t>
+          <t>Jip ile Janneke - Bütün Sene Bayram</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789750761645</t>
+          <t>9789750761744</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tablonun İzinde - Cafer Black 1</t>
+          <t>Aveline Jones'un Hayaletleri</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789750761638</t>
+          <t>9789750760006</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Abim Benjamin</t>
+          <t>İkinci Şans Kitapçısı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789750761751</t>
+          <t>9789750761959</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Hayvanlarla Beraber</t>
+          <t>Kuşlu Köy (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>205</v>
+        <v>485</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789750761263</t>
+          <t>9789750759536</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kulübemiz Tehlikede!</t>
+          <t>Balıkçı Korsanlar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789750761256</t>
+          <t>9789750761645</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kapibaralar</t>
+          <t>Kayıp Tablonun İzinde - Cafer Black 1</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789750759055</t>
+          <t>9789750761638</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Aydede Peynir Değildir</t>
+          <t>Abim Benjamin</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789750761188</t>
+          <t>9789750761751</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Aydın: Bir Beyaz Balinanın Gerçek Hikayesi (Ciltli)</t>
+          <t>Jip ile Janneke - Hayvanlarla Beraber</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789750761171</t>
+          <t>9789750761263</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yerinde - Dönüşüm 2</t>
+          <t>Kulübemiz Tehlikede!</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789750760662</t>
+          <t>9789750761256</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve Çöp Adası</t>
+          <t>Kapibaralar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789750761164</t>
+          <t>9789750759055</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Derin Orman (Ciltli)</t>
+          <t>Aydede Peynir Değildir</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789750759529</t>
+          <t>9789750761188</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Konağın Gizemi</t>
+          <t>Aydın: Bir Beyaz Balinanın Gerçek Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>205</v>
+        <v>345</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789750760143</t>
+          <t>9789750761171</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Yerli Yerinde - Dönüşüm 2</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789750760013</t>
+          <t>9789750760662</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder Okul Yolunda</t>
+          <t>Tindimler ve Çöp Adası</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789750759031</t>
+          <t>9789750761164</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Oman'ın Güzel Kalemi</t>
+          <t>Derin Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789750759512</t>
+          <t>9789750759529</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Fısıldayıcılar Şehri</t>
+          <t>Tarihi Konağın Gizemi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>355</v>
+        <v>205</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789750754104</t>
+          <t>9789750760143</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Gözcü Kulesinde - Öteden Beri 1</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>355</v>
+        <v>130</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789750759024</t>
+          <t>9789750760013</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Beraber Oynayalım mı?</t>
+          <t>Anneanne ile Frieder Okul Yolunda</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789750759048</t>
+          <t>9789750759031</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>101 Kısa Halk Hikayesi</t>
+          <t>Oman'ın Güzel Kalemi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789750757860</t>
+          <t>9789750759512</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Volkanik Patlamalar ve Taşan Okyanuslar (Ciltli)</t>
+          <t>Kepler62: Yeni Dünya / Fısıldayıcılar Şehri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>485</v>
+        <v>355</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789750758713</t>
+          <t>9789750754104</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Mahalleyi Kurtarmanın Yolları</t>
+          <t>Gözcü Kulesinde - Öteden Beri 1</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789750758706</t>
+          <t>9789750759024</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Bay Evdeyokum'un Post-it'leri</t>
+          <t>Jip ile Janneke - Beraber Oynayalım mı?</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789750758201</t>
+          <t>9789750759048</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Friederin Yepyeni Maceraları</t>
+          <t>101 Kısa Halk Hikayesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789750757051</t>
+          <t>9789750757860</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak - Dönüşüm 1</t>
+          <t>Volkanik Patlamalar ve Taşan Okyanuslar (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>275</v>
+        <v>485</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789750747175</t>
+          <t>9789750758713</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Oz Büyücüsü</t>
+          <t>Mahalleyi Kurtarmanın Yolları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789750757853</t>
+          <t>9789750758706</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Siyah Rüya Taşı</t>
+          <t>Bay Evdeyokum'un Post-it'leri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789750757655</t>
+          <t>9789750758201</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Öncü Doktor Hipokrat</t>
+          <t>Anneanne ile Friederin Yepyeni Maceraları</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789750755620</t>
+          <t>9789750757051</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Tek Başına / Sayfayı Çevir 1</t>
+          <t>Tepetaklak - Dönüşüm 1</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789750756535</t>
+          <t>9789750747175</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Pergamon'un Kayıp Hazinesi</t>
+          <t>Muhteşem Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789750757068</t>
+          <t>9789750757853</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Ustaların Ustası - Selin</t>
+          <t>Siyah Rüya Taşı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789750756542</t>
+          <t>9789750757655</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız Kardeşim</t>
+          <t>Öncü Doktor Hipokrat</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>890</v>
+        <v>205</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789750755613</t>
+          <t>9789750755620</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Biri Şu Sayıları Toplasın</t>
+          <t>Ormanda Tek Başına / Sayfayı Çevir 1</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789750754555</t>
+          <t>9789750756535</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Aritmetik İyi Kuşlar Pekiyi</t>
+          <t>Pergamon'un Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789750754715</t>
+          <t>9789750757068</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Marsık ve Ben</t>
+          <t>Ustaların Ustası - Selin</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789750752704</t>
+          <t>9789750756542</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ay Tavşanı, Dedem ve Ben</t>
+          <t>Kardan Kız Kardeşim</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>200</v>
+        <v>890</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789750754890</t>
+          <t>9789750755613</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder'in Yeni Maceraları</t>
+          <t>Biri Şu Sayıları Toplasın</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789750755637</t>
+          <t>9789750754555</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Pisagor ve Şu Lanet Sayı</t>
+          <t>Aritmetik İyi Kuşlar Pekiyi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789750755309</t>
+          <t>9789750754715</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Harold Kuzey Kutbu'nda</t>
+          <t>Marsık ve Ben</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789750755286</t>
+          <t>9789750752704</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Odasına Bir Resim</t>
+          <t>Ay Tavşanı, Dedem ve Ben</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789750755255</t>
+          <t>9789750754890</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Sirki</t>
+          <t>Anneanne ile Frieder'in Yeni Maceraları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789750753794</t>
+          <t>9789750755637</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil, Böyle!</t>
+          <t>Pisagor ve Şu Lanet Sayı</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789750752698</t>
+          <t>9789750755309</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Selin Püsküllü Bela</t>
+          <t>Harold Kuzey Kutbu'nda</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789750753855</t>
+          <t>9789750755286</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Göğe Yolculuğu</t>
+          <t>Harold'ın Odasına Bir Resim</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789750753671</t>
+          <t>9789750755255</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Masalı</t>
+          <t>Harold'ın Sirki</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789750753664</t>
+          <t>9789750753794</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Harold ve Mor Tebeşir</t>
+          <t>Öyle Değil, Böyle!</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789750752520</t>
+          <t>9789750752698</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Yazının Dansı</t>
+          <t>Selin Püsküllü Bela</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789750752681</t>
+          <t>9789750753855</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder</t>
+          <t>Harold'ın Göğe Yolculuğu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789750751899</t>
+          <t>9789750753671</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Hatıraları Saklama Sandığı</t>
+          <t>Harold'ın Masalı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789750752537</t>
+          <t>9789750753664</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Çalçene'den Öyküler</t>
+          <t>Harold ve Mor Tebeşir</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789750751882</t>
+          <t>9789750752520</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya - Ada</t>
+          <t>Yazının Dansı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789750749179</t>
+          <t>9789750752681</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Dev Bir Benek</t>
+          <t>Anneanne ile Frieder</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789750750311</t>
+          <t>9789750751899</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bulut ve Selis Haykırdı: Ağaçlarımıza Ne Oldu? - Alfabe Bulutu 4</t>
+          <t>Hatıraları Saklama Sandığı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789750750328</t>
+          <t>9789750752537</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hayat Benim Bildiğim Kadar Mı? - Alfabe Bulutu 5</t>
+          <t>Çalçene'den Öyküler</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789750751875</t>
+          <t>9789750751882</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Güzelim Öyküler</t>
+          <t>Kepler62: Yeni Dünya - Ada</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789750751325</t>
+          <t>9789750749179</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almadan</t>
+          <t>Dev Bir Benek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>236</v>
+        <v>205</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789750750304</t>
+          <t>9789750750311</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Virgül Nerdesin? - Alfabe Bulutu 3</t>
+          <t>Bulut ve Selis Haykırdı: Ağaçlarımıza Ne Oldu? - Alfabe Bulutu 4</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789750748998</t>
+          <t>9789750750328</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Kitabı</t>
+          <t>Hayat Benim Bildiğim Kadar Mı? - Alfabe Bulutu 5</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789750750298</t>
+          <t>9789750751875</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya - İki Kabile</t>
+          <t>Güzelim Öyküler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>355</v>
+        <v>285</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789750749193</t>
+          <t>9789750751325</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Noktalarım Olmadan Ne Yapacağım? - Alfabe Bulutu 2</t>
+          <t>Nefes Almadan</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>200</v>
+        <v>236</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789750749186</t>
+          <t>9789750750304</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ya Başkası Olsaydım? - Alfabe Bulutu 1</t>
+          <t>Virgül Nerdesin? - Alfabe Bulutu 3</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789750747823</t>
+          <t>9789750748998</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı, Canavarlar Geldiğinde</t>
+          <t>İnci'nin Kitabı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789750749162</t>
+          <t>9789750750298</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar Kumsalı</t>
+          <t>Kepler62: Yeni Dünya - İki Kabile</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789750749001</t>
+          <t>9789750749193</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben, Elma Ağacı</t>
+          <t>Noktalarım Olmadan Ne Yapacağım? - Alfabe Bulutu 2</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789750747830</t>
+          <t>9789750749186</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İlginç Bir Şey Yapmalıyız</t>
+          <t>Ya Başkası Olsaydım? - Alfabe Bulutu 1</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789750748981</t>
+          <t>9789750747823</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gökte Bir Tekne (Ciltli)</t>
+          <t>Gece Yarısı, Canavarlar Geldiğinde</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>430</v>
+        <v>276</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789750748608</t>
+          <t>9789750749162</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Bakanlığı</t>
+          <t>Aylaklar Kumsalı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789750747038</t>
+          <t>9789750749001</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Bir Problem Bin Çözüm</t>
+          <t>Sen, Ben, Elma Ağacı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789750747793</t>
+          <t>9789750747830</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Krala Mektup</t>
+          <t>İlginç Bir Şey Yapmalıyız</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>465</v>
+        <v>215</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789750747816</t>
+          <t>9789750748981</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yeni Futbol Antrenörü</t>
+          <t>Gökte Bir Tekne (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789750746796</t>
+          <t>9789750748608</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Kötü Örnek</t>
+          <t>Çözüm Bakanlığı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789750747526</t>
+          <t>9789750747038</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Pullarla Atatürk: Hayatı ve Mücadelesi (1881-1938) (Ciltli)</t>
+          <t>Bir Problem Bin Çözüm</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>530</v>
+        <v>195</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789750747052</t>
+          <t>9789750747793</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Bakan</t>
+          <t>Krala Mektup</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789750747069</t>
+          <t>9789750747816</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bugünlerde Herkesin Adı Affedersin</t>
+          <t>Yeni Futbol Antrenörü</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789750746802</t>
+          <t>9789750746796</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Çayırın En Tuhaf Yuvası</t>
+          <t>Benim Babam Kötü Örnek</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789750745409</t>
+          <t>9789750747526</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Diyarı</t>
+          <t>Pullarla Atatürk: Hayatı ve Mücadelesi (1881-1938) (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>205</v>
+        <v>530</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789750742552</t>
+          <t>9789750747052</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Miryalı Sarp Sakin'e Göre Dünya</t>
+          <t>Acayip Bir Bakan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789750742095</t>
+          <t>9789750747069</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Martılarımın Adları Tahir ile Zühre</t>
+          <t>Bugünlerde Herkesin Adı Affedersin</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789750742101</t>
+          <t>9789750746802</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Annemle Babam Sınıfta!</t>
+          <t>Çayırın En Tuhaf Yuvası</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789750742033</t>
+          <t>9789750745409</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar 4 - Kaptan Nero</t>
+          <t>Gölgeler Diyarı</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789750742026</t>
+          <t>9789750742552</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Moda Lila'dan Sorulur - Güzel, Açıkgöz, Cesur Kızlar</t>
+          <t>Miryalı Sarp Sakin'e Göre Dünya</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789750742040</t>
+          <t>9789750742095</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Altınçayır Vadisi'nin Çocukları</t>
+          <t>Martılarımın Adları Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789750741838</t>
+          <t>9789750742101</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Binbir At Masalı (Ciltli)</t>
+          <t>Annemle Babam Sınıfta!</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789750741821</t>
+          <t>9789750742033</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Sır (Ciltli)</t>
+          <t>Sezer ve Tozar 4 - Kaptan Nero</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789750741845</t>
+          <t>9789750742026</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Aynasız Ev</t>
+          <t>Moda Lila'dan Sorulur - Güzel, Açıkgöz, Cesur Kızlar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789750741654</t>
+          <t>9789750742040</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Bir Ses</t>
+          <t>Altınçayır Vadisi'nin Çocukları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789750741494</t>
+          <t>9789750741838</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Hafızası</t>
+          <t>Binbir At Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789750741463</t>
+          <t>9789750741821</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Sirk Kızı</t>
+          <t>Kepler62: Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789750741487</t>
+          <t>9789750741845</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Ejder - Lumpi Lumpi Arkadaşım Ejderha</t>
+          <t>Aynasız Ev</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789750741470</t>
+          <t>9789750741654</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kaplan ve Cambaz</t>
+          <t>Rengarenk Bir Ses</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789750741241</t>
+          <t>9789750741494</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Cotturuk Defterleri</t>
+          <t>Ağacın Hafızası</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789750741258</t>
+          <t>9789750741463</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Çocuklar</t>
+          <t>Sirk Kızı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789750741142</t>
+          <t>9789750741487</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bir Aslan İstiyorum (Ciltli)</t>
+          <t>Güzel ve Ejder - Lumpi Lumpi Arkadaşım Ejderha</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>485</v>
+        <v>170</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789750741135</t>
+          <t>9789750741470</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Bir Yuva</t>
+          <t>Kaplan ve Cambaz</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789750740848</t>
+          <t>9789750741241</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Virüs</t>
+          <t>Cotturuk Defterleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>345</v>
+        <v>185</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789750740831</t>
+          <t>9789750741258</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Mario'nun Uçak Koltuğu - Sezer ve Tozar 3</t>
+          <t>Kıyıdaki Çocuklar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789750740657</t>
+          <t>9789750741142</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Zamanı</t>
+          <t>Bir Aslan İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>184</v>
+        <v>485</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789750739682</t>
+          <t>9789750741135</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Saklambaç</t>
+          <t>Sıcacık Bir Yuva</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789750740305</t>
+          <t>9789750740848</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Değirmenler Vadisi</t>
+          <t>Kepler 62: Virüs</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>345</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789750740312</t>
+          <t>9789750740831</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kütüphaneci</t>
+          <t>Mario'nun Uçak Koltuğu - Sezer ve Tozar 3</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789750740176</t>
+          <t>9789750740657</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Evine Döndüğü Gün</t>
+          <t>Kırlangıç Zamanı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789750739668</t>
+          <t>9789750739682</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Prens Oleomargarin'in Aşırılması (Ciltli)</t>
+          <t>Boğaziçi'nde Saklambaç</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789750740169</t>
+          <t>9789750740305</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ada (Ciltli)</t>
+          <t>Değirmenler Vadisi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789750740138</t>
+          <t>9789750740312</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Yeni Öğretmen</t>
+          <t>Gizemli Kütüphaneci</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789750739675</t>
+          <t>9789750740176</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Öncüler</t>
+          <t>Herkesin Evine Döndüğü Gün</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789750739323</t>
+          <t>9789750739668</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kral Kılıçbalığı - Sihirlialem Geçitleri 2</t>
+          <t>Prens Oleomargarin'in Aşırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789750739316</t>
+          <t>9789750740169</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Müzik Canavarı - Lumpi Lumpi Arkadaşım Ejderha 7</t>
+          <t>Ada (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789750739040</t>
+          <t>9789750740138</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Buz Ejderhası</t>
+          <t>Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789750738838</t>
+          <t>9789750739675</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Çocukları</t>
+          <t>Kepler 62: Öncüler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>525</v>
+        <v>285</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789750738593</t>
+          <t>9789750739323</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bobbo, Ne Yapıyorsun?</t>
+          <t>Kral Kılıçbalığı - Sihirlialem Geçitleri 2</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789750738418</t>
+          <t>9789750739316</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu ve Kargalar</t>
+          <t>Müzik Canavarı - Lumpi Lumpi Arkadaşım Ejderha 7</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789750739149</t>
+          <t>9789750739040</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kusha ve İnciler</t>
+          <t>Buz Ejderhası</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789750738104</t>
+          <t>9789750738838</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Batık Şehrin İşareti - Bolbadim Günlükleri 2</t>
+          <t>Dünyanın En Berbat Çocukları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789750738111</t>
+          <t>9789750738593</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kaya Çıkmaz'ındaki Okul - Bolbadim Günlükleri 1</t>
+          <t>Bobbo, Ne Yapıyorsun?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789750738821</t>
+          <t>9789750738418</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Güzel Çiçekleri</t>
+          <t>Akkuzu Karakuzu ve Kargalar</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789750738128</t>
+          <t>9789750739149</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Kapısı - Bolbadim Günlükleri 3</t>
+          <t>Kusha ve İnciler</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789750738708</t>
+          <t>9789750738104</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Deniz Olmak</t>
+          <t>Batık Şehrin İşareti - Bolbadim Günlükleri 2</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789750738678</t>
+          <t>9789750738111</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yolculuk</t>
+          <t>Kaya Çıkmaz'ındaki Okul - Bolbadim Günlükleri 1</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>315</v>
+        <v>255</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789750738692</t>
+          <t>9789750738821</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Jülyet</t>
+          <t>Anneannemin Güzel Çiçekleri</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789750738586</t>
+          <t>9789750738128</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bobbo Macera Peşinde</t>
+          <t>Kıyamet Kapısı - Bolbadim Günlükleri 3</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789750738425</t>
+          <t>9789750738708</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Pluk ve Kırmızı Çekicisi (Ciltli)</t>
+          <t>Yeniden Deniz Olmak</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789750738098</t>
+          <t>9789750738678</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar 2 - Öfkeli Dostlar</t>
+          <t>Kepler62: Yolculuk</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789750737602</t>
+          <t>9789750738692</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Korkunç İkizler</t>
+          <t>Romeo ve Jülyet</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789750737596</t>
+          <t>9789750738586</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar - Çomar Amca'nın Mirası</t>
+          <t>Bobbo Macera Peşinde</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789750737473</t>
+          <t>9789750738425</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Büyükbaba'nın Müthiş Firarı</t>
+          <t>Pluk ve Kırmızı Çekicisi (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789750737572</t>
+          <t>9789750738098</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Yokhayvanlar (Ciltli)</t>
+          <t>Sezer ve Tozar 2 - Öfkeli Dostlar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789750736759</t>
+          <t>9789750737602</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İdil Biret: Dans Eden Parmaklar</t>
+          <t>Korkunç İkizler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789750737480</t>
+          <t>9789750737596</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ailenin En Yaramazı</t>
+          <t>Sezer ve Tozar - Çomar Amca'nın Mirası</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789750737053</t>
+          <t>9789750737473</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adım Adım Satranç (Ciltli)</t>
+          <t>Büyükbaba'nın Müthiş Firarı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>655</v>
+        <v>550</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789750737381</t>
+          <t>9789750737572</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>O Ağustos Günü</t>
+          <t>Yokhayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>196</v>
+        <v>300</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789750737374</t>
+          <t>9789750736759</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyadan Gelen Kız</t>
+          <t>İdil Biret: Dans Eden Parmaklar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789750736896</t>
+          <t>9789750737480</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Gün Bey'in Penceresi</t>
+          <t>Ailenin En Yaramazı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789750737046</t>
+          <t>9789750737053</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Floddertje (Ciltli)</t>
+          <t>Çocuklar İçin Adım Adım Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>860</v>
+        <v>655</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789750736902</t>
+          <t>9789750737381</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Mektuplar (Özel Baskı) (Ciltli)</t>
+          <t>O Ağustos Günü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>485</v>
+        <v>196</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789750736834</t>
+          <t>9789750737374</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gün (Ciltli)</t>
+          <t>Başka Dünyadan Gelen Kız</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789750736544</t>
+          <t>9789750736896</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Çalılar Diyarı- Sihrialem Geçitleri 1</t>
+          <t>Gün Bey'in Penceresi</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789750736735</t>
+          <t>9789750737046</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kitap</t>
+          <t>Floddertje (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>345</v>
+        <v>860</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789750736216</t>
+          <t>9789750736902</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Gri) (Ciltli)</t>
+          <t>Vanilya Kokulu Mektuplar (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>405</v>
+        <v>485</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789750736230</t>
+          <t>9789750736834</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Turuncu) (Ciltli)</t>
+          <t>Sıradan Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>405</v>
+        <v>460</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789750736223</t>
+          <t>9789750736544</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Mavi) (Ciltli)</t>
+          <t>Çalılar Diyarı- Sihrialem Geçitleri 1</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>405</v>
+        <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789750736537</t>
+          <t>9789750736735</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Elveda Bay Muffin (Ciltli)</t>
+          <t>Vahşi Kitap</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>405</v>
+        <v>345</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789750736322</t>
+          <t>9789750736216</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kazım’ın Sağ Yanağı</t>
+          <t>Küçük Prens - Özel Baskı (Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>205</v>
+        <v>405</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789750736520</t>
+          <t>9789750736230</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Bobbo ile Dostları</t>
+          <t>Küçük Prens - Özel Baskı (Turuncu) (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>210</v>
+        <v>405</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789750736339</t>
+          <t>9789750736223</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>101 Tekerleme</t>
+          <t>Küçük Prens - Özel Baskı (Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789750736018</t>
+          <t>9789750736537</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Yüzme Antrenörü</t>
+          <t>Elveda Bay Muffin (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>288</v>
+        <v>405</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789750736025</t>
+          <t>9789750736322</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kız İşi Oğlan İşi</t>
+          <t>Kaptan Kazım’ın Sağ Yanağı</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789750735806</t>
+          <t>9789750736520</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuğun Rüyası - Ekimus Serüvenleri 3</t>
+          <t>Ayıcık Bobbo ile Dostları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789750735820</t>
+          <t>9789750736339</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kökenler Labirenti - Pera Günlükleri 5</t>
+          <t>101 Tekerleme</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>305</v>
+        <v>220</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789750735813</t>
+          <t>9789750736018</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Gerisayım</t>
+          <t>Korkunç Yüzme Antrenörü</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>345</v>
+        <v>288</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789750735790</t>
+          <t>9789750736025</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Elden Süt Memeden</t>
+          <t>Kız İşi Oğlan İşi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789750735295</t>
+          <t>9789750735806</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Çok Evin Yok Kedisi</t>
+          <t>Her Çocuğun Rüyası - Ekimus Serüvenleri 3</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789750735264</t>
+          <t>9789750735820</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kola Fıskiyeleri ve Sıçrayan Boya Bombaları (Ciltli)</t>
+          <t>Kökenler Labirenti - Pera Günlükleri 5</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>755</v>
+        <v>305</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789750735271</t>
+          <t>9789750735813</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Mandolin Çalan Pangolin</t>
+          <t>Kepler 62: Gerisayım</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789750735035</t>
+          <t>9789750735790</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Melo</t>
+          <t>Ekmek Elden Süt Memeden</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789750735028</t>
+          <t>9789750735295</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kelimeleri</t>
+          <t>Çok Evin Yok Kedisi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789750734816</t>
+          <t>9789750735264</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmam Bulut Şimdi (Ciltli)</t>
+          <t>Kola Fıskiyeleri ve Sıçrayan Boya Bombaları (Ciltli)</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>485</v>
+        <v>755</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789750734472</t>
+          <t>9789750735271</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Nasreddin Hoca</t>
+          <t>Mandolin Çalan Pangolin</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789750734496</t>
+          <t>9789750735035</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yeleli Kedi Çocuk</t>
+          <t>Melo</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789750734489</t>
+          <t>9789750735028</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Davetiye</t>
+          <t>Annemin Kelimeleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789750733949</t>
+          <t>9789750734816</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar 3</t>
+          <t>Uçurtmam Bulut Şimdi (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>100</v>
+        <v>485</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789750734304</t>
+          <t>9789750734472</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Bitiren Sinek</t>
+          <t>Arkadaşım Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789750733925</t>
+          <t>9789750734496</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bir Puding Hikayesi</t>
+          <t>Uzun Yeleli Kedi Çocuk</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789750733932</t>
+          <t>9789750734489</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Sams</t>
+          <t>Kepler62: Davetiye</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789750733956</t>
+          <t>9789750733949</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Kedileri (Özel Baskı) (Ciltli)</t>
+          <t>Rüya Dalgıçları İçin Masallar 3</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>485</v>
+        <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789750733567</t>
+          <t>9789750734304</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Burun Giysisi</t>
+          <t>Savaşı Bitiren Sinek</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789750733543</t>
+          <t>9789750733925</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Köye Yazar Geldi</t>
+          <t>Bir Puding Hikayesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>179</v>
+        <v>160</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789750706240</t>
+          <t>9789750733932</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Yonca Kız</t>
+          <t>Şanslı Sams</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789755100937</t>
+          <t>9789750733956</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sınıf</t>
+          <t>Dünyanın Bütün Kedileri (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>265</v>
+        <v>485</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789750733475</t>
+          <t>9789750733567</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Burun Giysisi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789750733017</t>
+          <t>9789750733543</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Uçankuş'tan Al Haberi</t>
+          <t>Köye Yazar Geldi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>240</v>
+        <v>179</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789750733031</t>
+          <t>9789750706240</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kutusundaki Martı</t>
+          <t>Yonca Kız</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789755100821</t>
+          <t>9789755100937</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yele</t>
+          <t>Uçan Sınıf</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789750733000</t>
+          <t>9789750733475</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Topaç</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789750733024</t>
+          <t>9789750733017</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 3: Kükreyen Kırklar</t>
+          <t>Uçankuş'tan Al Haberi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789750726408</t>
+          <t>9789750733031</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Söyledin Emily</t>
+          <t>Bisküvi Kutusundaki Martı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789750732881</t>
+          <t>9789755100821</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Şekerli Sinek - Mavi Orman Yolunda</t>
+          <t>Beyaz Yele</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789750732706</t>
+          <t>9789750733000</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Alvin Amca ve Sams</t>
+          <t>Uyuyan Topaç</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789750732713</t>
+          <t>9789750733024</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tüy</t>
+          <t>Yedi Denizlerde 3: Kükreyen Kırklar</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789750732539</t>
+          <t>9789750726408</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello’nun Yeni Maceraları 2</t>
+          <t>İyi ki Söyledin Emily</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789750732553</t>
+          <t>9789750732881</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İstanbul</t>
+          <t>Şekerli Sinek - Mavi Orman Yolunda</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789750732287</t>
+          <t>9789750732706</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Döndüren Kız</t>
+          <t>Alvin Amca ve Sams</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>213</v>
+        <v>285</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789750732126</t>
+          <t>9789750732713</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bobbo, Nereye Gidiyorsun?</t>
+          <t>Sihirli Tüy</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789750724718</t>
+          <t>9789750732539</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>101 Deyim 101 Öykü</t>
+          <t>Bay Bello’nun Yeni Maceraları 2</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789750724701</t>
+          <t>9789750732553</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>101 Atasözü 101 Öykü</t>
+          <t>Çocuklar İçin İstanbul</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789750732102</t>
+          <t>9789750732287</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Fare Adlı Kedi</t>
+          <t>Dünyayı Döndüren Kız</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>270</v>
+        <v>213</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789750732270</t>
+          <t>9789750732126</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kanadımdaki Deniz</t>
+          <t>Bobbo, Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789750731389</t>
+          <t>9789750724718</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Masal Kurma Oyunu</t>
+          <t>101 Deyim 101 Öykü</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789750731334</t>
+          <t>9789750724701</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hışır Hışır Kırt Kırt</t>
+          <t>101 Atasözü 101 Öykü</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789750731259</t>
+          <t>9789750732102</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Bir Salıncak Macerası</t>
+          <t>Fare Adlı Kedi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789750732133</t>
+          <t>9789750732270</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Kanadımdaki Deniz</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789750732119</t>
+          <t>9789750731389</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kokuşuk Arkadaş</t>
+          <t>Masal Kurma Oyunu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789750730061</t>
+          <t>9789750731334</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Karga Beyaz ve Posbıyık Usta</t>
+          <t>Hışır Hışır Kırt Kırt</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789750728761</t>
+          <t>9789750731259</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu - Ormandaki Dedikodu</t>
+          <t>Bir Salıncak Macerası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789750718960</t>
+          <t>9789750732133</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Hey Küçük!</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789750730078</t>
+          <t>9789750732119</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Düğme</t>
+          <t>Kokuşuk Arkadaş</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789750728754</t>
+          <t>9789750730061</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Hediye</t>
+          <t>Karga Beyaz ve Posbıyık Usta</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789750730054</t>
+          <t>9789750728761</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Ina Mağarada - Güzel Açıkgöz Cesur Kızlar</t>
+          <t>Minik Ayı Vadu - Ormandaki Dedikodu</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789750727764</t>
+          <t>9789750718960</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halk Masalları</t>
+          <t>Hey Küçük!</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>196</v>
+        <v>170</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789750719271</t>
+          <t>9789750730078</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam ve Küçük Hanım</t>
+          <t>Küçük Kırmızı Düğme</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789750728747</t>
+          <t>9789750728754</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello ve Mavi Mucize</t>
+          <t>Acayip Bir Hediye</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789750715587</t>
+          <t>9789750730054</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Kofi Veya Bağışlama Sanatı</t>
+          <t>Ina Mağarada - Güzel Açıkgöz Cesur Kızlar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789750710063</t>
+          <t>9789750727764</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Küçük Deniz</t>
+          <t>Dünya Halk Masalları</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>270</v>
+        <v>196</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789750713576</t>
+          <t>9789750719271</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Ayaklı Çocuk</t>
+          <t>Küçük Adam ve Küçük Hanım</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789750710100</t>
+          <t>9789750728747</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Koca Sevimli Dev</t>
+          <t>Bay Bello ve Mavi Mucize</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789750727771</t>
+          <t>9789750715587</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Karadan Kaçanlar</t>
+          <t>Kofi Veya Bağışlama Sanatı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789750726071</t>
+          <t>9789750710063</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>101 Ninni</t>
+          <t>Kocaman Küçük Deniz</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789750726392</t>
+          <t>9789750713576</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha 6: Kraliçe Lapalapa ve Yedi Ejderha</t>
+          <t>Kocaman Ayaklı Çocuk</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789750707612</t>
+          <t>9789750710100</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Fil</t>
+          <t>Koca Sevimli Dev</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789750702822</t>
+          <t>9789750727771</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmam Bulut Şimdi</t>
+          <t>Karadan Kaçanlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789750714351</t>
+          <t>9789750726071</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Değirmenci ile Baykuş</t>
+          <t>101 Ninni</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789750702853</t>
+          <t>9789750726392</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Dedikoduyu Sever</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha 6: Kraliçe Lapalapa ve Yedi Ejderha</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789750712661</t>
+          <t>9789750707612</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Dalgacık ile Yakamozun Masalı</t>
+          <t>Uyurgezer Fil</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789750709678</t>
+          <t>9789750702822</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kuğuların Türküsü</t>
+          <t>Uçurtmam Bulut Şimdi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789755100982</t>
+          <t>9789750714351</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Çikolata Fabrikası</t>
+          <t>Değirmenci ile Baykuş</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789755102559</t>
+          <t>9789750702853</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Büyük Cam Asansörü</t>
+          <t>Dalgalar Dedikoduyu Sever</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789750701665</t>
+          <t>9789750712661</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Babamın Gözleri Kedi Gözleri</t>
+          <t>Dalgacık ile Yakamozun Masalı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789750725869</t>
+          <t>9789750709678</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Sams Tehlikede</t>
+          <t>Kuğuların Türküsü</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789750702976</t>
+          <t>9789755100982</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kuşa Ne Oldu</t>
+          <t>Charlie’nin Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789755108049</t>
+          <t>9789755102559</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dev Şeftali</t>
+          <t>Charlie’nin Büyük Cam Asansörü</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789750714689</t>
+          <t>9789750701665</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Denizi Düşleyen Prenses</t>
+          <t>Babamın Gözleri Kedi Gözleri</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789750715785</t>
+          <t>9789750725869</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Boşboğaz Fred</t>
+          <t>Sams Tehlikede</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789750764288</t>
+          <t>9789750702976</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Savaş - Çatalhöyük Öyküleri 3</t>
+          <t>Pembe Kuşa Ne Oldu</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789750715761</t>
+          <t>9789755108049</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bin Yokmuş</t>
+          <t>Dev Şeftali</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789750714306</t>
+          <t>9789750714689</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Bir Telefonluk Masallar</t>
+          <t>Denizi Düşleyen Prenses</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789750725852</t>
+          <t>9789750715785</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu Lunaparkta</t>
+          <t>Boşboğaz Fred</t>
         </is>
       </c>
       <c r="C754" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789750725791</t>
+          <t>9789750764288</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Matbaacılık Oyuncağı</t>
+          <t>Bolluk ve Savaş - Çatalhöyük Öyküleri 3</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789750726088</t>
+          <t>9789750715761</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Miks Maks ve Meks'in Öyküsü</t>
+          <t>Bir Varmış Bin Yokmuş</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789750726125</t>
+          <t>9789750714306</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bayan Kaz Bale Yapıyor</t>
+          <t>Bir Telefonluk Masallar</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789750725753</t>
+          <t>9789750725852</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Gölgeler Değişiyor!</t>
+          <t>Akkuzu Karakuzu Lunaparkta</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789750725760</t>
+          <t>9789750725791</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Bacası</t>
+          <t>Matbaacılık Oyuncağı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789750725784</t>
+          <t>9789750726088</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fil’i Gördünüz mü?</t>
+          <t>Miks Maks ve Meks'in Öyküsü</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789750725609</t>
+          <t>9789750726125</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Okul Yılları 3</t>
+          <t>Bayan Kaz Bale Yapıyor</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789750726064</t>
+          <t>9789750725753</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sakız Çiğneyen Kedi</t>
+          <t>Eyvah, Gölgeler Değişiyor!</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789750715037</t>
+          <t>9789750725760</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerle Dalga Geçme Dersleri</t>
+          <t>Fırtına Bacası</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789750710094</t>
+          <t>9789750725784</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne ve Miyop Ejderha</t>
+          <t>Kırmızı Fil’i Gördünüz mü?</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789750717765</t>
+          <t>9789750725609</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 3</t>
+          <t>Günışığına Yolculuk - Okul Yılları 3</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789750710803</t>
+          <t>9789750726064</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 2</t>
+          <t>Sakız Çiğneyen Kedi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789750710629</t>
+          <t>9789750715037</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 1</t>
+          <t>Büyüklerle Dalga Geçme Dersleri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789750725265</t>
+          <t>9789750710094</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Arkadaş</t>
+          <t>Büyükanne ve Miyop Ejderha</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789750725227</t>
+          <t>9789750717765</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Düş Deposu</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 3</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789750725234</t>
+          <t>9789750710803</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Babamla Beter Amcanın Maceraları</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 2</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789750725241</t>
+          <t>9789750710629</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bir Keloğlan Bir de Eşeği</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 1</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789750719776</t>
+          <t>9789750725265</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Polar Yeleğin Dünya Seyahati</t>
+          <t>Ormandaki Arkadaş</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789750724923</t>
+          <t>9789750725227</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Günlüğü</t>
+          <t>Düş Deposu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789750724909</t>
+          <t>9789750725234</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Eldivenlerimi Kim Çalıyor?</t>
+          <t>Yaramaz Babamla Beter Amcanın Maceraları</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789750708039</t>
+          <t>9789750725241</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Zürafa, Peli ve Ben</t>
+          <t>Bir Keloğlan Bir de Eşeği</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789750713194</t>
+          <t>9789750719776</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Zilli Tilki ile Çanlı Goncoloz</t>
+          <t>Polar Yeleğin Dünya Seyahati</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789750710360</t>
+          <t>9789750724923</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kaza</t>
+          <t>Flamingo Günlüğü</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789750703072</t>
+          <t>9789750724909</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Toto ve Şemsiyesi</t>
+          <t>Eldivenlerimi Kim Çalıyor?</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789750713002</t>
+          <t>9789750708039</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Toparlacık Nokta ve Arkadaşları</t>
+          <t>Zürafa, Peli ve Ben</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789755109428</t>
+          <t>9789750713194</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Martıya Uçmayı Öğreten Kedi</t>
+          <t>Zilli Tilki ile Çanlı Goncoloz</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789755101354</t>
+          <t>9789750710360</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Martılar Adası</t>
+          <t>Zamanda Kaza</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789750711169</t>
+          <t>9789750703072</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Marko ile Mirko’nun Serüvenleri</t>
+          <t>Toto ve Şemsiyesi</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789750714191</t>
+          <t>9789750713002</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie ve Atomların Sırrı</t>
+          <t>Toparlacık Nokta ve Arkadaşları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789750703621</t>
+          <t>9789755109428</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Manolito Evinden Ayrılıyor</t>
+          <t>Martıya Uçmayı Öğreten Kedi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789750703584</t>
+          <t>9789755101354</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Sineması</t>
+          <t>Martılar Adası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789750700194</t>
+          <t>9789750711169</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Lastik Pabuçlar</t>
+          <t>Marko ile Mirko’nun Serüvenleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789750701207</t>
+          <t>9789750714191</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeytan</t>
+          <t>Marie Curie ve Atomların Sırrı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789750710575</t>
+          <t>9789750703621</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sırlar</t>
+          <t>Manolito Evinden Ayrılıyor</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789755103082</t>
+          <t>9789750703584</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pıtırcık</t>
+          <t>Mahalle Sineması</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789758440863</t>
+          <t>9789750700194</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kitaplardan Korkan Çocuk</t>
+          <t>Lastik Pabuçlar</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789750704604</t>
+          <t>9789750701207</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Konuklar</t>
+          <t>Küçük Şeytan</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789750710742</t>
+          <t>9789750710575</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Güneş Var</t>
+          <t>Küçük Sırlar</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789750714665</t>
+          <t>9789755103082</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Olan Tonino'nun Maceraları</t>
+          <t>Küçük Pıtırcık</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789750711374</t>
+          <t>9789758440863</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Gelen Pasta</t>
+          <t>Kitaplardan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789750724695</t>
+          <t>9789750704604</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağamın Adı Meraklı</t>
+          <t>Geçmişten Gelen Konuklar</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789750724398</t>
+          <t>9789750710742</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Söz - Düş Makinesi</t>
+          <t>Gözlerinde Güneş Var</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789750719226</t>
+          <t>9789750714665</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Zamanlardan Birinde</t>
+          <t>Görünmez Olan Tonino'nun Maceraları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789750716164</t>
+          <t>9789750711374</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Beraber</t>
+          <t>Gökyüzünden Gelen Pasta</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789755101170</t>
+          <t>9789750724695</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Odisseia - Çocuklar İçin</t>
+          <t>Kaplumbağamın Adı Meraklı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789750710865</t>
+          <t>9789750724398</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Çilekli Dondurma</t>
+          <t>Söz - Düş Makinesi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789750724435</t>
+          <t>9789750719226</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Zamanlardan Birinde</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>115</v>
+        <v>205</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789750724206</t>
+          <t>9789750716164</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Gök, Deniz ve Toprak</t>
+          <t>Çocuklarla Beraber</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789750723438</t>
+          <t>9789755101170</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Eksimus Serüvenleri 2 - Yalancı Cennet</t>
+          <t>Odisseia - Çocuklar İçin</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789750724268</t>
+          <t>9789750710865</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçinde Şerafettin</t>
+          <t>Çilekli Dondurma</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789750722424</t>
+          <t>9789750724435</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Yak’ın Doğum Günü</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789750700989</t>
+          <t>9789750724206</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Ana Anlatıyor</t>
+          <t>Gök, Deniz ve Toprak</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789755100609</t>
+          <t>9789750723438</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Şişkolarla Sıskalar</t>
+          <t>Eksimus Serüvenleri 2 - Yalancı Cennet</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789750716157</t>
+          <t>9789750724268</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 3 - Şuuuttt ve Gooll!</t>
+          <t>Çevrimiçinde Şerafettin</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789750714870</t>
+          <t>9789750722424</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 2</t>
+          <t>Küçük Eşek ve Yak’ın Doğum Günü</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789750713545</t>
+          <t>9789750700989</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 1</t>
+          <t>Tabiat Ana Anlatıyor</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789750712470</t>
+          <t>9789755100609</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Çamur</t>
+          <t>Şişkolarla Sıskalar</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789750710681</t>
+          <t>9789750716157</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kedi Adası</t>
+          <t>Şipşak Bilmeceler 3 - Şuuuttt ve Gooll!</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789750714917</t>
+          <t>9789750714870</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Keçeci Bayram ve Anka Kuşu</t>
+          <t>Şipşak Bilmeceler 2</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789750715082</t>
+          <t>9789750713545</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halklarından Hayvan Masalları</t>
+          <t>Şipşak Bilmeceler 1</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789750710735</t>
+          <t>9789750712470</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Dörtgöz</t>
+          <t>Kedimin Adı Çamur</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789750705090</t>
+          <t>9789750710681</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kedi Adası</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789750705366</t>
+          <t>9789750714917</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Domates Saçlı Kız</t>
+          <t>Keçeci Bayram ve Anka Kuşu</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789750722431</t>
+          <t>9789750715082</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi - Arkadaşım Ejderha 5: Oyuncaklar Ülkesinde</t>
+          <t>Dünya Halklarından Hayvan Masalları</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789750723292</t>
+          <t>9789750710735</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Trik Trak</t>
+          <t>Dörtgöz</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789750723308</t>
+          <t>9789750705090</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bumba ile Bibu</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789750718038</t>
+          <t>9789750705366</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevmeye Devam Et</t>
+          <t>Domates Saçlı Kız</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>213</v>
+        <v>250</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789750719257</t>
+          <t>9789750722431</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İrikıyım Timsah</t>
+          <t>Lumpi Lumpi - Arkadaşım Ejderha 5: Oyuncaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789750718588</t>
+          <t>9789750723292</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar Ülkesi</t>
+          <t>Trik Trak</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789750718465</t>
+          <t>9789750723308</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Normal Nedir?</t>
+          <t>Bumba ile Bibu</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789750722448</t>
+          <t>9789750718038</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Lucia ve Ejderha Fuları</t>
+          <t>Hayatı Sevmeye Devam Et</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>155</v>
+        <v>213</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789750711688</t>
+          <t>9789750719257</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Mızmızlanıyor</t>
+          <t>İrikıyım Timsah</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789755100043</t>
+          <t>9789750718588</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Kampta</t>
+          <t>Yalancılar Ülkesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789755103105</t>
+          <t>9789750718465</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Futbolcu</t>
+          <t>Normal Nedir?</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>173</v>
+        <v>240</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789750711466</t>
+          <t>9789750722448</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri: Pıtırcık Eğleniyor</t>
+          <t>Lucia ve Ejderha Fuları</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789750707681</t>
+          <t>9789750711688</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri 2</t>
+          <t>Pıtırcık Mızmızlanıyor</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>415</v>
+        <v>275</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789750706134</t>
+          <t>9789755100043</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri 1</t>
+          <t>Pıtırcık Kampta</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789750722301</t>
+          <t>9789755103105</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yol Boyunca Renkler</t>
+          <t>Pıtırcık Futbolcu</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>250</v>
+        <v>173</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789750717932</t>
+          <t>9789750711466</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Şekerli Sinek</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri: Pıtırcık Eğleniyor</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789750718458</t>
+          <t>9789750707681</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sams ile Bir Hafta</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri 2</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>250</v>
+        <v>415</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789750703300</t>
+          <t>9789750706134</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sakız Kızın Günleri</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri 1</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789750715556</t>
+          <t>9789750722301</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Saçlarında Soru İşaretleri</t>
+          <t>Yol Boyunca Renkler</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789750710421</t>
+          <t>9789750717932</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Üzerindeki Şehir</t>
+          <t>Şekerli Sinek</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789750721830</t>
+          <t>9789750718458</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Üç, İkiii, Birr, Ateş! 2</t>
+          <t>Sams ile Bir Hafta</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789750715273</t>
+          <t>9789750703300</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Paprika</t>
+          <t>Sakız Kızın Günleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789750704963</t>
+          <t>9789750715556</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Pantolonlu Eşek</t>
+          <t>Saçlarında Soru İşaretleri</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789755106106</t>
+          <t>9789750710421</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Palavracı Baron</t>
+          <t>Rüzgarın Üzerindeki Şehir</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789750712050</t>
+          <t>9789750721830</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kaçış</t>
+          <t>Üç, İkiii, Birr, Ateş! 2</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789750722295</t>
+          <t>9789750715273</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bubu’nun Çemberi</t>
+          <t>Paprika</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789750722158</t>
+          <t>9789750704963</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Babam Bir Astronot</t>
+          <t>Pantolonlu Eşek</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789755109695</t>
+          <t>9789755106106</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü (Çıngıraklı) Deve</t>
+          <t>Palavracı Baron</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789750713835</t>
+          <t>9789750712050</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Puldan Taştan Lahanadan</t>
+          <t>Özgürlüğe Kaçış</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789750701696</t>
+          <t>9789750722295</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Puf, Pufpuf, Cuf, Cufcuf ve Cino</t>
+          <t>Bubu’nun Çemberi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789758440498</t>
+          <t>9789750722158</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Babam Bir Astronot</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789755102870</t>
+          <t>9789755109695</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo’nun Serüvenleri</t>
+          <t>Püsküllü (Çıngıraklı) Deve</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789750706189</t>
+          <t>9789750713835</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Pigmeler Ormanı</t>
+          <t>Puldan Taştan Lahanadan</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789750722059</t>
+          <t>9789750701696</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim</t>
+          <t>Puf, Pufpuf, Cuf, Cufcuf ve Cino</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789750711909</t>
+          <t>9789758440498</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle ABC</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789750715976</t>
+          <t>9789755102870</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyene Yolculuk  Coşkun’un Serüvenleri 2</t>
+          <t>Pinokyo’nun Serüvenleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>106</v>
+        <v>150</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789750716003</t>
+          <t>9789750706189</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bilenler Bilmeyenlere Anlatsın</t>
+          <t>Pigmeler Ormanı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789750714009</t>
+          <t>9789750722059</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Bil Beni Bileyim Seni 1</t>
+          <t>Kardeşim</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789750706790</t>
+          <t>9789750711909</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Bıcır’ın Günlüğü</t>
+          <t>Bilmecelerle ABC</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789750715792</t>
+          <t>9789750715976</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Berta ve Girolamo</t>
+          <t>Bilinmeyene Yolculuk  Coşkun’un Serüvenleri 2</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>121</v>
+        <v>106</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789750705618</t>
+          <t>9789750716003</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Az Buçuk Teo</t>
+          <t>Bilenler Bilmeyenlere Anlatsın</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789750700453</t>
+          <t>9789750714009</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden - Alice Harikalar Ülkesinde</t>
+          <t>Bil Beni Bileyim Seni 1</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789750705182</t>
+          <t>9789750706790</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Çocukları</t>
+          <t>Bıcır’ın Günlüğü</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789750716171</t>
+          <t>9789750715792</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Hangi Takımı Tutuyordu?</t>
+          <t>Berta ve Girolamo</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>121</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789750721809</t>
+          <t>9789750705618</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Sınıfı - 2</t>
+          <t>Az Buçuk Teo</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789750721823</t>
+          <t>9789750700453</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 2: İskelet Sahili'ndeki Sır</t>
+          <t>Aynanın İçinden - Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789750721816</t>
+          <t>9789750705182</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Ev</t>
+          <t>Ateşin Çocukları</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789750718618</t>
+          <t>9789750716171</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Prensi Po ile Küçük Kız</t>
+          <t>Atatürk Hangi Takımı Tutuyordu?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789755100791</t>
+          <t>9789750721809</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Gülibik</t>
+          <t>Böcek Orkestrasının Muhteşem Sınıfı - 2</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789750709708</t>
+          <t>9789750721823</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Gülfidan Çiftlikte</t>
+          <t>Yedi Denizlerde 2: İskelet Sahili'ndeki Sır</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789755102887</t>
+          <t>9789750721816</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Kurabiye Ev</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789750709432</t>
+          <t>9789750718618</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 1</t>
+          <t>Gökyüzü Prensi Po ile Küçük Kız</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789750724367</t>
+          <t>9789755100791</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Mektuplar</t>
+          <t>Gülibik</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789750718601</t>
+          <t>9789750709708</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Gazete Fısıltıları</t>
+          <t>Gülfidan Çiftlikte</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789750710377</t>
+          <t>9789755102887</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ev</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789750725135</t>
+          <t>9789750709432</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Pera Günlükleri 4 - Buzlar Şehri</t>
+          <t>Grimm Masalları 1</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789750718984</t>
+          <t>9789750724367</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlıkla Nasıl Baş Etsem?</t>
+          <t>Büyüklere Mektuplar</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789750731709</t>
+          <t>9789750718601</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Hoflipuf</t>
+          <t>Gazete Fısıltıları</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789750718625</t>
+          <t>9789750710377</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Gölgesini Kim Çaldı?</t>
+          <t>Uçan Ev</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789750764318</t>
+          <t>9789750725135</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kardeşliği - Atlantis'in Çocukları 3</t>
+          <t>Pera Günlükleri 4 - Buzlar Şehri</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789750719769</t>
+          <t>9789750718984</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Berk'in Gizli Gücü</t>
+          <t>Başarısızlıkla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789750721625</t>
+          <t>9789750731709</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Amida Ana</t>
+          <t>Hoflipuf</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>94</v>
+        <v>205</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789750718076</t>
+          <t>9789750718625</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Işığın Çocuğu Arel</t>
+          <t>Karagöz'ün Gölgesini Kim Çaldı?</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789750718090</t>
+          <t>9789750764318</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Ali</t>
+          <t>Dünya Kardeşliği - Atlantis'in Çocukları 3</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>8.33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789750715006</t>
+          <t>9789750719769</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Küçük</t>
+          <t>Berk'in Gizli Gücü</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789750709562</t>
+          <t>9789750721625</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Horoz Adam ve Korsan</t>
+          <t>Amida Ana</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>240</v>
+        <v>94</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789750722264</t>
+          <t>9789750718076</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Paolo'nun Düşproblemleri</t>
+          <t>Işığın Çocuğu Arel</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789750722271</t>
+          <t>9789750718090</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kar Üstünde Beyaz Bulut</t>
+          <t>Hoşgeldin Ali</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789750722080</t>
+          <t>9789750715006</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yanık Değirmen</t>
+          <t>Hoşça Kal Küçük</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789750722288</t>
+          <t>9789750709562</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar - 1</t>
+          <t>Horoz Adam ve Korsan</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789750722035</t>
+          <t>9789750722264</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Istanbul For Kids</t>
+          <t>Paolo'nun Düşproblemleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789750719745</t>
+          <t>9789750722271</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Varış 2</t>
+          <t>Kar Üstünde Beyaz Bulut</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789750711015</t>
+          <t>9789750722080</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Alfabe</t>
+          <t>Yanık Değirmen</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789750719783</t>
+          <t>9789750722288</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Hakları Var (5 Kitap Set)</t>
+          <t>Rüya Dalgıçları İçin Masallar - 1</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>910</v>
+        <v>100</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789750719615</t>
+          <t>9789750722035</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kömürcü Çocuk</t>
+          <t>Istanbul For Kids</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789750762307</t>
+          <t>9789750719745</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Kardeşliği - Atlantis'in Çocukları 2</t>
+          <t>Günışığına Yolculuk - Varış 2</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789750702952</t>
+          <t>9789750711015</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>On Beş Türk Masalı</t>
+          <t>Yıldızlı Alfabe</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789750709098</t>
+          <t>9789750719783</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Oleg ya da Kuşatma Altındaki Şehir</t>
+          <t>Çocukların Hakları Var (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>215</v>
+        <v>910</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789750708633</t>
+          <t>9789750719615</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Oklu Kirpi ile Konaklı Kaplumbağa</t>
+          <t>Kömürcü Çocuk</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789755108056</t>
+          <t>9789750762307</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Noktacık ile Anton</t>
+          <t>Kıyı Kardeşliği - Atlantis'in Çocukları 2</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789750706684</t>
+          <t>9789750702952</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kuyruksuz</t>
+          <t>On Beş Türk Masalı</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789755106014</t>
+          <t>9789750709098</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki</t>
+          <t>Oleg ya da Kuşatma Altındaki Şehir</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789750711480</t>
+          <t>9789750708633</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözü</t>
+          <t>Oklu Kirpi ile Konaklı Kaplumbağa</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789750716133</t>
+          <t>9789755108056</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimin Adı Erik</t>
+          <t>Noktacık ile Anton</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789750712210</t>
+          <t>9789750706684</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Kaçış</t>
+          <t>Kuyruksuz</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789750715570</t>
+          <t>9789755106014</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Korsan Şişkobombiş</t>
+          <t>Kurnaz Tilki</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789750715228</t>
+          <t>9789750711480</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Isabelita</t>
+          <t>Kurdun Gözü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789750713972</t>
+          <t>9789750716133</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kedi</t>
+          <t>Köpeğimin Adı Erik</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789750726569</t>
+          <t>9789750712210</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Atla, Bart!</t>
+          <t>Kölelikten Kaçış</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789750719233</t>
+          <t>9789750715570</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İnsan Okur</t>
+          <t>Korsan Şişkobombiş</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789750719264</t>
+          <t>9789750715228</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Korkusuz Isabelita</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789750718045</t>
+          <t>9789750713972</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Mühürlerin Muhafızı - Pera Günlükleri 3</t>
+          <t>Konuşan Kedi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789750718694</t>
+          <t>9789750726569</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Çemberi</t>
+          <t>Atla, Bart!</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789750719004</t>
+          <t>9789750719233</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sams’ın Dönüşü</t>
+          <t>İnsan Okur</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789750719103</t>
+          <t>9789750719264</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 1 - Kanatlı Denizatının Peşinde</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789750719097</t>
+          <t>9789750718045</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler</t>
+          <t>Mühürlerin Muhafızı - Pera Günlükleri 3</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789750719134</t>
+          <t>9789750718694</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Üç Kişilik Ordu - Eksimus Serüvenleri 1</t>
+          <t>Kardeşlik Çemberi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789750719127</t>
+          <t>9789750719004</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Palavracılar Kralı</t>
+          <t>Sams’ın Dönüşü</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789750722455</t>
+          <t>9789750719103</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Özgür Rosto</t>
+          <t>Yedi Denizlerde 1 - Kanatlı Denizatının Peşinde</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789750718847</t>
+          <t>9789750719097</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Hakları Var 2: Anne Ben Yapabilirim</t>
+          <t>Ara Güler</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789750718861</t>
+          <t>9789750719134</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Miço</t>
+          <t>Üç Kişilik Ordu - Eksimus Serüvenleri 1</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789750718854</t>
+          <t>9789750719127</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çaydanlık</t>
+          <t>Palavracılar Kralı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789750764271</t>
+          <t>9789750722455</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kardeşliği - Atlantis'in Çocukları 1</t>
+          <t>Özgür Rosto</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789750718670</t>
+          <t>9789750718847</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bir Yer</t>
+          <t>Çocukların Hakları Var 2: Anne Ben Yapabilirim</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789750718977</t>
+          <t>9789750718861</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Masal Koleksiyoncusu</t>
+          <t>Gizemli Miço</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789750718885</t>
+          <t>9789750718854</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Mor Benekli</t>
+          <t>Sihirli Çaydanlık</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
+          <t>9789750764271</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Kardeşliği - Atlantis'in Çocukları 1</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9789750718670</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bir Yer</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789750718977</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Masal Koleksiyoncusu</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9789750718885</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Mor Benekli</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
           <t>9789750719141</t>
         </is>
       </c>
-      <c r="B924" s="1" t="inlineStr">
+      <c r="B928" s="1" t="inlineStr">
         <is>
           <t>Uğurböceği Mutluluk Dağıtıyor</t>
         </is>
       </c>
-      <c r="C924" s="1">
+      <c r="C928" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>