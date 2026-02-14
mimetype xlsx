--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,13945 +85,14065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750766435</t>
+          <t>9789750766428</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Sinek</t>
+          <t>Macellan ve Olmayan Okyanus</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>215</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789750766442</t>
+          <t>9789750765971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar, Ağaçlar ve Dedem</t>
+          <t>Balıkları Öldüren Kadın</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789750766312</t>
+          <t>9789750766688</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Wonka</t>
+          <t>Luna</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789750766282</t>
+          <t>9789750766695</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıyısı Gizemleri</t>
+          <t>Selin / Büyük Oyuncu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750766305</t>
+          <t>9789750766725</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mot ve Metal Balıkçıları</t>
+          <t>Leo İle Ralph</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789750766299</t>
+          <t>9789750766459</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Keramet Lambası</t>
+          <t>Cankurtaran Şövalyeleri İstanbul Dehlizlerinde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789750766169</t>
+          <t>9789750763274</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>R'nin Şarkıları</t>
+          <t>Bu Kitabı Yasaklayın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789750766152</t>
+          <t>9789750707643</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>L'nin Listeleri</t>
+          <t>Işıkları Seven Böcek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789750766251</t>
+          <t>9789750766435</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ay Her Yerde Aynıdır</t>
+          <t>Yeşil Sinek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789750765209</t>
+          <t>9789750766442</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Medya Okuryazarlığı</t>
+          <t>Ejderhalar, Ağaçlar ve Dedem</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750765919</t>
+          <t>9789750766312</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çocuğu</t>
+          <t>Wonka</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750766015</t>
+          <t>9789750766282</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mira</t>
+          <t>Kuzey Kıyısı Gizemleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789750718786</t>
+          <t>9789750766305</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şaka, Alay ve Hazırcevaplarıyla Yahya Kemal</t>
+          <t>Mot ve Metal Balıkçıları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>13</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789750704529</t>
+          <t>9789750766299</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ramona ile Babası</t>
+          <t>Keramet Lambası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>29</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750741678</t>
+          <t>9789750766169</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lodosçu Tim</t>
+          <t>R'nin Şarkıları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>138</v>
+        <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789750765988</t>
+          <t>9789750766152</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Troya'da Bin Pınarlı Dağın Kelebeği</t>
+          <t>L'nin Listeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755100944</t>
+          <t>9789750766251</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Afacanların Şenliği</t>
+          <t>Ay Her Yerde Aynıdır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789750735042</t>
+          <t>9789750765209</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Molly, Pim ve Milyonlarca Yıldız</t>
+          <t>Çocuklar İçin Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789750726576</t>
+          <t>9789750765919</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Aslan</t>
+          <t>Uzay Çocuğu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789750765926</t>
+          <t>9789750766015</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hititli Küçük Hayalcinin Düşleri</t>
+          <t>Mira</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789750765766</t>
+          <t>9789750718786</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hortlakları Durdurun!</t>
+          <t>Şaka, Alay ve Hazırcevaplarıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750765896</t>
+          <t>9789750704529</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Akvaryum</t>
+          <t>Ramona ile Babası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789750765902</t>
+          <t>9789750741678</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zelda Vızzvızar</t>
+          <t>Lodosçu Tim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750765759</t>
+          <t>9789750765988</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Jefferson ve Gizemli Soruşturma</t>
+          <t>Troya'da Bin Pınarlı Dağın Kelebeği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789750765742</t>
+          <t>9789755100944</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizli Saklı İşler</t>
+          <t>Afacanların Şenliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789750765490</t>
+          <t>9789750735042</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Molly, Pim ve Milyonlarca Yıldız</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>365</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789750765773</t>
+          <t>9789750726576</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ağaç ve Şehir (Ciltli)</t>
+          <t>Yeşil Aslan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750765629</t>
+          <t>9789750765926</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Biber ve Ben</t>
+          <t>Hititli Küçük Hayalcinin Düşleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750765605</t>
+          <t>9789750765766</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şekerpare'nin Sandalyeleri</t>
+          <t>Hortlakları Durdurun!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789750765636</t>
+          <t>9789750765896</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>B'nin Kelimeleri</t>
+          <t>Kiralık Akvaryum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750765643</t>
+          <t>9789750765902</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>D'nin Mektupları</t>
+          <t>Zelda Vızzvızar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750765483</t>
+          <t>9789750765759</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Gizemleri</t>
+          <t>Jefferson ve Gizemli Soruşturma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789750765452</t>
+          <t>9789750765742</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Gizli Saklı İşler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789750765360</t>
+          <t>9789750765490</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tombik Roka</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789750765469</t>
+          <t>9789750765773</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Y’nin Tarifleri</t>
+          <t>Ağaç ve Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>135</v>
+        <v>460</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789750765476</t>
+          <t>9789750765629</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>E'nin Problemleri</t>
+          <t>Biber ve Ben</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750712197</t>
+          <t>9789750765605</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim! - Düzce</t>
+          <t>Şekerpare'nin Sandalyeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789750738685</t>
+          <t>9789750765636</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>B'nin Kelimeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>108</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>7000100010032</t>
+          <t>9789750765643</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti (13 Kitap Takım)</t>
+          <t>D'nin Mektupları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>83.33</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750740824</t>
+          <t>9789750765483</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Doldrums - Dünyanın Sonuna Yolculuk</t>
+          <t>Pandeminin Gizemleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>118</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750723414</t>
+          <t>9789750765452</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kanarya - Renklerin Kardeşliği: 3</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>8.33</v>
+        <v>315</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750718571</t>
+          <t>9789750765360</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kanatlı Kartal</t>
+          <t>Tombik Roka</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789750724732</t>
+          <t>9789750765469</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kalevala</t>
+          <t>Y’nin Tarifleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789750724343</t>
+          <t>9789750765476</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Yılbaşı Kutlaması</t>
+          <t>E'nin Problemleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>16</v>
+        <v>155</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750723315</t>
+          <t>9789750712197</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnci Avcısı</t>
+          <t>Kalk Gidelim! - Düzce</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750724350</t>
+          <t>9789750738685</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Thui : Başka Renkte Büyümek</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11.11</v>
+        <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750724374</t>
+          <t>7000100010032</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kediler Yaz Okulu</t>
+          <t>İlk Okuma Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12.04</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750723391</t>
+          <t>9789750740824</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bay Jaromir ve Çalınan Elmaslar - Bir Dedektiflik  Hikayesi</t>
+          <t>Doldrums - Dünyanın Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>118</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789750724237</t>
+          <t>9789750723414</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kahveci Güzeli</t>
+          <t>Sarı Kanarya - Renklerin Kardeşliği: 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>10.65</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750723285</t>
+          <t>9789750718571</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yiğitler Yiğiti ve Uçan At Masalı</t>
+          <t>Kırmızı Kanatlı Kartal</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750703973</t>
+          <t>9789750724732</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ringa Balığı Tuzağı-Komiser Parlak</t>
+          <t>Kalevala</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5.56</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789750723407</t>
+          <t>9789750724343</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Günaydın! Günaydın!</t>
+          <t>Küçük Eşek ve Yılbaşı Kutlaması</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>10.19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789750718878</t>
+          <t>9789750723315</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Arayan Çocuk</t>
+          <t>İnci Avcısı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>9.26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789750709883</t>
+          <t>9789750724350</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ne O Zaman?</t>
+          <t>Thui : Başka Renkte Büyümek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>10.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750718649</t>
+          <t>9789750724374</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dilek Noktaları</t>
+          <t>Kediler Yaz Okulu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789750718700</t>
+          <t>9789750723391</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kaya ile Sinan Yunuslarla</t>
+          <t>Bay Jaromir ve Çalınan Elmaslar - Bir Dedektiflik  Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>13.89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789750719219</t>
+          <t>9789750724237</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zamana Açılan Kapı</t>
+          <t>Kahveci Güzeli</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>8.33</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789750722042</t>
+          <t>9789750723285</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kutupyıldızını Bul</t>
+          <t>Yiğitler Yiğiti ve Uçan At Masalı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789750713064</t>
+          <t>9789750703973</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Anayurdum</t>
+          <t>Ringa Balığı Tuzağı-Komiser Parlak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>62</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758440856</t>
+          <t>9789750723407</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Arasında</t>
+          <t>Günaydın! Günaydın!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789750716119</t>
+          <t>9789750718878</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Güneşi Arayan Çocuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789750705939</t>
+          <t>9789750709883</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Kurt, Koyun ve Marul</t>
+          <t>Zaman Ne O Zaman?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>8.8</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789750714450</t>
+          <t>9789750718649</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Çikolata Fabrikası (Üç Boyutlu) (Ciltli)</t>
+          <t>Yeni Dilek Noktaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>46.3</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789750712258</t>
+          <t>9789750718700</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cesur Tomi (Ciltli)</t>
+          <t>Kaya ile Sinan Yunuslarla</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755109633</t>
+          <t>9789750719219</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulda 2. Kitap</t>
+          <t>Zamana Açılan Kapı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.72</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789750709081</t>
+          <t>9789750722042</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Can Çocuk 25 Yıldan Seçmeler</t>
+          <t>Kutupyıldızını Bul</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789750718434</t>
+          <t>9789750713064</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bayraklara Karşı Korsanlar Güverteye : 1. Kitap</t>
+          <t>Çocukluk Anayurdum</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>10.65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789750714368</t>
+          <t>9789758440856</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bücürük’le Büyücü Ablası</t>
+          <t>Çocuklar Arasında</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>10.65</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789750718298</t>
+          <t>9789750716119</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bu Gelen Köroğlu’dur</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.72</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755109800</t>
+          <t>9789750705939</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Kırlangıç</t>
+          <t>Çocuk, Kurt, Koyun ve Marul</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.33</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789750712920</t>
+          <t>9789750714450</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cüce Prens</t>
+          <t>Charlie’nin Çikolata Fabrikası (Üç Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789750715594</t>
+          <t>9789750712258</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Cesur Tomi (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>7.87</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789750715846</t>
+          <t>9789755109633</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Biri Dev Biri Pire</t>
+          <t>Canavarlar Okulda 2. Kitap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>10.19</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755109572</t>
+          <t>9789750709081</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Yılbaşı Masalı</t>
+          <t>Can Çocuk 25 Yıldan Seçmeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789750718427</t>
+          <t>9789750718434</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Vardı Bir Yoktu</t>
+          <t>Bütün Bayraklara Karşı Korsanlar Güverteye : 1. Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>10.5</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789750712487</t>
+          <t>9789750714368</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Kocaman Eşek</t>
+          <t>Bücürük’le Büyücü Ablası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>16</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789750701375</t>
+          <t>9789750718298</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Manolito 1. Kitap</t>
+          <t>Bu Gelen Köroğlu’dur</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>34</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789750711879</t>
+          <t>9789755109800</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bedenimle Nasıl Baş Etsem?</t>
+          <t>Boyalı Kırlangıç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789750711268</t>
+          <t>9789750712920</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bay Rüzgar ve Bayan Yağmur</t>
+          <t>Cüce Prens</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789750703652</t>
+          <t>9789750715594</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Balinaların Şarkısı</t>
+          <t>Bizim Sokakta Şenlik Var</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789750710087</t>
+          <t>9789750715846</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bağdat 2004</t>
+          <t>Biri Dev Biri Pire</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750707063</t>
+          <t>9789755109572</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ateşkız ile Tarlakuşu</t>
+          <t>Bir Yılbaşı Masalı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789750705397</t>
+          <t>9789750718427</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Yasak Kent</t>
+          <t>Bir Vardı Bir Yoktu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789750705380</t>
+          <t>9789750712487</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arthur Maltazar’ın İntikamı</t>
+          <t>Bir Kocaman Eşek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>155</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789750705403</t>
+          <t>9789750701375</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arthur ile Minimoylar</t>
+          <t>Benim Adım Manolito 1. Kitap</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789750706967</t>
+          <t>9789750711879</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Arthur İki Dünyanın Savaşı</t>
+          <t>Bedenimle Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>170</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789750705298</t>
+          <t>9789750711268</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arkandias’ın Büyü Kitabı Birinci Kitap</t>
+          <t>Bay Rüzgar ve Bayan Yağmur</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755101477</t>
+          <t>9789750703652</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Balinaların Şarkısı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789750711664</t>
+          <t>9789750710087</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Annemle Babamın Boşanmasıyla Nasıl Baş Etsem?</t>
+          <t>Bağdat 2004</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789750713316</t>
+          <t>9789750707063</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Annemi Ararken</t>
+          <t>Ateşkız ile Tarlakuşu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>15.74</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755100760</t>
+          <t>9789750705397</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Alçacıktan Kar Yağar</t>
+          <t>Arthur ve Yasak Kent</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.04</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789750715815</t>
+          <t>9789750705380</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Akbaba Okula Gidiyor</t>
+          <t>Arthur Maltazar’ın İntikamı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755109732</t>
+          <t>9789750705403</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Turnabalığı</t>
+          <t>Arthur ile Minimoylar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7.41</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789750738845</t>
+          <t>9789750706967</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sözcük: Açimpa (Ciltli)</t>
+          <t>Arthur İki Dünyanın Savaşı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789750732898</t>
+          <t>9789750705298</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bay Jaromir Ve Usta Hırsız</t>
+          <t>Arkandias’ın Büyü Kitabı Birinci Kitap</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789750733482</t>
+          <t>9789755101477</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Kuşları</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789750707056</t>
+          <t>9789750711664</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Akropolis'in Gölgesinde</t>
+          <t>Annemle Babamın Boşanmasıyla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>6.94</v>
+        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750736353</t>
+          <t>9789750713316</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Keçi Zlate ve Başka Öyküler</t>
+          <t>Annemi Ararken</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789750701146</t>
+          <t>9789755100760</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dolabın Esrarı - Omri'nin Serüvenleri Dördüncü Kitap</t>
+          <t>Alçacıktan Kar Yağar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789750733468</t>
+          <t>9789750715815</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ben'in Gemisi (Ciltli)</t>
+          <t>Akbaba Okula Gidiyor</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>137</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789750733239</t>
+          <t>9789755109732</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gökten Yağan İkizler Aşkına</t>
+          <t>Açgözlü Turnabalığı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789750736742</t>
+          <t>9789750738845</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçüğüm (Ciltli)</t>
+          <t>Gizemli Sözcük: Açimpa (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>44</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789750734311</t>
+          <t>9789750732898</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kurtlarla Uluyan Kuzu</t>
+          <t>Bay Jaromir Ve Usta Hırsız</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789750726583</t>
+          <t>9789750733482</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Dizisi 2: Zıt İkizler</t>
+          <t>Dinozor Kuşları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789750724916</t>
+          <t>9789750707056</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Manolito’nun Bir Sırrı Var</t>
+          <t>Akropolis'in Gölgesinde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>29</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789750725197</t>
+          <t>9789750736353</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kerevit</t>
+          <t>Keçi Zlate ve Başka Öyküler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>8.33</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789750725173</t>
+          <t>9789750701146</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum’u Çalan Adam</t>
+          <t>Dolabın Esrarı - Omri'nin Serüvenleri Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789750731716</t>
+          <t>9789750733468</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tilki Saat Kaç?</t>
+          <t>Ben'in Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>12</v>
+        <v>137</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789750732546</t>
+          <t>9789750733239</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mamut Avı - Tarih Öncesi Hikayeler</t>
+          <t>Gökten Yağan İkizler Aşkına</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789750725593</t>
+          <t>9789750736742</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mayalı Yamalı Bir Hikaye</t>
+          <t>Küçüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789750725159</t>
+          <t>9789750734311</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Güzel Periler</t>
+          <t>Kurtlarla Uluyan Kuzu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789750725166</t>
+          <t>9789750726583</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman Faresi</t>
+          <t>Kahkaha Dizisi 2: Zıt İkizler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789750725142</t>
+          <t>9789750724916</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Artı İki</t>
+          <t>Manolito’nun Bir Sırrı Var</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>8.33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789750710698</t>
+          <t>9789750725197</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mekan Ne O Mekan</t>
+          <t>Küçük Kerevit</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>11.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789750719202</t>
+          <t>9789750725173</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Kuşlu Mektuplar (Ciltli)</t>
+          <t>Kolezyum’u Çalan Adam</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789750725586</t>
+          <t>9789750731716</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Martin ile Sams</t>
+          <t>Tilki Tilki Saat Kaç?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>170</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789750726590</t>
+          <t>9789750732546</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Thui - Özgürlüğü Kırmızıya Çalan</t>
+          <t>Mamut Avı - Tarih Öncesi Hikayeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789750725876</t>
+          <t>9789750725593</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyurlar Korsanlar Güverteye  3. Kitap</t>
+          <t>Mayalı Yamalı Bir Hikaye</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>12.04</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750730047</t>
+          <t>9789750725159</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Göğün Mavi Kabuğu</t>
+          <t>Güzel Periler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789750724725</t>
+          <t>9789750725166</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Güverteye Ateşkusan'ı Batırın : 2. Kitap</t>
+          <t>Çizgi Roman Faresi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>14</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789750732522</t>
+          <t>9789750725142</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Etrafında</t>
+          <t>Artı İki</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789750721632</t>
+          <t>9789750710698</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cornelius ve İmkansızlar Ambarı</t>
+          <t>Mekan Ne O Mekan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>29</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789750719721</t>
+          <t>9789750719202</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Yemini</t>
+          <t>Büyüklere Kuşlu Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789750718687</t>
+          <t>9789750725586</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eksik Alfabe</t>
+          <t>Martin ile Sams</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789750731693</t>
+          <t>9789750726590</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşımdan Ayrı Bir Sene</t>
+          <t>Thui - Özgürlüğü Kırmızıya Çalan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789750727788</t>
+          <t>9789750725876</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Canavar Buu!</t>
+          <t>Yedi Uyurlar Korsanlar Güverteye  3. Kitap</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789750718557</t>
+          <t>9789750730047</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Göğün Mavi Kabuğu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>47</v>
+        <v>81</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789750724251</t>
+          <t>9789750724725</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar - 2</t>
+          <t>Korsanlar Güverteye Ateşkusan'ı Batırın : 2. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>51</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789750725579</t>
+          <t>9789750732522</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Hayvan Masalları</t>
+          <t>Ateşin Etrafında</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789750722097</t>
+          <t>9789750721632</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Kardeşliği 2: Yavru Kartal</t>
+          <t>Cornelius ve İmkansızlar Ambarı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>7.87</v>
+        <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789750718595</t>
+          <t>9789750719721</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şeyler Ülkesinde</t>
+          <t>Tilkinin Yemini</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789750725258</t>
+          <t>9789750718687</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Darmaduman</t>
+          <t>Eksik Alfabe</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.04</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789750724893</t>
+          <t>9789750731693</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebekle Kuklası</t>
+          <t>En İyi Arkadaşımdan Ayrı Bir Sene</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>105</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789750724381</t>
+          <t>9789750727788</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sahi Benim Annem Hangisi?</t>
+          <t>Küçük Eşek ve Canavar Buu!</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>105</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755109541</t>
+          <t>9789750718557</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Perili Otelde Tatil  3. Kitap</t>
+          <t>Pullar Savaşı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.72</v>
+        <v>47</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789750712968</t>
+          <t>9789750724251</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Peri Cadı</t>
+          <t>Rüya Dalgıçları İçin Masallar - 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>170</v>
+        <v>51</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789750701634</t>
+          <t>9789750725579</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Konmuştu</t>
+          <t>Kuyruklu Hayvan Masalları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>6.02</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789750765612</t>
+          <t>9789750722097</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Renklerin Kardeşliği 2: Yavru Kartal</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789750706486</t>
+          <t>9789750718595</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ölü ve Kayıp</t>
+          <t>Vahşi Şeyler Ülkesinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>370</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789750711725</t>
+          <t>9789750725258</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ozonu Turnalar mı Deldi Gagalarıyla!</t>
+          <t>Darmaduman</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>14</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755102146</t>
+          <t>9789750724893</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Oz</t>
+          <t>Bez Bebekle Kuklası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789750707070</t>
+          <t>9789750724381</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>On Küçük Siyah</t>
+          <t>Sahi Benim Annem Hangisi?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789750714313</t>
+          <t>9789755109541</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Okulla Nasıl Baş Etsem?</t>
+          <t>Perili Otelde Tatil  3. Kitap</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758440573</t>
+          <t>9789750712968</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Hayalet - Sevimli Canavarlar 8. Kitap</t>
+          <t>Peri Cadı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.72</v>
+        <v>195</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789750702600</t>
+          <t>9789750701634</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Noel Şarkısı</t>
+          <t>Pencereme Konmuştu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>47</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789750705885</t>
+          <t>9789750765612</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Niurk</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>13.89</v>
+        <v>230</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755109558</t>
+          <t>9789750706486</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nemik ile Onbaşı</t>
+          <t>Ölü ve Kayıp</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789750711121</t>
+          <t>9789750711725</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 4</t>
+          <t>Ozonu Turnalar mı Deldi Gagalarıyla!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>8.8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789750711022</t>
+          <t>9789755102146</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 3</t>
+          <t>Sihirbaz Oz</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>8.8</v>
+        <v>115</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789750710858</t>
+          <t>9789750707070</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 2</t>
+          <t>On Küçük Siyah</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789750710780</t>
+          <t>9789750714313</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Bir Gün 1</t>
+          <t>Okulla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>8.8</v>
+        <v>195</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789750713859</t>
+          <t>9789758440573</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nar Düştü Kar Üstüne</t>
+          <t>Okuldaki Hayalet - Sevimli Canavarlar 8. Kitap</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>105</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789750712029</t>
+          <t>9789750702600</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Zorlu Yıllar</t>
+          <t>Noel Şarkısı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789750708862</t>
+          <t>9789750705885</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mike, Ben ve Max Ernst</t>
+          <t>Niurk</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789750712791</t>
+          <t>9789755109558</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncuları</t>
+          <t>Nemik ile Onbaşı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>8.8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755109879</t>
+          <t>9789750711121</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Max İntikam Peşinde 4. Kitap</t>
+          <t>Nasreddin Hoca Bir Gün 4</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.72</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789750703119</t>
+          <t>9789750711022</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Nasreddin Hoca Bir Gün 3</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789750706493</t>
+          <t>9789750710858</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurtlar</t>
+          <t>Nasreddin Hoca Bir Gün 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>16</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789750703126</t>
+          <t>9789750710780</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Masallar Çiçek Açtı</t>
+          <t>Nasreddin Hoca Bir Gün 1</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789750713989</t>
+          <t>9789750713859</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal Matitas</t>
+          <t>Nar Düştü Kar Üstüne</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789750702013</t>
+          <t>9789750712029</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Manolito Tatilde Sıkılıyor</t>
+          <t>Mutlu ve Zorlu Yıllar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>31</v>
+        <v>68</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789750703638</t>
+          <t>9789750708862</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Manolito Kardeşiyle Kalıyor</t>
+          <t>Mike, Ben ve Max Ernst</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>36</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789750702808</t>
+          <t>9789750712791</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Manolito Huysuzluk Yapıyor - 4 Kitap</t>
+          <t>Mezar Soyguncuları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>34</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789750701382</t>
+          <t>9789755109879</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Manolito Gülmekten Kırılıyor</t>
+          <t>Max İntikam Peşinde 4. Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>34</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789750705311</t>
+          <t>9789750703119</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Linus Hoppe’un İkinci Yaşamı</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789750706363</t>
+          <t>9789750706493</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Lea için Cehennem Mavisi</t>
+          <t>Mavi Kurtlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789750715600</t>
+          <t>9789750703126</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Uykular Bahçesi</t>
+          <t>Masallar Çiçek Açtı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789750700255</t>
+          <t>9789750713989</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptanın Dönüşü</t>
+          <t>Masal Masal Matitas</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>12.04</v>
+        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789750704970</t>
+          <t>9789750702013</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan ve Korsan Hazinesi</t>
+          <t>Manolito Tatilde Sıkılıyor</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12.04</v>
+        <v>31</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789750700262</t>
+          <t>9789750703638</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Manolito Kardeşiyle Kalıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755109756</t>
+          <t>9789750702808</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Küçük İzo Mizo</t>
+          <t>Manolito Huysuzluk Yapıyor - 4 Kitap</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>7.41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789750703065</t>
+          <t>9789750701382</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Masallar</t>
+          <t>Manolito Gülmekten Kırılıyor</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>7.41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789750711381</t>
+          <t>9789750705311</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Çiftliği</t>
+          <t>Linus Hoppe’un İkinci Yaşamı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758440306</t>
+          <t>9789750706363</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Aile Sevimli Canavarlar 7. Kitap</t>
+          <t>Lea için Cehennem Mavisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758440894</t>
+          <t>9789750715600</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Futbol Topu 10. Kitap</t>
+          <t>Küçük Uykular Bahçesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>9.72</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789750703959</t>
+          <t>9789750700255</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Komiser Parlak Kalpazan Avı</t>
+          <t>Küçük Kaptanın Dönüşü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789750708886</t>
+          <t>9789750704970</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kimyon ve Sevgiyle</t>
+          <t>Küçük Kaptan ve Korsan Hazinesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>8.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789750712654</t>
+          <t>9789750700262</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kimsecikler Yok mu?</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>16</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750706745</t>
+          <t>9789755109756</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Küçük İzo Mizo</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>9.72</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789750705922</t>
+          <t>9789750703065</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kır ve Gir</t>
+          <t>Kuyruklu Masallar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789750715259</t>
+          <t>9789750711381</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kıkır Kıkır Fıkralar</t>
+          <t>Kurbağa Çiftliği</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789750715990</t>
+          <t>9789758440306</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Korkunç Aile Sevimli Canavarlar 7. Kitap</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789750709661</t>
+          <t>9789758440894</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kariye Hazinesi</t>
+          <t>Konuşan Futbol Topu 10. Kitap</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>81</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755105871</t>
+          <t>9789750703959</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kankardeşim Dorutay</t>
+          <t>Komiser Parlak Kalpazan Avı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789750711145</t>
+          <t>9789750708886</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Masal</t>
+          <t>Kimyon ve Sevgiyle</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>8.8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789750715624</t>
+          <t>9789750712654</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Yamalı Kuş</t>
+          <t>Kimsecikler Yok mu?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789750713996</t>
+          <t>9789750706745</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs ile Kirpik - İlkbahar Geldiğinde</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>18.5</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789750711817</t>
+          <t>9789750705922</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kaka (Ciltli)</t>
+          <t>Kır ve Gir</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>9.72</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789750707650</t>
+          <t>9789750715259</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kadife Tavşan</t>
+          <t>Kıkır Kıkır Fıkralar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789750704482</t>
+          <t>9789750715990</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Yok</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789750718069</t>
+          <t>9789750709661</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Uykuların Peşinden</t>
+          <t>Kariye Hazinesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>165</v>
+        <v>81</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789750710636</t>
+          <t>9789755105871</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Eteği</t>
+          <t>Kankardeşim Dorutay</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789750718083</t>
+          <t>9789750711145</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler, Julia</t>
+          <t>Kanatlı Masal</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>25</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789750704413</t>
+          <t>9789750715624</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi Yedinci Kitap</t>
+          <t>Kanatları Yamalı Kuş</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>10.19</v>
+        <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789750704376</t>
+          <t>9789750713996</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 3. Kitap</t>
+          <t>Kaktüs ile Kirpik - İlkbahar Geldiğinde</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>12.04</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789750713293</t>
+          <t>9789750711817</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 10. Kitap</t>
+          <t>Kaka (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>11.11</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789750704369</t>
+          <t>9789750707650</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi İkinci Kitap</t>
+          <t>Kadife Tavşan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>11.11</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789750704383</t>
+          <t>9789750704482</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 4. Kitap</t>
+          <t>Kaçış Yok</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789750712067</t>
+          <t>9789750718069</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 9. Kitap</t>
+          <t>Kaçan Uykuların Peşinden</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>8.33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789750704390</t>
+          <t>9789750710636</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 5. Kitap</t>
+          <t>Jüpiter’in Eteği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789750704406</t>
+          <t>9789750718083</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 6. Kitap</t>
+          <t>İyi Geceler, Julia</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789750704420</t>
+          <t>9789750704413</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi 8. Kitap</t>
+          <t>İki Çocuğun Devrialemi Yedinci Kitap</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789750709913</t>
+          <t>9789750704376</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İçinden Sihir Geçen Kitap</t>
+          <t>İki Çocuğun Devrialemi 3. Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789750713446</t>
+          <t>9789750713293</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hurma Ağacı ve Keçicik Efsanesi</t>
+          <t>İki Çocuğun Devrialemi 10. Kitap</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789750701801</t>
+          <t>9789750704369</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Serüvenleri</t>
+          <t>İki Çocuğun Devrialemi İkinci Kitap</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789750710186</t>
+          <t>9789750704383</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hititli Pattiya İle Pallili</t>
+          <t>İki Çocuğun Devrialemi 4. Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>19.44</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789750711886</t>
+          <t>9789750712067</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hıle ile Dıle - Kürt Masalları</t>
+          <t>İki Çocuğun Devrialemi 9. Kitap</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789750701498</t>
+          <t>9789750704390</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Herkes Sihirbaz Olacak</t>
+          <t>İki Çocuğun Devrialemi 5. Kitap</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>8.8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758440900</t>
+          <t>9789750704406</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Gemiyle Yolculuk Sevimli Canavarlar 9. Kitap</t>
+          <t>İki Çocuğun Devrialemi 6. Kitap</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>9.72</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789750706066</t>
+          <t>9789750704420</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Güzelçamlı’nın Kayıp Panteri</t>
+          <t>İki Çocuğun Devrialemi 8. Kitap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789750705700</t>
+          <t>9789750709913</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şarkılar Kitabı</t>
+          <t>İçinden Sihir Geçen Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>165</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789750708879</t>
+          <t>9789750713446</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Güzel Günler Kitabı</t>
+          <t>Hurma Ağacı ve Keçicik Efsanesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>62</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755100784</t>
+          <t>9789750701801</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Günışığı Hoşçakal</t>
+          <t>Huckleberry Finn’in Serüvenleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>47</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755100845</t>
+          <t>9789750710186</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Vurgun Çocuk</t>
+          <t>Hititli Pattiya İle Pallili</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>7.41</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789750712012</t>
+          <t>9789750711886</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yüklü Masallar</t>
+          <t>Hıle ile Dıle - Kürt Masalları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789750707230</t>
+          <t>9789750701498</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gülibik Dünyanın Bütün Kedileri (Ciltli)</t>
+          <t>Herkes Sihirbaz Olacak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15.74</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789750704352</t>
+          <t>9789758440900</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İki Çocuğun Devrialemi Birinci Kitap</t>
+          <t>Hayalet Gemiyle Yolculuk Sevimli Canavarlar 9. Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>12.04</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789750711732</t>
+          <t>9789750706066</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Günü</t>
+          <t>Güzelçamlı’nın Kayıp Panteri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>107</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758440313</t>
+          <t>9789750705700</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gizli Görev  6. Kitap</t>
+          <t>Güzel Şarkılar Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9.72</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789750710995</t>
+          <t>9789750708879</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Genlerin Şifresi</t>
+          <t>Güzel Günler Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>102</v>
+        <v>62</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789750704048</t>
+          <t>9789755100784</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Genç Linus’un Öfkesi</t>
+          <t>Günışığı Hoşçakal</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>11.11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789750713187</t>
+          <t>9789755100845</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Güneşe Vurgun Çocuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>47</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789750709944</t>
+          <t>9789750712012</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gel Dünyayı Seyredelim</t>
+          <t>Güneş Yüklü Masallar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>65</v>
+        <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789750706585</t>
+          <t>9789750707230</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Tapınağı</t>
+          <t>Gülibik Dünyanın Bütün Kedileri (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789750710414</t>
+          <t>9789750704352</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gagalar, Patiler ve Başka Güzel Şeyler</t>
+          <t>İki Çocuğun Devrialemi Birinci Kitap</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>14.35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789750707636</t>
+          <t>9789750711732</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Eşek ve Berk</t>
+          <t>Gözyaşı Günü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>16</v>
+        <v>107</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789758440016</t>
+          <t>9789758440313</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Eşek Eşekken</t>
+          <t>Gizli Görev  6. Kitap</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>7.41</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789750711992</t>
+          <t>9789750710995</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Masalları</t>
+          <t>Genlerin Şifresi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>102</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789750713866</t>
+          <t>9789750704048</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Sisli Kale - 3. Kitap</t>
+          <t>Genç Linus’un Öfkesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>18</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789750715013</t>
+          <t>9789750713187</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Sirenin Sırrı 4. Kitap</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789750709227</t>
+          <t>9789750709944</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Emily Meltemgil ve Deniz Canavarı</t>
+          <t>Gel Dünyayı Seyredelim</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789750700217</t>
+          <t>9789750706585</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ebemkuşağı</t>
+          <t>Geçmiş Tapınağı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789750704550</t>
+          <t>9789750710414</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Düşüşü Pelle ile Prof 1. Kitap</t>
+          <t>Gagalar, Patiler ve Başka Güzel Şeyler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>12.96</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789750704024</t>
+          <t>9789750707636</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Emily’nin Sırrı</t>
+          <t>Eşek ve Berk</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>145</v>
+        <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789750700552</t>
+          <t>9789758440016</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Define Adasına Dönüş</t>
+          <t>Eşek Eşekken</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755103839</t>
+          <t>9789750711992</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Öyküleri</t>
+          <t>Ermeni Masalları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>22.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758440849</t>
+          <t>9789750713866</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Danko’nun Yüreği</t>
+          <t>Emily Meltemgil ve Sisli Kale - 3. Kitap</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>6.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789750705670</t>
+          <t>9789750715013</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Liman</t>
+          <t>Emily Meltemgil ve Sirenin Sırrı 4. Kitap</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>8.33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789750713170</t>
+          <t>9789750709227</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların ABC’si</t>
+          <t>Emily Meltemgil ve Deniz Canavarı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>8.33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789750738579</t>
+          <t>9789750700217</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçamadı</t>
+          <t>Ebemkuşağı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>123</v>
+        <v>70</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789750738562</t>
+          <t>9789750704550</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kayboldu Bulundu</t>
+          <t>Devlerin Düşüşü Pelle ile Prof 1. Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>116</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755103518</t>
+          <t>9789750704024</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Zurna Çalan Kuş</t>
+          <t>Denizkızı Emily’nin Sırrı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>11</v>
+        <v>165</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789750705915</t>
+          <t>9789750700552</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Yalanlar</t>
+          <t>Define Adasına Dönüş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>13.89</v>
+        <v>130</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789750713736</t>
+          <t>9789755103839</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde</t>
+          <t>Dedem Korkut Öyküleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>130</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789750703676</t>
+          <t>9789758440849</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı Birinci Kitap Büyücü Kadehar</t>
+          <t>Danko’nun Yüreği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789750705823</t>
+          <t>9789750705670</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı Üçüncü Kitap Gölgenin Yüzü</t>
+          <t>Çöldeki Liman</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>20</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755109534</t>
+          <t>9789750713170</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Korku Tünelindeki Sır Sevimli Canavarlar 1. Kitap 9-12 Yaş</t>
+          <t>Hayvanların ABC’si</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>9.72</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755100647</t>
+          <t>9789750738579</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kayık</t>
+          <t>Uçtu Uçamadı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>123</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789750704031</t>
+          <t>9789750738562</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Vur ve Kaç</t>
+          <t>Kayboldu Bulundu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>12.5</v>
+        <v>116</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789750706271</t>
+          <t>9789755103518</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Video Tanıkları</t>
+          <t>Zurna Çalan Kuş</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>7.41</v>
+        <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755102764</t>
+          <t>9789750705915</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ülkemden Hayvan Masalları</t>
+          <t>Zehirli Yalanlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789750700224</t>
+          <t>9789750713736</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uzun Gece Masalları</t>
+          <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>6.48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789750713286</t>
+          <t>9789750703676</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Nuri</t>
+          <t>Yıldızlar Kitabı Birinci Kitap Büyücü Kadehar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>11.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789750718403</t>
+          <t>9789750705823</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız’ın Konuşan Bebeği</t>
+          <t>Yıldızlar Kitabı Üçüncü Kitap Gölgenin Yüzü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9.72</v>
+        <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789750718410</t>
+          <t>9789755109534</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ulduz Kız’ın Kargaları</t>
+          <t>Yeşil Korku Tünelindeki Sır Sevimli Canavarlar 1. Kitap 9-12 Yaş</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>10.19</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789750715617</t>
+          <t>9789755100647</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Tefecik Kurbağacık</t>
+          <t>Yavru Kayık</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>12</v>
+        <v>195</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755109947</t>
+          <t>9789750704031</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Uçaktaki İskelet Sevimli Canavarlar  5. Kitap</t>
+          <t>Vur ve Kaç</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>9.72</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789750710193</t>
+          <t>9789750706271</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Troya’da Bin Pınarlı Dağın Kelebeği</t>
+          <t>Video Tanıkları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789750701818</t>
+          <t>9789755102764</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Serüvenleri</t>
+          <t>Ülkemden Hayvan Masalları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>21.3</v>
+        <v>115</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789750714900</t>
+          <t>9789750700224</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Telli Horoz'un Öyküsü</t>
+          <t>Uzun Gece Masalları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>13</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755102832</t>
+          <t>9789750713286</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şu Babamın İşleri</t>
+          <t>Uyumsuz Nuri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>7.41</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789750715525</t>
+          <t>9789750718403</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Çocuklar Hala Harika</t>
+          <t>Ulduz Kız’ın Konuşan Bebeği</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>11.11</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789750714993</t>
+          <t>9789750718410</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şiir Küçüğün</t>
+          <t>Ulduz Kız’ın Kargaları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789750705342</t>
+          <t>9789750715617</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Ezgisi</t>
+          <t>Ufacık Tefecik Kurbağacık</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>8.33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755100616</t>
+          <t>9789755109947</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Altınları</t>
+          <t>Uçaktaki İskelet Sevimli Canavarlar  5. Kitap</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>36</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755100852</t>
+          <t>9789750710193</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Uçurtması</t>
+          <t>Troya’da Bin Pınarlı Dağın Kelebeği</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789750718281</t>
+          <t>9789750701818</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şekercini Patyos</t>
+          <t>Tom Sawyer’in Serüvenleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>15.74</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789750710070</t>
+          <t>9789750714900</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyle Luna</t>
+          <t>Telli Horoz'un Öyküsü</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>15.74</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789750715020</t>
+          <t>9789755102832</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>Şu Babamın İşleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789750708008</t>
+          <t>9789750715525</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sobibor</t>
+          <t>Şimdiki Çocuklar Hala Harika</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789750713415</t>
+          <t>9789750714993</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Size Anne Diyebilir miyim?</t>
+          <t>Şiir Küçüğün</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789750703669</t>
+          <t>9789750705342</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sınırın Ötesinde</t>
+          <t>Şeytanın Ezgisi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789750711282</t>
+          <t>9789755100616</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sefarad Yahudilerinden Masallar</t>
+          <t>Şeytanın Altınları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>36</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789750705601</t>
+          <t>9789755100852</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Süper Futbolcular İçin Başlama Düdüğü Çalıyor</t>
+          <t>Şeytan Uçurtması</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789750704987</t>
+          <t>9789750718281</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Satılık Gerçek Pelle ile Prof 3. Kitap</t>
+          <t>Şekercini Patyos</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789750701412</t>
+          <t>9789750710070</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sandal Sandal Portakal Üç Masal</t>
+          <t>Şarkı Söyle Luna</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>14</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789750705694</t>
+          <t>9789750715020</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sınavı</t>
+          <t>Sümbüllü Köşk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789750712692</t>
+          <t>9789750708008</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Rum Masalları</t>
+          <t>Sobibor</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789750704512</t>
+          <t>9789750713415</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ramona’nın Dünyası</t>
+          <t>Size Anne Diyebilir miyim?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>34</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789750704536</t>
+          <t>9789750703669</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ramona Sekiz Yaşında 2</t>
+          <t>Sınırın Ötesinde</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789750708695</t>
+          <t>9789750711282</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Post Avcısı</t>
+          <t>Sefarad Yahudilerinden Masallar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>12.96</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755102795</t>
+          <t>9789750705601</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Portakal</t>
+          <t>Süper Futbolcular İçin Başlama Düdüğü Çalıyor</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>13</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789750705687</t>
+          <t>9789750704987</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Robinson Ölmemeli</t>
+          <t>Satılık Gerçek Pelle ile Prof 3. Kitap</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789750703782</t>
+          <t>9789750701412</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Kensington Bahçelerinde</t>
+          <t>Sandal Sandal Portakal Üç Masal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>10.65</v>
+        <v>14</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789750718274</t>
+          <t>9789750705694</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Şişko Patates</t>
+          <t>Sanat Sınavı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789750716010</t>
+          <t>9789750712692</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Şirin Sincaplar ve Yaşlı Çınar</t>
+          <t>Rum Masalları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>8.8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789750740671</t>
+          <t>9789750704512</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Antonio Gibi Biri (Ciltli)</t>
+          <t>Ramona’nın Dünyası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>91</v>
+        <v>34</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789750706851</t>
+          <t>9789750704536</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kalpli Köpek</t>
+          <t>Ramona Sekiz Yaşında 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>5.51</v>
+        <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758440252</t>
+          <t>9789750708695</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ellerinden Öperim</t>
+          <t>Post Avcısı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>10</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789750765193</t>
+          <t>9789755102795</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones'un Kayboluşu</t>
+          <t>Portakal</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>285</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789750765346</t>
+          <t>9789750705687</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Evimde</t>
+          <t>Robinson Ölmemeli</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>440</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789750765353</t>
+          <t>9789750703782</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fırçaların Sihri</t>
+          <t>Peter Pan Kensington Bahçelerinde</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789750765186</t>
+          <t>9789750718274</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların ABC'si</t>
+          <t>Şişko Patates</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789750765001</t>
+          <t>9789750716010</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Gaia</t>
+          <t>Şirin Sincaplar ve Yaşlı Çınar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>375</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789750765179</t>
+          <t>9789750740671</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Suyun Gizemleri</t>
+          <t>Antonio Gibi Biri (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>285</v>
+        <v>91</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789750764998</t>
+          <t>9789750706851</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ünsüz Biyografi</t>
+          <t>Sarı Kalpli Köpek</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>255</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789750764950</t>
+          <t>9789758440252</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Lilo</t>
+          <t>Ellerinden Öperim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>10</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789750764905</t>
+          <t>9789750765193</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bay Bay, Bay Diş</t>
+          <t>Aveline Jones'un Kayboluşu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789750723278</t>
+          <t>9789750765346</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Oduncu ile Tilki</t>
+          <t>Evimde</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789750715068</t>
+          <t>9789750765353</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ben Küçük Bir Çocukken</t>
+          <t>Fırçaların Sihri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789750702860</t>
+          <t>9789750765186</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Babam Resim Yaptı</t>
+          <t>Hayvanların ABC'si</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789750738081</t>
+          <t>9789750765001</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Bir Kitaptır (Ciltli)</t>
+          <t>Kepler62: Yeni Dünya / Gaia</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789750733550</t>
+          <t>9789750765179</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello'ya Tekrar Kavuşmak</t>
+          <t>Suyun Gizemleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789750735424</t>
+          <t>9789750764998</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Beşimiz</t>
+          <t>Ünsüz Biyografi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789750707889</t>
+          <t>9789750764950</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Minik Çinli Kız</t>
+          <t>Lilo</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789750711008</t>
+          <t>9789750764905</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Babam Beni Seviyor mu?</t>
+          <t>Bay Bay, Bay Diş</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789750717772</t>
+          <t>9789750723278</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam</t>
+          <t>Yaşlı Oduncu ile Tilki</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789750709920</t>
+          <t>9789750715068</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kardaki Alevler</t>
+          <t>Ben Küçük Bir Çocukken</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789750712432</t>
+          <t>9789750702860</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 2</t>
+          <t>Babam Resim Yaptı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789750712463</t>
+          <t>9789750738081</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Olmakla Nasıl Baş Etsem?</t>
+          <t>Bir Kitap Bir Kitaptır (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789750705663</t>
+          <t>9789750733550</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Kitabı İkinci Kitap Efendi Şa</t>
+          <t>Bay Bello'ya Tekrar Kavuşmak</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789750713422</t>
+          <t>9789750735424</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Beşimiz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755100746</t>
+          <t>9789750707889</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sarıtay</t>
+          <t>Minik Çinli Kız</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789750742118</t>
+          <t>9789750711008</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Buz Canavarı</t>
+          <t>Minik Ayı Vadu Babam Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>530</v>
+        <v>310</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789750745553</t>
+          <t>9789750717772</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Küçük Adam</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>365</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789750742088</t>
+          <t>9789750709920</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi (Özel Baskı) (Ciltli)</t>
+          <t>Kardaki Alevler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789750738432</t>
+          <t>9789750712432</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Canım Ağacım (Ciltli)</t>
+          <t>Grimm Masalları 2</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789750764912</t>
+          <t>9789750712463</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şirin Bir Gezegen</t>
+          <t>Genç Kız Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789750764899</t>
+          <t>9789750705663</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve Yüzen Ay</t>
+          <t>Yıldızlar Kitabı İkinci Kitap Efendi Şa</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789750764868</t>
+          <t>9789750713422</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dur! Canavar! (Ciltli)</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>335</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789750764882</t>
+          <t>9789755100746</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çatıdan Gelen Kedi</t>
+          <t>Sarıtay</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789750764325</t>
+          <t>9789750742118</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Mağara</t>
+          <t>Buz Canavarı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>345</v>
+        <v>610</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789750764875</t>
+          <t>9789750745553</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gösterimde Olmayan Filmler</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789750764622</t>
+          <t>9789750742088</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sana, Bana, Bir de Kara Kediye</t>
+          <t>Kar Tanesi (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789750764608</t>
+          <t>9789750738432</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mavi Lambalı Otel - Öteden Beri 2</t>
+          <t>Canım Ağacım (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789750764653</t>
+          <t>9789750764912</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Müfredat Dışı</t>
+          <t>Küçük Şirin Bir Gezegen</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789750764349</t>
+          <t>9789750764899</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Minik'le Olağanüstü Bir Yaz</t>
+          <t>Tindimler ve Yüzen Ay</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789750764615</t>
+          <t>9789750764868</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Herhangi Bir Günden Fazlası</t>
+          <t>Dur! Canavar! (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789750764073</t>
+          <t>9789750764882</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Anadolu</t>
+          <t>Çatıdan Gelen Kedi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789750764356</t>
+          <t>9789750764325</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bisikleti Üçlemesi Kutulu Set</t>
+          <t>Kepler62: Yeni Dünya / Mağara</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>540</v>
+        <v>395</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789750764332</t>
+          <t>9789750764875</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Koruda Bir Konser</t>
+          <t>Gösterimde Olmayan Filmler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>335</v>
+        <v>330</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789750764301</t>
+          <t>9789750764622</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Googol</t>
+          <t>Sana, Bana, Bir de Kara Kediye</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789750715853</t>
+          <t>9789750764608</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Oteli - Pera Günlükleri 2</t>
+          <t>Mavi Lambalı Otel - Öteden Beri 2</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789750715280</t>
+          <t>9789750764653</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi - Pera Günlükleri 1</t>
+          <t>Müfredat Dışı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789750703249</t>
+          <t>9789750764349</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Flüt Çalamaz</t>
+          <t>Minik'le Olağanüstü Bir Yaz</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789750714177</t>
+          <t>9789750764615</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Penceredeki Kuş</t>
+          <t>Herhangi Bir Günden Fazlası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789750715808</t>
+          <t>9789750764073</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Başkanı</t>
+          <t>Geçmişten Günümüze Anadolu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>121</v>
+        <v>185</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789750717901</t>
+          <t>9789750764356</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dev</t>
+          <t>Zaman Bisikleti Üçlemesi Kutulu Set</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>625</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789750710872</t>
+          <t>9789750764332</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Narin</t>
+          <t>Koruda Bir Konser</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>235</v>
+        <v>385</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789750711695</t>
+          <t>9789750764301</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Nar Evi</t>
+          <t>Googol</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789750764233</t>
+          <t>9789750715853</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Hayal (Ciltli)</t>
+          <t>Sırlar Oteli - Pera Günlükleri 2</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>620</v>
+        <v>290</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789750764264</t>
+          <t>9789750715280</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Karabasan Ormanı - Gizli Kapı 1</t>
+          <t>Körler Ülkesi - Pera Günlükleri 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789750764257</t>
+          <t>9789750703249</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve On Yeşil Şişe</t>
+          <t>Penguenler Flüt Çalamaz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755109749</t>
+          <t>9789750714177</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Parmaklı Tistu</t>
+          <t>Penceredeki Kuş</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789750764110</t>
+          <t>9789750715808</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Kurtaran Çocuk</t>
+          <t>Ormanın Başkanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789750718441</t>
+          <t>9789750717901</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kral Kork</t>
+          <t>Ormandaki Dev</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789750715501</t>
+          <t>9789750710872</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hoyrat Dünyayla Nasıl Baş Etsem?</t>
+          <t>Narin</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>161</v>
+        <v>270</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789750764097</t>
+          <t>9789750711695</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones ve Cadı Taşları</t>
+          <t>Nar Evi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789750764080</t>
+          <t>9789750764233</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Otobüsü</t>
+          <t>Hepsi Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>205</v>
+        <v>715</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789750722462</t>
+          <t>9789750764264</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İlk Dünya Hikayeleri</t>
+          <t>Karabasan Ormanı - Gizli Kapı 1</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789750764035</t>
+          <t>9789750764257</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ufacıktım</t>
+          <t>Tindimler ve On Yeşil Şişe</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789750762901</t>
+          <t>9789755109749</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ninesinin Şifacısı</t>
+          <t>Yeşil Parmaklı Tistu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789750712227</t>
+          <t>9789750764110</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Çember</t>
+          <t>Dünya'yı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789750715983</t>
+          <t>9789750718441</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Demir Kadın</t>
+          <t>Aslan Kral Kork</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789750713712</t>
+          <t>9789750715501</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Demir Adam</t>
+          <t>Hoyrat Dünyayla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789750709579</t>
+          <t>9789750764097</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tombul Yürek</t>
+          <t>Aveline Jones ve Cadı Taşları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789750764066</t>
+          <t>9789750764080</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kirpi</t>
+          <t>Bilgelik Otobüsü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789750764042</t>
+          <t>9789750722462</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklı Alfabe</t>
+          <t>İlk Dünya Hikayeleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789750763779</t>
+          <t>9789750764035</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Öğretmenleri</t>
+          <t>Ufacıktım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789750763762</t>
+          <t>9789750762901</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Masalı - 50. Yıl Özel Baskı</t>
+          <t>Ninesinin Şifacısı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>485</v>
+        <v>235</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789750762925</t>
+          <t>9789750712227</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Düşkün Çocuk</t>
+          <t>Büyülü Çember</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789750762918</t>
+          <t>9789750715983</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Ada</t>
+          <t>Demir Kadın</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789750762932</t>
+          <t>9789750713712</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırağın Öyküsü</t>
+          <t>Demir Adam</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789750736346</t>
+          <t>9789750709579</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>101 Yanıltmaca</t>
+          <t>Tombul Yürek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789750741012</t>
+          <t>9789750764066</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ancilla ve Şifalı Bitkiler</t>
+          <t>Arkadaşım Kirpi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789750723421</t>
+          <t>9789750764042</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sivri Uzun Dişler</t>
+          <t>Oyuncaklı Alfabe</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789750718991</t>
+          <t>9789750763779</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İki Kere Doğan Baron</t>
+          <t>Dünyanın En Berbat Öğretmenleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>271</v>
+        <v>660</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789750763366</t>
+          <t>9789750763762</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kanki</t>
+          <t>Kirpi Masalı - 50. Yıl Özel Baskı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>405</v>
+        <v>555</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789750763359</t>
+          <t>9789750762925</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest (Ciltli)</t>
+          <t>Düşkün Çocuk</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789750763403</t>
+          <t>9789750762918</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam İyi Örnek</t>
+          <t>Tekinsiz Ada</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789750763076</t>
+          <t>9789750762932</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dağın Tepesindeki Bir Milyon İstiridye (Ciltli)</t>
+          <t>Bir Çırağın Öyküsü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>470</v>
+        <v>165</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789750730290</t>
+          <t>9789750736346</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Benek Tozu ve Diğer Müthiş Sırlar</t>
+          <t>101 Yanıltmaca</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789750721793</t>
+          <t>9789750741012</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tetila ile Nemne</t>
+          <t>Ancilla ve Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789750763069</t>
+          <t>9789750723421</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gizemleri</t>
+          <t>Sivri Uzun Dişler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789750763113</t>
+          <t>9789750718991</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Genlerin Şifresi</t>
+          <t>İki Kere Doğan Baron</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789750763168</t>
+          <t>9789750763366</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Beethoven: Müziğin Ozanı</t>
+          <t>Kanki</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>265</v>
+        <v>465</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789750762994</t>
+          <t>9789750763359</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İlk Şafağı - Çatalhöyük Öyküleri 1</t>
+          <t>Hayalperest (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789750711275</t>
+          <t>9789750763403</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Chopin Küle Dönüşen Kalp</t>
+          <t>Benim Babam İyi Örnek</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789750704802</t>
+          <t>9789750763076</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Kenti Birinci Kitap</t>
+          <t>Dağın Tepesindeki Bir Milyon İstiridye (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>415</v>
+        <v>540</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789750711251</t>
+          <t>9789750730290</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Hasan</t>
+          <t>Benek Tozu ve Diğer Müthiş Sırlar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789750707841</t>
+          <t>9789750721793</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cadılar</t>
+          <t>Tetila ile Nemne</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789750717925</t>
+          <t>9789750763069</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın?</t>
+          <t>Zamanın Gizemleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789750707872</t>
+          <t>9789750763113</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Parmak</t>
+          <t>Genlerin Şifresi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789750713538</t>
+          <t>9789750763168</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bumba Dağın Arkasını Merak Ediyor</t>
+          <t>Beethoven: Müziğin Ozanı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>305</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789750711893</t>
+          <t>9789750762994</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Turnesi</t>
+          <t>Dünyamızın İlk Şafağı - Çatalhöyük Öyküleri 1</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789750715235</t>
+          <t>9789750711275</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Sınıfı - 1</t>
+          <t>Chopin Küle Dönüşen Kalp</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755109701</t>
+          <t>9789750704802</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Canavarlar Kenti Birinci Kitap</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>100</v>
+        <v>475</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789750713606</t>
+          <t>9789750711251</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bir Öykü Yazalım mı?</t>
+          <t>Çatlak Hasan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789750708015</t>
+          <t>9789750707841</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gemici Sindbad</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789750708671</t>
+          <t>9789750717925</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Beni Annem Yavruladı</t>
+          <t>Büyüyünce Ne Olacaksın?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789750715563</t>
+          <t>9789750707872</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bayan Kaz ve Çikolatalı Pasta</t>
+          <t>Büyülü Parmak</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789750707865</t>
+          <t>9789750713538</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bay ve Bayan Kıl</t>
+          <t>Bumba Dağın Arkasını Merak Ediyor</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789750712951</t>
+          <t>9789750711893</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Anne</t>
+          <t>Böcek Orkestrasının Muhteşem Turnesi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789750711718</t>
+          <t>9789750715235</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Balina Nasıl Balina Oldu?</t>
+          <t>Böcek Orkestrasının Muhteşem Sınıfı - 1</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789750710407</t>
+          <t>9789755109701</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bach Yürürken</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789750713729</t>
+          <t>9789750713606</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Babasının Başka Evi Var</t>
+          <t>Bir Öykü Yazalım mı?</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789750711152</t>
+          <t>9789750708015</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Anlatıyor</t>
+          <t>Gemici Sindbad</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789750714559</t>
+          <t>9789750708671</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Aninnanın Serüvenleri - Büyük Göç 2</t>
+          <t>Beni Annem Yavruladı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789750705441</t>
+          <t>9789750715563</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Altın Ejder Krallığı</t>
+          <t>Bayan Kaz ve Çikolatalı Pasta</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789750706141</t>
+          <t>9789750707865</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Bay ve Bayan Kıl</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789750711473</t>
+          <t>9789750712951</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Alev Kız Aninna</t>
+          <t>Başka Bir Anne</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789750715495</t>
+          <t>9789750711718</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu</t>
+          <t>Balina Nasıl Balina Oldu?</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789750714894</t>
+          <t>9789750710407</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>35 Mayıs</t>
+          <t>Bach Yürürken</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789750702402</t>
+          <t>9789750713729</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Açıkgöz Budalalar</t>
+          <t>Babasının Başka Evi Var</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789750703393</t>
+          <t>9789750711152</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan ile Wendy</t>
+          <t>Atatürk Anlatıyor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>140</v>
+        <v>305</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789750766381</t>
+          <t>9789750714559</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Aninnanın Serüvenleri - Büyük Göç 2</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789750714184</t>
+          <t>9789750705441</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Arkadaş Arıyor</t>
+          <t>Altın Ejder Krallığı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789750709937</t>
+          <t>9789750706141</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu Annem Beni Seviyor mu?</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789750711114</t>
+          <t>9789750711473</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Minik</t>
+          <t>Alev Kız Aninna</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789750711428</t>
+          <t>9789750715495</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Maviş</t>
+          <t>Akkuzu Karakuzu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755100623</t>
+          <t>9789750714894</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuşu Gören Var Mı?</t>
+          <t>35 Mayıs</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789750707810</t>
+          <t>9789750702402</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Matilda</t>
+          <t>Açıkgöz Budalalar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789750711749</t>
+          <t>9789750703393</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Kurgu Masallar</t>
+          <t>Peter Pan ile Wendy</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789750714337</t>
+          <t>9789750766381</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Masal İçinde Masal</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>315</v>
+        <v>115</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789750714672</t>
+          <t>9789750714184</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha - Hepsi Mavi Böğürtlenlerin Suçu</t>
+          <t>Minik Ayı Vadu Arkadaş Arıyor</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789750715051</t>
+          <t>9789750709937</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha - Eyvah Aşı!</t>
+          <t>Minik Ayı Vadu Annem Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>170</v>
+        <v>305</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789750717741</t>
+          <t>9789750711114</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha</t>
+          <t>Minik</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789750714320</t>
+          <t>9789750711428</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi - Arkadaşım Ejderha 1: Paha Biçilmez Halının Peşinde</t>
+          <t>Maviş</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789750709319</t>
+          <t>9789755100623</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Louis Braille: Görmezlerin Kitap Okumasını Sağlayan Çocuk</t>
+          <t>Mavi Kuşu Gören Var Mı?</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789750702815</t>
+          <t>9789750707810</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Lodos Yolcuları</t>
+          <t>Matilda</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755109725</t>
+          <t>9789750711749</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Masallar ve Kurgu Masallar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789750715518</t>
+          <t>9789750714337</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Emil ve Akrobatlar - Küçük Hafiyeler</t>
+          <t>Masal İçinde Masal</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755100920</t>
+          <t>9789750714672</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Emil ve Dedektifler - Küçük Hafiyeler</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha - Hepsi Mavi Böğürtlenlerin Suçu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789750713088</t>
+          <t>9789750715051</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam Büyürken</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha - Eyvah Aşı!</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789750715075</t>
+          <t>9789750717741</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ok</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789750714290</t>
+          <t>9789750714320</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kuafördeki Domuz ve Başka Öyküler</t>
+          <t>Lumpi Lumpi - Arkadaşım Ejderha 1: Paha Biçilmez Halının Peşinde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789750704321</t>
+          <t>9789750709319</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kristal Yelkenli</t>
+          <t>Louis Braille: Görmezlerin Kitap Okumasını Sağlayan Çocuk</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789750710353</t>
+          <t>9789750702815</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kralın Adaleti</t>
+          <t>Lodos Yolcuları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789750715778</t>
+          <t>9789755109725</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kral Patpat İçin Bir Lolipop</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789750708565</t>
+          <t>9789750715518</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kral Olmak İsteyen Dinozor</t>
+          <t>Emil ve Akrobatlar - Küçük Hafiyeler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>205</v>
+        <v>360</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789750714344</t>
+          <t>9789755100920</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kral Kızının Armağanı</t>
+          <t>Emil ve Dedektifler - Küçük Hafiyeler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789750706776</t>
+          <t>9789750713088</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Komutan Anti</t>
+          <t>Küçük Adam Büyürken</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789750718267</t>
+          <t>9789750715075</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Masalı</t>
+          <t>Mavi Ok</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789750713590</t>
+          <t>9789750714290</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Otobüs</t>
+          <t>Kuafördeki Domuz ve Başka Öyküler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789750706721</t>
+          <t>9789750704321</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kırık Şemsiye</t>
+          <t>Kristal Yelkenli</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789750709449</t>
+          <t>9789750710353</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yürek</t>
+          <t>Kralın Adaleti</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789750700767</t>
+          <t>9789750715778</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kaştanka</t>
+          <t>Kral Patpat İçin Bir Lolipop</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789750702839</t>
+          <t>9789750708565</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Karşı Pencere</t>
+          <t>Kral Olmak İsteyen Dinozor</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755103419</t>
+          <t>9789750714344</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Kara Değildi</t>
+          <t>Kral Kızının Armağanı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789750708725</t>
+          <t>9789750706776</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz’deki Yunus</t>
+          <t>Komutan Anti</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755100739</t>
+          <t>9789750718267</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Kirpi Masalı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789750707827</t>
+          <t>9789750713590</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa</t>
+          <t>Kırmızı Otobüs</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789750715532</t>
+          <t>9789750706721</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’da Çatra Patralar</t>
+          <t>Kırık Şemsiye</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789750712685</t>
+          <t>9789750709449</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kafeste Bir Topik</t>
+          <t>Yeşil Yürek</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789750705168</t>
+          <t>9789750700767</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Japon Sarayı</t>
+          <t>Kaştanka</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789750711572</t>
+          <t>9789750702839</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'la Saklambaç</t>
+          <t>Karşı Pencere</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755101156</t>
+          <t>9789755103419</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Kargalar Kara Değildi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789750712456</t>
+          <t>9789750708725</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İlk Romanım</t>
+          <t>Karadeniz’deki Yunus</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789750710391</t>
+          <t>9789755100739</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Büyükanne</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789750716140</t>
+          <t>9789750707827</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Kaplumbağa Adası</t>
+          <t>Kaplumbağa</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789750714542</t>
+          <t>9789750715532</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İkizler Neyin Peşinde?</t>
+          <t>Kapadokya’da Çatra Patralar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755100951</t>
+          <t>9789750712685</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Toplantısı</t>
+          <t>Kafeste Bir Topik</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789750703324</t>
+          <t>9789750705168</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hayatın O Güzel Şarkısı</t>
+          <t>Japon Sarayı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789750711367</t>
+          <t>9789750711572</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Havhav Kardeşliği</t>
+          <t>İstanbul'la Saklambaç</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789750718250</t>
+          <t>9789755101156</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hannah - Tersine Akan Nehir 2. Kitap</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789750713408</t>
+          <t>9789750712456</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Haiku</t>
+          <t>İlk Romanım</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789750715839</t>
+          <t>9789750710391</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bilen Kız - Güzel, Açıkgöz, Cesur Kızlar 6</t>
+          <t>İçimdeki Büyükanne</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789750717758</t>
+          <t>9789750716140</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Kaçış 1</t>
+          <t>Işıklı Kaplumbağa Adası</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789750711138</t>
+          <t>9789750714542</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Sirki</t>
+          <t>İkizler Neyin Peşinde?</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789750714566</t>
+          <t>9789755100951</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gökte Biri Var</t>
+          <t>Hayvanlar Toplantısı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789750712937</t>
+          <t>9789750703324</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Hayatın O Güzel Şarkısı</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755105987</t>
+          <t>9789750711367</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Havhav Kardeşliği</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789750713842</t>
+          <t>9789750718250</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Hannah - Tersine Akan Nehir 2. Kitap</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789750707858</t>
+          <t>9789750713408</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>George’un Harika İlacı</t>
+          <t>Haiku</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789750708657</t>
+          <t>9789750715839</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gemici Dedem</t>
+          <t>Bilmece Bilen Kız - Güzel, Açıkgöz, Cesur Kızlar 6</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789750700200</t>
+          <t>9789750717758</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Günışığına Yolculuk - Kaçış 1</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789750712708</t>
+          <t>9789750711138</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde - Anadolu Masalları 1</t>
+          <t>Gökyüzü Sirki</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789750713873</t>
+          <t>9789750714566</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Eşekliğini Unutan Eşek</t>
+          <t>Gökte Biri Var</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789750708701</t>
+          <t>9789750712937</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Eskiler Alırım!</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789750714573</t>
+          <t>9789755105987</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Esil ile Yesil</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789750712678</t>
+          <t>9789750713842</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Erkek Olmakla Nasıl Baş Etsem?</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755100807</t>
+          <t>9789750707858</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Erik Çekirdeği</t>
+          <t>George’un Harika İlacı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789750709210</t>
+          <t>9789750708657</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Emekli Vagon</t>
+          <t>Gemici Dedem</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789750710261</t>
+          <t>9789750700200</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Çık</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789750713705</t>
+          <t>9789750712708</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Elim Sende</t>
+          <t>Evvel Zaman İçinde - Anadolu Masalları 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789750714887</t>
+          <t>9789750713873</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ejder Çocuk</t>
+          <t>Eşekliğini Unutan Eşek</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789750705359</t>
+          <t>9789750708701</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Kedileri</t>
+          <t>Eskiler Alırım!</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>170</v>
+        <v>305</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789750703775</t>
+          <t>9789750714573</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızın İlk Şafağı</t>
+          <t>Esil ile Yesil</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>124</v>
+        <v>225</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789750708022</t>
+          <t>9789750712678</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şampiyonu Danny</t>
+          <t>Erkek Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>310</v>
+        <v>235</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789750706738</t>
+          <t>9789755100807</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Doğumgünü Hediyesi</t>
+          <t>Erik Çekirdeği</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789750713200</t>
+          <t>9789750709210</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Yıldız</t>
+          <t>Emekli Vagon</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789750706714</t>
+          <t>9789750710261</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Deniz Masalı</t>
+          <t>Elma Dersem Çık</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789750709685</t>
+          <t>9789750713705</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağdıran Kedi 1. Kitap</t>
+          <t>Elim Sende</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789750713552</t>
+          <t>9789750714887</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kılçık Uçurtma</t>
+          <t>Ejder Çocuk</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789750717949</t>
+          <t>9789750705359</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halklarından Hayvan Masalları - 2</t>
+          <t>Dünyanın Bütün Kedileri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789750703508</t>
+          <t>9789750703775</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bisikleti - Zaman Bisikleti 1</t>
+          <t>Dünyamızın İlk Şafağı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>124</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789750714283</t>
+          <t>9789750708022</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Yeşilcik</t>
+          <t>Dünya Şampiyonu Danny</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>205</v>
+        <v>355</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789750701306</t>
+          <t>9789750706738</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Bucak</t>
+          <t>Doğumgünü Hediyesi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789750707797</t>
+          <t>9789750713200</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yaman Tilki</t>
+          <t>Denize Düşen Yıldız</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789750701689</t>
+          <t>9789750706714</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Mektuplar</t>
+          <t>Deniz Masalı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789750712005</t>
+          <t>9789750709685</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ünlüler de Çocuktu 2</t>
+          <t>Yağmur Yağdıran Kedi 1. Kitap</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789750702617</t>
+          <t>9789750713552</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Ünlüler de Çocuktu 1</t>
+          <t>Kılçık Uçurtma</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789750713613</t>
+          <t>9789750717949</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Üç İkiii Birr Ateş! 1</t>
+          <t>Dünya Halklarından Hayvan Masalları - 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789750713309</t>
+          <t>9789750703508</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aynalar</t>
+          <t>Zaman Bisikleti - Zaman Bisikleti 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789750712074</t>
+          <t>9789750714283</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Geliyor</t>
+          <t>Yeşilcik</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789750716126</t>
+          <t>9789750701306</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Uçamayan Kuş Baykuş</t>
+          <t>Yedi İklim Dört Bucak</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789750713521</t>
+          <t>9789750707797</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazarlarından Çocukluk Anıları</t>
+          <t>Yaman Tilki</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789750712944</t>
+          <t>9789750701689</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Toto’nun Sınıfı</t>
+          <t>Vanilya Kokulu Mektuplar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789750713040</t>
+          <t>9789750712005</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Ünlüler de Çocuktu 2</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789750707087</t>
+          <t>9789750702617</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tomek Tersine Akan Nehir 1. Kitap</t>
+          <t>Ünlüler de Çocuktu 1</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789750710797</t>
+          <t>9789750713613</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Televizyona Düşen Çocuk Gip</t>
+          <t>Üç İkiii Birr Ateş! 1</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789750715822</t>
+          <t>9789750713309</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Çocuk</t>
+          <t>Yalancı Aynalar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789750714696</t>
+          <t>9789750712074</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Olmakla Nasıl Baş Etsem?</t>
+          <t>Uzaylılar Geliyor</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789750711671</t>
+          <t>9789750716126</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kız ve Büyülü Elma</t>
+          <t>Uçamayan Kuş Baykuş</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789750706783</t>
+          <t>9789750713521</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Şarkını Denizlere Söyle</t>
+          <t>Türk Yazarlarından Çocukluk Anıları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>315</v>
+        <v>235</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789750706769</t>
+          <t>9789750712944</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Suşa ile Kiki Yerle Gök Arasında</t>
+          <t>Toto’nun Sınıfı</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789750717918</t>
+          <t>9789750713040</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Su Kardeşler</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789750714160</t>
+          <t>9789750707087</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Soytarının Tuhaf Hikayeleri</t>
+          <t>Tomek Tersine Akan Nehir 1. Kitap</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755104850</t>
+          <t>9789750710797</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Soğan Oğlan</t>
+          <t>Televizyona Düşen Çocuk Gip</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789750706172</t>
+          <t>9789750715822</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mozart</t>
+          <t>Tekerlekli Çocuk</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789750711589</t>
+          <t>9789750714696</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çikolatalı Yolculuklar</t>
+          <t>Tek Çocuk Olmakla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755109978</t>
+          <t>9789750711671</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Şeker Kız ve Büyülü Elma</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789750703720</t>
+          <t>9789750706783</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Selo’nun Kuşları</t>
+          <t>Şarkını Denizlere Söyle</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789750703270</t>
+          <t>9789750706769</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Suşa ile Kiki Yerle Gök Arasında</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755109114</t>
+          <t>9789750717918</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sayı Şeytanı</t>
+          <t>Su Kardeşler</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789750708688</t>
+          <t>9789750714160</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Renkli Öcüler</t>
+          <t>Soytarının Tuhaf Hikayeleri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789750713439</t>
+          <t>9789755104850</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Kırmızı Balonu</t>
+          <t>Soğan Oğlan</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>265</v>
+        <v>435</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755103099</t>
+          <t>9789750706172</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Bisikleti 2</t>
+          <t>Sihirli Mozart</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789750711176</t>
+          <t>9789750711589</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’ın Armağanları</t>
+          <t>Sıcak Çikolatalı Yolculuklar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789755100098</t>
+          <t>9789755109978</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık’a Bir Öpücük</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755103112</t>
+          <t>9789750703720</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Tatilde</t>
+          <t>Selo’nun Kuşları</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755100074</t>
+          <t>9789750703270</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Satranç Oynuyor</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755100005</t>
+          <t>9789755109114</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Pazara Gidiyor</t>
+          <t>Sayı Şeytanı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789750712449</t>
+          <t>9789750708688</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Tobia ve Melek</t>
+          <t>Renkli Öcüler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789750762765</t>
+          <t>9789750713439</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Misi Sultan Efsanesi</t>
+          <t>Pıtırcık’ın Kırmızı Balonu</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789750762741</t>
+          <t>9789755103099</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Hortum Akıllı</t>
+          <t>Pıtırcık’ın Bisikleti 2</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789750761911</t>
+          <t>9789750711176</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk'ten Küçük Öyküler Seti</t>
+          <t>Pıtırcık’ın Armağanları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>750</v>
+        <v>310</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789750759994</t>
+          <t>9789755100098</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Veda Turtası</t>
+          <t>Pıtırcık’a Bir Öpücük</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789750761997</t>
+          <t>9789755103112</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Rap Rap Rapunzel - Sayfayı Çevir 2</t>
+          <t>Pıtırcık Tatilde</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789750762000</t>
+          <t>9789755100074</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Bütün Sene Bayram</t>
+          <t>Pıtırcık Satranç Oynuyor</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789750761744</t>
+          <t>9789755100005</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Aveline Jones'un Hayaletleri</t>
+          <t>Pıtırcık Pazara Gidiyor</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789750760006</t>
+          <t>9789750712449</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans Kitapçısı</t>
+          <t>Tobia ve Melek</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789750761959</t>
+          <t>9789750762765</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kuşlu Köy (Ciltli)</t>
+          <t>Misi Sultan Efsanesi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>485</v>
+        <v>215</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789750759536</t>
+          <t>9789750762741</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Korsanlar</t>
+          <t>Hortum Akıllı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789750761645</t>
+          <t>9789750761911</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tablonun İzinde - Cafer Black 1</t>
+          <t>Büyük Atatürk'ten Küçük Öyküler Seti</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>190</v>
+        <v>870</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789750761638</t>
+          <t>9789750759994</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Abim Benjamin</t>
+          <t>Veda Turtası</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789750761751</t>
+          <t>9789750761997</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Hayvanlarla Beraber</t>
+          <t>Rap Rap Rapunzel - Sayfayı Çevir 2</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789750761263</t>
+          <t>9789750762000</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kulübemiz Tehlikede!</t>
+          <t>Jip ile Janneke - Bütün Sene Bayram</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789750761256</t>
+          <t>9789750761744</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kapibaralar</t>
+          <t>Aveline Jones'un Hayaletleri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789750759055</t>
+          <t>9789750760006</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Aydede Peynir Değildir</t>
+          <t>İkinci Şans Kitapçısı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789750761188</t>
+          <t>9789750761959</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Aydın: Bir Beyaz Balinanın Gerçek Hikayesi (Ciltli)</t>
+          <t>Kuşlu Köy (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>345</v>
+        <v>555</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789750761171</t>
+          <t>9789750759536</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yerinde - Dönüşüm 2</t>
+          <t>Balıkçı Korsanlar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789750760662</t>
+          <t>9789750761645</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Tindimler ve Çöp Adası</t>
+          <t>Kayıp Tablonun İzinde - Cafer Black 1</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789750761164</t>
+          <t>9789750761638</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Derin Orman (Ciltli)</t>
+          <t>Abim Benjamin</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789750759529</t>
+          <t>9789750761751</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Konağın Gizemi</t>
+          <t>Jip ile Janneke - Hayvanlarla Beraber</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>205</v>
+        <v>235</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789750760143</t>
+          <t>9789750761263</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Kulübemiz Tehlikede!</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789750760013</t>
+          <t>9789750761256</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder Okul Yolunda</t>
+          <t>Kapibaralar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789750759031</t>
+          <t>9789750759055</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Oman'ın Güzel Kalemi</t>
+          <t>Aydede Peynir Değildir</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789750759512</t>
+          <t>9789750761188</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya / Fısıldayıcılar Şehri</t>
+          <t>Aydın: Bir Beyaz Balinanın Gerçek Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>355</v>
+        <v>400</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789750754104</t>
+          <t>9789750761171</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gözcü Kulesinde - Öteden Beri 1</t>
+          <t>Yerli Yerinde - Dönüşüm 2</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>355</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789750759024</t>
+          <t>9789750760662</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Jip ile Janneke - Beraber Oynayalım mı?</t>
+          <t>Tindimler ve Çöp Adası</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789750759048</t>
+          <t>9789750761164</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>101 Kısa Halk Hikayesi</t>
+          <t>Derin Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789750757860</t>
+          <t>9789750759529</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Volkanik Patlamalar ve Taşan Okyanuslar (Ciltli)</t>
+          <t>Tarihi Konağın Gizemi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>485</v>
+        <v>235</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789750758713</t>
+          <t>9789750760143</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mahalleyi Kurtarmanın Yolları</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789750758706</t>
+          <t>9789750760013</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bay Evdeyokum'un Post-it'leri</t>
+          <t>Anneanne ile Frieder Okul Yolunda</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789750758201</t>
+          <t>9789750759031</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Friederin Yepyeni Maceraları</t>
+          <t>Oman'ın Güzel Kalemi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789750757051</t>
+          <t>9789750759512</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak - Dönüşüm 1</t>
+          <t>Kepler62: Yeni Dünya / Fısıldayıcılar Şehri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>275</v>
+        <v>410</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789750747175</t>
+          <t>9789750754104</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Oz Büyücüsü</t>
+          <t>Gözcü Kulesinde - Öteden Beri 1</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789750757853</t>
+          <t>9789750759024</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Siyah Rüya Taşı</t>
+          <t>Jip ile Janneke - Beraber Oynayalım mı?</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789750757655</t>
+          <t>9789750759048</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Öncü Doktor Hipokrat</t>
+          <t>101 Kısa Halk Hikayesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>205</v>
+        <v>345</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789750755620</t>
+          <t>9789750757860</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Tek Başına / Sayfayı Çevir 1</t>
+          <t>Volkanik Patlamalar ve Taşan Okyanuslar (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>175</v>
+        <v>560</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789750756535</t>
+          <t>9789750758713</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Pergamon'un Kayıp Hazinesi</t>
+          <t>Mahalleyi Kurtarmanın Yolları</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789750757068</t>
+          <t>9789750758706</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ustaların Ustası - Selin</t>
+          <t>Bay Evdeyokum'un Post-it'leri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789750756542</t>
+          <t>9789750758201</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız Kardeşim</t>
+          <t>Anneanne ile Friederin Yepyeni Maceraları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>890</v>
+        <v>205</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789750755613</t>
+          <t>9789750757051</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Biri Şu Sayıları Toplasın</t>
+          <t>Tepetaklak - Dönüşüm 1</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789750754555</t>
+          <t>9789750747175</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Aritmetik İyi Kuşlar Pekiyi</t>
+          <t>Muhteşem Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789750754715</t>
+          <t>9789750757853</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Marsık ve Ben</t>
+          <t>Siyah Rüya Taşı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789750752704</t>
+          <t>9789750757655</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Ay Tavşanı, Dedem ve Ben</t>
+          <t>Öncü Doktor Hipokrat</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789750754890</t>
+          <t>9789750755620</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder'in Yeni Maceraları</t>
+          <t>Ormanda Tek Başına / Sayfayı Çevir 1</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789750755637</t>
+          <t>9789750756535</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Pisagor ve Şu Lanet Sayı</t>
+          <t>Pergamon'un Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789750755309</t>
+          <t>9789750757068</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Harold Kuzey Kutbu'nda</t>
+          <t>Ustaların Ustası - Selin</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789750755286</t>
+          <t>9789750756542</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Odasına Bir Resim</t>
+          <t>Kardan Kız Kardeşim</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>230</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789750755255</t>
+          <t>9789750755613</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Sirki</t>
+          <t>Biri Şu Sayıları Toplasın</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789750753794</t>
+          <t>9789750754555</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil, Böyle!</t>
+          <t>Aritmetik İyi Kuşlar Pekiyi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789750752698</t>
+          <t>9789750754715</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Selin Püsküllü Bela</t>
+          <t>Marsık ve Ben</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789750753855</t>
+          <t>9789750752704</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Göğe Yolculuğu</t>
+          <t>Ay Tavşanı, Dedem ve Ben</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789750753671</t>
+          <t>9789750754890</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Harold'ın Masalı</t>
+          <t>Anneanne ile Frieder'in Yeni Maceraları</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789750753664</t>
+          <t>9789750755637</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Harold ve Mor Tebeşir</t>
+          <t>Pisagor ve Şu Lanet Sayı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789750752520</t>
+          <t>9789750755309</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yazının Dansı</t>
+          <t>Harold Kuzey Kutbu'nda</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789750752681</t>
+          <t>9789750755286</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Anneanne ile Frieder</t>
+          <t>Harold'ın Odasına Bir Resim</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789750751899</t>
+          <t>9789750755255</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hatıraları Saklama Sandığı</t>
+          <t>Harold'ın Sirki</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>335</v>
+        <v>265</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789750752537</t>
+          <t>9789750753794</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çalçene'den Öyküler</t>
+          <t>Öyle Değil, Böyle!</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789750751882</t>
+          <t>9789750752698</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya - Ada</t>
+          <t>Selin Püsküllü Bela</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789750749179</t>
+          <t>9789750753855</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dev Bir Benek</t>
+          <t>Harold'ın Göğe Yolculuğu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789750750311</t>
+          <t>9789750753671</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Bulut ve Selis Haykırdı: Ağaçlarımıza Ne Oldu? - Alfabe Bulutu 4</t>
+          <t>Harold'ın Masalı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789750750328</t>
+          <t>9789750753664</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hayat Benim Bildiğim Kadar Mı? - Alfabe Bulutu 5</t>
+          <t>Harold ve Mor Tebeşir</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789750751875</t>
+          <t>9789750752520</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Güzelim Öyküler</t>
+          <t>Yazının Dansı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789750751325</t>
+          <t>9789750752681</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almadan</t>
+          <t>Anneanne ile Frieder</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789750750304</t>
+          <t>9789750751899</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Virgül Nerdesin? - Alfabe Bulutu 3</t>
+          <t>Hatıraları Saklama Sandığı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789750748998</t>
+          <t>9789750752537</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Kitabı</t>
+          <t>Çalçene'den Öyküler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789750750298</t>
+          <t>9789750751882</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yeni Dünya - İki Kabile</t>
+          <t>Kepler62: Yeni Dünya - Ada</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>355</v>
+        <v>395</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789750749193</t>
+          <t>9789750749179</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Noktalarım Olmadan Ne Yapacağım? - Alfabe Bulutu 2</t>
+          <t>Dev Bir Benek</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789750749186</t>
+          <t>9789750750311</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ya Başkası Olsaydım? - Alfabe Bulutu 1</t>
+          <t>Bulut ve Selis Haykırdı: Ağaçlarımıza Ne Oldu? - Alfabe Bulutu 4</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789750747823</t>
+          <t>9789750750328</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı, Canavarlar Geldiğinde</t>
+          <t>Hayat Benim Bildiğim Kadar Mı? - Alfabe Bulutu 5</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>276</v>
+        <v>250</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789750749162</t>
+          <t>9789750751875</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar Kumsalı</t>
+          <t>Güzelim Öyküler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789750749001</t>
+          <t>9789750751325</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben, Elma Ağacı</t>
+          <t>Nefes Almadan</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789750747830</t>
+          <t>9789750750304</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İlginç Bir Şey Yapmalıyız</t>
+          <t>Virgül Nerdesin? - Alfabe Bulutu 3</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789750748981</t>
+          <t>9789750748998</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Gökte Bir Tekne (Ciltli)</t>
+          <t>İnci'nin Kitabı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789750748608</t>
+          <t>9789750750298</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Bakanlığı</t>
+          <t>Kepler62: Yeni Dünya - İki Kabile</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789750747038</t>
+          <t>9789750749193</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bir Problem Bin Çözüm</t>
+          <t>Noktalarım Olmadan Ne Yapacağım? - Alfabe Bulutu 2</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789750747793</t>
+          <t>9789750749186</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Krala Mektup</t>
+          <t>Ya Başkası Olsaydım? - Alfabe Bulutu 1</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>465</v>
+        <v>230</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789750747816</t>
+          <t>9789750747823</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yeni Futbol Antrenörü</t>
+          <t>Gece Yarısı, Canavarlar Geldiğinde</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789750746796</t>
+          <t>9789750749162</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Kötü Örnek</t>
+          <t>Aylaklar Kumsalı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789750747526</t>
+          <t>9789750749001</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pullarla Atatürk: Hayatı ve Mücadelesi (1881-1938) (Ciltli)</t>
+          <t>Sen, Ben, Elma Ağacı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>530</v>
+        <v>365</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789750747052</t>
+          <t>9789750747830</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Bakan</t>
+          <t>İlginç Bir Şey Yapmalıyız</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789750747069</t>
+          <t>9789750748981</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bugünlerde Herkesin Adı Affedersin</t>
+          <t>Gökte Bir Tekne (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>285</v>
+        <v>495</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789750746802</t>
+          <t>9789750748608</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Çayırın En Tuhaf Yuvası</t>
+          <t>Çözüm Bakanlığı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789750745409</t>
+          <t>9789750747038</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Diyarı</t>
+          <t>Bir Problem Bin Çözüm</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789750742552</t>
+          <t>9789750747793</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Miryalı Sarp Sakin'e Göre Dünya</t>
+          <t>Krala Mektup</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>300</v>
+        <v>535</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789750742095</t>
+          <t>9789750747816</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Martılarımın Adları Tahir ile Zühre</t>
+          <t>Yeni Futbol Antrenörü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789750742101</t>
+          <t>9789750746796</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Annemle Babam Sınıfta!</t>
+          <t>Benim Babam Kötü Örnek</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789750742033</t>
+          <t>9789750747526</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar 4 - Kaptan Nero</t>
+          <t>Pullarla Atatürk: Hayatı ve Mücadelesi (1881-1938) (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>205</v>
+        <v>610</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789750742026</t>
+          <t>9789750747052</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Moda Lila'dan Sorulur - Güzel, Açıkgöz, Cesur Kızlar</t>
+          <t>Acayip Bir Bakan</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789750742040</t>
+          <t>9789750747069</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Altınçayır Vadisi'nin Çocukları</t>
+          <t>Bugünlerde Herkesin Adı Affedersin</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789750741838</t>
+          <t>9789750746802</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Binbir At Masalı (Ciltli)</t>
+          <t>Çayırın En Tuhaf Yuvası</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789750741821</t>
+          <t>9789750745409</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Sır (Ciltli)</t>
+          <t>Gölgeler Diyarı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789750741845</t>
+          <t>9789750742552</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Aynasız Ev</t>
+          <t>Miryalı Sarp Sakin'e Göre Dünya</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789750741654</t>
+          <t>9789750742095</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Bir Ses</t>
+          <t>Martılarımın Adları Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789750741494</t>
+          <t>9789750742101</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Hafızası</t>
+          <t>Annemle Babam Sınıfta!</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789750741463</t>
+          <t>9789750742033</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sirk Kızı</t>
+          <t>Sezer ve Tozar 4 - Kaptan Nero</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789750741487</t>
+          <t>9789750742026</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Ejder - Lumpi Lumpi Arkadaşım Ejderha</t>
+          <t>Moda Lila'dan Sorulur - Güzel, Açıkgöz, Cesur Kızlar</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789750741470</t>
+          <t>9789750742040</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kaplan ve Cambaz</t>
+          <t>Altınçayır Vadisi'nin Çocukları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789750741241</t>
+          <t>9789750741838</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Cotturuk Defterleri</t>
+          <t>Binbir At Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789750741258</t>
+          <t>9789750741821</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Çocuklar</t>
+          <t>Kepler62: Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789750741142</t>
+          <t>9789750741845</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bir Aslan İstiyorum (Ciltli)</t>
+          <t>Aynasız Ev</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>485</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789750741135</t>
+          <t>9789750741654</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Bir Yuva</t>
+          <t>Rengarenk Bir Ses</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789750740848</t>
+          <t>9789750741494</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Virüs</t>
+          <t>Ağacın Hafızası</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>345</v>
+        <v>365</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789750740831</t>
+          <t>9789750741463</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Mario'nun Uçak Koltuğu - Sezer ve Tozar 3</t>
+          <t>Sirk Kızı</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789750740657</t>
+          <t>9789750741487</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Zamanı</t>
+          <t>Güzel ve Ejder - Lumpi Lumpi Arkadaşım Ejderha</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>184</v>
+        <v>195</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789750739682</t>
+          <t>9789750741470</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Saklambaç</t>
+          <t>Kaplan ve Cambaz</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789750740305</t>
+          <t>9789750741241</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Değirmenler Vadisi</t>
+          <t>Cotturuk Defterleri</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789750740312</t>
+          <t>9789750741258</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kütüphaneci</t>
+          <t>Kıyıdaki Çocuklar</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789750740176</t>
+          <t>9789750741142</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Evine Döndüğü Gün</t>
+          <t>Bir Aslan İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>185</v>
+        <v>560</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789750739668</t>
+          <t>9789750741135</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Prens Oleomargarin'in Aşırılması (Ciltli)</t>
+          <t>Sıcacık Bir Yuva</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789750740169</t>
+          <t>9789750740848</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ada (Ciltli)</t>
+          <t>Kepler 62: Virüs</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>440</v>
+        <v>395</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789750740138</t>
+          <t>9789750740831</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yeni Öğretmen</t>
+          <t>Mario'nun Uçak Koltuğu - Sezer ve Tozar 3</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789750739675</t>
+          <t>9789750740657</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Öncüler</t>
+          <t>Kırlangıç Zamanı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789750739323</t>
+          <t>9789750739682</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kral Kılıçbalığı - Sihirlialem Geçitleri 2</t>
+          <t>Boğaziçi'nde Saklambaç</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789750739316</t>
+          <t>9789750740305</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Müzik Canavarı - Lumpi Lumpi Arkadaşım Ejderha 7</t>
+          <t>Değirmenler Vadisi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789750739040</t>
+          <t>9789750740312</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Buz Ejderhası</t>
+          <t>Gizemli Kütüphaneci</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789750738838</t>
+          <t>9789750740176</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Çocukları</t>
+          <t>Herkesin Evine Döndüğü Gün</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>525</v>
+        <v>215</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789750738593</t>
+          <t>9789750739668</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bobbo, Ne Yapıyorsun?</t>
+          <t>Prens Oleomargarin'in Aşırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789750738418</t>
+          <t>9789750740169</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu ve Kargalar</t>
+          <t>Ada (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>120</v>
+        <v>505</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789750739149</t>
+          <t>9789750740138</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kusha ve İnciler</t>
+          <t>Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789750738104</t>
+          <t>9789750739675</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Batık Şehrin İşareti - Bolbadim Günlükleri 2</t>
+          <t>Kepler 62: Öncüler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789750738111</t>
+          <t>9789750739323</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kaya Çıkmaz'ındaki Okul - Bolbadim Günlükleri 1</t>
+          <t>Kral Kılıçbalığı - Sihirlialem Geçitleri 2</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789750738821</t>
+          <t>9789750739316</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Güzel Çiçekleri</t>
+          <t>Müzik Canavarı - Lumpi Lumpi Arkadaşım Ejderha 7</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789750738128</t>
+          <t>9789750739040</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Kapısı - Bolbadim Günlükleri 3</t>
+          <t>Buz Ejderhası</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789750738708</t>
+          <t>9789750738838</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Deniz Olmak</t>
+          <t>Dünyanın En Berbat Çocukları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789750738678</t>
+          <t>9789750738593</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Yolculuk</t>
+          <t>Bobbo, Ne Yapıyorsun?</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789750738692</t>
+          <t>9789750738418</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Jülyet</t>
+          <t>Akkuzu Karakuzu ve Kargalar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789750738586</t>
+          <t>9789750739149</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Bobbo Macera Peşinde</t>
+          <t>Kusha ve İnciler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789750738425</t>
+          <t>9789750738104</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Pluk ve Kırmızı Çekicisi (Ciltli)</t>
+          <t>Batık Şehrin İşareti - Bolbadim Günlükleri 2</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789750738098</t>
+          <t>9789750738111</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar 2 - Öfkeli Dostlar</t>
+          <t>Kaya Çıkmaz'ındaki Okul - Bolbadim Günlükleri 1</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789750737602</t>
+          <t>9789750738821</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Korkunç İkizler</t>
+          <t>Anneannemin Güzel Çiçekleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789750737596</t>
+          <t>9789750738128</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Sezer ve Tozar - Çomar Amca'nın Mirası</t>
+          <t>Kıyamet Kapısı - Bolbadim Günlükleri 3</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789750737473</t>
+          <t>9789750738708</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Büyükbaba'nın Müthiş Firarı</t>
+          <t>Yeniden Deniz Olmak</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789750737572</t>
+          <t>9789750738678</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yokhayvanlar (Ciltli)</t>
+          <t>Kepler62: Yolculuk</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789750736759</t>
+          <t>9789750738692</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İdil Biret: Dans Eden Parmaklar</t>
+          <t>Romeo ve Jülyet</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789750737480</t>
+          <t>9789750738586</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ailenin En Yaramazı</t>
+          <t>Bobbo Macera Peşinde</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789750737053</t>
+          <t>9789750738425</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adım Adım Satranç (Ciltli)</t>
+          <t>Pluk ve Kırmızı Çekicisi (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>655</v>
+        <v>860</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789750737381</t>
+          <t>9789750738098</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>O Ağustos Günü</t>
+          <t>Sezer ve Tozar 2 - Öfkeli Dostlar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>196</v>
+        <v>235</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789750737374</t>
+          <t>9789750737602</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyadan Gelen Kız</t>
+          <t>Korkunç İkizler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789750736896</t>
+          <t>9789750737596</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Gün Bey'in Penceresi</t>
+          <t>Sezer ve Tozar - Çomar Amca'nın Mirası</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789750737046</t>
+          <t>9789750737473</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Floddertje (Ciltli)</t>
+          <t>Büyükbaba'nın Müthiş Firarı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>860</v>
+        <v>630</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789750736902</t>
+          <t>9789750737572</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Mektuplar (Özel Baskı) (Ciltli)</t>
+          <t>Yokhayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>485</v>
+        <v>345</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789750736834</t>
+          <t>9789750736759</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gün (Ciltli)</t>
+          <t>İdil Biret: Dans Eden Parmaklar</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789750736544</t>
+          <t>9789750737480</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Çalılar Diyarı- Sihrialem Geçitleri 1</t>
+          <t>Ailenin En Yaramazı</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789750736735</t>
+          <t>9789750737053</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kitap</t>
+          <t>Çocuklar İçin Adım Adım Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>345</v>
+        <v>750</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789750736216</t>
+          <t>9789750737381</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Gri) (Ciltli)</t>
+          <t>O Ağustos Günü</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>405</v>
+        <v>225</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789750736230</t>
+          <t>9789750737374</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Turuncu) (Ciltli)</t>
+          <t>Başka Dünyadan Gelen Kız</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>405</v>
+        <v>290</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789750736223</t>
+          <t>9789750736896</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Özel Baskı (Mavi) (Ciltli)</t>
+          <t>Gün Bey'in Penceresi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>405</v>
+        <v>320</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789750736537</t>
+          <t>9789750737046</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Elveda Bay Muffin (Ciltli)</t>
+          <t>Floddertje (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>405</v>
+        <v>990</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789750736322</t>
+          <t>9789750736902</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Kazım’ın Sağ Yanağı</t>
+          <t>Vanilya Kokulu Mektuplar (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>205</v>
+        <v>555</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789750736520</t>
+          <t>9789750736834</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Bobbo ile Dostları</t>
+          <t>Sıradan Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789750736339</t>
+          <t>9789750736544</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>101 Tekerleme</t>
+          <t>Çalılar Diyarı- Sihrialem Geçitleri 1</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789750736018</t>
+          <t>9789750736735</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Yüzme Antrenörü</t>
+          <t>Vahşi Kitap</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>288</v>
+        <v>345</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789750736025</t>
+          <t>9789750736216</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kız İşi Oğlan İşi</t>
+          <t>Küçük Prens - Özel Baskı (Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>205</v>
+        <v>465</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789750735806</t>
+          <t>9789750736230</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuğun Rüyası - Ekimus Serüvenleri 3</t>
+          <t>Küçük Prens - Özel Baskı (Turuncu) (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>215</v>
+        <v>470</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789750735820</t>
+          <t>9789750736223</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kökenler Labirenti - Pera Günlükleri 5</t>
+          <t>Küçük Prens - Özel Baskı (Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>305</v>
+        <v>465</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789750735813</t>
+          <t>9789750736537</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kepler 62: Gerisayım</t>
+          <t>Elveda Bay Muffin (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>345</v>
+        <v>465</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789750735790</t>
+          <t>9789750736322</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Elden Süt Memeden</t>
+          <t>Kaptan Kazım’ın Sağ Yanağı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789750735295</t>
+          <t>9789750736520</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Çok Evin Yok Kedisi</t>
+          <t>Ayıcık Bobbo ile Dostları</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789750735264</t>
+          <t>9789750736339</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kola Fıskiyeleri ve Sıçrayan Boya Bombaları (Ciltli)</t>
+          <t>101 Tekerleme</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>755</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789750735271</t>
+          <t>9789750736018</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Mandolin Çalan Pangolin</t>
+          <t>Korkunç Yüzme Antrenörü</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789750735035</t>
+          <t>9789750736025</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Melo</t>
+          <t>Kız İşi Oğlan İşi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789750735028</t>
+          <t>9789750735806</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kelimeleri</t>
+          <t>Her Çocuğun Rüyası - Ekimus Serüvenleri 3</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789750734816</t>
+          <t>9789750735820</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmam Bulut Şimdi (Ciltli)</t>
+          <t>Kökenler Labirenti - Pera Günlükleri 5</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>485</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789750734472</t>
+          <t>9789750735813</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Nasreddin Hoca</t>
+          <t>Kepler 62: Gerisayım</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789750734496</t>
+          <t>9789750735790</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yeleli Kedi Çocuk</t>
+          <t>Ekmek Elden Süt Memeden</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789750734489</t>
+          <t>9789750735295</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kepler62: Davetiye</t>
+          <t>Çok Evin Yok Kedisi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789750733949</t>
+          <t>9789750735264</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar 3</t>
+          <t>Kola Fıskiyeleri ve Sıçrayan Boya Bombaları (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>100</v>
+        <v>870</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789750734304</t>
+          <t>9789750735271</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Bitiren Sinek</t>
+          <t>Mandolin Çalan Pangolin</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789750733925</t>
+          <t>9789750735035</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bir Puding Hikayesi</t>
+          <t>Melo</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789750733932</t>
+          <t>9789750735028</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Sams</t>
+          <t>Annemin Kelimeleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789750733956</t>
+          <t>9789750734816</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Kedileri (Özel Baskı) (Ciltli)</t>
+          <t>Uçurtmam Bulut Şimdi (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>485</v>
+        <v>555</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789750733567</t>
+          <t>9789750734472</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Burun Giysisi</t>
+          <t>Arkadaşım Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>270</v>
+        <v>305</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789750733543</t>
+          <t>9789750734496</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Köye Yazar Geldi</t>
+          <t>Uzun Yeleli Kedi Çocuk</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>179</v>
+        <v>370</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789750706240</t>
+          <t>9789750734489</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yonca Kız</t>
+          <t>Kepler62: Davetiye</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789755100937</t>
+          <t>9789750733949</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sınıf</t>
+          <t>Rüya Dalgıçları İçin Masallar 3</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789750733475</t>
+          <t>9789750734304</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Savaşı Bitiren Sinek</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789750733017</t>
+          <t>9789750733925</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Uçankuş'tan Al Haberi</t>
+          <t>Bir Puding Hikayesi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789750733031</t>
+          <t>9789750733932</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kutusundaki Martı</t>
+          <t>Şanslı Sams</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789755100821</t>
+          <t>9789750733956</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yele</t>
+          <t>Dünyanın Bütün Kedileri (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>555</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789750733000</t>
+          <t>9789750733567</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Topaç</t>
+          <t>Burun Giysisi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789750733024</t>
+          <t>9789750733543</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 3: Kükreyen Kırklar</t>
+          <t>Köye Yazar Geldi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789750726408</t>
+          <t>9789750706240</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Söyledin Emily</t>
+          <t>Yonca Kız</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789750732881</t>
+          <t>9789755100937</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Şekerli Sinek - Mavi Orman Yolunda</t>
+          <t>Uçan Sınıf</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789750732706</t>
+          <t>9789750733475</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Alvin Amca ve Sams</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789750732713</t>
+          <t>9789750733017</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tüy</t>
+          <t>Uçankuş'tan Al Haberi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789750732539</t>
+          <t>9789750733031</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello’nun Yeni Maceraları 2</t>
+          <t>Bisküvi Kutusundaki Martı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789750732553</t>
+          <t>9789755100821</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İstanbul</t>
+          <t>Beyaz Yele</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789750732287</t>
+          <t>9789750733000</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Döndüren Kız</t>
+          <t>Uyuyan Topaç</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>213</v>
+        <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789750732126</t>
+          <t>9789750733024</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Bobbo, Nereye Gidiyorsun?</t>
+          <t>Yedi Denizlerde 3: Kükreyen Kırklar</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789750724718</t>
+          <t>9789750726408</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>101 Deyim 101 Öykü</t>
+          <t>İyi ki Söyledin Emily</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789750724701</t>
+          <t>9789750732881</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>101 Atasözü 101 Öykü</t>
+          <t>Şekerli Sinek - Mavi Orman Yolunda</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789750732102</t>
+          <t>9789750732706</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Fare Adlı Kedi</t>
+          <t>Alvin Amca ve Sams</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789750732270</t>
+          <t>9789750732713</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kanadımdaki Deniz</t>
+          <t>Sihirli Tüy</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789750731389</t>
+          <t>9789750732539</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Masal Kurma Oyunu</t>
+          <t>Bay Bello’nun Yeni Maceraları 2</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789750731334</t>
+          <t>9789750732553</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hışır Hışır Kırt Kırt</t>
+          <t>Çocuklar İçin İstanbul</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789750731259</t>
+          <t>9789750732287</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bir Salıncak Macerası</t>
+          <t>Dünyayı Döndüren Kız</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789750732133</t>
+          <t>9789750732126</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Bobbo, Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789750732119</t>
+          <t>9789750724718</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kokuşuk Arkadaş</t>
+          <t>101 Deyim 101 Öykü</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>160</v>
+        <v>345</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789750730061</t>
+          <t>9789750724701</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Karga Beyaz ve Posbıyık Usta</t>
+          <t>101 Atasözü 101 Öykü</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789750728761</t>
+          <t>9789750732102</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayı Vadu - Ormandaki Dedikodu</t>
+          <t>Fare Adlı Kedi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789750718960</t>
+          <t>9789750732270</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hey Küçük!</t>
+          <t>Kanadımdaki Deniz</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789750730078</t>
+          <t>9789750731389</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Düğme</t>
+          <t>Masal Kurma Oyunu</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789750728754</t>
+          <t>9789750731334</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Hediye</t>
+          <t>Hışır Hışır Kırt Kırt</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789750730054</t>
+          <t>9789750731259</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Ina Mağarada - Güzel Açıkgöz Cesur Kızlar</t>
+          <t>Bir Salıncak Macerası</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789750727764</t>
+          <t>9789750732133</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halk Masalları</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>196</v>
+        <v>340</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789750719271</t>
+          <t>9789750732119</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam ve Küçük Hanım</t>
+          <t>Kokuşuk Arkadaş</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789750728747</t>
+          <t>9789750730061</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Bay Bello ve Mavi Mucize</t>
+          <t>Karga Beyaz ve Posbıyık Usta</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789750715587</t>
+          <t>9789750728761</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kofi Veya Bağışlama Sanatı</t>
+          <t>Minik Ayı Vadu - Ormandaki Dedikodu</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789750710063</t>
+          <t>9789750718960</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Küçük Deniz</t>
+          <t>Hey Küçük!</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789750713576</t>
+          <t>9789750730078</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Ayaklı Çocuk</t>
+          <t>Küçük Kırmızı Düğme</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789750710100</t>
+          <t>9789750728754</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Koca Sevimli Dev</t>
+          <t>Acayip Bir Hediye</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789750727771</t>
+          <t>9789750730054</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Karadan Kaçanlar</t>
+          <t>Ina Mağarada - Güzel Açıkgöz Cesur Kızlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789750726071</t>
+          <t>9789750727764</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>101 Ninni</t>
+          <t>Dünya Halk Masalları</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789750726392</t>
+          <t>9789750719271</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi Arkadaşım Ejderha 6: Kraliçe Lapalapa ve Yedi Ejderha</t>
+          <t>Küçük Adam ve Küçük Hanım</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>170</v>
+        <v>365</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789750707612</t>
+          <t>9789750728747</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Fil</t>
+          <t>Bay Bello ve Mavi Mucize</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789750702822</t>
+          <t>9789750715587</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmam Bulut Şimdi</t>
+          <t>Kofi Veya Bağışlama Sanatı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789750714351</t>
+          <t>9789750710063</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Değirmenci ile Baykuş</t>
+          <t>Kocaman Küçük Deniz</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789750702853</t>
+          <t>9789750713576</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Dedikoduyu Sever</t>
+          <t>Kocaman Ayaklı Çocuk</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789750712661</t>
+          <t>9789750710100</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Dalgacık ile Yakamozun Masalı</t>
+          <t>Koca Sevimli Dev</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789750709678</t>
+          <t>9789750727771</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kuğuların Türküsü</t>
+          <t>Karadan Kaçanlar</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789755100982</t>
+          <t>9789750726071</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Çikolata Fabrikası</t>
+          <t>101 Ninni</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789755102559</t>
+          <t>9789750726392</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Charlie’nin Büyük Cam Asansörü</t>
+          <t>Lumpi Lumpi Arkadaşım Ejderha 6: Kraliçe Lapalapa ve Yedi Ejderha</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789750701665</t>
+          <t>9789750707612</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Babamın Gözleri Kedi Gözleri</t>
+          <t>Uyurgezer Fil</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789750725869</t>
+          <t>9789750702822</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Sams Tehlikede</t>
+          <t>Uçurtmam Bulut Şimdi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789750702976</t>
+          <t>9789750714351</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kuşa Ne Oldu</t>
+          <t>Değirmenci ile Baykuş</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789755108049</t>
+          <t>9789750702853</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dev Şeftali</t>
+          <t>Dalgalar Dedikoduyu Sever</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789750714689</t>
+          <t>9789750712661</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Denizi Düşleyen Prenses</t>
+          <t>Dalgacık ile Yakamozun Masalı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789750715785</t>
+          <t>9789750709678</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Boşboğaz Fred</t>
+          <t>Kuğuların Türküsü</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789750764288</t>
+          <t>9789755100982</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Savaş - Çatalhöyük Öyküleri 3</t>
+          <t>Charlie’nin Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789750715761</t>
+          <t>9789755102559</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bin Yokmuş</t>
+          <t>Charlie’nin Büyük Cam Asansörü</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789750714306</t>
+          <t>9789750701665</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bir Telefonluk Masallar</t>
+          <t>Babamın Gözleri Kedi Gözleri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789750725852</t>
+          <t>9789750725869</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Akkuzu Karakuzu Lunaparkta</t>
+          <t>Sams Tehlikede</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789750725791</t>
+          <t>9789750702976</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Matbaacılık Oyuncağı</t>
+          <t>Pembe Kuşa Ne Oldu</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789750726088</t>
+          <t>9789755108049</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Miks Maks ve Meks'in Öyküsü</t>
+          <t>Dev Şeftali</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789750726125</t>
+          <t>9789750714689</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Bayan Kaz Bale Yapıyor</t>
+          <t>Denizi Düşleyen Prenses</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789750725753</t>
+          <t>9789750715785</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Gölgeler Değişiyor!</t>
+          <t>Boşboğaz Fred</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789750725760</t>
+          <t>9789750764288</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Bacası</t>
+          <t>Bolluk ve Savaş - Çatalhöyük Öyküleri 3</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789750725784</t>
+          <t>9789750715761</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fil’i Gördünüz mü?</t>
+          <t>Bir Varmış Bin Yokmuş</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789750725609</t>
+          <t>9789750714306</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Okul Yılları 3</t>
+          <t>Bir Telefonluk Masallar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789750726064</t>
+          <t>9789750725852</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sakız Çiğneyen Kedi</t>
+          <t>Akkuzu Karakuzu Lunaparkta</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789750715037</t>
+          <t>9789750725791</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerle Dalga Geçme Dersleri</t>
+          <t>Matbaacılık Oyuncağı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789750710094</t>
+          <t>9789750726088</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne ve Miyop Ejderha</t>
+          <t>Miks Maks ve Meks'in Öyküsü</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789750717765</t>
+          <t>9789750726125</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 3</t>
+          <t>Bayan Kaz Bale Yapıyor</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789750710803</t>
+          <t>9789750725753</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 2</t>
+          <t>Eyvah, Gölgeler Değişiyor!</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789750710629</t>
+          <t>9789750725760</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ten Küçük Öyküler - 1</t>
+          <t>Fırtına Bacası</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789750725265</t>
+          <t>9789750725784</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Arkadaş</t>
+          <t>Kırmızı Fil’i Gördünüz mü?</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789750725227</t>
+          <t>9789750725609</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Düş Deposu</t>
+          <t>Günışığına Yolculuk - Okul Yılları 3</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789750725234</t>
+          <t>9789750726064</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Babamla Beter Amcanın Maceraları</t>
+          <t>Sakız Çiğneyen Kedi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789750725241</t>
+          <t>9789750715037</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Bir Keloğlan Bir de Eşeği</t>
+          <t>Büyüklerle Dalga Geçme Dersleri</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789750719776</t>
+          <t>9789750710094</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Polar Yeleğin Dünya Seyahati</t>
+          <t>Büyükanne ve Miyop Ejderha</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789750724923</t>
+          <t>9789750717765</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Günlüğü</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 3</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789750724909</t>
+          <t>9789750710803</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Eldivenlerimi Kim Çalıyor?</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 2</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789750708039</t>
+          <t>9789750710629</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Zürafa, Peli ve Ben</t>
+          <t>Büyük Atatürk’ten Küçük Öyküler - 1</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789750713194</t>
+          <t>9789750725265</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Zilli Tilki ile Çanlı Goncoloz</t>
+          <t>Ormandaki Arkadaş</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789750710360</t>
+          <t>9789750725227</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kaza</t>
+          <t>Düş Deposu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789750703072</t>
+          <t>9789750725234</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Toto ve Şemsiyesi</t>
+          <t>Yaramaz Babamla Beter Amcanın Maceraları</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789750713002</t>
+          <t>9789750725241</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Toparlacık Nokta ve Arkadaşları</t>
+          <t>Bir Keloğlan Bir de Eşeği</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789755109428</t>
+          <t>9789750719776</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Martıya Uçmayı Öğreten Kedi</t>
+          <t>Polar Yeleğin Dünya Seyahati</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789755101354</t>
+          <t>9789750724923</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Martılar Adası</t>
+          <t>Flamingo Günlüğü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789750711169</t>
+          <t>9789750724909</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Marko ile Mirko’nun Serüvenleri</t>
+          <t>Eldivenlerimi Kim Çalıyor?</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789750714191</t>
+          <t>9789750708039</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie ve Atomların Sırrı</t>
+          <t>Zürafa, Peli ve Ben</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789750703621</t>
+          <t>9789750713194</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Manolito Evinden Ayrılıyor</t>
+          <t>Zilli Tilki ile Çanlı Goncoloz</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789750703584</t>
+          <t>9789750710360</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Sineması</t>
+          <t>Zamanda Kaza</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789750700194</t>
+          <t>9789750703072</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Lastik Pabuçlar</t>
+          <t>Toto ve Şemsiyesi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789750701207</t>
+          <t>9789750713002</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeytan</t>
+          <t>Toparlacık Nokta ve Arkadaşları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789750710575</t>
+          <t>9789755109428</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sırlar</t>
+          <t>Martıya Uçmayı Öğreten Kedi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789755103082</t>
+          <t>9789755101354</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pıtırcık</t>
+          <t>Martılar Adası</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789758440863</t>
+          <t>9789750711169</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kitaplardan Korkan Çocuk</t>
+          <t>Marko ile Mirko’nun Serüvenleri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789750704604</t>
+          <t>9789750714191</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Konuklar</t>
+          <t>Marie Curie ve Atomların Sırrı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789750710742</t>
+          <t>9789750703621</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Güneş Var</t>
+          <t>Manolito Evinden Ayrılıyor</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789750714665</t>
+          <t>9789750703584</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Olan Tonino'nun Maceraları</t>
+          <t>Mahalle Sineması</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789750711374</t>
+          <t>9789750700194</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Gelen Pasta</t>
+          <t>Lastik Pabuçlar</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789750724695</t>
+          <t>9789750701207</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağamın Adı Meraklı</t>
+          <t>Küçük Şeytan</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789750724398</t>
+          <t>9789750710575</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Söz - Düş Makinesi</t>
+          <t>Küçük Sırlar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789750719226</t>
+          <t>9789755103082</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Zamanlardan Birinde</t>
+          <t>Küçük Pıtırcık</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789750716164</t>
+          <t>9789758440863</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Beraber</t>
+          <t>Kitaplardan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789755101170</t>
+          <t>9789750704604</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Odisseia - Çocuklar İçin</t>
+          <t>Geçmişten Gelen Konuklar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789750710865</t>
+          <t>9789750710742</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Çilekli Dondurma</t>
+          <t>Gözlerinde Güneş Var</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789750724435</t>
+          <t>9789750714665</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Görünmez Olan Tonino'nun Maceraları</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789750724206</t>
+          <t>9789750711374</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Gök, Deniz ve Toprak</t>
+          <t>Gökyüzünden Gelen Pasta</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789750723438</t>
+          <t>9789750724695</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Eksimus Serüvenleri 2 - Yalancı Cennet</t>
+          <t>Kaplumbağamın Adı Meraklı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789750724268</t>
+          <t>9789750724398</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçinde Şerafettin</t>
+          <t>Söz - Düş Makinesi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789750722424</t>
+          <t>9789750719226</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşek ve Yak’ın Doğum Günü</t>
+          <t>Zamanlardan Birinde</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789750700989</t>
+          <t>9789750716164</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Ana Anlatıyor</t>
+          <t>Çocuklarla Beraber</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789755100609</t>
+          <t>9789755101170</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Şişkolarla Sıskalar</t>
+          <t>Odisseia - Çocuklar İçin</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789750716157</t>
+          <t>9789750710865</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 3 - Şuuuttt ve Gooll!</t>
+          <t>Çilekli Dondurma</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789750714870</t>
+          <t>9789750724435</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 2</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789750713545</t>
+          <t>9789750724206</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Bilmeceler 1</t>
+          <t>Gök, Deniz ve Toprak</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789750712470</t>
+          <t>9789750723438</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Çamur</t>
+          <t>Eksimus Serüvenleri 2 - Yalancı Cennet</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789750710681</t>
+          <t>9789750724268</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kedi Adası</t>
+          <t>Çevrimiçinde Şerafettin</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789750714917</t>
+          <t>9789750722424</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Keçeci Bayram ve Anka Kuşu</t>
+          <t>Küçük Eşek ve Yak’ın Doğum Günü</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789750715082</t>
+          <t>9789750700989</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halklarından Hayvan Masalları</t>
+          <t>Tabiat Ana Anlatıyor</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789750710735</t>
+          <t>9789755100609</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Dörtgöz</t>
+          <t>Şişkolarla Sıskalar</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789750705090</t>
+          <t>9789750716157</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Şipşak Bilmeceler 3 - Şuuuttt ve Gooll!</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789750705366</t>
+          <t>9789750714870</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Domates Saçlı Kız</t>
+          <t>Şipşak Bilmeceler 2</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789750722431</t>
+          <t>9789750713545</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Lumpi Lumpi - Arkadaşım Ejderha 5: Oyuncaklar Ülkesinde</t>
+          <t>Şipşak Bilmeceler 1</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789750723292</t>
+          <t>9789750712470</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Trik Trak</t>
+          <t>Kedimin Adı Çamur</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789750723308</t>
+          <t>9789750710681</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Bumba ile Bibu</t>
+          <t>Kedi Adası</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789750718038</t>
+          <t>9789750714917</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevmeye Devam Et</t>
+          <t>Keçeci Bayram ve Anka Kuşu</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>213</v>
+        <v>290</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789750719257</t>
+          <t>9789750715082</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İrikıyım Timsah</t>
+          <t>Dünya Halklarından Hayvan Masalları</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789750718588</t>
+          <t>9789750710735</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar Ülkesi</t>
+          <t>Dörtgöz</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789750718465</t>
+          <t>9789750705090</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Normal Nedir?</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789750722448</t>
+          <t>9789750705366</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Lucia ve Ejderha Fuları</t>
+          <t>Domates Saçlı Kız</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789750711688</t>
+          <t>9789750722431</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Mızmızlanıyor</t>
+          <t>Lumpi Lumpi - Arkadaşım Ejderha 5: Oyuncaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789755100043</t>
+          <t>9789750723292</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Kampta</t>
+          <t>Trik Trak</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789755103105</t>
+          <t>9789750723308</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Futbolcu</t>
+          <t>Bumba ile Bibu</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>173</v>
+        <v>220</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789750711466</t>
+          <t>9789750718038</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri: Pıtırcık Eğleniyor</t>
+          <t>Hayatı Sevmeye Devam Et</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789750707681</t>
+          <t>9789750719257</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri 2</t>
+          <t>İrikıyım Timsah</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>415</v>
+        <v>175</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789750706134</t>
+          <t>9789750718588</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Bilinmeyen Öyküleri 1</t>
+          <t>Yalancılar Ülkesi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>430</v>
+        <v>305</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789750722301</t>
+          <t>9789750718465</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yol Boyunca Renkler</t>
+          <t>Normal Nedir?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789750717932</t>
+          <t>9789750722448</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Şekerli Sinek</t>
+          <t>Lucia ve Ejderha Fuları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789750718458</t>
+          <t>9789750711688</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Sams ile Bir Hafta</t>
+          <t>Pıtırcık Mızmızlanıyor</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789750703300</t>
+          <t>9789755100043</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sakız Kızın Günleri</t>
+          <t>Pıtırcık Kampta</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789750715556</t>
+          <t>9789755103105</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Saçlarında Soru İşaretleri</t>
+          <t>Pıtırcık Futbolcu</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789750710421</t>
+          <t>9789750711466</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Üzerindeki Şehir</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri: Pıtırcık Eğleniyor</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789750721830</t>
+          <t>9789750707681</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Üç, İkiii, Birr, Ateş! 2</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri 2</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789750715273</t>
+          <t>9789750706134</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Paprika</t>
+          <t>Pıtırcık Bilinmeyen Öyküleri 1</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>165</v>
+        <v>495</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789750704963</t>
+          <t>9789750722301</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Pantolonlu Eşek</t>
+          <t>Yol Boyunca Renkler</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789755106106</t>
+          <t>9789750717932</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Palavracı Baron</t>
+          <t>Şekerli Sinek</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789750712050</t>
+          <t>9789750718458</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kaçış</t>
+          <t>Sams ile Bir Hafta</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789750722295</t>
+          <t>9789750703300</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Bubu’nun Çemberi</t>
+          <t>Sakız Kızın Günleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789750722158</t>
+          <t>9789750715556</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Babam Bir Astronot</t>
+          <t>Saçlarında Soru İşaretleri</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789755109695</t>
+          <t>9789750710421</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü (Çıngıraklı) Deve</t>
+          <t>Rüzgarın Üzerindeki Şehir</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789750713835</t>
+          <t>9789750721830</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Puldan Taştan Lahanadan</t>
+          <t>Üç, İkiii, Birr, Ateş! 2</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789750701696</t>
+          <t>9789750715273</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Puf, Pufpuf, Cuf, Cufcuf ve Cino</t>
+          <t>Paprika</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789758440498</t>
+          <t>9789750704963</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Pantolonlu Eşek</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789755102870</t>
+          <t>9789755106106</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo’nun Serüvenleri</t>
+          <t>Palavracı Baron</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789750706189</t>
+          <t>9789750712050</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Pigmeler Ormanı</t>
+          <t>Özgürlüğe Kaçış</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789750722059</t>
+          <t>9789750722295</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim</t>
+          <t>Bubu’nun Çemberi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789750711909</t>
+          <t>9789750722158</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle ABC</t>
+          <t>Babam Bir Astronot</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789750715976</t>
+          <t>9789755109695</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyene Yolculuk  Coşkun’un Serüvenleri 2</t>
+          <t>Püsküllü (Çıngıraklı) Deve</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>106</v>
+        <v>155</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789750716003</t>
+          <t>9789750713835</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bilenler Bilmeyenlere Anlatsın</t>
+          <t>Puldan Taştan Lahanadan</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789750714009</t>
+          <t>9789750701696</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bil Beni Bileyim Seni 1</t>
+          <t>Puf, Pufpuf, Cuf, Cufcuf ve Cino</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789750706790</t>
+          <t>9789758440498</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Bıcır’ın Günlüğü</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789750715792</t>
+          <t>9789755102870</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Berta ve Girolamo</t>
+          <t>Pinokyo’nun Serüvenleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>121</v>
+        <v>175</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789750705618</t>
+          <t>9789750706189</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Az Buçuk Teo</t>
+          <t>Pigmeler Ormanı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789750700453</t>
+          <t>9789750722059</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden - Alice Harikalar Ülkesinde</t>
+          <t>Kardeşim</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>155</v>
+        <v>310</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789750705182</t>
+          <t>9789750711909</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Çocukları</t>
+          <t>Bilmecelerle ABC</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789750716171</t>
+          <t>9789750715976</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Hangi Takımı Tutuyordu?</t>
+          <t>Bilinmeyene Yolculuk  Coşkun’un Serüvenleri 2</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>200</v>
+        <v>106</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789750721809</t>
+          <t>9789750716003</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Böcek Orkestrasının Muhteşem Sınıfı - 2</t>
+          <t>Bilenler Bilmeyenlere Anlatsın</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789750721823</t>
+          <t>9789750714009</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 2: İskelet Sahili'ndeki Sır</t>
+          <t>Bil Beni Bileyim Seni 1</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789750721816</t>
+          <t>9789750706790</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Ev</t>
+          <t>Bıcır’ın Günlüğü</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789750718618</t>
+          <t>9789750715792</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Prensi Po ile Küçük Kız</t>
+          <t>Berta ve Girolamo</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789755100791</t>
+          <t>9789750705618</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Gülibik</t>
+          <t>Az Buçuk Teo</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789750709708</t>
+          <t>9789750700453</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Gülfidan Çiftlikte</t>
+          <t>Aynanın İçinden - Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789755102887</t>
+          <t>9789750705182</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Ateşin Çocukları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789750709432</t>
+          <t>9789750716171</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları 1</t>
+          <t>Atatürk Hangi Takımı Tutuyordu?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789750724367</t>
+          <t>9789750721809</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Mektuplar</t>
+          <t>Böcek Orkestrasının Muhteşem Sınıfı - 2</t>
         </is>
       </c>
       <c r="C874" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789750718601</t>
+          <t>9789750721823</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Gazete Fısıltıları</t>
+          <t>Yedi Denizlerde 2: İskelet Sahili'ndeki Sır</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789750710377</t>
+          <t>9789750721816</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ev</t>
+          <t>Kurabiye Ev</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789750725135</t>
+          <t>9789750718618</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Pera Günlükleri 4 - Buzlar Şehri</t>
+          <t>Gökyüzü Prensi Po ile Küçük Kız</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>235</v>
+        <v>185</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789750718984</t>
+          <t>9789755100791</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlıkla Nasıl Baş Etsem?</t>
+          <t>Gülibik</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789750731709</t>
+          <t>9789750709708</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Hoflipuf</t>
+          <t>Gülfidan Çiftlikte</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789750718625</t>
+          <t>9789755102887</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Karagöz'ün Gölgesini Kim Çaldı?</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789750764318</t>
+          <t>9789750709432</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kardeşliği - Atlantis'in Çocukları 3</t>
+          <t>Grimm Masalları 1</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789750719769</t>
+          <t>9789750724367</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Berk'in Gizli Gücü</t>
+          <t>Büyüklere Mektuplar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789750721625</t>
+          <t>9789750718601</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Amida Ana</t>
+          <t>Gazete Fısıltıları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>94</v>
+        <v>335</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789750718076</t>
+          <t>9789750710377</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Işığın Çocuğu Arel</t>
+          <t>Uçan Ev</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789750718090</t>
+          <t>9789750725135</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Ali</t>
+          <t>Pera Günlükleri 4 - Buzlar Şehri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>8.33</v>
+        <v>270</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789750715006</t>
+          <t>9789750718984</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Küçük</t>
+          <t>Başarısızlıkla Nasıl Baş Etsem?</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789750709562</t>
+          <t>9789750731709</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Horoz Adam ve Korsan</t>
+          <t>Hoflipuf</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789750722264</t>
+          <t>9789750718625</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Paolo'nun Düşproblemleri</t>
+          <t>Karagöz'ün Gölgesini Kim Çaldı?</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789750722271</t>
+          <t>9789750764318</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kar Üstünde Beyaz Bulut</t>
+          <t>Dünya Kardeşliği - Atlantis'in Çocukları 3</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789750722080</t>
+          <t>9789750719769</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Yanık Değirmen</t>
+          <t>Berk'in Gizli Gücü</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789750722288</t>
+          <t>9789750721625</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dalgıçları İçin Masallar - 1</t>
+          <t>Amida Ana</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789750722035</t>
+          <t>9789750718076</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Istanbul For Kids</t>
+          <t>Işığın Çocuğu Arel</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789750719745</t>
+          <t>9789750718090</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Yolculuk - Varış 2</t>
+          <t>Hoşgeldin Ali</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>270</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789750711015</t>
+          <t>9789750715006</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Alfabe</t>
+          <t>Hoşça Kal Küçük</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789750719783</t>
+          <t>9789750709562</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Hakları Var (5 Kitap Set)</t>
+          <t>Horoz Adam ve Korsan</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>910</v>
+        <v>275</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789750719615</t>
+          <t>9789750722264</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kömürcü Çocuk</t>
+          <t>Paolo'nun Düşproblemleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789750762307</t>
+          <t>9789750722271</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Kardeşliği - Atlantis'in Çocukları 2</t>
+          <t>Kar Üstünde Beyaz Bulut</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789750702952</t>
+          <t>9789750722080</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>On Beş Türk Masalı</t>
+          <t>Yanık Değirmen</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789750709098</t>
+          <t>9789750722288</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Oleg ya da Kuşatma Altındaki Şehir</t>
+          <t>Rüya Dalgıçları İçin Masallar - 1</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789750708633</t>
+          <t>9789750722035</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Oklu Kirpi ile Konaklı Kaplumbağa</t>
+          <t>Istanbul For Kids</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789755108056</t>
+          <t>9789750719745</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Noktacık ile Anton</t>
+          <t>Günışığına Yolculuk - Varış 2</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789750706684</t>
+          <t>9789750711015</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kuyruksuz</t>
+          <t>Yıldızlı Alfabe</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789755106014</t>
+          <t>9789750719783</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki</t>
+          <t>Çocukların Hakları Var (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>130</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789750711480</t>
+          <t>9789750719615</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözü</t>
+          <t>Kömürcü Çocuk</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789750716133</t>
+          <t>9789750762307</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Köpeğimin Adı Erik</t>
+          <t>Kıyı Kardeşliği - Atlantis'in Çocukları 2</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789750712210</t>
+          <t>9789750702952</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Kaçış</t>
+          <t>On Beş Türk Masalı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789750715570</t>
+          <t>9789750709098</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Korsan Şişkobombiş</t>
+          <t>Oleg ya da Kuşatma Altındaki Şehir</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789750715228</t>
+          <t>9789750708633</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Isabelita</t>
+          <t>Oklu Kirpi ile Konaklı Kaplumbağa</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789750713972</t>
+          <t>9789755108056</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kedi</t>
+          <t>Noktacık ile Anton</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789750726569</t>
+          <t>9789750706684</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Atla, Bart!</t>
+          <t>Kuyruksuz</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789750719233</t>
+          <t>9789755106014</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İnsan Okur</t>
+          <t>Kurnaz Tilki</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789750719264</t>
+          <t>9789750711480</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Kurdun Gözü</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789750718045</t>
+          <t>9789750716133</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Mühürlerin Muhafızı - Pera Günlükleri 3</t>
+          <t>Köpeğimin Adı Erik</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789750718694</t>
+          <t>9789750712210</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Çemberi</t>
+          <t>Kölelikten Kaçış</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789750719004</t>
+          <t>9789750715570</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sams’ın Dönüşü</t>
+          <t>Korsan Şişkobombiş</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789750719103</t>
+          <t>9789750715228</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yedi Denizlerde 1 - Kanatlı Denizatının Peşinde</t>
+          <t>Korkusuz Isabelita</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789750719097</t>
+          <t>9789750713972</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler</t>
+          <t>Konuşan Kedi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789750719134</t>
+          <t>9789750726569</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Üç Kişilik Ordu - Eksimus Serüvenleri 1</t>
+          <t>Atla, Bart!</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>220</v>
+        <v>365</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789750719127</t>
+          <t>9789750719233</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Palavracılar Kralı</t>
+          <t>İnsan Okur</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789750722455</t>
+          <t>9789750719264</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Özgür Rosto</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789750718847</t>
+          <t>9789750718045</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Hakları Var 2: Anne Ben Yapabilirim</t>
+          <t>Mühürlerin Muhafızı - Pera Günlükleri 3</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789750718861</t>
+          <t>9789750718694</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Miço</t>
+          <t>Kardeşlik Çemberi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789750718854</t>
+          <t>9789750719004</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çaydanlık</t>
+          <t>Sams’ın Dönüşü</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789750764271</t>
+          <t>9789750719103</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kardeşliği - Atlantis'in Çocukları 1</t>
+          <t>Yedi Denizlerde 1 - Kanatlı Denizatının Peşinde</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789750718670</t>
+          <t>9789750719097</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bir Yer</t>
+          <t>Ara Güler</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789750718977</t>
+          <t>9789750719134</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Masal Koleksiyoncusu</t>
+          <t>Üç Kişilik Ordu - Eksimus Serüvenleri 1</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789750718885</t>
+          <t>9789750719127</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Mor Benekli</t>
+          <t>Palavracılar Kralı</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
+          <t>9789750722455</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Rosto</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9789750718847</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Hakları Var 2: Anne Ben Yapabilirim</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9789750718861</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Miço</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9789750718854</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Çaydanlık</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9789750764271</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Kardeşliği - Atlantis'in Çocukları 1</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9789750718670</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Bir Yer</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9789750718977</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Masal Koleksiyoncusu</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9789750718885</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Mor Benekli</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
           <t>9789750719141</t>
         </is>
       </c>
-      <c r="B928" s="1" t="inlineStr">
+      <c r="B936" s="1" t="inlineStr">
         <is>
           <t>Uğurböceği Mutluluk Dağıtıyor</t>
         </is>
       </c>
-      <c r="C928" s="1">
-        <v>175</v>
+      <c r="C936" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>