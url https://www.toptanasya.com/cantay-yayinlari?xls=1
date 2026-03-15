--- v0 (2026-01-03)
+++ v1 (2026-03-15)
@@ -85,220 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757206859</t>
+          <t>9789757206288</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hidrografya'nın Ana Çizgileri 2</t>
+          <t>Temel Psikiyatrik Sendromlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757206316</t>
+          <t>9789757206210</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Genel Klimatoloji</t>
+          <t>Tarih Bilimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757206071</t>
+          <t>9789757206194</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Coğrafya</t>
+          <t>Kadınların Coğrafyası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759060312</t>
+          <t>9789757206880</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji'nin Ana Çizgileri 1</t>
+          <t>Jeoloji</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759060510</t>
+          <t>9789757206903</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Bilgi Sistemlerinin Temel Esasları</t>
+          <t>Japonya</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059574136</t>
+          <t>9789757206545</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Planlama ve Tüketici Davranışları</t>
+          <t>Genel Çevre Kirlenmesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759060930</t>
+          <t>9789757206067</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Karar Verme ve Senaryo Oluşturma</t>
+          <t>Türkçe Farsça Ortak Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757206347</t>
+          <t>9789757206606</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya</t>
+          <t>Ergene Havzası'nda Mekansal Kullanımlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759060404</t>
+          <t>9789757206576</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hidrografya'nın Ana Çizgileri 1</t>
+          <t>Dünyaya ve Uzaya Coğrafi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757206156</t>
+          <t>9789757206806</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Coğrafya</t>
+          <t>Devlet Adamlığı Bilimi: Jeopolitik ve Jeostrateji</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757206187</t>
+          <t>9789759060043</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Turizm Coğrafyası</t>
+          <t>Bartın'da Sel ve Taşkınlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
+          <t>9789757206279</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Avustralya Yeni Zelanda - Pasifik Adaları</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>3990000056975</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Ergene Havzasının Coğrafi Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9789757206040</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ovalarının Jeomorfolojisi Cilt 2</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9789757206555</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Çevre Sorunları</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9789757206717</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma Yöntemleri El Kitabı</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>3990000058964</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Hidrocoğrafyası</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9789757206520</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla Türkiye Cumhuriyeti Tarihi</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789757206113</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de  Kuaterner Jeomorfolojisi</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9789759060619</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Göçler ve Türkiye'ye Yansıması</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789759060015</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Güvenlik Sorunları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9789757206652</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Komşuları</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789759060329</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Dünya Üzerine Jeopolitik Analizler</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789757206814</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Toprak - Bitki Ekocoğrafya Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789757206032</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ovalarının Jeomorfolojisi Cilt 1</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>3990000056487</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Farsça Ortak Deyimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789759060787</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Semaniye Medresesinden Köy Enstitülerine</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789757206002</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Temel Mantık</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789759060718</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafyacılar ve Coğrafya Öğrencileri İçin Mesleki İngilizce</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789757206644</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Çevre ve İnsan</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789757206323</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789757206354</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Jeomorfoloji'nin Ana Çizgileri 2</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789759060824</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Buzullar ve Buzul Jeomorfolojisi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789757206859</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Hidrografya'nın Ana Çizgileri 2</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789757206316</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Genel Klimatoloji</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789757206071</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Coğrafya</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789759060312</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Jeomorfoloji'nin Ana Çizgileri 1</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789759060510</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Bilgi Sistemlerinin Temel Esasları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786059574136</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Planlama ve Tüketici Davranışları</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789759060930</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Karar Verme ve Senaryo Oluşturma</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789757206347</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789759060404</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Hidrografya'nın Ana Çizgileri 1</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789757206156</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Beşeri Coğrafya</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789757206187</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9789759060855</t>
         </is>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Jeomorfoloji Terimleri Sözlüğü</t>
         </is>
       </c>
-      <c r="C13" s="1">
+      <c r="C46" s="1">
         <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>