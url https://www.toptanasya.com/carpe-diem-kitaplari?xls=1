--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,4405 +85,4450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051443201</t>
+          <t>9786051443232</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Serçe</t>
+          <t>Benden Yazar Olur Mu?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051443195</t>
+          <t>9786051443225</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İki Kere Felix</t>
+          <t>Tobias ve Kuş Kız</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051443188</t>
+          <t>9786051443218</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ada ve Esrarengiz Ayna</t>
+          <t>Parlak Fikirler Atölyesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051443171</t>
+          <t>9786051443201</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sadık Dost Bobby</t>
+          <t>Kitapçı Serçe</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051441788</t>
+          <t>9786051443195</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Engin Ar ile Süper Zeka Oyunları</t>
+          <t>İki Kere Felix</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051441771</t>
+          <t>9786051443188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Gölgeler Ülkesi - Tılsımlı Serüvenler</t>
+          <t>Ada ve Esrarengiz Ayna</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051441863</t>
+          <t>9786051443171</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beni Bana Bırakma - Özel İnsanlar Arıyorum</t>
+          <t>Sadık Dost Bobby</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051441764</t>
+          <t>9786051441788</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel Adam</t>
+          <t>Engin Ar ile Süper Zeka Oyunları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051441924</t>
+          <t>9786051441771</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çok mu Komik?</t>
+          <t>Gizemli Gölgeler Ülkesi - Tılsımlı Serüvenler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756107683</t>
+          <t>9786051441863</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Buda Size Kitap Olsun - Zonk!</t>
+          <t>Beni Bana Bırakma - Özel İnsanlar Arıyorum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>9.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756107652</t>
+          <t>9786051441764</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vampirler, Cadılar, Hayaletler ve Başka Bilinmeyenler</t>
+          <t>Bir Güzel Adam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>9.17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756107782</t>
+          <t>9786051441924</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>There is "One" Who Loves You!</t>
+          <t>Çok mu Komik?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051440170</t>
+          <t>9789756107683</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Takım Ruhu</t>
+          <t>Buda Size Kitap Olsun - Zonk!</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756107125</t>
+          <t>9789756107652</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sizi Çok Sevdim Amca Size Baba Diyebilir Miyim?</t>
+          <t>Vampirler, Cadılar, Hayaletler ve Başka Bilinmeyenler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>6.02</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756107645</t>
+          <t>9789756107782</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Size Katılıyorum Ama Gülmekten</t>
+          <t>There is "One" Who Loves You!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>9.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756107164</t>
+          <t>9786051440170</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
+          <t>Takım Ruhu</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756107805</t>
+          <t>9799756107125</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Simple, Short, Fun Philosophy</t>
+          <t>Sizi Çok Sevdim Amca Size Baba Diyebilir Miyim?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>32.41</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055354060</t>
+          <t>9789756107645</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusunun El Kitabı</t>
+          <t>Size Katılıyorum Ama Gülmekten</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051440149</t>
+          <t>9789756107164</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Maçı</t>
+          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051440385</t>
+          <t>9789756107805</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı</t>
+          <t>Simple, Short, Fun Philosophy</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>12.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051440521</t>
+          <t>9786055354060</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayata Rehber Kitaplar Seti (4 Kitap - Kutulu)</t>
+          <t>Zaman Yolcusunun El Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>36.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051440613</t>
+          <t>9786051440149</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Takım Ruhu Seti (4 Kitap - Kutulu)</t>
+          <t>Yüzyılın Maçı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>36.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051440668</t>
+          <t>9786051440385</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Cevabım Yok Ama Sorunuza Hayran Kaldım</t>
+          <t>Yemek Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>9.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051440705</t>
+          <t>9786051440521</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Lise Çılgınlıkları - Sen Yenisin Galiba</t>
+          <t>Hayata Rehber Kitaplar Seti (4 Kitap - Kutulu)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.17</v>
+        <v>36.67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051440750</t>
+          <t>9786051440613</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımaz Gezginin Günlüğü - Gizemli Kitabın İzinde</t>
+          <t>Takım Ruhu Seti (4 Kitap - Kutulu)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.17</v>
+        <v>36.67</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799756107088</t>
+          <t>9786051440668</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Tolstoy</t>
+          <t>Bir Cevabım Yok Ama Sorunuza Hayran Kaldım</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051441740</t>
+          <t>9786051440705</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uykumu Geri Ver! - Kalem Tutan Eller</t>
+          <t>Lise Çılgınlıkları - Sen Yenisin Galiba</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051441535</t>
+          <t>9786051440750</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tren</t>
+          <t>Sınır Tanımaz Gezginin Günlüğü - Gizemli Kitabın İzinde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051441832</t>
+          <t>9799756107088</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Engin Ar ile Süper Matematik Oyunları</t>
+          <t>Ne Demiş Tolstoy</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051441702</t>
+          <t>9786051441740</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sırlarla Dolu Bir Adam - Tılsımlı Serüvenler</t>
+          <t>Uykumu Geri Ver! - Kalem Tutan Eller</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051441719</t>
+          <t>9786051441535</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Saklı İpucu - Şifreli Dosyalar</t>
+          <t>Hayalet Tren</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>16.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051441405</t>
+          <t>9786051441832</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tam Benim Tarzım</t>
+          <t>Engin Ar ile Süper Matematik Oyunları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051441603</t>
+          <t>9786051441702</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İtirazım Var!</t>
+          <t>Sırlarla Dolu Bir Adam - Tılsımlı Serüvenler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051441153</t>
+          <t>9786051441719</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar İkiye Ayrılır: Ben ve Diğerleri (Ciltli)</t>
+          <t>Saklı İpucu - Şifreli Dosyalar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051441122</t>
+          <t>9786051441405</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ver Bana Düşlerimi (Ciltli)</t>
+          <t>Tam Benim Tarzım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051441108</t>
+          <t>9786051441603</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kutup Kelebeği (Ciltli)</t>
+          <t>İtirazım Var!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051441696</t>
+          <t>9786051441153</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımaz Gezgin - Güneş Ülkesine Yolculuk</t>
+          <t>İnsanlar İkiye Ayrılır: Ben ve Diğerleri (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>20</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051441542</t>
+          <t>9786051441122</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Varsa Oku</t>
+          <t>Ver Bana Düşlerimi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>16.2</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051441504</t>
+          <t>9786051441108</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gözlerini Açabilirsin</t>
+          <t>Kutup Kelebeği (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051440804</t>
+          <t>9786051441696</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Dükkanı</t>
+          <t>Sınır Tanımaz Gezgin - Güneş Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051440651</t>
+          <t>9786051441542</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Hayalimsin</t>
+          <t>Cesaretin Varsa Oku</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>9.17</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051440552</t>
+          <t>9786051441504</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kılıç</t>
+          <t>Şimdi Gözlerini Açabilirsin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9.17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051440606</t>
+          <t>9786051440804</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dostluğun Zaferi</t>
+          <t>Tuhaf Şeyler Dükkanı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051440408</t>
+          <t>9786051440651</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Kur'an Meali</t>
+          <t>Sen Benim Hayalimsin</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051440439</t>
+          <t>9786051440552</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Baş Döndürücü Uzay ve Şaşırtıcı Gerçekler</t>
+          <t>Kayıp Kılıç</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756107621</t>
+          <t>9786051440606</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sır Tutabilir Misin?</t>
+          <t>Dostluğun Zaferi</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756107737</t>
+          <t>9786051440408</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımaz Gezginin Günlüğü</t>
+          <t>Gençler İçin Kur'an Meali</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756107461</t>
+          <t>9786051440439</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Seni Seven Biri Var!</t>
+          <t>Baş Döndürücü Uzay ve Şaşırtıcı Gerçekler</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756107560</t>
+          <t>9789756107621</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seni Sana Bırakamazdım</t>
+          <t>Sır Tutabilir Misin?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756107607</t>
+          <t>9789756107737</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sence Ben Güzel Miyim? / Sence Ben Yakışıklı Mıyım?</t>
+          <t>Sınır Tanımaz Gezginin Günlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756107911</t>
+          <t>9789756107461</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Ülkesi</t>
+          <t>Seni Seven Biri Var!</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756107348</t>
+          <t>9789756107560</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oradan Bakınca Öyle mi Görünüyor?</t>
+          <t>Seni Sana Bırakamazdım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>6.95</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756107768</t>
+          <t>9789756107607</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Only Girls / Only Boys Should Read This Book</t>
+          <t>Sence Ben Güzel Miyim? / Sence Ben Yakışıklı Mıyım?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>50</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051441030</t>
+          <t>9789756107911</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Okuduğum En Güzel Kitapsın Annem</t>
+          <t>Ruhlar Ülkesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12.5</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756107843</t>
+          <t>9789756107348</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ne Haliniz Varsa Gülün</t>
+          <t>Oradan Bakınca Öyle mi Görünüyor?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.17</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756107836</t>
+          <t>9789756107768</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Yunus Emre</t>
+          <t>Only Girls / Only Boys Should Read This Book</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799756107064</t>
+          <t>9786051441030</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Shakespeare</t>
+          <t>Okuduğum En Güzel Kitapsın Annem</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9779756107110</t>
+          <t>9789756107843</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Mevlana</t>
+          <t>Ne Haliniz Varsa Gülün</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756107132</t>
+          <t>9789756107836</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Kafka</t>
+          <t>Ne Demiş Yunus Emre</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799756107149</t>
+          <t>9799756107064</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Goethe</t>
+          <t>Ne Demiş Shakespeare</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756107002</t>
+          <t>9779756107110</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Dostoyevski</t>
+          <t>Ne Demiş Mevlana</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9799756107156</t>
+          <t>9799756107132</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Balzac</t>
+          <t>Ne Demiş Kafka</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799756107040</t>
+          <t>9799756107149</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Albert Camus</t>
+          <t>Ne Demiş Goethe</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055354794</t>
+          <t>9799756107002</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bi Yerde Gülecek Var</t>
+          <t>Ne Demiş Dostoyevski</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756107515</t>
+          <t>9799756107156</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve İcat Öyküleri</t>
+          <t>Ne Demiş Balzac</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756107874</t>
+          <t>9799756107040</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mervin</t>
+          <t>Ne Demiş Albert Camus</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>23.15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051440163</t>
+          <t>9786055354794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Dedektif Ines:Tehlikeli Takip</t>
+          <t>Müsait Bi Yerde Gülecek Var</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051441085</t>
+          <t>9789756107515</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kim</t>
+          <t>Mucitler ve İcat Öyküleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>16.2</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055354770</t>
+          <t>9789756107874</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Dedektif Ines: Korku Treni</t>
+          <t>Mervin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055354602</t>
+          <t>9786051440163</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Dedektif Ines: Katilin Oyunu</t>
+          <t>Meraklı Dedektif Ines:Tehlikeli Takip</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756107195</t>
+          <t>9786051441085</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Maya Sonsuzlukta Bir Gölge</t>
+          <t>Suçlu Kim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.04</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756107669</t>
+          <t>9786055354770</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Maya Kaosun Anahtarı 2. Kitap</t>
+          <t>Meraklı Dedektif Ines: Korku Treni</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756107829</t>
+          <t>9786055354602</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Maya 3 - Kehanetin Sonu</t>
+          <t>Meraklı Dedektif Ines: Katilin Oyunu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051440231</t>
+          <t>9789756107195</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Lise Çılgınlıkları</t>
+          <t>Maya Sonsuzlukta Bir Gölge</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051441634</t>
+          <t>9789756107669</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kolay Kısa Keyifli Psikoloji</t>
+          <t>Maya Kaosun Anahtarı 2. Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051441689</t>
+          <t>9789756107829</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kolay, Kısa, Keyifli Felsefe</t>
+          <t>Maya 3 - Kehanetin Sonu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>65</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756107492</t>
+          <t>9786051440231</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kolay, Kısa, Keyifli Edebiyat</t>
+          <t>Lise Çılgınlıkları</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756107485</t>
+          <t>9786051441634</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kolay, Kısa, Keyifli Bilim</t>
+          <t>Kolay Kısa Keyifli Psikoloji</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051440217</t>
+          <t>9786051441689</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kule</t>
+          <t>Kolay, Kısa, Keyifli Felsefe</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.17</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051441023</t>
+          <t>9789756107492</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kendine Bir İyilik Yap</t>
+          <t>Kolay, Kısa, Keyifli Edebiyat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051440255</t>
+          <t>9789756107485</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Geçiyordum Uğradım</t>
+          <t>Kolay, Kısa, Keyifli Bilim</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051441580</t>
+          <t>9786051440217</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Konuş Benimle Angel</t>
+          <t>Kızıl Kule</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756107355</t>
+          <t>9786051441023</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyetler ve Geçmişin Sırları</t>
+          <t>Kendine Bir İyilik Yap</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756107430</t>
+          <t>9786051440255</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler ve Keşif Maceraları</t>
+          <t>Kendimden Geçiyordum Uğradım</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051440132</t>
+          <t>9786051441580</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sahibine Emanet Ol</t>
+          <t>Konuş Benimle Angel</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>9.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756107584</t>
+          <t>9789756107355</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlkler ve Enteresan Hikayeleri</t>
+          <t>Kayıp Medeniyetler ve Geçmişin Sırları</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756107720</t>
+          <t>9789756107430</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hey On Beşli On Beşli!</t>
+          <t>Kaşifler ve Keşif Maceraları</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055354008</t>
+          <t>9786051440132</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Her Şey İçinde Saklı</t>
+          <t>Kalbinin Sahibine Emanet Ol</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756107676</t>
+          <t>9789756107584</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Victor Hugo</t>
+          <t>İlkler ve Enteresan Hikayeleri</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756107577</t>
+          <t>9789756107720</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Her Bi’şeyin İlginç ve Kısa Tarihi</t>
+          <t>Hey On Beşli On Beşli!</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756107379</t>
+          <t>9786055354008</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hepimus İnsanus</t>
+          <t>Her Şey İçinde Saklı</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756107942</t>
+          <t>9789756107676</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayat Zor Ama Ben De Kolay Biri Sayılmam!</t>
+          <t>Ne Demiş Victor Hugo</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9799756107057</t>
+          <t>9789756107577</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güzel Güzel Konuşmak İstiyorum</t>
+          <t>Her Bi’şeyin İlginç ve Kısa Tarihi</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756107423</t>
+          <t>9789756107379</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>Hepimus İnsanus</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756107881</t>
+          <t>9789756107942</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kimi Severse Güzel Odur</t>
+          <t>Hayat Zor Ama Ben De Kolay Biri Sayılmam!</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756107850</t>
+          <t>9799756107057</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sayılar Kitabı</t>
+          <t>Güzel Güzel Konuşmak İstiyorum</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756107744</t>
+          <t>9789756107423</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Efsaneler Kitabı</t>
+          <t>Gülme Başına Gelir Komşuna</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051440224</t>
+          <t>9789756107881</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Hadis El Kitabı</t>
+          <t>Gönül Kimi Severse Güzel Odur</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.12</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756107751</t>
+          <t>9789756107850</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
+          <t>Gizemli Sayılar Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756107447</t>
+          <t>9789756107744</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Sınavdan Kaç Alırım</t>
+          <t>Gizemli Efsaneler Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756107546</t>
+          <t>9786051440224</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düş Macunu</t>
+          <t>Gençler İçin Hadis El Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.17</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756107409</t>
+          <t>9789756107751</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Durdurun Dünyayı İnecek Var</t>
+          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055354527</t>
+          <t>9789756107447</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dile Benden Ne Dilersen</t>
+          <t>Düşünüyorum Öyleyse Sınavdan Kaç Alırım</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756107997</t>
+          <t>9789756107546</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Delireceğim de Vakit Bulamıyorum</t>
+          <t>Düş Macunu</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756107706</t>
+          <t>9789756107409</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dahi Dedektif Ted Harrod</t>
+          <t>Durdurun Dünyayı İnecek Var</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756107102</t>
+          <t>9786055354527</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci ve Saklı Not Defteri</t>
+          <t>Dile Benden Ne Dilersen</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756107522</t>
+          <t>9789756107997</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cevabı Bilinmeyen Esrarengiz Sorular</t>
+          <t>Delireceğim de Vakit Bulamıyorum</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756107638</t>
+          <t>9789756107706</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bi’şey Söylicem Ama Gülmek Yok</t>
+          <t>Dahi Dedektif Ted Harrod</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051441191</t>
+          <t>9789756107102</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Sorabilir miyim?</t>
+          <t>Da Vinci ve Saklı Not Defteri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051441399</t>
+          <t>9789756107522</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Gizli Hazine İdim</t>
+          <t>Cevabı Bilinmeyen Esrarengiz Sorular</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756107928</t>
+          <t>9789756107638</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bırak Dağınık Kalsın!</t>
+          <t>Bi’şey Söylicem Ama Gülmek Yok</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055354190</t>
+          <t>9786051441191</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç Kimse</t>
+          <t>Bir Şey Sorabilir miyim?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055354596</t>
+          <t>9786051441399</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ben Okuma Bilmem</t>
+          <t>Bir Gizli Hazine İdim</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055354176</t>
+          <t>9789756107928</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ah Güzel İstanbul</t>
+          <t>Bırak Dağınık Kalsın!</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051440200</t>
+          <t>9786055354190</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oyun</t>
+          <t>Benim Adım Hiç Kimse</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756107775</t>
+          <t>9786055354596</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Life is Beautiful When One Loves</t>
+          <t>Ben Okuma Bilmem</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>27.78</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055354183</t>
+          <t>9786055354176</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bayılırım Maceraya</t>
+          <t>Ah Güzel İstanbul</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051441337</t>
+          <t>9786051440200</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Son Şansım</t>
+          <t>Büyük Oyun</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>16.2</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051441382</t>
+          <t>9789756107775</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Şifresi</t>
+          <t>Life is Beautiful When One Loves</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>16.2</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051441207</t>
+          <t>9786055354183</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kılıç</t>
+          <t>Bayılırım Maceraya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051440958</t>
+          <t>9786051441337</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor</t>
+          <t>Son Şansım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051440989</t>
+          <t>9786051441382</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayalçelen</t>
+          <t>Ölüm Şifresi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051441573</t>
+          <t>9786051441207</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ejder Kral: Lahitteki Sır - 1</t>
+          <t>Kayıp Kılıç</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051441757</t>
+          <t>9786051440958</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Azra Çıtıpıtı - Benden Duymuş Olma Da...</t>
+          <t>Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051440842</t>
+          <t>9786051440989</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar İkiye Ayrılır: Ben ve Diğerleri</t>
+          <t>Hayalçelen</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051440798</t>
+          <t>9786051441573</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Keyfin Yerinde Değilse Annen Bir Yere Kaldırmıştır</t>
+          <t>Ejder Kral: Lahitteki Sır - 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051440873</t>
+          <t>9786051441757</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hayat Zor Ama Ben de Kolay Biri Sayılmam (Ciltli)</t>
+          <t>Azra Çıtıpıtı - Benden Duymuş Olma Da...</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>21.76</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051440903</t>
+          <t>9786051440842</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tren (Ciltli)</t>
+          <t>İnsanlar İkiye Ayrılır: Ben ve Diğerleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>18.06</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051441092</t>
+          <t>9786051440798</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gaipten Sesler (Ciltli)</t>
+          <t>Keyfin Yerinde Değilse Annen Bir Yere Kaldırmıştır</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>21.76</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051440859</t>
+          <t>9786051440873</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zülzine</t>
+          <t>Hayat Zor Ama Ben de Kolay Biri Sayılmam (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>25.46</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051440910</t>
+          <t>9786051440903</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kaçıran</t>
+          <t>Hayalet Tren (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>18.06</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051440415</t>
+          <t>9786051441092</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslen Formda Kal</t>
+          <t>Gaipten Sesler (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.58</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051442112</t>
+          <t>9786051440859</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar İkiye Ayrılır: Biz ve Diğerleri</t>
+          <t>Zülzine</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>30</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051442396</t>
+          <t>9786051440910</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe ve Sırlar Diyarı - Gizli Dünyalar Geçidi</t>
+          <t>Uyku Kaçıran</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>37.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9799756107071</t>
+          <t>9786051440415</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gezi Kitabı</t>
+          <t>Sağlıklı Beslen Formda Kal</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>7.5</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051440743</t>
+          <t>9786051442112</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem De Gam Yemem</t>
+          <t>Arkadaşlar İkiye Ayrılır: Biz ve Diğerleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051442174</t>
+          <t>9786051442396</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyun - Dedektif Aynes</t>
+          <t>Göbeklitepe ve Sırlar Diyarı - Gizli Dünyalar Geçidi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>65</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051442136</t>
+          <t>9799756107071</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Plan - Dedektif Aynes</t>
+          <t>Gezi Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>65</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051442235</t>
+          <t>9786051440743</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Peşinde - Dedektif Aynes</t>
+          <t>Artık Gülsem De Gam Yemem</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>65</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051442150</t>
+          <t>9786051442174</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Korku Tüneli - Dedektif Aynes</t>
+          <t>Ölümcül Oyun - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055354787</t>
+          <t>9786051442136</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Dedektif Ines: Suçlu Kim</t>
+          <t>Kusursuz Plan - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.17</v>
+        <v>65</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051442082</t>
+          <t>9786051442235</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zihin Okuyan Kız - Yeryüzü Muhafızları</t>
+          <t>Kayıp Peşinde - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051441917</t>
+          <t>9786051442150</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Biri Olmak İstemiyorum</t>
+          <t>Korku Tüneli - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051441900</t>
+          <t>9786055354787</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Milas - Sultanın İntikamı</t>
+          <t>Meraklı Dedektif Ines: Suçlu Kim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>35</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051443164</t>
+          <t>9786051442082</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kota Romantika</t>
+          <t>Zihin Okuyan Kız - Yeryüzü Muhafızları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>185</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051443133</t>
+          <t>9786051441917</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kim Var Orada?</t>
+          <t>Sıradan Biri Olmak İstemiyorum</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051442877</t>
+          <t>9786051441900</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ateşkuşu Efsanesi</t>
+          <t>Dedektif Milas - Sultanın İntikamı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>135</v>
+        <v>35</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051442723</t>
+          <t>9786051443164</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gizli Takip - Dedektif Aynes</t>
+          <t>Kota Romantika</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000033568</t>
+          <t>9786051443133</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 86 Güz 2018</t>
+          <t>Kim Var Orada?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1.98</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000050484</t>
+          <t>9786051442877</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 88 - 2019 Mevsim Bahar</t>
+          <t>Ateşkuşu Efsanesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>2.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000030186</t>
+          <t>9786051442723</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 85 Yaz 2018</t>
+          <t>Gizli Takip - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>0.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051441870</t>
+          <t>3990000033568</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sana Hayret Yakışır - Özel İnsanlar Arıyorum</t>
+          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 86 Güz 2018</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>185</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051441795</t>
+          <t>3990000050484</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Benim Garip Hikayem</t>
+          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 88 - 2019 Mevsim Bahar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051441979</t>
+          <t>3990000030186</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sakın Arkana Bakma</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 85 Yaz 2018</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>185</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756107799</t>
+          <t>9786051441870</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>The Eternal Life Awaits You!</t>
+          <t>Sana Hayret Yakışır - Özel İnsanlar Arıyorum</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23.15</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9771303760007</t>
+          <t>9786051441795</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 87 - 2019 Kış</t>
+          <t>Benim Garip Hikayem</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1.98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000055125</t>
+          <t>9786051441979</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 81 Yaz 2017</t>
+          <t>Sakın Arkana Bakma</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>0.99</v>
+        <v>185</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000089947</t>
+          <t>9789756107799</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 79 Kış 2017</t>
+          <t>The Eternal Life Awaits You!</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>0.99</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000059880</t>
+          <t>9771303760007</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 84 Bahar 2018</t>
+          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 87 - 2019 Kış</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>0.99</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000055136</t>
+          <t>3990000055125</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 83 Kış 2018</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 81 Yaz 2017</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000032557</t>
+          <t>3990000089947</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 77 Yaz 2016</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 79 Kış 2017</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051440774</t>
+          <t>3990000059880</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Rüyaları Var mıdır Yaprakların?</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 84 Bahar 2018</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>9.17</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051441214</t>
+          <t>3990000055136</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kefensizler Mezarlığı</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 83 Kış 2018</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000078476</t>
+          <t>3990000032557</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 80 Bahar 2017</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 77 Yaz 2016</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000055135</t>
+          <t>9786051440774</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 82 Güz 2017</t>
+          <t>Rüyaları Var mıdır Yaprakların?</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>0.99</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000016970</t>
+          <t>9786051441214</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 64</t>
+          <t>Kefensizler Mezarlığı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4.95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051440194</t>
+          <t>3990000078476</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Dedektif Ines : Gizemli Tetikçi</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 80 Bahar 2017</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>9.17</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051441467</t>
+          <t>3990000055135</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Beni Yalnız Sen Anlarsın</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 82 Güz 2017</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>185</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051440392</t>
+          <t>3990000016970</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Sev!</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 64</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>9.17</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756107614</t>
+          <t>9786051440194</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ben Adamı Tipinden Tanırım</t>
+          <t>Meraklı Dedektif Ines : Gizemli Tetikçi</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000024601</t>
+          <t>9786051441467</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 69</t>
+          <t>Beni Yalnız Sen Anlarsın</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>0.99</v>
+        <v>185</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000026164</t>
+          <t>9786051440392</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 71</t>
+          <t>Beni Böyle Sev!</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>0.99</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000097643</t>
+          <t>9789756107614</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 75 Kış 2016</t>
+          <t>Ben Adamı Tipinden Tanırım</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>0.99</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000033440</t>
+          <t>3990000024601</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 78 Güz 2016</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 69</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000047406</t>
+          <t>3990000026164</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 76 Bahar 2016</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 71</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000027821</t>
+          <t>3990000097643</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 73</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 75 Kış 2016</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000027147</t>
+          <t>3990000033440</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 72</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 78 Güz 2016</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000024660</t>
+          <t>3990000047406</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 70</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 76 Bahar 2016</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000029141</t>
+          <t>3990000027821</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 74 Güz 2015</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 73</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000012322</t>
+          <t>3990000027147</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 89 - 2019 Mevsim Yaz</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 72</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>2.5</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000009493</t>
+          <t>3990000024660</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 62</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 70</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000009497</t>
+          <t>3990000029141</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 61</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 74 Güz 2015</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000009498</t>
+          <t>3990000012322</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 60</t>
+          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 89 - 2019 Mevsim Yaz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>0.99</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>3990000009490</t>
+          <t>3990000009493</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 59</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 62</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000009494</t>
+          <t>3990000009497</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 58</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 61</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000009496</t>
+          <t>3990000009498</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 57</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 60</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000009492</t>
+          <t>3990000009490</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 63</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 59</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>4.95</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000009489</t>
+          <t>3990000009494</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 56</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 58</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000009495</t>
+          <t>3990000009496</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 52</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 57</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000009491</t>
+          <t>3990000009492</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 50</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 63</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>0.99</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000029137</t>
+          <t>3990000009489</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 65</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 56</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990121408796</t>
+          <t>3990000009495</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 90 - 2019 Mevsim Güz</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 52</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>2.5</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051441856</t>
+          <t>3990000009491</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İnanıyorum Öyleyse Varım</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 50</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>100</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051443157</t>
+          <t>3990000029137</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Günlük 4 Vay Be! Ben Neymişim</t>
+          <t>Adı Yok Gençlik Edebiyat Dergisi Sayı: 65</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051443140</t>
+          <t>3990121408796</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Judy ve Uzunbacak</t>
+          <t>Adı Yok Gençlik Kitap Edebiyat Dergisi Sayı: 90 - 2019 Mevsim Güz</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>165</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051443126</t>
+          <t>9786051441856</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kalbindeki Işığı Kaybetme !</t>
+          <t>İnanıyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051443119</t>
+          <t>9786051443157</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Son Teknoloji Faciası Zeki Ama Çalışmıyor</t>
+          <t>Neşeli Günlük 4 Vay Be! Ben Neymişim</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051443102</t>
+          <t>9786051443140</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kalem Kitapların Sihirli Dünyasına Bir Yolculuk</t>
+          <t>Judy ve Uzunbacak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051443096</t>
+          <t>9786051443126</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ronnie - Göldeki Fısıltı</t>
+          <t>Kalbindeki Işığı Kaybetme !</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051443089</t>
+          <t>9786051443119</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Patişko!</t>
+          <t>Son Teknoloji Faciası Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051443072</t>
+          <t>9786051443102</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Nina ve Fırındaki Sır</t>
+          <t>Büyülü Kalem Kitapların Sihirli Dünyasına Bir Yolculuk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051441887</t>
+          <t>9786051443096</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Kahraman Oldum? - Akıl Almaz Maceralar</t>
+          <t>Ronnie - Göldeki Fısıltı</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051443034</t>
+          <t>9786051443089</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hafiye Karahan - Kartal Terbiyecisi</t>
+          <t>Yetiş Patişko!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051442327</t>
+          <t>9786051443072</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Ağacı - Mavinin Kızı Emily 4</t>
+          <t>Nina ve Fırındaki Sır</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051443065</t>
+          <t>9786051441887</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Heidi Alpler’deki Kız</t>
+          <t>Nasıl Kahraman Oldum? - Akıl Almaz Maceralar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051443058</t>
+          <t>9786051443034</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Posta Güvercinim Neck</t>
+          <t>Cesur Hafiye Karahan - Kartal Terbiyecisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051443041</t>
+          <t>9786051442327</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Goblinler</t>
+          <t>Mutluluk Ağacı - Mavinin Kızı Emily 4</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051443027</t>
+          <t>9786051443065</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Dayım Kayboldu! - Uçuk Kaçık Ailemle Maceralar</t>
+          <t>Heidi Alpler’deki Kız</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051443010</t>
+          <t>9786051443058</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mowgli - Bir Orman Efsanesi</t>
+          <t>Posta Güvercinim Neck</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051442303</t>
+          <t>9786051443041</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cennet - Mavinin Kızı Emily 2</t>
+          <t>Prenses ve Goblinler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051443003</t>
+          <t>9786051443027</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler Şaka Mı?</t>
+          <t>Eyvah, Dayım Kayboldu! - Uçuk Kaçık Ailemle Maceralar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051442495</t>
+          <t>9786051443010</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hayaldi Roman Oldu</t>
+          <t>Mowgli - Bir Orman Efsanesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051442921</t>
+          <t>9786051442303</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yok Böyle Bir Robot!</t>
+          <t>Kayıp Cennet - Mavinin Kızı Emily 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051442372</t>
+          <t>9786051443003</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çiğ Köfte Operasyonu - Uçuk Ailemle Kaçık Maceralar</t>
+          <t>Başıma Gelenler Şaka Mı?</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051442983</t>
+          <t>9786051442495</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dört Buçuk Dedektif</t>
+          <t>Hayaldi Roman Oldu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051442990</t>
+          <t>9786051442921</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Büyümeyen Çocuk Peter Pan</t>
+          <t>Yok Böyle Bir Robot!</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051442976</t>
+          <t>9786051442372</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Alice ve Harikalar Diyarı</t>
+          <t>Çiğ Köfte Operasyonu - Uçuk Ailemle Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051442969</t>
+          <t>9786051442983</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İki Küçük Su Ejderhası</t>
+          <t>Dört Buçuk Dedektif</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051442952</t>
+          <t>9786051442990</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleşen Rüya - Mavinin Kızı Emily</t>
+          <t>Büyümeyen Çocuk Peter Pan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051442945</t>
+          <t>9786051442976</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gül Dediysem O Kadar da Değil! - Neşeli Günlük 2</t>
+          <t>Alice ve Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051442938</t>
+          <t>9786051442969</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Ted - Hadi, Olayı Çöz!</t>
+          <t>İki Küçük Su Ejderhası</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051442914</t>
+          <t>9786051442952</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Denizler Arslanı</t>
+          <t>Gerçekleşen Rüya - Mavinin Kızı Emily</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051442891</t>
+          <t>9786051442945</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Umut Mevsimi - Mavinin Kızı Emily</t>
+          <t>Gül Dediysem O Kadar da Değil! - Neşeli Günlük 2</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051442884</t>
+          <t>9786051442938</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tetikçi - Dedektif Aynes</t>
+          <t>Dedektif Ted - Hadi, Olayı Çöz!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051442860</t>
+          <t>9786051442914</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hadi Tekla Gülümse!</t>
+          <t>Denizler Arslanı</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051442846</t>
+          <t>9786051442891</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Kelebek - Mavinin Kızı Emily</t>
+          <t>Umut Mevsimi - Mavinin Kızı Emily</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051442853</t>
+          <t>9786051442884</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dolunaya Esrarengiz Yolculuk</t>
+          <t>Gizemli Tetikçi - Dedektif Aynes</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051442839</t>
+          <t>9786051442860</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sahildeki Gizemli Ev</t>
+          <t>Hadi Tekla Gülümse!</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051442822</t>
+          <t>9786051442846</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sona Kalan Dona Kalır! - Uçuk Ailemle Kaçık Maceralar 5</t>
+          <t>Kanatsız Kelebek - Mavinin Kızı Emily</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051442815</t>
+          <t>9786051442853</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Olga ve Ormanın Çığlığı</t>
+          <t>Dolunaya Esrarengiz Yolculuk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051442792</t>
+          <t>9786051442839</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Rüzgarının Şarkısı</t>
+          <t>Sahildeki Gizemli Ev</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051442808</t>
+          <t>9786051442822</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gezgini</t>
+          <t>Sona Kalan Dona Kalır! - Uçuk Ailemle Kaçık Maceralar 5</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051442785</t>
+          <t>9786051442815</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nils ve Olağanüstü Maceraları</t>
+          <t>Olga ve Ormanın Çığlığı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051442778</t>
+          <t>9786051442792</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Gölgesi</t>
+          <t>Kuzey Rüzgarının Şarkısı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051442761</t>
+          <t>9786051442808</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Düşler Vadisi - Mavinin Kızı Emily 5</t>
+          <t>Hayal Gezgini</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051442730</t>
+          <t>9786051442785</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Hikayeleri 2</t>
+          <t>Nils ve Olağanüstü Maceraları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051442068</t>
+          <t>9786051442778</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Hikayeleri 2</t>
+          <t>Kartalın Gölgesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051442518</t>
+          <t>9786051442761</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Fil Kari</t>
+          <t>Düşler Vadisi - Mavinin Kızı Emily 5</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051442501</t>
+          <t>9786051442730</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dayım Çıkabilir - Uçuk Ailemle Kaçık Maceralar</t>
+          <t>Deyimler ve Hikayeleri 2</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051442471</t>
+          <t>9786051442068</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Efsane Savaşçı: Zindandan Kaçış</t>
+          <t>Atasözleri ve Hikayeleri 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051442457</t>
+          <t>9786051442518</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sırlarla Dolu Bir Kitap - Tılsımlı Serüvenler</t>
+          <t>Arkadaşım Fil Kari</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051442464</t>
+          <t>9786051442501</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Ailemle Kaçık Maceralar: Hamam mı? Tamam mı?</t>
+          <t>Dikkat Dayım Çıkabilir - Uçuk Ailemle Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051442402</t>
+          <t>9786051442471</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aykanat Sare - Korkusuz Kahramanlar</t>
+          <t>Efsane Savaşçı: Zindandan Kaçış</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051442297</t>
+          <t>9786051442457</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay - Mavinin Kızı Emily 1</t>
+          <t>Sırlarla Dolu Bir Kitap - Tılsımlı Serüvenler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051442358</t>
+          <t>9786051442464</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hayal Dokumacısı - Mavinin Kızı Emily 3</t>
+          <t>Uçuk Ailemle Kaçık Maceralar: Hamam mı? Tamam mı?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051442273</t>
+          <t>9786051442402</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Felsefe: Baba Filozoflar</t>
+          <t>Aykanat Sare - Korkusuz Kahramanlar</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051442242</t>
+          <t>9786051442297</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Felsefe: Carpe Diem</t>
+          <t>Yeni Ay - Mavinin Kızı Emily 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051442266</t>
+          <t>9786051442358</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Felsefe: Memento Mori</t>
+          <t>Hayal Dokumacısı - Mavinin Kızı Emily 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051442198</t>
+          <t>9786051442273</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Felsefe: Tabula Rasa</t>
+          <t>Keyifli Felsefe: Baba Filozoflar</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051442129</t>
+          <t>9786051442242</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırık Krizi - Uçuk Ailemle Kaçık Maceralar</t>
+          <t>Keyifli Felsefe: Carpe Diem</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051442105</t>
+          <t>9786051442266</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Efsane Savaşçı Danişmend Gazi - Devlerin Savaşı</t>
+          <t>Keyifli Felsefe: Memento Mori</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051442099</t>
+          <t>9786051442198</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Şiraz ve Sultan</t>
+          <t>Keyifli Felsefe: Tabula Rasa</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051442075</t>
+          <t>9786051442129</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Var Dönmek Yok - Acayip İşler Takımı</t>
+          <t>Hıçkırık Krizi - Uçuk Ailemle Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051442051</t>
+          <t>9786051442105</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Efsane Savaşçı - Danişmend Gazi</t>
+          <t>Efsane Savaşçı Danişmend Gazi - Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051442044</t>
+          <t>9786051442099</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünyalar Geçidi</t>
+          <t>Şiraz ve Sultan</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051442037</t>
+          <t>9786051442075</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şiraz ve Şehzade</t>
+          <t>Gülmek Var Dönmek Yok - Acayip İşler Takımı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051442020</t>
+          <t>9786051442051</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yılankıran Mehmet - Korkusuz Kahramanlar</t>
+          <t>Efsane Savaşçı - Danişmend Gazi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051442013</t>
+          <t>9786051442044</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anca Beraber Kanka Beraber - Acayip İşler Takımı</t>
+          <t>Gizli Dünyalar Geçidi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051441993</t>
+          <t>9786051442037</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Mağarası - Tılsımlı Serüvenler</t>
+          <t>Şiraz ve Şehzade</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051441986</t>
+          <t>9786051442020</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kalbi Kadar Sever</t>
+          <t>Yılankıran Mehmet - Korkusuz Kahramanlar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051441962</t>
+          <t>9786051442013</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Seni Aradım</t>
+          <t>Anca Beraber Kanka Beraber - Acayip İşler Takımı</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051441955</t>
+          <t>9786051441993</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İngilizce No Problem</t>
+          <t>Sırlar Mağarası - Tılsımlı Serüvenler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051441931</t>
+          <t>9786051441986</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mervin - Esaretten Kurtuluş 2</t>
+          <t>Herkes Kalbi Kadar Sever</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051441894</t>
+          <t>9786051441962</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kulluğum Sultanlığımdır</t>
+          <t>Her Yerde Seni Aradım</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051441849</t>
+          <t>9786051441955</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sonra Bir Gün O Geldi</t>
+          <t>İngilizce No Problem</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051441801</t>
+          <t>9786051441931</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Anne Neden Kedilerin Elleri Yok? - Kalem Tutan Eller</t>
+          <t>Mervin - Esaretten Kurtuluş 2</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051441733</t>
+          <t>9786051441894</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Fenomen Oldum? - Akıl Almaz Maceralar</t>
+          <t>Kulluğum Sultanlığımdır</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051441726</t>
+          <t>9786051441849</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ben Gülmeyim de Kim Gülsün! - Neşeli Günlük</t>
+          <t>Sonra Bir Gün O Geldi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051441566</t>
+          <t>9786051441801</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Sırlı Hikayeler</t>
+          <t>Anne Neden Kedilerin Elleri Yok? - Kalem Tutan Eller</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051441559</t>
+          <t>9786051441733</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Seni Seven Biri Var</t>
+          <t>Nasıl Fenomen Oldum? - Akıl Almaz Maceralar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051441528</t>
+          <t>9786051441726</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kelebeği Yakala</t>
+          <t>Ben Gülmeyim de Kim Gülsün! - Neşeli Günlük</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051441443</t>
+          <t>9786051441566</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Buket Gül</t>
+          <t>Mevlana'dan Sırlı Hikayeler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051441368</t>
+          <t>9786051441559</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Maya 1 - Sonsuzlukta Bir Gölge</t>
+          <t>Seni Seven Biri Var</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051441344</t>
+          <t>9786051441528</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Anlıyorum Ama Konuşamıyorum</t>
+          <t>Kelebeği Yakala</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051441177</t>
+          <t>9786051441443</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Burada Bitmez</t>
+          <t>Bir Buket Gül</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051441061</t>
+          <t>9786051441368</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aşk mı? Kesinlikle Belki Olabilir Ama İmkansız (Ciltli)</t>
+          <t>Maya 1 - Sonsuzlukta Bir Gölge</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051441160</t>
+          <t>9786051441344</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarımın Kitabı</t>
+          <t>Anlıyorum Ama Konuşamıyorum</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051441429</t>
+          <t>9786051441177</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Yalnız Erkekler Okusun / Bu Kitabı Yalnız Kızlar Okusun</t>
+          <t>Bu Aşk Burada Bitmez</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051441658</t>
+          <t>9786051441061</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gülen Yüzü - Aşkın Öteki Yüzü</t>
+          <t>Aşk mı? Kesinlikle Belki Olabilir Ama İmkansız (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051441597</t>
+          <t>9786051441160</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yazar Olmak İstiyorum</t>
+          <t>Rüyalarımın Kitabı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051441146</t>
+          <t>9786051441429</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Olur Musun?</t>
+          <t>Bu Kitabı Yalnız Erkekler Okusun / Bu Kitabı Yalnız Kızlar Okusun</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051441016</t>
+          <t>9786051441658</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İsmi Her Neyse (Ciltli)</t>
+          <t>Aşkın Gülen Yüzü - Aşkın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051441009</t>
+          <t>9786051441597</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sesini Dinle</t>
+          <t>Yazar Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051441627</t>
+          <t>9786051441146</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Hayat Seni Bekliyor</t>
+          <t>Kahramanım Olur Musun?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051442006</t>
+          <t>9786051441016</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Ama Seninle</t>
+          <t>İsmi Her Neyse (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051441665</t>
+          <t>9786051441009</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sana Yeni Bir Dünya Gerek!</t>
+          <t>Kalbinin Sesini Dinle</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051441818</t>
+          <t>9786051441627</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Beni Ararsan Bulursun - Mervin</t>
+          <t>Sonsuz Hayat Seni Bekliyor</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051441825</t>
+          <t>9786051442006</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Anını Bekler</t>
+          <t>Sensiz Ama Seninle</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051441139</t>
+          <t>9786051441665</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Hikayeleri</t>
+          <t>Sana Yeni Bir Dünya Gerek!</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051441481</t>
+          <t>9786051441818</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Hikayeleri</t>
+          <t>Beni Ararsan Bulursun - Mervin</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
+          <t>9786051441825</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Anını Bekler</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786051441139</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Deyimler ve Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786051441481</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
           <t>9786051441610</t>
         </is>
       </c>
-      <c r="B292" s="1" t="inlineStr">
+      <c r="B295" s="1" t="inlineStr">
         <is>
           <t>Hayat Sevince Güzel!</t>
         </is>
       </c>
-      <c r="C292" s="1">
+      <c r="C295" s="1">
         <v>185</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>