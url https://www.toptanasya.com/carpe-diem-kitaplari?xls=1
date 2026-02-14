--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -2299,66 +2299,66 @@
         <is>
           <t>9786051441900</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Dedektif Milas - Sultanın İntikamı</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9786051443164</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Kota Romantika</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9786051443133</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Kim Var Orada?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9786051442877</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Ateşkuşu Efsanesi</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786051442723</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
@@ -3034,246 +3034,246 @@
         <is>
           <t>9786051441856</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>İnanıyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786051443157</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Neşeli Günlük 4 Vay Be! Ben Neymişim</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786051443140</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Judy ve Uzunbacak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9786051443126</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Kalbindeki Işığı Kaybetme !</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9786051443119</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Son Teknoloji Faciası Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9786051443102</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Büyülü Kalem Kitapların Sihirli Dünyasına Bir Yolculuk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>9786051443096</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Ronnie - Göldeki Fısıltı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9786051443089</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Yetiş Patişko!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9786051443072</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Nina ve Fırındaki Sır</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9786051441887</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Nasıl Kahraman Oldum? - Akıl Almaz Maceralar</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9786051443034</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Cesur Hafiye Karahan - Kartal Terbiyecisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9786051442327</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Ağacı - Mavinin Kızı Emily 4</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9786051443065</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Heidi Alpler’deki Kız</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9786051443058</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Posta Güvercinim Neck</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>9786051443041</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Prenses ve Goblinler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>9786051443027</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Eyvah, Dayım Kayboldu! - Uçuk Kaçık Ailemle Maceralar</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>9786051443010</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>