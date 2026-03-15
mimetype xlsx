--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -85,415 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259675664</t>
+          <t>9786259675671</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanların Büyük Dünyası</t>
+          <t>Tahrif Edilmiş Terimler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259529295</t>
+          <t>9786256351073</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Sebe</t>
+          <t>Maymunsan - Primat Dünyasında</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259529288</t>
+          <t>9786256351059</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyümeyen Kadınlar</t>
+          <t>Siyasal İknanın Temelleri Liderlik Ve Retorik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259675626</t>
+          <t>9786256351035</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çaresizliklerin Çatışması</t>
+          <t>Genç Osman Bir Padişahın Hazin Sonu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259675633</t>
+          <t>9786259675664</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Yetişen Asker</t>
+          <t>Küçük İnsanların Büyük Dünyası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259529271</t>
+          <t>9786259529295</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sessizlik</t>
+          <t>Sevgili Sebe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259529264</t>
+          <t>9786259529288</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sen Sevmeseydin Sevilmezdim Dede</t>
+          <t>Büyümeyen Kadınlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259529257</t>
+          <t>9786259675626</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Toplum Mu Suçlu Dünya Mı Değişti?</t>
+          <t>Çaresizliklerin Çatışması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256351165</t>
+          <t>9786259675633</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygarlığı Anlayabilmek - Erken Dönem Türk Sanatı Yansımaları</t>
+          <t>Gölgede Yetişen Asker</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256351172</t>
+          <t>9786259529271</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp Üzerine Notlar</t>
+          <t>İçindeki Sessizlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057365835</t>
+          <t>9786259529264</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Gözünden Akdeniz</t>
+          <t>Sen Sevmeseydin Sevilmezdim Dede</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259529226</t>
+          <t>9786259529257</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aile Yapısı ve Suç İlişkisi</t>
+          <t>Toplum Mu Suçlu Dünya Mı Değişti?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259529233</t>
+          <t>9786256351165</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Figür, İdol ve Heykelciklerin Dünyası</t>
+          <t>Çağdaş Uygarlığı Anlayabilmek - Erken Dönem Türk Sanatı Yansımaları</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259529240</t>
+          <t>9786256351172</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Tuzağı: Cinsel Dürtü ve İhanet</t>
+          <t>Gayrinizami Harp Üzerine Notlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259529202</t>
+          <t>9786057365835</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Şiddet ve Çocuk İstismarı</t>
+          <t>Türklerin Gözünden Akdeniz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259529219</t>
+          <t>9786259529226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>4 X 4 İnsan Kişiliklerini Kolayca Tanımak</t>
+          <t>Aile Yapısı ve Suç İlişkisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256351196</t>
+          <t>9786259529233</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Artuklu Sanat İzleri Orta Çağ Zenginlik Elçisi Mardin</t>
+          <t>Anadolu’da Figür, İdol ve Heykelciklerin Dünyası</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256351189</t>
+          <t>9786259529240</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Renklerle (Kolayca) Tanımak</t>
+          <t>Arzunun Tuzağı: Cinsel Dürtü ve İhanet</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256351158</t>
+          <t>9786259529202</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenide Bilişsel Bozukluk İçin Bilişsel Davranışçı Terapi: Bir Meta-analiz</t>
+          <t>Aile İçi Şiddet ve Çocuk İstismarı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256351141</t>
+          <t>9786259529219</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Millî Mücadele’de Mucur - Mustafa Kemal Mucur’da</t>
+          <t>4 X 4 İnsan Kişiliklerini Kolayca Tanımak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256351066</t>
+          <t>9786256351196</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Meslekleri</t>
+          <t>Artuklu Sanat İzleri Orta Çağ Zenginlik Elçisi Mardin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057365842</t>
+          <t>9786256351189</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dini Ve Ahlaki Gelişiminde Etkili Faktörler Nelerdir?</t>
+          <t>İnsanları Renklerle (Kolayca) Tanımak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257365873</t>
+          <t>9786256351158</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa</t>
+          <t>Şizofrenide Bilişsel Bozukluk İçin Bilişsel Davranışçı Terapi: Bir Meta-analiz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256351004</t>
+          <t>9786256351141</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Töresi</t>
+          <t>Millî Mücadele’de Mucur - Mustafa Kemal Mucur’da</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786256351066</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Meslekleri</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786057365842</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Dini Ve Ahlaki Gelişiminde Etkili Faktörler Nelerdir?</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257365873</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Barbaros Hayreddin Paşa</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786256351004</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Oğuz Töresi</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786057365804</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Arızalı Dindarlık</t>
         </is>
       </c>
-      <c r="C26" s="1">
+      <c r="C30" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>