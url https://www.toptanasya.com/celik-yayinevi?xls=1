--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,5620 +85,5860 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258359879</t>
+          <t>9789759199616</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Niyet, İhlas ve Sıdk</t>
+          <t>Peygamberler ve Halifeler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>135</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258359862</t>
+          <t>9786255617507</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (sav) Edep ve Ahlakı</t>
+          <t>Çalışkan ve Başarılı Olalım Sünnetlere Uyalım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258359787</t>
+          <t>9786255617460</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür</t>
+          <t>Kanaatkarlılığı Parlayan Said</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786265427387</t>
+          <t>9786255617453</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin İmam Gazali</t>
+          <t>Güvenirliliği Parlayan Ebu Ubeyde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>7525</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255617354</t>
+          <t>9786255617446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet - İmam Gazali</t>
+          <t>Sabrı Parlayan Sa'd</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757161127</t>
+          <t>9786255617439</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam</t>
+          <t>Cömertliği Parlayan Abdurrahman</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059844871</t>
+          <t>9786255617422</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamit Efsanesi</t>
+          <t>Kararlılığı Parlayan Zübeyir</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059844895</t>
+          <t>9786255617415</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Din Seti (4 Cilt Büyük Boy Takım) (Ciltli)</t>
+          <t>Cesareti Parlayan Talha</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9787621651187</t>
+          <t>9786255617408</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 4. Cilt (Kurtarıcı Şeyler 10 Kitap)</t>
+          <t>Aklı Parlayan Ali</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9785803590248</t>
+          <t>9786255617392</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 3. Cilt (Helâk Edici Şeyler 10 Kitap Set)</t>
+          <t>Nezaketi Parlayan Osman</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789318918009</t>
+          <t>9786255617385</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 2. Cilt (Adetler Bölümü 10 Kitap)</t>
+          <t>Adaleti Parlayan Ömer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1770</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9788014030466</t>
+          <t>9786255617378</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 1. Cilt (İbadetler Bölümü 10 Kitap)</t>
+          <t>Arkadaşlığı Parlayan Ebubekir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2040</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255617170</t>
+          <t>9786255617309</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çöl Aslanı Ömer Muhtar</t>
+          <t>Mevlana'nın Hocası Seyyid Burhaneddin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255617132</t>
+          <t>9786255617323</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Sırları</t>
+          <t>Şah-ı Nakşibend Hazretleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255617149</t>
+          <t>9786255617484</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek, Kötülükten Sakındırmak - İmam Gazali</t>
+          <t>Peygamberimin Bana Sözleri - Bulmacalarla Öğreniyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255617156</t>
+          <t>9786255617330</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fakirlik ve Zühd - İmam Gazali</t>
+          <t>Sultan İkinci Murad</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057092366</t>
+          <t>9786258359879</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an-ı Keri̇m'i̇n Türkçe Meali̇ Ve Muhtasar Tefsiri</t>
+          <t>Niyet, İhlas ve Sıdk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059844383</t>
+          <t>9786258359862</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Türkçe Tefsiri (10 Cilt Takım)</t>
+          <t>Peygamberimizin (sav) Edep ve Ahlakı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>5950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258359947</t>
+          <t>9786258359787</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kuran Dili Türkçe Tefsiri - 10 Cilt (Ciltli)</t>
+          <t>Sabır ve Şükür</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>5950</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255617163</t>
+          <t>9786265427387</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Göçle Büyüyen Rüyalar</t>
+          <t>İhyau Ulumiddin İmam Gazali</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>7615</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9783553310680</t>
+          <t>9786255617354</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Ahlakı Güzelleştirme Seti (5 Kitap)</t>
+          <t>Kimya-yı Saadet - İmam Gazali</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>720</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059844000</t>
+          <t>9789757161127</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hattı (Ciltli)</t>
+          <t>Benim Namaz Hocam</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258359190</t>
+          <t>9786059844871</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet</t>
+          <t>2. Abdülhamit Efsanesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055094232</t>
+          <t>9786059844895</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>İhya-u Ulumi'd-Din Seti (4 Cilt Büyük Boy Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759199234</t>
+          <t>9787621651187</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Canlı Tutmanın Yolları</t>
+          <t>İhyau Ulumiddin 4. Cilt (Kurtarıcı Şeyler 10 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757161004</t>
+          <t>9785803590248</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü'l-Mecalis'den Seçme Dini Hikayeler</t>
+          <t>İhyau Ulumiddin 3. Cilt (Helâk Edici Şeyler 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9799756457695</t>
+          <t>9789318918009</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>İhyau Ulumiddin 2. Cilt (Adetler Bölümü 10 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055457327</t>
+          <t>9788014030466</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife</t>
+          <t>İhyau Ulumiddin 1. Cilt (İbadetler Bölümü 10 Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9783567965296</t>
+          <t>9786255617170</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Nefs Terbiyesi Seti (4 Kitap)</t>
+          <t>Çöl Aslanı Ömer Muhtar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>485</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059495202</t>
+          <t>9786255617132</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (2 Cilt Takım)</t>
+          <t>Temizliğin Sırları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>990</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258359916</t>
+          <t>9786255617149</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve İnsan Ruhu</t>
+          <t>İyiliği Emretmek, Kötülükten Sakındırmak - İmam Gazali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258359305</t>
+          <t>9786255617156</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tevekkül (Kitabu’t-Tevhid ve’t-Tevekkul)</t>
+          <t>Fakirlik ve Zühd - İmam Gazali</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258359893</t>
+          <t>9786057092366</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Problemleri</t>
+          <t>Nüzul Sırasına Göre Kur'an-ı Keri̇m'i̇n Türkçe Meali̇ Ve Muhtasar Tefsiri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258359909</t>
+          <t>9786059844383</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Her Müslüman’ın Dikkat Etmesi Gereken Gizli Günahlar</t>
+          <t>Hak Dini Kur'an Dili Türkçe Tefsiri (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>110</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258359886</t>
+          <t>9786258359947</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Murakabe ve Muhasebe</t>
+          <t>Hak Dini Kuran Dili Türkçe Tefsiri - 10 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059495189</t>
+          <t>9786255617163</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberler Tarihi - El-Kasasu'l-Enbiya (2 Cilt)</t>
+          <t>Göçle Büyüyen Rüyalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055822507</t>
+          <t>9783553310680</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Gazabı ve Kavimlerin Helakı</t>
+          <t>İmam Gazali Ahlakı Güzelleştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756457962</t>
+          <t>9786059844000</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Meclisinden Hikmetli Sohbetler (Ciltli)</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258359817</t>
+          <t>9786258359190</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sünnetlere Uyalım Sağlığımızı Koruyalım</t>
+          <t>Muhabbet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258359244</t>
+          <t>9786055094232</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kum Fırtınası ve Çocuk/ Muhammed İkbal</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9781276830454</t>
+          <t>9789759199234</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Mevsimler Kitap Seti</t>
+          <t>Evliliği Canlı Tutmanın Yolları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258359855</t>
+          <t>9789757161004</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Nüzhetü'l-Mecalis'den Seçme Dini Hikayeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258359848</t>
+          <t>9799756457695</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Şöleni</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258359831</t>
+          <t>9786055457327</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Yaz</t>
+          <t>Dört Büyük Halife</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258359824</t>
+          <t>9783567965296</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan İlkbahar</t>
+          <t>İmam Gazali Nefs Terbiyesi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>515</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057092380</t>
+          <t>9786059495202</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Bayrak Şairi Mehmet Akif Ersoy</t>
+          <t>Peygamberler Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>110</v>
+        <v>990</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059844116</t>
+          <t>9786258359916</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça (6 Cilt Takım)</t>
+          <t>Müzik ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055094713</t>
+          <t>9786258359305</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>Tevhid ve Tevekkül (Kitabu’t-Tevhid ve’t-Tevekkul)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258359800</t>
+          <t>9786258359893</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>El Hac Malik El Şahbaz Malcom X</t>
+          <t>Gençliğin Problemleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258359794</t>
+          <t>9786258359909</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Her Müslüman’ın Dikkat Etmesi Gereken Gizli Günahlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9785153192420</t>
+          <t>9786258359886</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Bursalı - 24 Kitaplık Seti</t>
+          <t>Murakabe ve Muhasebe</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>7820</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258359428</t>
+          <t>9786059495189</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Maneviyatı Yükselten İlkeler</t>
+          <t>Ayet ve Hadislerle Peygamberler Tarihi - El-Kasasu'l-Enbiya (2 Cilt)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055094270</t>
+          <t>9786055822507</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Düşünmenin Fazileti</t>
+          <t>Allah’ın Gazabı ve Kavimlerin Helakı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055822521</t>
+          <t>9789756457962</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar</t>
+          <t>Dostlar Meclisinden Hikmetli Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258359282</t>
+          <t>9786258359817</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve Günahlardan Kurtuluş Yolları</t>
+          <t>Sünnetlere Uyalım Sağlığımızı Koruyalım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258359176</t>
+          <t>9786258359244</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tavsiyeler</t>
+          <t>Kum Fırtınası ve Çocuk/ Muhammed İkbal</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059844765</t>
+          <t>9781276830454</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Çocuklar için Mevsimler Kitap Seti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258359763</t>
+          <t>9786258359855</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vitaminler Akıllı Mı?</t>
+          <t>Kış Uykusu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258359756</t>
+          <t>9786258359848</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Öğreniyorum İmanın Şartları</t>
+          <t>Sonbahar Şöleni</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258359770</t>
+          <t>9786258359831</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mektubat</t>
+          <t>Sıcak Yaz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258359701</t>
+          <t>9786258359824</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Marifetname</t>
+          <t>Çalışkan İlkbahar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258359688</t>
+          <t>9786057092380</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Abdulkadir Geylani - Salavat-ı Kübra Tercüme ve Şerhi</t>
+          <t>Vatan ve Bayrak Şairi Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258359732</t>
+          <t>9786059844116</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Zındıklık Arasındaki Fark</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça (6 Cilt Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258359749</t>
+          <t>9786055094713</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>El Munkız Mined Dalal - Hidayet Rehberi</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258359718</t>
+          <t>9786258359800</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İnanan Kızlara</t>
+          <t>El Hac Malik El Şahbaz Malcom X</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258359725</t>
+          <t>9786258359794</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Osmanlı - Yavuz Sultan Selim (Harp Tarihi)</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258359695</t>
+          <t>9785153192420</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Mustafa Necati Bursalı - 24 Kitaplık Seti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>7820</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258359602</t>
+          <t>9786258359428</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili’nden Kısa Surelerin Tefsiri (2 Cilt)</t>
+          <t>Maneviyatı Yükselten İlkeler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>210</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057916082</t>
+          <t>9786055094270</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mein Gebetshandbuch (Benim Namaz El Kitabım)</t>
+          <t>Tefekkür Düşünmenin Fazileti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258359565</t>
+          <t>9786055822521</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Yükselen Sesi İmam Rabbani</t>
+          <t>Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258359657</t>
+          <t>9786258359282</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Sultanı Abdülkadir Geylani</t>
+          <t>Tövbe ve Günahlardan Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9781461725534</t>
+          <t>9786258359176</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali Külliyatı - 38 Kitap Seti</t>
+          <t>Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>7505</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258359671</t>
+          <t>9786059844765</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitabımı Arıyorum</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055822897</t>
+          <t>9786258359763</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Yüce Meali - Elmalılı M. Hamdi Yazır (Orta Boy) (Ciltli)</t>
+          <t>Vitaminler Akıllı Mı?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>590</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258359572</t>
+          <t>9786258359756</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Adabı</t>
+          <t>Bulmacalarla Öğreniyorum İmanın Şartları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258359541</t>
+          <t>9786258359770</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yemek Adabı</t>
+          <t>Çocuklar İçin Mektubat</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258359664</t>
+          <t>9786258359701</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Korku</t>
+          <t>Çocuklar için Marifetname</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258359633</t>
+          <t>9786258359688</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ticaret ve Kazanç Adabı</t>
+          <t>Delail-i Abdulkadir Geylani - Salavat-ı Kübra Tercüme ve Şerhi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258359589</t>
+          <t>9786258359732</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Adabı</t>
+          <t>İslam ve Zındıklık Arasındaki Fark</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057404596</t>
+          <t>9786258359749</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Öfke, Kin, Haset ve Kurtuluş Yolları</t>
+          <t>El Munkız Mined Dalal - Hidayet Rehberi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057092311</t>
+          <t>9786258359718</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İki Şehveti Dizginlemek</t>
+          <t>Allah'a İnanan Kızlara</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059844758</t>
+          <t>9786258359725</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan ve Hz. Hüseyin</t>
+          <t>Gençler İçin Osmanlı - Yavuz Sultan Selim (Harp Tarihi)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757161202</t>
+          <t>9786258359695</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer Radıyallahu Anh</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257746502</t>
+          <t>9786258359602</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sırları ve Faziletleri</t>
+          <t>Hak Dini Kur’an Dili’nden Kısa Surelerin Tefsiri (2 Cilt)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258359640</t>
+          <t>9786057916082</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi - Çocuklar İçin Mesnevi</t>
+          <t>Mein Gebetshandbuch (Benim Namaz El Kitabım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258359596</t>
+          <t>9786258359565</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Görsel Hafızayla Tasavvufi İbadet Eğitimi</t>
+          <t>İslam’ın Yükselen Sesi İmam Rabbani</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258359558</t>
+          <t>9786258359657</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi - Çocuklar için İhyau Ulumiddin</t>
+          <t>Aşıkların Sultanı Abdülkadir Geylani</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258359534</t>
+          <t>9781461725534</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberlerin Hayatı</t>
+          <t>İmam-ı Gazali Külliyatı - 38 Kitap Seti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>550</v>
+        <v>7595</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>4440000003987</t>
+          <t>9786258359671</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Kutsal Kitabımı Arıyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9787643167321</t>
+          <t>9786055822897</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Büyükleri Seti (7 Kitap)</t>
+          <t>Kur’an-ı Kerim’in Yüce Meali - Elmalılı M. Hamdi Yazır (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>840</v>
+        <v>590</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9782985671673</t>
+          <t>9786258359572</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>4 Büyük Halife Kitap Seti</t>
+          <t>Yolculuk Adabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9783434763208</t>
+          <t>9786258359541</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Annelerimiz Kitap Seti</t>
+          <t>Yemek Adabı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1050</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9785164188351</t>
+          <t>9786258359664</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilginleri Kitap Seti</t>
+          <t>Ümit ve Korku</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258359527</t>
+          <t>9786258359633</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Osmanlı - Osman Gazi</t>
+          <t>Ticaret ve Kazanç Adabı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258359503</t>
+          <t>9786258359589</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşkın Sultanı Mevlana</t>
+          <t>Evlilik Adabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258359510</t>
+          <t>9786057404596</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Delili - İmam Gazali</t>
+          <t>Öfke, Kin, Haset ve Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059844666</t>
+          <t>9786057092311</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 6</t>
+          <t>İki Şehveti Dizginlemek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059844659</t>
+          <t>9786059844758</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 5</t>
+          <t>Hz. Hasan ve Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059844369</t>
+          <t>9789757161202</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 4</t>
+          <t>Hz. Ömer Radıyallahu Anh</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257746519</t>
+          <t>9786257746502</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Uygulamalı Çözüm Önerileri İmdat Buk</t>
+          <t>Kalbin Sırları ve Faziletleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258359466</t>
+          <t>9786258359640</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kısa Sureler ve Dualar</t>
+          <t>Çocuk Üniversitesi - Çocuklar İçin Mesnevi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9787469788892</t>
+          <t>9786258359596</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali Külliyatı 33 Kitap Seti</t>
+          <t>Görsel Hafızayla Tasavvufi İbadet Eğitimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6795</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258359442</t>
+          <t>9786258359558</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cihangir-i Sahipkıran - Emir Timur</t>
+          <t>Çocuk Üniversitesi - Çocuklar için İhyau Ulumiddin</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258359497</t>
+          <t>9786258359534</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kur'an</t>
+          <t>Çocuklar İçin Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258359459</t>
+          <t>4440000003987</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Öğreniyorum - Namaz Sureleri</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258359435</t>
+          <t>9787643167321</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sanat Deyip Geçme</t>
+          <t>Çocuklar İçin İslam Büyükleri Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>840</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258359299</t>
+          <t>9782985671673</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii</t>
+          <t>4 Büyük Halife Kitap Seti</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057367457</t>
+          <t>9783434763208</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Fabrika ( 10 Kitap )</t>
+          <t>Annelerimiz Kitap Seti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>800</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258359312</t>
+          <t>9785164188351</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'dan Osmanlı'ya Prensesler (10'lu Set)</t>
+          <t>İslam Bilginleri Kitap Seti</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>800</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258359404</t>
+          <t>9786258359527</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Çok Seven Prenses - Rabia Gülnuş Sultan</t>
+          <t>Gençler İçin Osmanlı - Osman Gazi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258359398</t>
+          <t>9786258359503</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Çok Seven Prenses - Mihrimah Sultan</t>
+          <t>Sevgi ve Aşkın Sultanı Mevlana</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258359411</t>
+          <t>9786258359510</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yetimleri Seven Prenses - Rahime Perestu Sultan</t>
+          <t>İslam’ın Delili - İmam Gazali</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258359374</t>
+          <t>9786059844666</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Amiral Prenses - Malahayati</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 6</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258359367</t>
+          <t>9786059844659</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Engellileri Seven Prenses - Hürrem Sultan</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 5</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258359381</t>
+          <t>9786059844369</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hastaları İyileştiren Prenses - Gevher Nesibe Sultan</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 4</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258359350</t>
+          <t>9786257746519</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yapmayı Seven Prenses - Bezm-İ Alem Valide Sultan</t>
+          <t>Çocuk Eğitiminde Uygulamalı Çözüm Önerileri İmdat Buk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258359343</t>
+          <t>9786258359466</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Seven Prenses - Ayşe Hafsa Sultan</t>
+          <t>Kısa Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258359336</t>
+          <t>9787469788892</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prenses Altuncan Hatun</t>
+          <t>İmam-ı Gazali Külliyatı 33 Kitap Seti</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>6885</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258359329</t>
+          <t>9786258359442</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şair Prenses Adile Sultan</t>
+          <t>Cihangir-i Sahipkıran - Emir Timur</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057404565</t>
+          <t>9786258359497</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gırnata Zirilerinin Son Emiri</t>
+          <t>Arkadaşım Kur'an</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258359237</t>
+          <t>9786258359459</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Hitabet Uzmanı Hasan-ı Basri</t>
+          <t>Bulmacalarla Öğreniyorum - Namaz Sureleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258359206</t>
+          <t>9786258359435</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Hukuk Dahisi İmam Azam Ebu Hanife</t>
+          <t>Sanat Deyip Geçme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258359220</t>
+          <t>9786258359299</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İlmin Parlayan Güneşi İmam Şafii</t>
+          <t>İmam Şafii</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258359213</t>
+          <t>9786057367457</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Annemin Yurdu</t>
+          <t>Bir Acayip Fabrika ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>110</v>
+        <v>800</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258359169</t>
+          <t>9786258359312</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kibir ve Kendini Beğenmişlik</t>
+          <t>Selçuklu'dan Osmanlı'ya Prensesler (10'lu Set)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258359152</t>
+          <t>9786258359404</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Hakikati</t>
+          <t>Hayvanları Çok Seven Prenses - Rabia Gülnuş Sultan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258359183</t>
+          <t>9786258359398</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gurur</t>
+          <t>Allah'ı Çok Seven Prenses - Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057404572</t>
+          <t>9786258359411</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hazreti Muhammed</t>
+          <t>Yetimleri Seven Prenses - Rahime Perestu Sultan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758596294</t>
+          <t>9786258359374</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Amiral Prenses - Malahayati</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057404558</t>
+          <t>9786258359367</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gök Taşı Mı O ? (Ciltli)</t>
+          <t>Engellileri Seven Prenses - Hürrem Sultan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257746670</t>
+          <t>9786258359381</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kitabın Kahramanları - 10 Kitaplık Set</t>
+          <t>Hastaları İyileştiren Prenses - Gevher Nesibe Sultan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057092359</t>
+          <t>9786258359350</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Adalet Muhafızı Ömer Bin Abdülaziz</t>
+          <t>İyilik Yapmayı Seven Prenses - Bezm-İ Alem Valide Sultan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057367402</t>
+          <t>9786258359343</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>El-i'tilaf fi Vücühi'l-İhtilaf (Ciltli)</t>
+          <t>İnsanları Seven Prenses - Ayşe Hafsa Sultan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>475</v>
+        <v>80</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057092397</t>
+          <t>9786258359336</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Avusturya Elçisinin Kaleminden Türk Mektupları</t>
+          <t>Kahraman Prenses Altuncan Hatun</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>420</v>
+        <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057404541</t>
+          <t>9786258359329</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun İmanı</t>
+          <t>Şair Prenses Adile Sultan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057092335</t>
+          <t>9786057404565</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Takiyüddin - Gizemli Kitabın Kahramanları 6</t>
+          <t>Gırnata Zirilerinin Son Emiri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057092342</t>
+          <t>9786258359237</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis - Gizemli Kitabın Kahramanları 7</t>
+          <t>Bir Hitabet Uzmanı Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057404510</t>
+          <t>9786258359206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Gizemli Kitabın Kahramanları 8</t>
+          <t>Bir Hukuk Dahisi İmam Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057404527</t>
+          <t>9786258359220</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Harezmi - Gizemli Kitabın Kahramanları- 9</t>
+          <t>İlmin Parlayan Güneşi İmam Şafii</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057404534</t>
+          <t>9786258359213</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Gizemli Kitabın Kahramanları 10</t>
+          <t>Annemin Yurdu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057092304</t>
+          <t>9786258359169</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Üç Öykü Üç Öğüt</t>
+          <t>Kibir ve Kendini Beğenmişlik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257746694</t>
+          <t>9786258359152</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin - Gi̇zemli̇ Ki̇tabın Kahramanları 2</t>
+          <t>Dünya ve Hakikati</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257746717</t>
+          <t>9786258359183</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Gi̇zemli̇ Ki̇tabın Kahramanları 3</t>
+          <t>Gurur</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257746687</t>
+          <t>9786057404572</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmet Çelebi - Gi̇zemli̇ Ki̇tabın Kahramanları 1</t>
+          <t>Çocuklar İçin Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257746762</t>
+          <t>9789758596294</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Gi̇zemli̇ Ki̇tabın Kahramanları 5</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257746793</t>
+          <t>9786057404558</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Gi̇zemli̇ Ki̇tabın Kahramanları 4</t>
+          <t>Gök Taşı Mı O ? (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257746601</t>
+          <t>9786257746670</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Sırları</t>
+          <t>Gizemli Kitabın Kahramanları - 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057916976</t>
+          <t>9786057092359</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'an Hikayelerim (Ciltli)</t>
+          <t>Adalet Muhafızı Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>590</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257746397</t>
+          <t>9786057367402</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Orduları Başkumandanı Süleyman Hüsnü Paşa'nın 93 Osmanlı-Rus Harbi Hatıraları</t>
+          <t>El-i'tilaf fi Vücühi'l-İhtilaf (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257746366</t>
+          <t>9786057092397</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Adın Kalmalı Geriye</t>
+          <t>Avusturya Elçisinin Kaleminden Türk Mektupları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257746168</t>
+          <t>9786057404541</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nefs Terbiyesi ve Ahlakı Güzelleştirme</t>
+          <t>Çocuğun İmanı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257746175</t>
+          <t>9786057092335</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Denizler Fatihi Barbaros Hayreddin Paşa</t>
+          <t>Takiyüddin - Gizemli Kitabın Kahramanları 6</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257104982</t>
+          <t>9786057092342</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Gitsin Sen Gel!</t>
+          <t>Seydi Ali Reis - Gizemli Kitabın Kahramanları 7</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257104944</t>
+          <t>9786057404510</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Şahini Celaleddin Harezmşah</t>
+          <t>Farabi - Gizemli Kitabın Kahramanları 8</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257104715</t>
+          <t>9786057404527</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Secdesi</t>
+          <t>Harezmi - Gizemli Kitabın Kahramanları- 9</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057916723</t>
+          <t>9786057404534</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yaratılıştaki Sırlar</t>
+          <t>Katip Çelebi - Gizemli Kitabın Kahramanları 10</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057916556</t>
+          <t>9786057092304</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ey Gönül Pişman mısın?</t>
+          <t>Üç Öykü Üç Öğüt</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057916396</t>
+          <t>9786257746694</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları ve Devleti Tarihi</t>
+          <t>Akşemseddin - Gi̇zemli̇ Ki̇tabın Kahramanları 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057916365</t>
+          <t>9786257746717</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Biruni - Gi̇zemli̇ Ki̇tabın Kahramanları 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057916327</t>
+          <t>9786257746687</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve Şifa Kaynağı Kaside-i Bürde ve Şerhi (Ciltli)</t>
+          <t>Hezarfen Ahmet Çelebi - Gi̇zemli̇ Ki̇tabın Kahramanları 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057916310</t>
+          <t>9786257746762</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hatice Tarhan Valide Sultan</t>
+          <t>Piri Reis - Gi̇zemli̇ Ki̇tabın Kahramanları 5</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057916211</t>
+          <t>9786257746793</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Perdesinde Enver Paşa ve Naciye Sultan</t>
+          <t>Ali Kuşçu - Gi̇zemli̇ Ki̇tabın Kahramanları 4</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786058143586</t>
+          <t>9786257746601</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Şan Verenler</t>
+          <t>Kur'an'ın Sırları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786058143579</t>
+          <t>9786057916976</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Bütün Şiirleri</t>
+          <t>Benim Kur'an Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057916235</t>
+          <t>9786257746397</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Senden Geriye Kalan</t>
+          <t>Rumeli Orduları Başkumandanı Süleyman Hüsnü Paşa'nın 93 Osmanlı-Rus Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057916242</t>
+          <t>9786257746366</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hidayete İlk Adım</t>
+          <t>Bir Adın Kalmalı Geriye</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057916136</t>
+          <t>9786257746168</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Seni Buldum Kendimi Unuttum</t>
+          <t>Nefs Terbiyesi ve Ahlakı Güzelleştirme</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057916129</t>
+          <t>9786257746175</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadisleri</t>
+          <t>Denizler Fatihi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057916075</t>
+          <t>9786257104982</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Önce Sen Sonra Sen</t>
+          <t>Sensizlik Gitsin Sen Gel!</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055457945</t>
+          <t>9786257104944</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olabilmek Elinizde Bunun Farkında mısınız</t>
+          <t>Türkistan Şahini Celaleddin Harezmşah</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055094218</t>
+          <t>9786257104715</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Renkli Kelime Meali ve Muhtasar Tefsiri (Ciltli, Şamua, Orta Boy)</t>
+          <t>Güneşin Secdesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>690</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9799756457251</t>
+          <t>9786057916723</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Kur'an-ı Kerimden Sureler)</t>
+          <t>Yaratılıştaki Sırlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059495516</t>
+          <t>9786057916556</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 6. Cilt (Ciltli)</t>
+          <t>Ey Gönül Pişman mısın?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059844888</t>
+          <t>9786057916396</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 5. Cilt (Ciltli)</t>
+          <t>Osmanlı Padişahları ve Devleti Tarihi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055457693</t>
+          <t>9786057916365</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 2. Cilt (Ciltli)</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059495172</t>
+          <t>9786057916327</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Tercümesi (Ciltli)</t>
+          <t>Hikmet ve Şifa Kaynağı Kaside-i Bürde ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059844239</t>
+          <t>9786057916310</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali (Küçük Boy)</t>
+          <t>Hatice Tarhan Valide Sultan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059495462</t>
+          <t>9786057916211</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tahtsız Padişah: Kösem Valide Sultan</t>
+          <t>Osmanlı'nın Son Perdesinde Enver Paşa ve Naciye Sultan</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059495394</t>
+          <t>9786058143586</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>114 Kudsi Hadis-i Şerif</t>
+          <t>Tarihe Şan Verenler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059495219</t>
+          <t>9786058143579</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Teşvik Eden ve Sakındıran Hadisler</t>
+          <t>Yunus Emre Hayatı ve Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059844512</t>
+          <t>9786057916235</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı</t>
+          <t>Senden Geriye Kalan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059495233</t>
+          <t>9786057916242</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Murad Han</t>
+          <t>Hidayete İlk Adım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059844963</t>
+          <t>9786057916136</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dicle'nin Son Türküsü Kütü'l - Amara</t>
+          <t>Seni Buldum Kendimi Unuttum</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059844864</t>
+          <t>9786057916129</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şehzade'nin Şehrazat'ı</t>
+          <t>Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055094225</t>
+          <t>9786057916075</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Faziletli İbadetler</t>
+          <t>Önce Sen Sonra Sen</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059844741</t>
+          <t>9786055457945</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ahirette Allah'ın Kulları İle Diyaloğu</t>
+          <t>Mutlu Olabilmek Elinizde Bunun Farkında mısınız</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059844543</t>
+          <t>9786055094218</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Din - 8 Cilt Takım (Küçük Boy)</t>
+          <t>Kur’an-ı Kerim Renkli Kelime Meali ve Muhtasar Tefsiri (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>3500</v>
+        <v>790</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059844710</t>
+          <t>9799756457251</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil</t>
+          <t>Yasin-i Şerif (Kur'an-ı Kerimden Sureler)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>460</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059844703</t>
+          <t>9786059495516</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Mişkatu'l Mesabih 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059844130</t>
+          <t>9786059844888</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Mülteka El Ebhur Tercümesi (4 Cilt Takım) (Ciltli)</t>
+          <t>Mişkatu'l Mesabih 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>2400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059844284</t>
+          <t>9786055457693</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Varlığımız ve Birliğimiz Açısından Osmanlı Türkçesi ve Tarihi Derinliği</t>
+          <t>Mişkatu'l Mesabih 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059844307</t>
+          <t>9786059495172</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yar - Veysel Karani ve Üveysilik</t>
+          <t>Kur'an-ı Kerim'in Türkçe Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055094133</t>
+          <t>9786059844239</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Vaazlar ve Sohbetler (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Yüce Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>750</v>
+        <v>490</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758596461</t>
+          <t>9786059495462</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat Şerhi Kara Davud (2. Hamur - İthal Kağıt) (Ciltli)</t>
+          <t>Tahtsız Padişah: Kösem Valide Sultan</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>900</v>
+        <v>420</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055822750</t>
+          <t>9786059495394</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Nasıl Yetiştirmeliyiz?</t>
+          <t>114 Kudsi Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059844123</t>
+          <t>9786059495219</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 1</t>
+          <t>Teşvik Eden ve Sakındıran Hadisler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>275</v>
+        <v>590</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059844277</t>
+          <t>9786059844512</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 3</t>
+          <t>Sahih-i Buhari Muhtasarı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>275</v>
+        <v>590</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059844260</t>
+          <t>9786059495233</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 2</t>
+          <t>Sultan 4. Murad Han</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055822569</t>
+          <t>9786059844963</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cömertliğin Fazileti ve Cimrilik</t>
+          <t>Dicle'nin Son Türküsü Kütü'l - Amara</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059844222</t>
+          <t>9786059844864</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İmanın Sancağı Mus'ab Bin Umeyr</t>
+          <t>Şehzade'nin Şehrazat'ı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055457709</t>
+          <t>9786055094225</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Faziletli İbadetler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756457009</t>
+          <t>9786059844741</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Ahirette Allah'ın Kulları İle Diyaloğu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059844253</t>
+          <t>9786059844543</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy)</t>
+          <t>İhya-u Ulumi'd-Din - 8 Cilt Takım (Küçük Boy)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055094928</t>
+          <t>9786059844710</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettiği Hadisler</t>
+          <t>İmam Şamil</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>550</v>
+        <v>460</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059844017</t>
+          <t>9786059844703</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Son Halife Abdülmecid Efendi</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055094829</t>
+          <t>9786059844130</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslami İnanç Değerleri ve Çağdaş Dini Akımlar</t>
+          <t>İzahlı Mülteka El Ebhur Tercümesi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>390</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055457143</t>
+          <t>9786059844284</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Olgun İnsanlık ve Görgü Kuralları</t>
+          <t>Varlığımız ve Birliğimiz Açısından Osmanlı Türkçesi ve Tarihi Derinliği</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055094959</t>
+          <t>9786059844307</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Günlerin ve Gecelerin İhyasının Fazileti</t>
+          <t>Hz. Yar - Veysel Karani ve Üveysilik</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055094553</t>
+          <t>9786055094133</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İlmin Fazileti</t>
+          <t>Hanımlara Vaazlar ve Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055094362</t>
+          <t>9789758596461</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam Kadınları ve Hanım Sahabeler</t>
+          <t>Delail-i Hayrat Şerhi Kara Davud (2. Hamur - İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>390</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055094041</t>
+          <t>9786055822750</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir'in 100 Veciz Sözü</t>
+          <t>Çocuklarımızı Nasıl Yetiştirmeliyiz?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055094584</t>
+          <t>9786059844123</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şahidim Kılıcımdır</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 1</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055094720</t>
+          <t>9786059844277</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Kurban</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 3</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055094355</t>
+          <t>9786059844260</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Riyazu'l Müslimat : Hanımlara Özel Hadis-i Şerifler</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055094423</t>
+          <t>9786055822569</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin</t>
+          <t>Cömertliğin Fazileti ve Cimrilik</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055094775</t>
+          <t>9786059844222</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>O Bir Osmanlı Ermenisi</t>
+          <t>İmanın Sancağı Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>520</v>
+        <v>330</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055822460</t>
+          <t>9786055457709</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Adrese Gelir</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055457525</t>
+          <t>9789756457009</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hiperaktif Çocukların Sosyal Teşhis ve Tedavileri</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055094867</t>
+          <t>9786059844253</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dağların Türküsü</t>
+          <t>Büyük İslam İlmihali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055457778</t>
+          <t>9786055094928</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Çocuklar</t>
+          <t>Buhari ve Müslim'in İttifak Ettiği Hadisler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055822606</t>
+          <t>9786059844017</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Çanta Boy)</t>
+          <t>Sürgündeki Son Halife Abdülmecid Efendi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>35</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756457481</t>
+          <t>9786055094829</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>İslami İnanç Değerleri ve Çağdaş Dini Akımlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>35</v>
+        <v>390</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756457603</t>
+          <t>9786055457143</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve İbret</t>
+          <t>Olgun İnsanlık ve Görgü Kuralları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789759199753</t>
+          <t>9786055094959</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Heybe</t>
+          <t>Günlerin ve Gecelerin İhyasının Fazileti</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757161172</t>
+          <t>9786055094553</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt Cennet Kadınlarının Hanımefendisi ve İnsanlık Hurisi Hz. Fatıma-i Zehra</t>
+          <t>İlmin Fazileti</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055457822</t>
+          <t>9786055094362</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Düğünümde Ağlama</t>
+          <t>Büyük İslam Kadınları ve Hanım Sahabeler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057916037</t>
+          <t>9786055094041</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Duaların Esrarı</t>
+          <t>Hz. Ebubekir'in 100 Veciz Sözü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9799756457749</t>
+          <t>9786055094584</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikir</t>
+          <t>Şahidim Kılıcımdır</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055457839</t>
+          <t>9786055094720</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ayrılan Kalpler</t>
+          <t>Hac ve Kurban</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055457419</t>
+          <t>9786055094355</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aşere-i Mübeşşere Cennetle Müjdelenen On Sahabe</t>
+          <t>Riyazu'l Müslimat : Hanımlara Özel Hadis-i Şerifler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055822767</t>
+          <t>9786055094423</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Asrı Saadet’te İslam’a Koşan Krallar</t>
+          <t>Riyazü's Salihin</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789758596492</t>
+          <t>9786055094775</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ashabı Uhdud</t>
+          <t>O Bir Osmanlı Ermenisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>95</v>
+        <v>520</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756457399</t>
+          <t>9786055822460</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Hakları</t>
+          <t>Hüzün Adrese Gelir</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055457853</t>
+          <t>9786055457525</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Gölgesindeki 7 Zümre</t>
+          <t>Hiperaktif Çocukların Sosyal Teşhis ve Tedavileri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758596102</t>
+          <t>9786055094867</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Ciltli)</t>
+          <t>Dağların Türküsü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>850</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055457846</t>
+          <t>9786055457778</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler Tenbihü'l Gafilin</t>
+          <t>Yetenekli Çocuklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055094577</t>
+          <t>9786055822606</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Vermeyince Mabud</t>
+          <t>Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059844185</t>
+          <t>9789756457481</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yaradan'ın Mü'minlere Hitabı Ey İman Edenler</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756457856</t>
+          <t>9789756457603</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva</t>
+          <t>Hikmet ve İbret</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756457955</t>
+          <t>9789759199753</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Heybe</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9799757161560</t>
+          <t>9789757161172</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Rüya Tabirleri</t>
+          <t>Ehli Beyt Cennet Kadınlarının Hanımefendisi ve İnsanlık Hurisi Hz. Fatıma-i Zehra</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055457228</t>
+          <t>9786055457822</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Aşıkları</t>
+          <t>Düğünümde Ağlama</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756457597</t>
+          <t>9786057916037</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Perdelerin Ötesi</t>
+          <t>Duaların Esrarı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055822873</t>
+          <t>9799756457749</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Öyküleriyle Çocuk İsimleri Ansiklopedisi (Ciltli)</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055822651</t>
+          <t>9786055457839</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Mutluluk</t>
+          <t>Ayrılan Kalpler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789757161851</t>
+          <t>9786055457419</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
+          <t>Aşere-i Mübeşşere Cennetle Müjdelenen On Sahabe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789757161905</t>
+          <t>9786055822767</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Cep Boy, Kılıflı) (Ciltli)</t>
+          <t>Asrı Saadet’te İslam’a Koşan Krallar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055457662</t>
+          <t>9789758596492</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali ve Muhtasar Tefsiri (Ciltli)</t>
+          <t>Ashabı Uhdud</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>590</v>
+        <v>95</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9799759199257</t>
+          <t>9789756457399</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Besinler (Ciltli)</t>
+          <t>Anne Baba Hakları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789758596003</t>
+          <t>9786055457853</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Zulüm Açısından Allah ve İnsan</t>
+          <t>Allah’ın Gölgesindeki 7 Zümre</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055822736</t>
+          <t>9789758596102</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Firavun Mantığı</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756457665</t>
+          <t>9786055457846</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Fetvalar (Sorulu-Cevaplı) 2 Cilt Takım (2.Hamur) (Ciltli)</t>
+          <t>Sohbetler Tenbihü'l Gafilin</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758596928</t>
+          <t>9786055094577</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Hayatı (Ciltli)</t>
+          <t>Vermeyince Mabud</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789757161059</t>
+          <t>9786059844185</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Envarü’l Aşıkin - Tam Metin (Ciltli)</t>
+          <t>Yaradan'ın Mü'minlere Hitabı Ey İman Edenler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055094676</t>
+          <t>9789756457856</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 4. Cilt (Ciltli)</t>
+          <t>Adem ile Havva</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055094409</t>
+          <t>9789756457955</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 3. Cilt (Ciltli)</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055094027</t>
+          <t>9799757161560</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (S.A.V.)'den 100 Konuda 100 Hadis</t>
+          <t>Açıklamalı Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055094454</t>
+          <t>9786055457228</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Alparslan - Savaşçıların Efendisi</t>
+          <t>Peygamber Aşıkları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055094058</t>
+          <t>9789756457597</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman'ın 100 Veciz Sözü</t>
+          <t>Perdelerin Ötesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055457389</t>
+          <t>9786055822873</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Çık Git</t>
+          <t>Öyküleriyle Çocuk İsimleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055457426</t>
+          <t>9786055822651</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur Gitme</t>
+          <t>Ömür Boyu Mutluluk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789758596034</t>
+          <t>9789757161851</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kenzü'l İrfan - 1001 Hadis-i Şerif Tercüme ve İzahı</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055094560</t>
+          <t>9789757161905</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Temel İhtiyaçları</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Cep Boy, Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055094546</t>
+          <t>9786055457662</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Kur’an-ı Kerim Türkçe Meali ve Muhtasar Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055094393</t>
+          <t>9799759199257</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kanuni Sultan Süleyman</t>
+          <t>Kur’an’da Adı Geçen Besinler (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055094874</t>
+          <t>9789758596003</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'den (SAV) Abdülmecid'e Hilafetin Çığlığı</t>
+          <t>Kur’an’a Göre Zulüm Açısından Allah ve İnsan</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059844376</t>
+          <t>9786055822736</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar ve Kurtuluş Çareleri</t>
+          <t>Firavun Mantığı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055094997</t>
+          <t>9789756457665</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olmak Yürek İster</t>
+          <t>Fetvalar (Sorulu-Cevaplı) 2 Cilt Takım (2.Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059844345</t>
+          <t>9789758596928</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kokulu Sokaklar</t>
+          <t>Evlilik ve Aile Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055457273</t>
+          <t>9789757161059</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Envarü’l Aşıkin - Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055094539</t>
+          <t>9786055094676</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kılıcı Halid Bin Velid</t>
+          <t>Mişkatu'l Mesabih 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055094249</t>
+          <t>9786055094409</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kara Kasırga</t>
+          <t>Mişkatu'l Mesabih 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789757161400</t>
+          <t>9786055094027</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hutbe Kitabı - Vaaz ve İrşad (Ciltli)</t>
+          <t>Peygamber Efendimiz (S.A.V.)'den 100 Konuda 100 Hadis</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059844642</t>
+          <t>9786055094454</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı Yavuz</t>
+          <t>Alparslan - Savaşçıların Efendisi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059844635</t>
+          <t>9786055094058</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmine Giriş</t>
+          <t>Hz. Osman'ın 100 Veciz Sözü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055094324</t>
+          <t>9786055457389</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Oruç - Sırları ve Fazileti</t>
+          <t>Hayatımdan Çık Git</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055094256</t>
+          <t>9786055457426</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İnançların Esasları</t>
+          <t>Ne Olur Gitme</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055094348</t>
+          <t>9789758596034</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (S.A.V.)'in Hayatı</t>
+          <t>Kenzü'l İrfan - 1001 Hadis-i Şerif Tercüme ve İzahı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055457990</t>
+          <t>9786055094560</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Çağrısı</t>
+          <t>Çocukların Temel İhtiyaçları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055457976</t>
+          <t>9786055094546</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İğde Dalı</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055094447</t>
+          <t>9786055094393</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi - Kudüs Fatihi</t>
+          <t>Muhteşem Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055457938</t>
+          <t>9786055094874</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Nuru ve Tecellileri</t>
+          <t>Hz. Muhammed'den (SAV) Abdülmecid'e Hilafetin Çığlığı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055457310</t>
+          <t>9786059844376</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu</t>
+          <t>Büyük Günahlar ve Kurtuluş Çareleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055094379</t>
+          <t>9786055094997</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>İyi İnsan Olmak Yürek İster</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055094331</t>
+          <t>9786059844345</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Müslümanın Edep ve Ahlakı</t>
+          <t>Leylak Kokulu Sokaklar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055822903</t>
+          <t>9786055457273</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumanın Adabı ve Fazileti</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055822699</t>
+          <t>9786055094539</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Allah'ın Kılıcı Halid Bin Velid</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055094263</t>
+          <t>9786055094249</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Helaka Götüren Hal ve Davranışlar</t>
+          <t>Kara Kasırga</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055094386</t>
+          <t>9789757161400</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Büyük Hutbe Kitabı - Vaaz ve İrşad (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>210</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055094126</t>
+          <t>9786059844642</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anatolia'nın Etekleri</t>
+          <t>Aşkın Adı Yavuz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055094416</t>
+          <t>9786059844635</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Uygulamalı Kur'an Okumayı Öğrenme Rehberi</t>
+          <t>Kelam İlmine Giriş</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055457211</t>
+          <t>9786055094324</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşama Sanatı (Ciltli)</t>
+          <t>Oruç - Sırları ve Fazileti</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>700</v>
+        <v>95</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789759199746</t>
+          <t>9786055094256</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yunus Meltemi</t>
+          <t>İnançların Esasları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>25</v>
+        <v>195</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055822958</t>
+          <t>9786055094348</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yeni Furkan Tevcidi</t>
+          <t>Hz. Peygamber (S.A.V.)'in Hayatı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055822859</t>
+          <t>9786055457990</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Dört Kritik Dönemi</t>
+          <t>Uçurum Çağrısı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789757161370</t>
+          <t>9786055457976</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif’in Meal Tefsiri Esrar ve Havassı (Ciltli)</t>
+          <t>İğde Dalı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9799758596354</t>
+          <t>9786055094447</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler Dua ve Zikirler</t>
+          <t>Selahaddin Eyyubi - Kudüs Fatihi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789756457719</t>
+          <t>9786055457938</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uzlet</t>
+          <t>Allah'ın Nuru ve Tecellileri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789759199623</t>
+          <t>9786055457310</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Unsere Schmachafte Küche (Ciltli)</t>
+          <t>Abidler Yolu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789757161134</t>
+          <t>9786055094379</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocamız (Hafız Boy)</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055457914</t>
+          <t>9786055094331</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Son Kapı</t>
+          <t>Hadislerle Müslümanın Edep ve Ahlakı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789759199296</t>
+          <t>9786055822903</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sevgililer Sevgilisi Hz. Peygamber Sallallahü Aleyhi ve Sellem</t>
+          <t>Kur'an Okumanın Adabı ve Fazileti</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9799758596866</t>
+          <t>9786055822699</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055457730</t>
+          <t>9786055094263</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
+          <t>İnsanı Helaka Götüren Hal ve Davranışlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756457870</t>
+          <t>9786055094386</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Bülbülü Bilal-i Habeşi</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055457747</t>
+          <t>9786055094126</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın 7 Cephede 7 Düvelle Savaşı</t>
+          <t>Anatolia'nın Etekleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789757161080</t>
+          <t>9786055094416</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Onlar Nasıl Kuldu</t>
+          <t>Tecvid Uygulamalı Kur'an Okumayı Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055822583</t>
+          <t>9786055457211</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nur Suresi Işığında İslami Hayat</t>
+          <t>Müslümanca Yaşama Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786055822941</t>
+          <t>9789759199746</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hikayeler</t>
+          <t>Yunus Meltemi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055457761</t>
+          <t>9786055822958</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları ve Fazileti</t>
+          <t>Yeni Furkan Tevcidi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789757161103</t>
+          <t>9786055822859</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kızın Din Kitabı</t>
+          <t>Yaşamın Dört Kritik Dönemi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9799756457190</t>
+          <t>9789757161370</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşlerimize Öğütler (Ciltli)</t>
+          <t>Yasin-i Şerif’in Meal Tefsiri Esrar ve Havassı (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758596089</t>
+          <t>9799758596354</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (2. Hamur) (Ciltli)</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789758596072</t>
+          <t>9789756457719</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (Şamua) (Ciltli)</t>
+          <t>Uzlet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055822729</t>
+          <t>9789759199623</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihi (Ciltli)</t>
+          <t>Unsere Schmachafte Küche (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9799756457060</t>
+          <t>9789757161134</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Tam Namaz Hocamız (Hafız Boy)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789758596478</t>
+          <t>9786055457914</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (Ciltli)</t>
+          <t>Son Kapı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756457733</t>
+          <t>9789759199296</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölüm Ötesi Hayat</t>
+          <t>Sevgililer Sevgilisi Hz. Peygamber Sallallahü Aleyhi ve Sellem</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789757161066</t>
+          <t>9799758596866</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gecelerin Nurlu Sabahı</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055457136</t>
+          <t>9786055457730</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kadere Rıza</t>
+          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789757161318</t>
+          <t>9789756457870</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Erenleri (Ciltli)</t>
+          <t>Peygamber Bülbülü Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789757161790</t>
+          <t>9786055457747</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Evliya Meselesi ve Harikalar</t>
+          <t>Osmanlı’nın 7 Cephede 7 Düvelle Savaşı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055822774</t>
+          <t>9789757161080</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Koşan Yahudiler ve Hristiyanlar</t>
+          <t>Onlar Nasıl Kuldu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059844192</t>
+          <t>9786055822583</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (2 Cilt Takım)</t>
+          <t>Nur Suresi Işığında İslami Hayat</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055457334</t>
+          <t>9786055822941</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Vazifelerimiz</t>
+          <t>Tasavvufi Hikayeler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789758596041</t>
+          <t>9786055457761</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yaşam Serüveni</t>
+          <t>Namazın Sırları ve Fazileti</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055457921</t>
+          <t>9789757161103</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne Yaptığına Şahittir</t>
+          <t>Müslüman Kızın Din Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055822514</t>
+          <t>9799756457190</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali’den Yönetim Sırları</t>
+          <t>Müslüman Kardeşlerimize Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055822552</t>
+          <t>9789758596089</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife Hayatı ve Menkıbeleri</t>
+          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799758596897</t>
+          <t>9789758596072</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İlaveli Tam Mevlid-i Şerif</t>
+          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>80</v>
+        <v>700</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756457887</t>
+          <t>9786055822729</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf ve Züleyha</t>
+          <t>Mezhepler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055457495</t>
+          <t>9799756457060</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hz. Veysel Karani</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789757161226</t>
+          <t>9789758596478</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (Radıyallahu Anh)</t>
+          <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789757161110</t>
+          <t>9789756457733</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v.)’in Hayatı</t>
+          <t>Ölüm ve Ölüm Ötesi Hayat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756457894</t>
+          <t>9789757161066</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hz. Meryem ve Hz. İsa</t>
+          <t>Karanlık Gecelerin Nurlu Sabahı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789757161219</t>
+          <t>9786055457136</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (Radıyallahu Anh)</t>
+          <t>Kadere Rıza</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055457617</t>
+          <t>9789757161318</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Özel Hadis-i Şerifler (Ciltli)</t>
+          <t>İstanbul ve Anadolu Erenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789758596447</t>
+          <t>9789757161790</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Peygamber Ahlakı (Ciltli)</t>
+          <t>İslam’da Evliya Meselesi ve Harikalar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799756457077</t>
+          <t>9786055822774</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Güvenli Yarınlara</t>
+          <t>İslam’a Koşan Yahudiler ve Hristiyanlar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055822576</t>
+          <t>9786059844192</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları ve Hikmetleri</t>
+          <t>İslam Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9799757161768</t>
+          <t>9786055457334</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Rehberi</t>
+          <t>İnsanlık Vazifelerimiz</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799758596910</t>
+          <t>9789758596041</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dualar ve Zikirler</t>
+          <t>İnsanın Yaşam Serüveni</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055822491</t>
+          <t>9786055457921</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ameller Büyük Sevaplar</t>
+          <t>İnsan Ne Yaptığına Şahittir</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9799756457701</t>
+          <t>9786055822514</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Güher</t>
+          <t>İmam-ı Gazali’den Yönetim Sırları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789756457221</t>
+          <t>9786055822552</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kaynana İlişkileri</t>
+          <t>İmam-ı Azam Ebu Hanife Hayatı ve Menkıbeleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055457518</t>
+          <t>9799758596897</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Endüstride İş Veriminin Arttırılması</t>
+          <t>İlaveli Tam Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789757161035</t>
+          <t>9789756457887</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Sıddıkıyet ve Teslimiyet Örneği Hz. Ebubekir</t>
+          <t>Hz. Yusuf ve Züleyha</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789757161950</t>
+          <t>9786055457495</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnet Yolu ve İnancı (Ciltli)</t>
+          <t>Hz. Veysel Karani</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789757161196</t>
+          <t>9789757161226</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt Şanlı İnci ve Anneler Sultanı Hz. Amine</t>
+          <t>Hz. Osman (Radıyallahu Anh)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789757161189</t>
+          <t>9789757161110</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt İlk Müslüman ve İlk Zevce Hz. Hatice-i Kübra</t>
+          <t>Hz. Muhammed (s.a.v.)’in Hayatı</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789757161165</t>
+          <t>9789756457894</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt İffet ve İsmet Timsali Hz. Aişe</t>
+          <t>Hz. Meryem ve Hz. İsa</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789758596386</t>
+          <t>9789757161219</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam Kadınları ve Hanım Sahabeler (Ciltli)</t>
+          <t>Hz. Ali (Radıyallahu Anh)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9799756457022</t>
+          <t>9786055457617</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Hanımlara Özel Hadis-i Şerifler (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055822781</t>
+          <t>9789758596447</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Asrı Saadet’te İslam’a Koşan İlk Kahramanlar</t>
+          <t>Hadislerle Peygamber Ahlakı (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055457754</t>
+          <t>9799756457077</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yaklaştıran Ameller</t>
+          <t>Hadisler Işığında Güvenli Yarınlara</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>270</v>
+        <v>70</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055822545</t>
+          <t>9786055822576</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Mekıbeler</t>
+          <t>Haccın Sırları ve Hikmetleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057916013</t>
+          <t>9799757161768</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkını Seçenler</t>
+          <t>Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055457150</t>
+          <t>9799758596910</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammed (A.S.)</t>
+          <t>Güzel Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>490</v>
+        <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9799756457039</t>
+          <t>9786055822491</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ailede Çocuk Terbiyesi</t>
+          <t>Güzel Ameller Büyük Sevaplar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9799756457688</t>
+          <t>9799756457701</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aile Huzuru</t>
+          <t>Güher</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9799756457053</t>
+          <t>9789756457221</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolları ve Aile Hayatı (2. Hamur) (Ciltli)</t>
+          <t>Gelin Kaynana İlişkileri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789756457863</t>
+          <t>9786055457518</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye (Ciltli)</t>
+          <t>Endüstride İş Veriminin Arttırılması</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758596348</t>
+          <t>9789757161035</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Minberden Mü’minlere En Güzel Hutbeler (Ciltli)</t>
+          <t>En Büyük Sıddıkıyet ve Teslimiyet Örneği Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055457167</t>
+          <t>9789757161950</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Semira</t>
+          <t>Ehli Sünnet Yolu ve İnancı (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055457129</t>
+          <t>9789757161196</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hesaba Katmadığın Hesaplar</t>
+          <t>Ehli Beyt Şanlı İnci ve Anneler Sultanı Hz. Amine</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055094201</t>
+          <t>9789757161189</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Arapça İngilizce Türkçe Sözlük (Ciltli)</t>
+          <t>Ehli Beyt İlk Müslüman ve İlk Zevce Hz. Hatice-i Kübra</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055457372</t>
+          <t>9789757161165</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Ehli Beyt İffet ve İsmet Timsali Hz. Aişe</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055457341</t>
+          <t>9789758596386</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Halkların Dostluk ve Kardeşliği</t>
+          <t>Büyük İslam Kadınları ve Hanım Sahabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055457174</t>
+          <t>9799756457022</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Meriçin Gelini</t>
+          <t>Başarılı ve Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055457686</t>
+          <t>9786055822781</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih Cilt: 1 (Ciltli)</t>
+          <t>Asrı Saadet’te İslam’a Koşan İlk Kahramanlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055822880</t>
+          <t>9786055457754</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Suikast</t>
+          <t>Allah’a Yaklaştıran Ameller</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
+          <t>9786055822545</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Allah Dostlarından Mekıbeler</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786057916013</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Allah Aşkını Seçenler</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786055457150</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Alemlere Rahmet Hz. Muhammed (A.S.)</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9799756457039</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Çocuk Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9799756457688</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Aile Huzuru</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9799756457053</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Yolları ve Aile Hayatı (2. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789756457863</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Muhammediye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789758596348</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Mü’minlere En Güzel Hutbeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786055457167</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Semira</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786055457129</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Hesaba Katmadığın Hesaplar</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786055094201</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Arapça İngilizce Türkçe Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786055457372</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Diana</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786055457341</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Halkların Dostluk ve Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786055457174</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Meriçin Gelini</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786055457686</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Mişkatu'l Mesabih Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786055822880</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Kırkıncı Suikast</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
           <t>9786055457433</t>
         </is>
       </c>
-      <c r="B373" s="1" t="inlineStr">
+      <c r="B389" s="1" t="inlineStr">
         <is>
           <t>Siyeri Ali: Allah'ın Kılıcı</t>
         </is>
       </c>
-      <c r="C373" s="1">
+      <c r="C389" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>