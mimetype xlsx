--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,5860 +85,6040 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759199616</t>
+          <t>9786255617187</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler ve Halifeler Tarihi (Ciltli)</t>
+          <t>Hak Dini Kuran Dili Türkçe Tefsiri 10 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1400</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255617507</t>
+          <t>9788981898274</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan ve Başarılı Olalım Sünnetlere Uyalım</t>
+          <t>İslam Öncüleri Serisi (10 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255617460</t>
+          <t>9786255617118</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kanaatkarlılığı Parlayan Said</t>
+          <t>Hazreti Necaşi (Radıyallahu Anh) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255617453</t>
+          <t>9786255617101</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güvenirliliği Parlayan Ebu Ubeyde</t>
+          <t>Ebu Zer El-Gıfari (Radıyallahu Anh) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255617446</t>
+          <t>9786255617095</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sabrı Parlayan Sa'd</t>
+          <t>Hassan Bin Sabit (Radıyallahu Anh) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255617439</t>
+          <t>9786255617125</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Cömertliği Parlayan Abdurrahman</t>
+          <t>Selman-I Farisi (Radıyallahu Anh) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255617422</t>
+          <t>9786255617071</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kararlılığı Parlayan Zübeyir</t>
+          <t>Ebu Eyyüb El-Ensari (Radıyallahu Anh) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255617415</t>
+          <t>9786255617088</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cesareti Parlayan Talha</t>
+          <t>Hazreti Hind (Radıyallahu Anha) - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255617408</t>
+          <t>9786255617347</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aklı Parlayan Ali</t>
+          <t>Enes Bin Malik (Radıyallahu Anh) Peygamber Hizmetkarı - Hidayet Yıldızları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255617392</t>
+          <t>9786255617293</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nezaketi Parlayan Osman</t>
+          <t>Bediüzzaman Zamanın Harikası - İslam Öncüleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255617385</t>
+          <t>9786255617491</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Adaleti Parlayan Ömer</t>
+          <t>Şah Veliyyullah Dihlevi Bir İlim Şahı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255617378</t>
+          <t>9786255617361</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığı Parlayan Ebubekir</t>
+          <t>Kur'an Çocuklarla Konuşuyor; Çocuklar İçin Kur'an Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>890</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255617309</t>
+          <t>9789759199616</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Hocası Seyyid Burhaneddin</t>
+          <t>Peygamberler ve Halifeler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255617323</t>
+          <t>9786255617507</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Nakşibend Hazretleri</t>
+          <t>Çalışkan ve Başarılı Olalım Sünnetlere Uyalım</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255617484</t>
+          <t>9786255617460</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Bana Sözleri - Bulmacalarla Öğreniyorum</t>
+          <t>Kanaatkarlılığı Parlayan Said</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255617330</t>
+          <t>9786255617453</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sultan İkinci Murad</t>
+          <t>Güvenirliliği Parlayan Ebu Ubeyde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258359879</t>
+          <t>9786255617446</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Niyet, İhlas ve Sıdk</t>
+          <t>Sabrı Parlayan Sa'd</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258359862</t>
+          <t>9786255617439</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (sav) Edep ve Ahlakı</t>
+          <t>Cömertliği Parlayan Abdurrahman</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258359787</t>
+          <t>9786255617422</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür</t>
+          <t>Kararlılığı Parlayan Zübeyir</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786265427387</t>
+          <t>9786255617415</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin İmam Gazali</t>
+          <t>Cesareti Parlayan Talha</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>7615</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255617354</t>
+          <t>9786255617408</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet - İmam Gazali</t>
+          <t>Aklı Parlayan Ali</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757161127</t>
+          <t>9786255617392</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam</t>
+          <t>Nezaketi Parlayan Osman</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059844871</t>
+          <t>9786255617385</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamit Efsanesi</t>
+          <t>Adaleti Parlayan Ömer</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>490</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059844895</t>
+          <t>9786255617378</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Din Seti (4 Cilt Büyük Boy Takım) (Ciltli)</t>
+          <t>Arkadaşlığı Parlayan Ebubekir</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>3900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9787621651187</t>
+          <t>9786255617309</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 4. Cilt (Kurtarıcı Şeyler 10 Kitap)</t>
+          <t>Mevlana'nın Hocası Seyyid Burhaneddin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>2135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9785803590248</t>
+          <t>9786255617323</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 3. Cilt (Helâk Edici Şeyler 10 Kitap Set)</t>
+          <t>Şah-ı Nakşibend Hazretleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789318918009</t>
+          <t>9786255617484</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 2. Cilt (Adetler Bölümü 10 Kitap)</t>
+          <t>Peygamberimin Bana Sözleri - Bulmacalarla Öğreniyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1770</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9788014030466</t>
+          <t>9786255617330</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 1. Cilt (İbadetler Bölümü 10 Kitap)</t>
+          <t>Sultan İkinci Murad</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>2060</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255617170</t>
+          <t>9786258359879</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çöl Aslanı Ömer Muhtar</t>
+          <t>Niyet, İhlas ve Sıdk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255617132</t>
+          <t>9786258359862</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Sırları</t>
+          <t>Peygamberimizin (sav) Edep ve Ahlakı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255617149</t>
+          <t>9786258359787</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek, Kötülükten Sakındırmak - İmam Gazali</t>
+          <t>Sabır ve Şükür</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255617156</t>
+          <t>9786265427387</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fakirlik ve Zühd - İmam Gazali</t>
+          <t>İhyau Ulumiddin İmam Gazali</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>7655</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057092366</t>
+          <t>9786255617354</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an-ı Keri̇m'i̇n Türkçe Meali̇ Ve Muhtasar Tefsiri</t>
+          <t>Kimya-yı Saadet - İmam Gazali</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059844383</t>
+          <t>9789757161127</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Türkçe Tefsiri (10 Cilt Takım)</t>
+          <t>Benim Namaz Hocam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258359947</t>
+          <t>9786059844871</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kuran Dili Türkçe Tefsiri - 10 Cilt (Ciltli)</t>
+          <t>2. Abdülhamit Efsanesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>5950</v>
+        <v>490</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255617163</t>
+          <t>9786059844895</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Göçle Büyüyen Rüyalar</t>
+          <t>İhya-u Ulumi'd-Din Seti (4 Cilt Büyük Boy Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9783553310680</t>
+          <t>9787621651187</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Ahlakı Güzelleştirme Seti (5 Kitap)</t>
+          <t>İhyau Ulumiddin 4. Cilt (Kurtarıcı Şeyler 10 Kitap)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>750</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059844000</t>
+          <t>9785803590248</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hattı (Ciltli)</t>
+          <t>İhyau Ulumiddin 3. Cilt (Helâk Edici Şeyler 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>650</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258359190</t>
+          <t>9789318918009</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet</t>
+          <t>İhyau Ulumiddin 2. Cilt (Adetler Bölümü 10 Kitap)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055094232</t>
+          <t>9788014030466</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>İhyau Ulumiddin 1. Cilt (İbadetler Bölümü 10 Kitap)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759199234</t>
+          <t>9786255617170</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Canlı Tutmanın Yolları</t>
+          <t>Çöl Aslanı Ömer Muhtar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757161004</t>
+          <t>9786255617132</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü'l-Mecalis'den Seçme Dini Hikayeler</t>
+          <t>Temizliğin Sırları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799756457695</t>
+          <t>9786255617149</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>İyiliği Emretmek, Kötülükten Sakındırmak - İmam Gazali</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055457327</t>
+          <t>9786255617156</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife</t>
+          <t>Fakirlik ve Zühd - İmam Gazali</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9783567965296</t>
+          <t>9786057092366</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Nefs Terbiyesi Seti (4 Kitap)</t>
+          <t>Nüzul Sırasına Göre Kur'an-ı Keri̇m'i̇n Türkçe Meali̇ Ve Muhtasar Tefsiri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>515</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059495202</t>
+          <t>9786059844383</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (2 Cilt Takım)</t>
+          <t>Hak Dini Kur'an Dili Türkçe Tefsiri (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>990</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258359916</t>
+          <t>9786258359947</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve İnsan Ruhu</t>
+          <t>Hak Dini Kuran Dili Türkçe Tefsiri - 10 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258359305</t>
+          <t>9786255617163</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tevekkül (Kitabu’t-Tevhid ve’t-Tevekkul)</t>
+          <t>Göçle Büyüyen Rüyalar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258359893</t>
+          <t>9783553310680</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Problemleri</t>
+          <t>İmam Gazali Ahlakı Güzelleştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>770</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258359909</t>
+          <t>9786059844000</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Müslüman’ın Dikkat Etmesi Gereken Gizli Günahlar</t>
+          <t>Kur'an-ı Kerim Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258359886</t>
+          <t>9786258359190</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Murakabe ve Muhasebe</t>
+          <t>Muhabbet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059495189</t>
+          <t>9786055094232</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberler Tarihi - El-Kasasu'l-Enbiya (2 Cilt)</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055822507</t>
+          <t>9789759199234</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Gazabı ve Kavimlerin Helakı</t>
+          <t>Evliliği Canlı Tutmanın Yolları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756457962</t>
+          <t>9789757161004</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Meclisinden Hikmetli Sohbetler (Ciltli)</t>
+          <t>Nüzhetü'l-Mecalis'den Seçme Dini Hikayeler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258359817</t>
+          <t>9799756457695</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sünnetlere Uyalım Sağlığımızı Koruyalım</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258359244</t>
+          <t>9786055457327</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kum Fırtınası ve Çocuk/ Muhammed İkbal</t>
+          <t>Dört Büyük Halife</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9781276830454</t>
+          <t>9783567965296</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Mevsimler Kitap Seti</t>
+          <t>İmam Gazali Nefs Terbiyesi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>515</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258359855</t>
+          <t>9786059495202</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Peygamberler Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>990</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258359848</t>
+          <t>9786258359916</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Şöleni</t>
+          <t>Müzik ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258359831</t>
+          <t>9786258359305</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Yaz</t>
+          <t>Tevhid ve Tevekkül (Kitabu’t-Tevhid ve’t-Tevekkul)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258359824</t>
+          <t>9786258359893</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan İlkbahar</t>
+          <t>Gençliğin Problemleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057092380</t>
+          <t>9786258359909</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Bayrak Şairi Mehmet Akif Ersoy</t>
+          <t>Her Müslüman’ın Dikkat Etmesi Gereken Gizli Günahlar</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059844116</t>
+          <t>9786258359886</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça (6 Cilt Takım)</t>
+          <t>Murakabe ve Muhasebe</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055094713</t>
+          <t>9786059495189</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>Ayet ve Hadislerle Peygamberler Tarihi - El-Kasasu'l-Enbiya (2 Cilt)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258359800</t>
+          <t>9786055822507</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>El Hac Malik El Şahbaz Malcom X</t>
+          <t>Allah’ın Gazabı ve Kavimlerin Helakı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258359794</t>
+          <t>9789756457962</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Dostlar Meclisinden Hikmetli Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9785153192420</t>
+          <t>9786258359817</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Bursalı - 24 Kitaplık Seti</t>
+          <t>Sünnetlere Uyalım Sağlığımızı Koruyalım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>7820</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258359428</t>
+          <t>9786258359244</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Maneviyatı Yükselten İlkeler</t>
+          <t>Kum Fırtınası ve Çocuk/ Muhammed İkbal</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055094270</t>
+          <t>9781276830454</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Düşünmenin Fazileti</t>
+          <t>Çocuklar için Mevsimler Kitap Seti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055822521</t>
+          <t>9786258359855</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar</t>
+          <t>Kış Uykusu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258359282</t>
+          <t>9786258359848</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve Günahlardan Kurtuluş Yolları</t>
+          <t>Sonbahar Şöleni</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258359176</t>
+          <t>9786258359831</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tavsiyeler</t>
+          <t>Sıcak Yaz</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059844765</t>
+          <t>9786258359824</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Çalışkan İlkbahar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258359763</t>
+          <t>9786057092380</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Vitaminler Akıllı Mı?</t>
+          <t>Vatan ve Bayrak Şairi Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258359756</t>
+          <t>9786059844116</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Öğreniyorum İmanın Şartları</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça (6 Cilt Takım)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258359770</t>
+          <t>9786055094713</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mektubat</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258359701</t>
+          <t>9786258359800</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Marifetname</t>
+          <t>El Hac Malik El Şahbaz Malcom X</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258359688</t>
+          <t>9786258359794</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Abdulkadir Geylani - Salavat-ı Kübra Tercüme ve Şerhi</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258359732</t>
+          <t>9785153192420</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Zındıklık Arasındaki Fark</t>
+          <t>Mustafa Necati Bursalı - 24 Kitaplık Seti</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>7820</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258359749</t>
+          <t>9786258359428</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>El Munkız Mined Dalal - Hidayet Rehberi</t>
+          <t>Maneviyatı Yükselten İlkeler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258359718</t>
+          <t>9786055094270</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İnanan Kızlara</t>
+          <t>Tefekkür Düşünmenin Fazileti</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258359725</t>
+          <t>9786055822521</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Osmanlı - Yavuz Sultan Selim (Harp Tarihi)</t>
+          <t>Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258359695</t>
+          <t>9786258359282</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Tövbe ve Günahlardan Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258359602</t>
+          <t>9786258359176</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur’an Dili’nden Kısa Surelerin Tefsiri (2 Cilt)</t>
+          <t>Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>700</v>
+        <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057916082</t>
+          <t>9786059844765</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mein Gebetshandbuch (Benim Namaz El Kitabım)</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258359565</t>
+          <t>9786258359763</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Yükselen Sesi İmam Rabbani</t>
+          <t>Vitaminler Akıllı Mı?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258359657</t>
+          <t>9786258359756</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Sultanı Abdülkadir Geylani</t>
+          <t>Bulmacalarla Öğreniyorum İmanın Şartları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9781461725534</t>
+          <t>9786258359770</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali Külliyatı - 38 Kitap Seti</t>
+          <t>Çocuklar İçin Mektubat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>7595</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258359671</t>
+          <t>9786258359701</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitabımı Arıyorum</t>
+          <t>Çocuklar için Marifetname</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055822897</t>
+          <t>9786258359688</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Yüce Meali - Elmalılı M. Hamdi Yazır (Orta Boy) (Ciltli)</t>
+          <t>Delail-i Abdulkadir Geylani - Salavat-ı Kübra Tercüme ve Şerhi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258359572</t>
+          <t>9786258359732</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Adabı</t>
+          <t>İslam ve Zındıklık Arasındaki Fark</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258359541</t>
+          <t>9786258359749</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yemek Adabı</t>
+          <t>El Munkız Mined Dalal - Hidayet Rehberi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258359664</t>
+          <t>9786258359718</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Korku</t>
+          <t>Allah'a İnanan Kızlara</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258359633</t>
+          <t>9786258359725</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ticaret ve Kazanç Adabı</t>
+          <t>Gençler İçin Osmanlı - Yavuz Sultan Selim (Harp Tarihi)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258359589</t>
+          <t>9786258359695</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Adabı</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057404596</t>
+          <t>9786258359602</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Öfke, Kin, Haset ve Kurtuluş Yolları</t>
+          <t>Hak Dini Kur’an Dili’nden Kısa Surelerin Tefsiri (2 Cilt)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057092311</t>
+          <t>9786057916082</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İki Şehveti Dizginlemek</t>
+          <t>Mein Gebetshandbuch (Benim Namaz El Kitabım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059844758</t>
+          <t>9786258359565</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan ve Hz. Hüseyin</t>
+          <t>İslam’ın Yükselen Sesi İmam Rabbani</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757161202</t>
+          <t>9786258359657</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer Radıyallahu Anh</t>
+          <t>Aşıkların Sultanı Abdülkadir Geylani</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257746502</t>
+          <t>9781461725534</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sırları ve Faziletleri</t>
+          <t>İmam-ı Gazali Külliyatı - 38 Kitap Seti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>7635</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258359640</t>
+          <t>9786258359671</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi - Çocuklar İçin Mesnevi</t>
+          <t>Kutsal Kitabımı Arıyorum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258359596</t>
+          <t>9786055822897</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Görsel Hafızayla Tasavvufi İbadet Eğitimi</t>
+          <t>Kur’an-ı Kerim’in Yüce Meali - Elmalılı M. Hamdi Yazır (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258359558</t>
+          <t>9786258359572</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi - Çocuklar için İhyau Ulumiddin</t>
+          <t>Yolculuk Adabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258359534</t>
+          <t>9786258359541</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberlerin Hayatı</t>
+          <t>Yemek Adabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>4440000003987</t>
+          <t>9786258359664</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Ümit ve Korku</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9787643167321</t>
+          <t>9786258359633</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Büyükleri Seti (7 Kitap)</t>
+          <t>Ticaret ve Kazanç Adabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>840</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9782985671673</t>
+          <t>9786258359589</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>4 Büyük Halife Kitap Seti</t>
+          <t>Evlilik Adabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9783434763208</t>
+          <t>9786057404596</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Annelerimiz Kitap Seti</t>
+          <t>Öfke, Kin, Haset ve Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1050</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9785164188351</t>
+          <t>9786057092311</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilginleri Kitap Seti</t>
+          <t>İki Şehveti Dizginlemek</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1130</v>
+        <v>130</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258359527</t>
+          <t>9786059844758</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Osmanlı - Osman Gazi</t>
+          <t>Hz. Hasan ve Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258359503</t>
+          <t>9789757161202</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşkın Sultanı Mevlana</t>
+          <t>Hz. Ömer Radıyallahu Anh</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258359510</t>
+          <t>9786257746502</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Delili - İmam Gazali</t>
+          <t>Kalbin Sırları ve Faziletleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059844666</t>
+          <t>9786258359640</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 6</t>
+          <t>Çocuk Üniversitesi - Çocuklar İçin Mesnevi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059844659</t>
+          <t>9786258359596</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 5</t>
+          <t>Görsel Hafızayla Tasavvufi İbadet Eğitimi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059844369</t>
+          <t>9786258359558</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 4</t>
+          <t>Çocuk Üniversitesi - Çocuklar için İhyau Ulumiddin</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257746519</t>
+          <t>9786258359534</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Uygulamalı Çözüm Önerileri İmdat Buk</t>
+          <t>Çocuklar İçin Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258359466</t>
+          <t>4440000003987</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kısa Sureler ve Dualar</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9787469788892</t>
+          <t>9787643167321</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali Külliyatı 33 Kitap Seti</t>
+          <t>Çocuklar İçin İslam Büyükleri Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>6885</v>
+        <v>840</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258359442</t>
+          <t>9782985671673</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cihangir-i Sahipkıran - Emir Timur</t>
+          <t>4 Büyük Halife Kitap Seti</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258359497</t>
+          <t>9783434763208</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kur'an</t>
+          <t>Annelerimiz Kitap Seti</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258359459</t>
+          <t>9785164188351</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Öğreniyorum - Namaz Sureleri</t>
+          <t>İslam Bilginleri Kitap Seti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258359435</t>
+          <t>9786258359527</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sanat Deyip Geçme</t>
+          <t>Gençler İçin Osmanlı - Osman Gazi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258359299</t>
+          <t>9786258359503</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii</t>
+          <t>Sevgi ve Aşkın Sultanı Mevlana</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057367457</t>
+          <t>9786258359510</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Fabrika ( 10 Kitap )</t>
+          <t>İslam’ın Delili - İmam Gazali</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258359312</t>
+          <t>9786059844666</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu'dan Osmanlı'ya Prensesler (10'lu Set)</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 6</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>800</v>
+        <v>275</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258359404</t>
+          <t>9786059844659</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Çok Seven Prenses - Rabia Gülnuş Sultan</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 5</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258359398</t>
+          <t>9786059844369</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Çok Seven Prenses - Mihrimah Sultan</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 4</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258359411</t>
+          <t>9786257746519</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yetimleri Seven Prenses - Rahime Perestu Sultan</t>
+          <t>Çocuk Eğitiminde Uygulamalı Çözüm Önerileri İmdat Buk</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258359374</t>
+          <t>9786258359466</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Amiral Prenses - Malahayati</t>
+          <t>Kısa Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258359367</t>
+          <t>9787469788892</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Engellileri Seven Prenses - Hürrem Sultan</t>
+          <t>İmam-ı Gazali Külliyatı 33 Kitap Seti</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>6905</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258359381</t>
+          <t>9786258359442</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hastaları İyileştiren Prenses - Gevher Nesibe Sultan</t>
+          <t>Cihangir-i Sahipkıran - Emir Timur</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258359350</t>
+          <t>9786258359497</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yapmayı Seven Prenses - Bezm-İ Alem Valide Sultan</t>
+          <t>Arkadaşım Kur'an</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258359343</t>
+          <t>9786258359459</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Seven Prenses - Ayşe Hafsa Sultan</t>
+          <t>Bulmacalarla Öğreniyorum - Namaz Sureleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258359336</t>
+          <t>9786258359435</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prenses Altuncan Hatun</t>
+          <t>Sanat Deyip Geçme</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258359329</t>
+          <t>9786258359299</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Şair Prenses Adile Sultan</t>
+          <t>İmam Şafii</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057404565</t>
+          <t>9786057367457</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gırnata Zirilerinin Son Emiri</t>
+          <t>Bir Acayip Fabrika ( 10 Kitap )</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>310</v>
+        <v>800</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258359237</t>
+          <t>9786258359312</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Hitabet Uzmanı Hasan-ı Basri</t>
+          <t>Selçuklu'dan Osmanlı'ya Prensesler (10'lu Set)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258359206</t>
+          <t>9786258359404</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Hukuk Dahisi İmam Azam Ebu Hanife</t>
+          <t>Hayvanları Çok Seven Prenses - Rabia Gülnuş Sultan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258359220</t>
+          <t>9786258359398</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İlmin Parlayan Güneşi İmam Şafii</t>
+          <t>Allah'ı Çok Seven Prenses - Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258359213</t>
+          <t>9786258359411</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Annemin Yurdu</t>
+          <t>Yetimleri Seven Prenses - Rahime Perestu Sultan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258359169</t>
+          <t>9786258359374</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kibir ve Kendini Beğenmişlik</t>
+          <t>Amiral Prenses - Malahayati</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258359152</t>
+          <t>9786258359367</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Hakikati</t>
+          <t>Engellileri Seven Prenses - Hürrem Sultan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258359183</t>
+          <t>9786258359381</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gurur</t>
+          <t>Hastaları İyileştiren Prenses - Gevher Nesibe Sultan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057404572</t>
+          <t>9786258359350</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hazreti Muhammed</t>
+          <t>İyilik Yapmayı Seven Prenses - Bezm-İ Alem Valide Sultan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789758596294</t>
+          <t>9786258359343</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>İnsanları Seven Prenses - Ayşe Hafsa Sultan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057404558</t>
+          <t>9786258359336</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gök Taşı Mı O ? (Ciltli)</t>
+          <t>Kahraman Prenses Altuncan Hatun</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257746670</t>
+          <t>9786258359329</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kitabın Kahramanları - 10 Kitaplık Set</t>
+          <t>Şair Prenses Adile Sultan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057092359</t>
+          <t>9786057404565</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Adalet Muhafızı Ömer Bin Abdülaziz</t>
+          <t>Gırnata Zirilerinin Son Emiri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057367402</t>
+          <t>9786258359237</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>El-i'tilaf fi Vücühi'l-İhtilaf (Ciltli)</t>
+          <t>Bir Hitabet Uzmanı Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>475</v>
+        <v>130</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057092397</t>
+          <t>9786258359206</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Avusturya Elçisinin Kaleminden Türk Mektupları</t>
+          <t>Bir Hukuk Dahisi İmam Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057404541</t>
+          <t>9786258359220</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun İmanı</t>
+          <t>İlmin Parlayan Güneşi İmam Şafii</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057092335</t>
+          <t>9786258359213</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Takiyüddin - Gizemli Kitabın Kahramanları 6</t>
+          <t>Annemin Yurdu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057092342</t>
+          <t>9786258359169</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis - Gizemli Kitabın Kahramanları 7</t>
+          <t>Kibir ve Kendini Beğenmişlik</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057404510</t>
+          <t>9786258359152</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Gizemli Kitabın Kahramanları 8</t>
+          <t>Dünya ve Hakikati</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057404527</t>
+          <t>9786258359183</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Harezmi - Gizemli Kitabın Kahramanları- 9</t>
+          <t>Gurur</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057404534</t>
+          <t>9786057404572</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Gizemli Kitabın Kahramanları 10</t>
+          <t>Çocuklar İçin Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057092304</t>
+          <t>9789758596294</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Üç Öykü Üç Öğüt</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257746694</t>
+          <t>9786057404558</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin - Gi̇zemli̇ Ki̇tabın Kahramanları 2</t>
+          <t>Gök Taşı Mı O ? (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257746717</t>
+          <t>9786257746670</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Gi̇zemli̇ Ki̇tabın Kahramanları 3</t>
+          <t>Gizemli Kitabın Kahramanları - 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>90</v>
+        <v>900</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257746687</t>
+          <t>9786057092359</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmet Çelebi - Gi̇zemli̇ Ki̇tabın Kahramanları 1</t>
+          <t>Adalet Muhafızı Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257746762</t>
+          <t>9786057367402</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Gi̇zemli̇ Ki̇tabın Kahramanları 5</t>
+          <t>El-i'tilaf fi Vücühi'l-İhtilaf (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257746793</t>
+          <t>9786057092397</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Gi̇zemli̇ Ki̇tabın Kahramanları 4</t>
+          <t>Avusturya Elçisinin Kaleminden Türk Mektupları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257746601</t>
+          <t>9786057404541</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Sırları</t>
+          <t>Çocuğun İmanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057916976</t>
+          <t>9786057092335</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'an Hikayelerim (Ciltli)</t>
+          <t>Takiyüddin - Gizemli Kitabın Kahramanları 6</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>590</v>
+        <v>90</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257746397</t>
+          <t>9786057092342</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Orduları Başkumandanı Süleyman Hüsnü Paşa'nın 93 Osmanlı-Rus Harbi Hatıraları</t>
+          <t>Seydi Ali Reis - Gizemli Kitabın Kahramanları 7</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257746366</t>
+          <t>9786057404510</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Adın Kalmalı Geriye</t>
+          <t>Farabi - Gizemli Kitabın Kahramanları 8</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257746168</t>
+          <t>9786057404527</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Nefs Terbiyesi ve Ahlakı Güzelleştirme</t>
+          <t>Harezmi - Gizemli Kitabın Kahramanları- 9</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257746175</t>
+          <t>9786057404534</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Denizler Fatihi Barbaros Hayreddin Paşa</t>
+          <t>Katip Çelebi - Gizemli Kitabın Kahramanları 10</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257104982</t>
+          <t>9786057092304</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Gitsin Sen Gel!</t>
+          <t>Üç Öykü Üç Öğüt</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257104944</t>
+          <t>9786257746694</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Şahini Celaleddin Harezmşah</t>
+          <t>Akşemseddin - Gi̇zemli̇ Ki̇tabın Kahramanları 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257104715</t>
+          <t>9786257746717</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Secdesi</t>
+          <t>Biruni - Gi̇zemli̇ Ki̇tabın Kahramanları 3</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057916723</t>
+          <t>9786257746687</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaratılıştaki Sırlar</t>
+          <t>Hezarfen Ahmet Çelebi - Gi̇zemli̇ Ki̇tabın Kahramanları 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057916556</t>
+          <t>9786257746762</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ey Gönül Pişman mısın?</t>
+          <t>Piri Reis - Gi̇zemli̇ Ki̇tabın Kahramanları 5</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057916396</t>
+          <t>9786257746793</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları ve Devleti Tarihi</t>
+          <t>Ali Kuşçu - Gi̇zemli̇ Ki̇tabın Kahramanları 4</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057916365</t>
+          <t>9786257746601</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Kur'an'ın Sırları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057916327</t>
+          <t>9786057916976</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve Şifa Kaynağı Kaside-i Bürde ve Şerhi (Ciltli)</t>
+          <t>Benim Kur'an Hikayelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057916310</t>
+          <t>9786257746397</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hatice Tarhan Valide Sultan</t>
+          <t>Rumeli Orduları Başkumandanı Süleyman Hüsnü Paşa'nın 93 Osmanlı-Rus Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057916211</t>
+          <t>9786257746366</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Perdesinde Enver Paşa ve Naciye Sultan</t>
+          <t>Bir Adın Kalmalı Geriye</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058143586</t>
+          <t>9786257746168</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Şan Verenler</t>
+          <t>Nefs Terbiyesi ve Ahlakı Güzelleştirme</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058143579</t>
+          <t>9786257746175</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Bütün Şiirleri</t>
+          <t>Denizler Fatihi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057916235</t>
+          <t>9786257104982</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Senden Geriye Kalan</t>
+          <t>Sensizlik Gitsin Sen Gel!</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057916242</t>
+          <t>9786257104944</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hidayete İlk Adım</t>
+          <t>Türkistan Şahini Celaleddin Harezmşah</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057916136</t>
+          <t>9786257104715</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Seni Buldum Kendimi Unuttum</t>
+          <t>Güneşin Secdesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057916129</t>
+          <t>9786057916723</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadisleri</t>
+          <t>Yaratılıştaki Sırlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057916075</t>
+          <t>9786057916556</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Önce Sen Sonra Sen</t>
+          <t>Ey Gönül Pişman mısın?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055457945</t>
+          <t>9786057916396</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olabilmek Elinizde Bunun Farkında mısınız</t>
+          <t>Osmanlı Padişahları ve Devleti Tarihi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055094218</t>
+          <t>9786057916365</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Renkli Kelime Meali ve Muhtasar Tefsiri (Orta Boy) (Ciltli)</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>790</v>
+        <v>390</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9799756457251</t>
+          <t>9786057916327</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Kur'an-ı Kerimden Sureler)</t>
+          <t>Hikmet ve Şifa Kaynağı Kaside-i Bürde ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059495516</t>
+          <t>9786057916310</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 6. Cilt (Ciltli)</t>
+          <t>Hatice Tarhan Valide Sultan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059844888</t>
+          <t>9786057916211</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 5. Cilt (Ciltli)</t>
+          <t>Osmanlı'nın Son Perdesinde Enver Paşa ve Naciye Sultan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055457693</t>
+          <t>9786058143586</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 2. Cilt (Ciltli)</t>
+          <t>Tarihe Şan Verenler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059495172</t>
+          <t>9786058143579</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Tercümesi (Ciltli)</t>
+          <t>Yunus Emre Hayatı ve Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059844239</t>
+          <t>9786057916235</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali (Küçük Boy)</t>
+          <t>Senden Geriye Kalan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059495462</t>
+          <t>9786057916242</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tahtsız Padişah: Kösem Valide Sultan</t>
+          <t>Hidayete İlk Adım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059495394</t>
+          <t>9786057916136</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>114 Kudsi Hadis-i Şerif</t>
+          <t>Seni Buldum Kendimi Unuttum</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059495219</t>
+          <t>9786057916129</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Teşvik Eden ve Sakındıran Hadisler</t>
+          <t>Ahkam Hadisleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059844512</t>
+          <t>9786057916075</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı</t>
+          <t>Önce Sen Sonra Sen</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059495233</t>
+          <t>9786055457945</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Murad Han</t>
+          <t>Mutlu Olabilmek Elinizde Bunun Farkında mısınız</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059844963</t>
+          <t>9786055094218</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dicle'nin Son Türküsü Kütü'l - Amara</t>
+          <t>Kur’an-ı Kerim Renkli Kelime Meali ve Muhtasar Tefsiri (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>590</v>
+        <v>790</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059844864</t>
+          <t>9799756457251</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şehzade'nin Şehrazat'ı</t>
+          <t>Yasin-i Şerif (Kur'an-ı Kerimden Sureler)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055094225</t>
+          <t>9786059495516</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Faziletli İbadetler</t>
+          <t>Mişkatu'l Mesabih 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059844741</t>
+          <t>9786059844888</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ahirette Allah'ın Kulları İle Diyaloğu</t>
+          <t>Mişkatu'l Mesabih 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059844543</t>
+          <t>9786055457693</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Din - 8 Cilt Takım (Küçük Boy)</t>
+          <t>Mişkatu'l Mesabih 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>3500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059844710</t>
+          <t>9786059495172</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil</t>
+          <t>Kur'an-ı Kerim'in Türkçe Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>460</v>
+        <v>490</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059844703</t>
+          <t>9786059844239</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Kur'an-ı Kerim'in Yüce Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059844130</t>
+          <t>9786059495462</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Mülteka El Ebhur Tercümesi (4 Cilt Takım) (Ciltli)</t>
+          <t>Tahtsız Padişah: Kösem Valide Sultan</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>2400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059844284</t>
+          <t>9786059495394</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Varlığımız ve Birliğimiz Açısından Osmanlı Türkçesi ve Tarihi Derinliği</t>
+          <t>114 Kudsi Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059844307</t>
+          <t>9786059495219</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yar - Veysel Karani ve Üveysilik</t>
+          <t>Teşvik Eden ve Sakındıran Hadisler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055094133</t>
+          <t>9786059844512</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Vaazlar ve Sohbetler (Ciltli)</t>
+          <t>Sahih-i Buhari Muhtasarı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>750</v>
+        <v>590</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758596461</t>
+          <t>9786059495233</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Delail-i Hayrat Şerhi Kara Davud (2. Hamur - İthal Kağıt) (Ciltli)</t>
+          <t>Sultan 4. Murad Han</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055822750</t>
+          <t>9786059844963</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Nasıl Yetiştirmeliyiz?</t>
+          <t>Dicle'nin Son Türküsü Kütü'l - Amara</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059844123</t>
+          <t>9786059844864</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 1</t>
+          <t>Şehzade'nin Şehrazat'ı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059844277</t>
+          <t>9786055094225</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 3</t>
+          <t>Faziletli İbadetler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059844260</t>
+          <t>9786059844741</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Herkes İçin - Pratik Arapça 2</t>
+          <t>Ahirette Allah'ın Kulları İle Diyaloğu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055822569</t>
+          <t>9786059844543</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Cömertliğin Fazileti ve Cimrilik</t>
+          <t>İhya-u Ulumi'd-Din - 8 Cilt Takım (Küçük Boy)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>210</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059844222</t>
+          <t>9786059844710</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İmanın Sancağı Mus'ab Bin Umeyr</t>
+          <t>İmam Şamil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055457709</t>
+          <t>9786059844703</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756457009</t>
+          <t>9786059844130</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>İzahlı Mülteka El Ebhur Tercümesi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>600</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059844253</t>
+          <t>9786059844284</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Küçük Boy)</t>
+          <t>Varlığımız ve Birliğimiz Açısından Osmanlı Türkçesi ve Tarihi Derinliği</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055094928</t>
+          <t>9786059844307</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettiği Hadisler</t>
+          <t>Hz. Yar - Veysel Karani ve Üveysilik</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059844017</t>
+          <t>9786055094133</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Son Halife Abdülmecid Efendi</t>
+          <t>Hanımlara Vaazlar ve Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055094829</t>
+          <t>9789758596461</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İslami İnanç Değerleri ve Çağdaş Dini Akımlar</t>
+          <t>Delail-i Hayrat Şerhi Kara Davud (2. Hamur - İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>390</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055457143</t>
+          <t>9786055822750</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Olgun İnsanlık ve Görgü Kuralları</t>
+          <t>Çocuklarımızı Nasıl Yetiştirmeliyiz?</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055094959</t>
+          <t>9786059844123</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Günlerin ve Gecelerin İhyasının Fazileti</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 1</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055094553</t>
+          <t>9786059844277</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İlmin Fazileti</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 3</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055094362</t>
+          <t>9786059844260</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam Kadınları ve Hanım Sahabeler</t>
+          <t>Resimlerle Herkes İçin - Pratik Arapça 2</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055094041</t>
+          <t>9786055822569</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir'in 100 Veciz Sözü</t>
+          <t>Cömertliğin Fazileti ve Cimrilik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055094584</t>
+          <t>9786059844222</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şahidim Kılıcımdır</t>
+          <t>İmanın Sancağı Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055094720</t>
+          <t>9786055457709</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Kurban</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055094355</t>
+          <t>9789756457009</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Riyazu'l Müslimat : Hanımlara Özel Hadis-i Şerifler</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055094423</t>
+          <t>9786059844253</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin</t>
+          <t>Büyük İslam İlmihali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055094775</t>
+          <t>9786055094928</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>O Bir Osmanlı Ermenisi</t>
+          <t>Buhari ve Müslim'in İttifak Ettiği Hadisler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055822460</t>
+          <t>9786059844017</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Adrese Gelir</t>
+          <t>Sürgündeki Son Halife Abdülmecid Efendi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055457525</t>
+          <t>9786055094829</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hiperaktif Çocukların Sosyal Teşhis ve Tedavileri</t>
+          <t>İslami İnanç Değerleri ve Çağdaş Dini Akımlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055094867</t>
+          <t>9786055457143</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dağların Türküsü</t>
+          <t>Olgun İnsanlık ve Görgü Kuralları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055457778</t>
+          <t>9786055094959</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Çocuklar</t>
+          <t>Günlerin ve Gecelerin İhyasının Fazileti</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055822606</t>
+          <t>9786055094553</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Çanta Boy)</t>
+          <t>İlmin Fazileti</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>35</v>
+        <v>420</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756457481</t>
+          <t>9786055094362</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Büyük İslam Kadınları ve Hanım Sahabeler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>35</v>
+        <v>390</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756457603</t>
+          <t>9786055094041</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve İbret</t>
+          <t>Hz. Ebubekir'in 100 Veciz Sözü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759199753</t>
+          <t>9786055094584</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Heybe</t>
+          <t>Şahidim Kılıcımdır</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789757161172</t>
+          <t>9786055094720</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt Cennet Kadınlarının Hanımefendisi ve İnsanlık Hurisi Hz. Fatıma-i Zehra</t>
+          <t>Hac ve Kurban</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055457822</t>
+          <t>9786055094355</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Düğünümde Ağlama</t>
+          <t>Riyazu'l Müslimat : Hanımlara Özel Hadis-i Şerifler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057916037</t>
+          <t>9786055094423</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Duaların Esrarı</t>
+          <t>Riyazü's Salihin</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9799756457749</t>
+          <t>9786055094775</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikir</t>
+          <t>O Bir Osmanlı Ermenisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055457839</t>
+          <t>9786055822460</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ayrılan Kalpler</t>
+          <t>Hüzün Adrese Gelir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055457419</t>
+          <t>9786055457525</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aşere-i Mübeşşere Cennetle Müjdelenen On Sahabe</t>
+          <t>Hiperaktif Çocukların Sosyal Teşhis ve Tedavileri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055822767</t>
+          <t>9786055094867</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Asrı Saadet’te İslam’a Koşan Krallar</t>
+          <t>Dağların Türküsü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789758596492</t>
+          <t>9786055457778</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ashabı Uhdud</t>
+          <t>Yetenekli Çocuklar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756457399</t>
+          <t>9786055822606</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Hakları</t>
+          <t>Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055457853</t>
+          <t>9789756457481</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Gölgesindeki 7 Zümre</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758596102</t>
+          <t>9789756457603</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Ciltli)</t>
+          <t>Hikmet ve İbret</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055457846</t>
+          <t>9789759199753</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler Tenbihü'l Gafilin</t>
+          <t>Heybe</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055094577</t>
+          <t>9789757161172</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Vermeyince Mabud</t>
+          <t>Ehli Beyt Cennet Kadınlarının Hanımefendisi ve İnsanlık Hurisi Hz. Fatıma-i Zehra</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059844185</t>
+          <t>9786055457822</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaradan'ın Mü'minlere Hitabı Ey İman Edenler</t>
+          <t>Düğünümde Ağlama</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756457856</t>
+          <t>9786057916037</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva</t>
+          <t>Duaların Esrarı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756457955</t>
+          <t>9799756457749</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9799757161560</t>
+          <t>9786055457839</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Rüya Tabirleri</t>
+          <t>Ayrılan Kalpler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055457228</t>
+          <t>9786055457419</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Aşıkları</t>
+          <t>Aşere-i Mübeşşere Cennetle Müjdelenen On Sahabe</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756457597</t>
+          <t>9786055822767</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Perdelerin Ötesi</t>
+          <t>Asrı Saadet’te İslam’a Koşan Krallar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055822873</t>
+          <t>9789758596492</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Öyküleriyle Çocuk İsimleri Ansiklopedisi (Ciltli)</t>
+          <t>Ashabı Uhdud</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055822651</t>
+          <t>9789756457399</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Mutluluk</t>
+          <t>Anne Baba Hakları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789757161851</t>
+          <t>9786055457853</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
+          <t>Allah’ın Gölgesindeki 7 Zümre</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789757161905</t>
+          <t>9789758596102</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Cep Boy, Kılıflı) (Ciltli)</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055457662</t>
+          <t>9786055457846</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali ve Muhtasar Tefsiri (Ciltli)</t>
+          <t>Sohbetler Tenbihü'l Gafilin</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9799759199257</t>
+          <t>9786055094577</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Besinler (Ciltli)</t>
+          <t>Vermeyince Mabud</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789758596003</t>
+          <t>9786059844185</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Zulüm Açısından Allah ve İnsan</t>
+          <t>Yaradan'ın Mü'minlere Hitabı Ey İman Edenler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055822736</t>
+          <t>9789756457856</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Firavun Mantığı</t>
+          <t>Adem ile Havva</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756457665</t>
+          <t>9789756457955</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fetvalar (Sorulu-Cevaplı) 2 Cilt Takım (2.Hamur) (Ciltli)</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789758596928</t>
+          <t>9799757161560</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Hayatı (Ciltli)</t>
+          <t>Açıklamalı Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789757161059</t>
+          <t>9786055457228</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Envarü’l Aşıkin - Tam Metin (Ciltli)</t>
+          <t>Peygamber Aşıkları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>750</v>
+        <v>440</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055094676</t>
+          <t>9789756457597</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 4. Cilt (Ciltli)</t>
+          <t>Perdelerin Ötesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055094409</t>
+          <t>9786055822873</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih 3. Cilt (Ciltli)</t>
+          <t>Öyküleriyle Çocuk İsimleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055094027</t>
+          <t>9786055822651</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (S.A.V.)'den 100 Konuda 100 Hadis</t>
+          <t>Ömür Boyu Mutluluk</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055094454</t>
+          <t>9789757161851</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Alparslan - Savaşçıların Efendisi</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055094058</t>
+          <t>9789757161905</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman'ın 100 Veciz Sözü</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Cep Boy, Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055457389</t>
+          <t>9786055457662</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdan Çık Git</t>
+          <t>Kur’an-ı Kerim Türkçe Meali ve Muhtasar Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>690</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055457426</t>
+          <t>9799759199257</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur Gitme</t>
+          <t>Kur’an’da Adı Geçen Besinler (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789758596034</t>
+          <t>9789758596003</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kenzü'l İrfan - 1001 Hadis-i Şerif Tercüme ve İzahı</t>
+          <t>Kur’an’a Göre Zulüm Açısından Allah ve İnsan</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055094560</t>
+          <t>9786055822736</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Temel İhtiyaçları</t>
+          <t>Firavun Mantığı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055094546</t>
+          <t>9789756457665</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>Fetvalar (Sorulu-Cevaplı) 2 Cilt Takım (2.Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>390</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055094393</t>
+          <t>9789758596928</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kanuni Sultan Süleyman</t>
+          <t>Evlilik ve Aile Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055094874</t>
+          <t>9789757161059</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'den (SAV) Abdülmecid'e Hilafetin Çığlığı</t>
+          <t>Envarü’l Aşıkin - Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059844376</t>
+          <t>9786055094676</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar ve Kurtuluş Çareleri</t>
+          <t>Mişkatu'l Mesabih 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055094997</t>
+          <t>9786055094409</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olmak Yürek İster</t>
+          <t>Mişkatu'l Mesabih 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059844345</t>
+          <t>9786055094027</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kokulu Sokaklar</t>
+          <t>Peygamber Efendimiz (S.A.V.)'den 100 Konuda 100 Hadis</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055457273</t>
+          <t>9786055094454</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Alparslan - Savaşçıların Efendisi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055094539</t>
+          <t>9786055094058</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kılıcı Halid Bin Velid</t>
+          <t>Hz. Osman'ın 100 Veciz Sözü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055094249</t>
+          <t>9786055457389</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kara Kasırga</t>
+          <t>Hayatımdan Çık Git</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789757161400</t>
+          <t>9786055457426</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hutbe Kitabı - Vaaz ve İrşad (Ciltli)</t>
+          <t>Ne Olur Gitme</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059844642</t>
+          <t>9789758596034</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı Yavuz</t>
+          <t>Kenzü'l İrfan - 1001 Hadis-i Şerif Tercüme ve İzahı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059844635</t>
+          <t>9786055094560</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmine Giriş</t>
+          <t>Çocukların Temel İhtiyaçları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055094324</t>
+          <t>9786055094546</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Oruç - Sırları ve Fazileti</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055094256</t>
+          <t>9786055094393</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İnançların Esasları</t>
+          <t>Muhteşem Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055094348</t>
+          <t>9786055094874</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (S.A.V.)'in Hayatı</t>
+          <t>Hz. Muhammed'den (SAV) Abdülmecid'e Hilafetin Çığlığı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055457990</t>
+          <t>9786059844376</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Çağrısı</t>
+          <t>Büyük Günahlar ve Kurtuluş Çareleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055457976</t>
+          <t>9786055094997</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İğde Dalı</t>
+          <t>İyi İnsan Olmak Yürek İster</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055094447</t>
+          <t>9786059844345</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi - Kudüs Fatihi</t>
+          <t>Leylak Kokulu Sokaklar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055457938</t>
+          <t>9786055457273</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Nuru ve Tecellileri</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055457310</t>
+          <t>9786055094539</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu</t>
+          <t>Allah'ın Kılıcı Halid Bin Velid</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055094379</t>
+          <t>9786055094249</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Kara Kasırga</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055094331</t>
+          <t>9789757161400</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Müslümanın Edep ve Ahlakı</t>
+          <t>Büyük Hutbe Kitabı - Vaaz ve İrşad (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>550</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055822903</t>
+          <t>9786059844642</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumanın Adabı ve Fazileti</t>
+          <t>Aşkın Adı Yavuz</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055822699</t>
+          <t>9786059844635</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Kelam İlmine Giriş</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055094263</t>
+          <t>9786055094324</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Helaka Götüren Hal ve Davranışlar</t>
+          <t>Oruç - Sırları ve Fazileti</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055094386</t>
+          <t>9786055094256</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>İnançların Esasları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055094126</t>
+          <t>9786055094348</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Anatolia'nın Etekleri</t>
+          <t>Hz. Peygamber (S.A.V.)'in Hayatı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786055094416</t>
+          <t>9786055457990</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Uygulamalı Kur'an Okumayı Öğrenme Rehberi</t>
+          <t>Uçurum Çağrısı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055457211</t>
+          <t>9786055457976</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşama Sanatı (Ciltli)</t>
+          <t>İğde Dalı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789759199746</t>
+          <t>9786055094447</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yunus Meltemi</t>
+          <t>Selahaddin Eyyubi - Kudüs Fatihi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>25</v>
+        <v>360</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055822958</t>
+          <t>9786055457938</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yeni Furkan Tevcidi</t>
+          <t>Allah'ın Nuru ve Tecellileri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055822859</t>
+          <t>9786055457310</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Dört Kritik Dönemi</t>
+          <t>Abidler Yolu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789757161370</t>
+          <t>9786055094379</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif’in Meal Tefsiri Esrar ve Havassı (Ciltli)</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799758596354</t>
+          <t>9786055094331</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Mübarek Gün ve Geceler Dua ve Zikirler</t>
+          <t>Hadislerle Müslümanın Edep ve Ahlakı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789756457719</t>
+          <t>9786055822903</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Uzlet</t>
+          <t>Kur'an Okumanın Adabı ve Fazileti</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759199623</t>
+          <t>9786055822699</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Unsere Schmachafte Küche (Ciltli)</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789757161134</t>
+          <t>9786055094263</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocamız (Hafız Boy)</t>
+          <t>İnsanı Helaka Götüren Hal ve Davranışlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055457914</t>
+          <t>9786055094386</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Son Kapı</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789759199296</t>
+          <t>9786055094126</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sevgililer Sevgilisi Hz. Peygamber Sallallahü Aleyhi ve Sellem</t>
+          <t>Anatolia'nın Etekleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799758596866</t>
+          <t>9786055094416</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Tecvid Uygulamalı Kur'an Okumayı Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055457730</t>
+          <t>9786055457211</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
+          <t>Müslümanca Yaşama Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756457870</t>
+          <t>9789759199746</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Bülbülü Bilal-i Habeşi</t>
+          <t>Yunus Meltemi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055457747</t>
+          <t>9786055822958</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın 7 Cephede 7 Düvelle Savaşı</t>
+          <t>Yeni Furkan Tevcidi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789757161080</t>
+          <t>9786055822859</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Onlar Nasıl Kuldu</t>
+          <t>Yaşamın Dört Kritik Dönemi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055822583</t>
+          <t>9789757161370</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Nur Suresi Işığında İslami Hayat</t>
+          <t>Yasin-i Şerif’in Meal Tefsiri Esrar ve Havassı (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055822941</t>
+          <t>9799758596354</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hikayeler</t>
+          <t>Üç Aylar Mübarek Gün ve Geceler Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055457761</t>
+          <t>9789756457719</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları ve Fazileti</t>
+          <t>Uzlet</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789757161103</t>
+          <t>9789759199623</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kızın Din Kitabı</t>
+          <t>Unsere Schmachafte Küche (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9799756457190</t>
+          <t>9789757161134</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşlerimize Öğütler (Ciltli)</t>
+          <t>Tam Namaz Hocamız (Hafız Boy)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789758596089</t>
+          <t>9786055457914</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (2. Hamur) (Ciltli)</t>
+          <t>Son Kapı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758596072</t>
+          <t>9789759199296</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (Şamua) (Ciltli)</t>
+          <t>Sevgililer Sevgilisi Hz. Peygamber Sallallahü Aleyhi ve Sellem</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055822729</t>
+          <t>9799758596866</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihi (Ciltli)</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9799756457060</t>
+          <t>9786055457730</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789758596478</t>
+          <t>9789756457870</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (Ciltli)</t>
+          <t>Peygamber Bülbülü Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756457733</t>
+          <t>9786055457747</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölüm Ötesi Hayat</t>
+          <t>Osmanlı’nın 7 Cephede 7 Düvelle Savaşı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789757161066</t>
+          <t>9789757161080</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gecelerin Nurlu Sabahı</t>
+          <t>Onlar Nasıl Kuldu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055457136</t>
+          <t>9786055822583</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kadere Rıza</t>
+          <t>Nur Suresi Işığında İslami Hayat</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789757161318</t>
+          <t>9786055822941</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Erenleri (Ciltli)</t>
+          <t>Tasavvufi Hikayeler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789757161790</t>
+          <t>9786055457761</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Evliya Meselesi ve Harikalar</t>
+          <t>Namazın Sırları ve Fazileti</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055822774</t>
+          <t>9789757161103</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Koşan Yahudiler ve Hristiyanlar</t>
+          <t>Müslüman Kızın Din Kitabı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059844192</t>
+          <t>9799756457190</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (2 Cilt Takım)</t>
+          <t>Müslüman Kardeşlerimize Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055457334</t>
+          <t>9789758596089</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Vazifelerimiz</t>
+          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789758596041</t>
+          <t>9789758596072</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yaşam Serüveni</t>
+          <t>Mükaşefetü’l Kulüb - Kalplerin Keşfi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055457921</t>
+          <t>9786055822729</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne Yaptığına Şahittir</t>
+          <t>Mezhepler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055822514</t>
+          <t>9799756457060</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Gazali’den Yönetim Sırları</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055822552</t>
+          <t>9789758596478</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife Hayatı ve Menkıbeleri</t>
+          <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9799758596897</t>
+          <t>9789756457733</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İlaveli Tam Mevlid-i Şerif</t>
+          <t>Ölüm ve Ölüm Ötesi Hayat</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789756457887</t>
+          <t>9789757161066</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf ve Züleyha</t>
+          <t>Karanlık Gecelerin Nurlu Sabahı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055457495</t>
+          <t>9786055457136</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hz. Veysel Karani</t>
+          <t>Kadere Rıza</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789757161226</t>
+          <t>9789757161318</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (Radıyallahu Anh)</t>
+          <t>İstanbul ve Anadolu Erenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789757161110</t>
+          <t>9789757161790</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v.)’in Hayatı</t>
+          <t>İslam’da Evliya Meselesi ve Harikalar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789756457894</t>
+          <t>9786055822774</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hz. Meryem ve Hz. İsa</t>
+          <t>İslam’a Koşan Yahudiler ve Hristiyanlar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789757161219</t>
+          <t>9786059844192</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (Radıyallahu Anh)</t>
+          <t>İslam Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055457617</t>
+          <t>9786055457334</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Özel Hadis-i Şerifler (Ciltli)</t>
+          <t>İnsanlık Vazifelerimiz</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758596447</t>
+          <t>9789758596041</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Peygamber Ahlakı (Ciltli)</t>
+          <t>İnsanın Yaşam Serüveni</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9799756457077</t>
+          <t>9786055457921</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Güvenli Yarınlara</t>
+          <t>İnsan Ne Yaptığına Şahittir</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055822576</t>
+          <t>9786055822514</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları ve Hikmetleri</t>
+          <t>İmam-ı Gazali’den Yönetim Sırları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9799757161768</t>
+          <t>9786055822552</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Rehberi</t>
+          <t>İmam-ı Azam Ebu Hanife Hayatı ve Menkıbeleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9799758596910</t>
+          <t>9799758596897</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dualar ve Zikirler</t>
+          <t>İlaveli Tam Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055822491</t>
+          <t>9789756457887</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ameller Büyük Sevaplar</t>
+          <t>Hz. Yusuf ve Züleyha</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9799756457701</t>
+          <t>9786055457495</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Güher</t>
+          <t>Hz. Veysel Karani</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789756457221</t>
+          <t>9789757161226</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kaynana İlişkileri</t>
+          <t>Hz. Osman (Radıyallahu Anh)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055457518</t>
+          <t>9789757161110</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Endüstride İş Veriminin Arttırılması</t>
+          <t>Hz. Muhammed (s.a.v.)’in Hayatı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789757161035</t>
+          <t>9789756457894</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Sıddıkıyet ve Teslimiyet Örneği Hz. Ebubekir</t>
+          <t>Hz. Meryem ve Hz. İsa</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789757161950</t>
+          <t>9789757161219</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnet Yolu ve İnancı (Ciltli)</t>
+          <t>Hz. Ali (Radıyallahu Anh)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789757161196</t>
+          <t>9786055457617</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt Şanlı İnci ve Anneler Sultanı Hz. Amine</t>
+          <t>Hanımlara Özel Hadis-i Şerifler (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789757161189</t>
+          <t>9789758596447</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt İlk Müslüman ve İlk Zevce Hz. Hatice-i Kübra</t>
+          <t>Hadislerle Peygamber Ahlakı (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789757161165</t>
+          <t>9799756457077</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt İffet ve İsmet Timsali Hz. Aişe</t>
+          <t>Hadisler Işığında Güvenli Yarınlara</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758596386</t>
+          <t>9786055822576</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam Kadınları ve Hanım Sahabeler (Ciltli)</t>
+          <t>Haccın Sırları ve Hikmetleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9799756457022</t>
+          <t>9799757161768</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055822781</t>
+          <t>9799758596910</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Asrı Saadet’te İslam’a Koşan İlk Kahramanlar</t>
+          <t>Güzel Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055457754</t>
+          <t>9786055822491</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yaklaştıran Ameller</t>
+          <t>Güzel Ameller Büyük Sevaplar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055822545</t>
+          <t>9799756457701</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Mekıbeler</t>
+          <t>Güher</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057916013</t>
+          <t>9789756457221</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkını Seçenler</t>
+          <t>Gelin Kaynana İlişkileri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055457150</t>
+          <t>9786055457518</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammed (A.S.)</t>
+          <t>Endüstride İş Veriminin Arttırılması</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9799756457039</t>
+          <t>9789757161035</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ailede Çocuk Terbiyesi</t>
+          <t>En Büyük Sıddıkıyet ve Teslimiyet Örneği Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9799756457688</t>
+          <t>9789757161950</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aile Huzuru</t>
+          <t>Ehli Sünnet Yolu ve İnancı (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9799756457053</t>
+          <t>9789757161196</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolları ve Aile Hayatı (2. Hamur) (Ciltli)</t>
+          <t>Ehli Beyt Şanlı İnci ve Anneler Sultanı Hz. Amine</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756457863</t>
+          <t>9789757161189</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye (Ciltli)</t>
+          <t>Ehli Beyt İlk Müslüman ve İlk Zevce Hz. Hatice-i Kübra</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758596348</t>
+          <t>9789757161165</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Minberden Mü’minlere En Güzel Hutbeler (Ciltli)</t>
+          <t>Ehli Beyt İffet ve İsmet Timsali Hz. Aişe</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055457167</t>
+          <t>9789758596386</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Semira</t>
+          <t>Büyük İslam Kadınları ve Hanım Sahabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055457129</t>
+          <t>9799756457022</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hesaba Katmadığın Hesaplar</t>
+          <t>Başarılı ve Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055094201</t>
+          <t>9786055822781</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Arapça İngilizce Türkçe Sözlük (Ciltli)</t>
+          <t>Asrı Saadet’te İslam’a Koşan İlk Kahramanlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055457372</t>
+          <t>9786055457754</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Allah’a Yaklaştıran Ameller</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055457341</t>
+          <t>9786055822545</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Halkların Dostluk ve Kardeşliği</t>
+          <t>Allah Dostlarından Mekıbeler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055457174</t>
+          <t>9786057916013</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Meriçin Gelini</t>
+          <t>Allah Aşkını Seçenler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055457686</t>
+          <t>9786055457150</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Mesabih Cilt: 1 (Ciltli)</t>
+          <t>Alemlere Rahmet Hz. Muhammed (A.S.)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>800</v>
+        <v>490</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055822880</t>
+          <t>9799756457039</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Suikast</t>
+          <t>Ailede Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
+          <t>9799756457688</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Aile Huzuru</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9799756457053</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Yolları ve Aile Hayatı (2. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789756457863</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Muhammediye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789758596348</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Mü’minlere En Güzel Hutbeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786055457167</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Semira</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786055457129</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Hesaba Katmadığın Hesaplar</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786055094201</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Arapça İngilizce Türkçe Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055457372</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Diana</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786055457341</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Halkların Dostluk ve Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786055457174</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Meriçin Gelini</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786055457686</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Mişkatu'l Mesabih Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055822880</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Kırkıncı Suikast</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
           <t>9786055457433</t>
         </is>
       </c>
-      <c r="B389" s="1" t="inlineStr">
+      <c r="B401" s="1" t="inlineStr">
         <is>
           <t>Siyeri Ali: Allah'ın Kılıcı</t>
         </is>
       </c>
-      <c r="C389" s="1">
+      <c r="C401" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>