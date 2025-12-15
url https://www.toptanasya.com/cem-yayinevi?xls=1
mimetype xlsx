--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,3880 +85,3895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754068344</t>
+          <t>9789754067682</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oturma İzni - Güz Rengi</t>
+          <t>Cumhuriyet Çınarı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057995889</t>
+          <t>9789754068344</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ottla’ya ve Ailesine Mektuplar</t>
+          <t>Oturma İzni - Güz Rengi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754067620</t>
+          <t>9786057995889</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Tiyatrosu</t>
+          <t>Ottla’ya ve Ailesine Mektuplar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057995476</t>
+          <t>9789754067620</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler Seçmeler</t>
+          <t>Nazım Hikmet ve Tiyatrosu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257163378</t>
+          <t>9786057995476</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Moğol Masalları</t>
+          <t>Montaigne Denemeler Seçmeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057995957</t>
+          <t>9786257163378</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Moğol Masalları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257163361</t>
+          <t>9786057995957</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mısır Masalları</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754065633</t>
+          <t>9786257163361</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 1 Osmanlı Devletine Kadar Türkler</t>
+          <t>Mısır Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>570</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057995339</t>
+          <t>9789754065633</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi (5 Kitap Takım)</t>
+          <t>Türkiye Tarihi 1 Osmanlı Devletine Kadar Türkler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2690</v>
+        <v>570</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057995193</t>
+          <t>9786057995339</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Kitabı</t>
+          <t>Türkiye Tarihi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257163873</t>
+          <t>9786057995193</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cevapsızlığın Ardından</t>
+          <t>İmgeler Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257163835</t>
+          <t>9786257163873</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beş Halka Kitabı</t>
+          <t>Cevapsızlığın Ardından</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057995230</t>
+          <t>9786257163835</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi Cilt: 4 Çağdaş Türkiye 1908-1980</t>
+          <t>Beş Halka Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>620</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754068733</t>
+          <t>9786057995230</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gizemi</t>
+          <t>Türkiye Tarihi Cilt: 4 Çağdaş Türkiye 1908-1980</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754069051</t>
+          <t>9789754068733</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler (Ciltli)</t>
+          <t>Türkçenin Gizemi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754067729</t>
+          <t>9789754069051</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Seçilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754069372</t>
+          <t>9789754067729</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Orgazmın İşlevi</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754069075</t>
+          <t>9789754069372</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'a Soneler</t>
+          <t>Orgazmın İşlevi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257163767</t>
+          <t>9789754069075</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Deha Muharrir</t>
+          <t>Orpheus'a Soneler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257163453</t>
+          <t>9786257163767</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetiminde Güncel Uygulamalar</t>
+          <t>Bir Deha Muharrir</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257163804</t>
+          <t>9786257163453</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dolaylar</t>
+          <t>Marka Yönetiminde Güncel Uygulamalar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257163811</t>
+          <t>9786257163804</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pasajlaşmalar</t>
+          <t>Bizim Dolaylar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257163774</t>
+          <t>9786257163811</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve Dünyası</t>
+          <t>Pasajlaşmalar</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057995452</t>
+          <t>9786257163774</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ajan</t>
+          <t>Farabi ve Dünyası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257163668</t>
+          <t>9786057995452</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadınlar Ajandası 2024</t>
+          <t>Gizli Ajan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754068818</t>
+          <t>9786257163668</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Öncü Kadınlar Ajandası 2024</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754067637</t>
+          <t>9789754068818</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türkiye'de Kentleşme, Konut ve Gecekondu</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257163781</t>
+          <t>9789754067637</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Ajandası 2025</t>
+          <t>100 Soruda Türkiye'de Kentleşme, Konut ve Gecekondu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257163613</t>
+          <t>9786257163781</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema</t>
+          <t>Sabahattin Ali Ajandası 2025</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257163798</t>
+          <t>9786257163613</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alman Erkekler ve Kadınlar</t>
+          <t>Nörosinema</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058835870</t>
+          <t>9786257163798</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gotik Edebiyat (10 Kitap Takım)</t>
+          <t>Alman Erkekler ve Kadınlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257163750</t>
+          <t>9786058835870</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İbiza Yazıları</t>
+          <t>Gotik Edebiyat (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257163743</t>
+          <t>9786257163750</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benim Tek Suçum</t>
+          <t>İbiza Yazıları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257163484</t>
+          <t>9786257163743</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>Benim Tek Suçum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057995216</t>
+          <t>9786257163484</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kültüründe Tragedya</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056834745</t>
+          <t>9786057995216</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler - Franz Kafka (Ciltli)</t>
+          <t>Yunan Kültüründe Tragedya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058164239</t>
+          <t>9786056834745</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş - Rüya</t>
+          <t>Bütün Öyküler - Franz Kafka (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257163231</t>
+          <t>9786058164239</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Don Hikayeleri</t>
+          <t>Psikanalize Giriş - Rüya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058237612</t>
+          <t>9786257163231</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rilke Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Don Hikayeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257163736</t>
+          <t>9786058237612</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl Cumhuriyet Destanı Cumhuriyet’in Şiirli 100'ü</t>
+          <t>Rilke Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057995179</t>
+          <t>9786257163736</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>100. Yıl Cumhuriyet Destanı Cumhuriyet’in Şiirli 100'ü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057995308</t>
+          <t>9786057995179</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından Seçme Öyküler (10 Kitap Takım)</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257163729</t>
+          <t>9786057995308</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gandhi’nin Sağlık Rehberi</t>
+          <t>Dünya Edebiyatından Seçme Öyküler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257163705</t>
+          <t>9786257163729</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Antropoloji - 1</t>
+          <t>Gandhi’nin Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257163699</t>
+          <t>9786257163705</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Sosyoloji ve Antropoloji - 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257163682</t>
+          <t>9786257163699</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Cinsellik</t>
+          <t>Çağımızın Nevrotik Kişiliği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257163675</t>
+          <t>9786257163682</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi Üçlemesi</t>
+          <t>Sevgi ve Cinsellik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>680</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257163651</t>
+          <t>9786257163675</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ülkemiz</t>
+          <t>Kadınlar Ülkesi Üçlemesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>680</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257163644</t>
+          <t>9786257163651</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Göçlerle Dolu 100 Yılı</t>
+          <t>Bizim Ülkemiz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257163491</t>
+          <t>9786257163644</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ferah</t>
+          <t>Cumhuriyetin Göçlerle Dolu 100 Yılı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057995391</t>
+          <t>9786257163491</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okulda Güç Eğitilebilir Çocuklar</t>
+          <t>Ferah</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257163637</t>
+          <t>9786057995391</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Floransa Günlüğü</t>
+          <t>Okulda Güç Eğitilebilir Çocuklar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257163606</t>
+          <t>9786257163637</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası İlişkiler</t>
+          <t>Floransa Günlüğü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257163620</t>
+          <t>9786257163606</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Kişilerarası İlişkiler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257163583</t>
+          <t>9786257163620</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Açısından Çocuk Eğitimi</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257163576</t>
+          <t>9786257163583</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sanatının Sınırlarında</t>
+          <t>Psikanaliz Açısından Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257163507</t>
+          <t>9786257163576</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Bir Gezegen Böyle Canım?</t>
+          <t>Oyun Sanatının Sınırlarında</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257163590</t>
+          <t>9786257163507</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Babaya İsyan</t>
+          <t>Bu Nasıl Bir Gezegen Böyle Canım?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257163552</t>
+          <t>9786257163590</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2023 Sherlock Holmes Ajandası</t>
+          <t>Babaya İsyan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257163514</t>
+          <t>9786257163552</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>2023 Sherlock Holmes Ajandası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>340</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257163538</t>
+          <t>9786257163514</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257163521</t>
+          <t>9786257163538</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Son Sömürge Çocuk</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257163545</t>
+          <t>9786257163521</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zihin Benlik ve Toplum</t>
+          <t>Son Sömürge Çocuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058835863</t>
+          <t>9786257163545</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti 5 Kitap</t>
+          <t>Zihin Benlik ve Toplum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>895</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754067521</t>
+          <t>9786058835863</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnançtan Bilgiye</t>
+          <t>Sherlock Holmes Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>895</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799754067537</t>
+          <t>9789754067521</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Doğası ve Kaynakları Üzerine</t>
+          <t>İnançtan Bilgiye</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257163088</t>
+          <t>9799754067537</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>Bilginin Doğası ve Kaynakları Üzerine</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257163460</t>
+          <t>9786257163088</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Star Maker</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257163477</t>
+          <t>9786257163460</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Törless’in Bunalımları</t>
+          <t>Star Maker</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058237506</t>
+          <t>9786257163477</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Seti (4 Kitap Takım)</t>
+          <t>Öğrenci Törless’in Bunalımları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>720</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257163422</t>
+          <t>9786058237506</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Dünya Masalları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>720</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058237643</t>
+          <t>9786257163422</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily Serisi</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257163200</t>
+          <t>9786058237643</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Sinema</t>
+          <t>Rüzgarın Kızı Emily Serisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>590</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257163408</t>
+          <t>9786257163200</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Kasaba</t>
+          <t>Deleuze ve Sinema</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257163415</t>
+          <t>9786257163408</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Emily’nin Arayışı - Rüzgarın Kızı Emily 3</t>
+          <t>Rüzgarlı Kasaba</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257163446</t>
+          <t>9786257163415</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Freud Ajandası 2022</t>
+          <t>Emily’nin Arayışı - Rüzgarın Kızı Emily 3</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257163330</t>
+          <t>9786257163446</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dağı Yerinden Oynatmak</t>
+          <t>Freud Ajandası 2022</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257163323</t>
+          <t>9786257163330</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Emily Tırmanıyor - Rüzgarın Kızı Emily 2</t>
+          <t>Dağı Yerinden Oynatmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257163354</t>
+          <t>9786257163323</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Emily Tırmanıyor - Rüzgarın Kızı Emily 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257163347</t>
+          <t>9786257163354</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son ve İlk İnsanlar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257163293</t>
+          <t>9786257163347</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Emily Yeni Ay'da - Rüzgarın Kızı Emily 1</t>
+          <t>Son ve İlk İnsanlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257163286</t>
+          <t>9786257163293</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk İçki Geleneği</t>
+          <t>Emily Yeni Ay'da - Rüzgarın Kızı Emily 1</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257163279</t>
+          <t>9786257163286</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan ve İyi Etiğe Giriş</t>
+          <t>Türk İçki Geleneği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058237537</t>
+          <t>9786257163279</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Mektuplar (7 Kitap Takım)</t>
+          <t>İyi İnsan ve İyi Etiğe Giriş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1660</v>
+        <v>115</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058237629</t>
+          <t>9786058237537</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Emile Durkheim Seti (8 Kitap Takım)</t>
+          <t>Franz Kafka Mektuplar (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>2740</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257163262</t>
+          <t>9786058237629</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Eylem</t>
+          <t>Emile Durkheim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>260</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257163248</t>
+          <t>9786257163262</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kara Kız</t>
+          <t>Sosyoloji ve Eylem</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058835894</t>
+          <t>9786257163248</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Külliyatı (14 Kitap Takım)</t>
+          <t>Kara Kız</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>3425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058237636</t>
+          <t>9786058835894</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Öykü ve Roman Seti (7 Kitap Takım)</t>
+          <t>Franz Kafka Külliyatı (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1515</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257163217</t>
+          <t>9786058237636</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Telepati</t>
+          <t>Franz Kafka Öykü ve Roman Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257163224</t>
+          <t>9786257163217</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Anorexia</t>
+          <t>Psikanaliz ve Telepati</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257163149</t>
+          <t>9786257163224</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Baykuşların Gecesi - Düşünen Baykuşların Söylemi (2 Kitap Kutulu)</t>
+          <t>Kafkaesk Anorexia</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257163132</t>
+          <t>9786257163149</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yapımız ve Demokrasi Üzerine Notlar</t>
+          <t>Düşünen Baykuşların Gecesi - Düşünen Baykuşların Söylemi (2 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257163170</t>
+          <t>9786257163132</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2021 Rilke Ajanda</t>
+          <t>Düşünce Yapımız ve Demokrasi Üzerine Notlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058237650</t>
+          <t>9786257163170</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Seti (10 Kitap Takım)</t>
+          <t>2021 Rilke Ajanda</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1620</v>
+        <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257163026</t>
+          <t>9786058237650</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Napolyon</t>
+          <t>Psikoloji Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257163002</t>
+          <t>9786257163026</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Niçin Savaş?</t>
+          <t>Napolyon</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257163040</t>
+          <t>9786257163002</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Locarno Dilencisi</t>
+          <t>Niçin Savaş?</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257163057</t>
+          <t>9786257163040</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Locarno Dilencisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257163125</t>
+          <t>9786257163057</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Havari</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257163019</t>
+          <t>9786257163125</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Havari</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257163064</t>
+          <t>9786257163019</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vampir</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057995995</t>
+          <t>9786257163064</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Vampir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057995988</t>
+          <t>9786057995995</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Otranto Şatosu</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057995971</t>
+          <t>9786057995988</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Kitabı</t>
+          <t>Otranto Şatosu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057995926</t>
+          <t>9786057995971</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>36 Yoga Duruşu</t>
+          <t>Kıssalar Kitabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058237544</t>
+          <t>9786057995926</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Reich Seti (5 Kitap Takım)</t>
+          <t>36 Yoga Duruşu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057995919</t>
+          <t>9786058237544</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aylaklığa Övgü</t>
+          <t>Wilhelm Reich Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>320</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057995896</t>
+          <t>9786057995919</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Aylaklığa Övgü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057995834</t>
+          <t>9786057995896</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Hayaleti</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057995858</t>
+          <t>9786057995834</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kum Adam</t>
+          <t>Karanlığın Hayaleti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057995841</t>
+          <t>9786057995858</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari</t>
+          <t>Kum Adam</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057995766</t>
+          <t>9786057995841</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostluk (Ciltli)</t>
+          <t>Başsız Süvari</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057995728</t>
+          <t>9786057995766</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Dersleri</t>
+          <t>Bir Dostluk (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057995742</t>
+          <t>9786057995728</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türkiye’de Kentleşme</t>
+          <t>Sosyoloji Dersleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057995704</t>
+          <t>9786057995742</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yas ve Melankoli</t>
+          <t>100 Soruda Türkiye’de Kentleşme</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057995711</t>
+          <t>9786057995704</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Yöntem Kuralları</t>
+          <t>Yas ve Melankoli</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057995490</t>
+          <t>9786057995711</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Sosyolojinin Yöntem Kuralları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057995377</t>
+          <t>9786057995490</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057995353</t>
+          <t>9786057995377</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çınarı</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057995315</t>
+          <t>9786057995353</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti (10 Kitap Takım)</t>
+          <t>Cumhuriyet Çınarı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057995285</t>
+          <t>9786057995315</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Laiklik</t>
+          <t>Sigmund Freud Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057995209</t>
+          <t>9786057995285</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Seçme Sosyoloji Yazıları</t>
+          <t>Atatürk ve Laiklik</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257163095</t>
+          <t>9786057995209</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Postmodern Dönemlerde Soyut Sanat Felsefesi</t>
+          <t>Seçme Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056834707</t>
+          <t>9786257163095</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler 1 ve 2</t>
+          <t>Modern ve Postmodern Dönemlerde Soyut Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1020</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786058132979</t>
+          <t>9786056834707</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Toplu Şiirler 1 ve 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058132931</t>
+          <t>9786058132979</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gece Geçen Serseriler ve Kısa Hikayeler</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057995346</t>
+          <t>9786058132931</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisi</t>
+          <t>Gece Geçen Serseriler ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754069433</t>
+          <t>9786057995346</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Felice'ye Mektuplar (2 Cilt Takım) (Ciltli)</t>
+          <t>Aşkın Psikolojisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>660</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786058132993</t>
+          <t>9789754069433</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aşk Rüyası ve Kısa Hikayeler</t>
+          <t>Felice'ye Mektuplar (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>125</v>
+        <v>660</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057995933</t>
+          <t>9786058132993</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa ve Tektanrıcılık</t>
+          <t>Aşk Rüyası ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754069242</t>
+          <t>9786057995933</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinin Bölge Politikaları</t>
+          <t>Hz. Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058132962</t>
+          <t>9789754069242</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı ve Kısa Hikayeler</t>
+          <t>Avrupa Birliğinin Bölge Politikaları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057995056</t>
+          <t>9786058132962</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Ay Işığı ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058132955</t>
+          <t>9786057995056</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057995148</t>
+          <t>9786058132955</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Son Yaprak</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058132900</t>
+          <t>9786057995148</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Son Yaprak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057995155</t>
+          <t>9786058132900</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fil ve Kısa Hikayeler</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058132986</t>
+          <t>9786057995155</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>6 Numaralı Koğuş ve Kısa Hikayeler</t>
+          <t>Beyaz Fil ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057995759</t>
+          <t>9786058132986</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş: Nevrozların Genel Kuramı</t>
+          <t>6 Numaralı Koğuş ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058164277</t>
+          <t>9786057995759</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Psikanalize Giriş: Nevrozların Genel Kuramı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754069389</t>
+          <t>9786058164277</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Devrim</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754069365</t>
+          <t>9789754069389</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin Sesi</t>
+          <t>Cinsel Devrim</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754068214</t>
+          <t>9789754069365</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gökdelen</t>
+          <t>Sahibinin Sesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057995124</t>
+          <t>9789754068214</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Gökdelen</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058164260</t>
+          <t>9786057995124</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754067668</t>
+          <t>9786058164260</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yetişkindeki Çocuk</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754069310</t>
+          <t>9789754067668</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Boşluk</t>
+          <t>Yetişkindeki Çocuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786056834769</t>
+          <t>9789754069310</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Mükemmel Boşluk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>130</v>
+        <v>245</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754068474</t>
+          <t>9786056834769</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yol Dolayları</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754068597</t>
+          <t>9789754068474</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Ölüm Üzerine Dualar Kitabı 3</t>
+          <t>Yol Dolayları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754068627</t>
+          <t>9789754068597</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yine Aşığım</t>
+          <t>Yoksulluk ve Ölüm Üzerine Dualar Kitabı 3</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057995780</t>
+          <t>9789754068627</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yerinden Yönetim ve Siyaset</t>
+          <t>Yine Aşığım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>520</v>
+        <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754067453</t>
+          <t>9786057995780</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Gökkuşağı</t>
+          <t>Yerinden Yönetim ve Siyaset</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>70</v>
+        <v>520</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754065879</t>
+          <t>9789754067453</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yakınçağ Siyasal Düşünceler Tarihi</t>
+          <t>Yaşasın Gökkuşağı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>480</v>
+        <v>70</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754067880</t>
+          <t>9789754065879</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Yakınçağ Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754067972</t>
+          <t>9789754067880</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kürt Siyasetine Eleştirel Yaklaşımlar</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754067941</t>
+          <t>9789754067972</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokrasi ve İnsan Hakları Sorunları</t>
+          <t>Türkiye’nin Kürt Siyasetine Eleştirel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257163118</t>
+          <t>9789754067941</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 5 Bugünkü Türkiye 1980 - 2003</t>
+          <t>Türkiye’de Demokrasi ve İnsan Hakları Sorunları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257163101</t>
+          <t>9786257163118</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 3 Osmanlı Devleti 1600-1908</t>
+          <t>Türkiye Tarihi 5 Bugünkü Türkiye 1980 - 2003</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>540</v>
+        <v>460</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754065640</t>
+          <t>9786257163101</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 2 Osmanlı Devleti 1300-1600</t>
+          <t>Türkiye Tarihi 3 Osmanlı Devleti 1600-1908</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257163194</t>
+          <t>9789754065640</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
+          <t>Türkiye Tarihi 2 Osmanlı Devleti 1300-1600</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057995117</t>
+          <t>9786257163194</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal İşbölümü</t>
+          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057995865</t>
+          <t>9786057995117</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Toplumsal İşbölümü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057995025</t>
+          <t>9786057995865</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’dan Öyküler</t>
+          <t>Taşrada Düğün Hazırlıkları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058164215</t>
+          <t>9786057995025</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Tanrı’dan Öyküler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754064759</t>
+          <t>9786058164215</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şahane Lunapark</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754068573</t>
+          <t>9789754064759</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası ve Çocuk</t>
+          <t>Şahane Lunapark</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057995872</t>
+          <t>9789754068573</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Okul Çocuğu</t>
+          <t>Su Damlası ve Çocuk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754068641</t>
+          <t>9786057995872</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sonuncular</t>
+          <t>Sorunlu Okul Çocuğu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754067903</t>
+          <t>9789754068641</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sol Siyaset Sorunları</t>
+          <t>Sonuncular</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057995322</t>
+          <t>9789754067903</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Maceraları (9 Kitap Takım)</t>
+          <t>Sol Siyaset Sorunları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1615</v>
+        <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057995100</t>
+          <t>9786057995322</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Görev</t>
+          <t>Sherlock Holmes Bütün Maceraları (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057995070</t>
+          <t>9786057995100</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Maceraları</t>
+          <t>Sherlock Holmes - Son Görev</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057995131</t>
+          <t>9786057995070</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Dönüşü</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Maceraları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057995094</t>
+          <t>9786057995131</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Dava Defteri</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Dönüşü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057995063</t>
+          <t>9786057995094</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Anıları</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Dava Defteri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057995032</t>
+          <t>9786057995063</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Anıları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057995049</t>
+          <t>9786057995032</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Kızıl Takip</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057995018</t>
+          <t>9786057995049</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Sherlock Holmes Kızıl Takip</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057995001</t>
+          <t>9786057995018</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Köpeği</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056834790</t>
+          <t>9786057995001</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler (Ciltli)</t>
+          <t>Sherlock Holmes - Baskerville Köpeği</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>500</v>
+        <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754067644</t>
+          <t>9786056834790</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Rönesans ve Laiklik</t>
+          <t>Seçilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058164222</t>
+          <t>9789754067644</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler - Rilke (Ciltli)</t>
+          <t>Rönesans ve Laiklik</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>680</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057995292</t>
+          <t>9786058164222</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Bütün Öyküler - Rilke (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>680</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057995360</t>
+          <t>9786057995292</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Açısından Cinsel Yaşamın Kökenleri</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754068184</t>
+          <t>9786057995360</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pafe</t>
+          <t>Psikanaliz Açısından Cinsel Yaşamın Kökenleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754063660</t>
+          <t>9789754068184</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hukuku</t>
+          <t>Pafe</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754061710</t>
+          <t>9789754063660</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ahlakı</t>
+          <t>Özgürlük Hukuku</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754060195</t>
+          <t>9789754061710</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Özgürlük Ahlakı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754068207</t>
+          <t>9789754060195</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mahir</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786056834776</t>
+          <t>9789754068207</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Şöleni</t>
+          <t>Mahir</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057995087</t>
+          <t>9786056834776</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Küllerin Şöleni</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754068603</t>
+          <t>9786057995087</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kış Öyküleri</t>
+          <t>Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754068559</t>
+          <t>9789754068603</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Yaşamı Üzerine</t>
+          <t>Kış Öyküleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257163439</t>
+          <t>9789754068559</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Amerika)</t>
+          <t>Keşiş Yaşamı Üzerine</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754067545</t>
+          <t>9786257163439</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Üstüne</t>
+          <t>Kayıp (Amerika)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9799754067865</t>
+          <t>9789754067545</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İyi Ruhlara Adak</t>
+          <t>Kavramlar Üstüne</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9799754065748</t>
+          <t>9799754067865</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Avrupa</t>
+          <t>İyi Ruhlara Adak</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754068955</t>
+          <t>9799754065748</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İsa Çocuk</t>
+          <t>İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057995735</t>
+          <t>9789754068955</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>İsa Çocuk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057995223</t>
+          <t>9786057995735</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İletişim Nedir?</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257163255</t>
+          <t>9786057995223</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İktidar</t>
+          <t>İletişim Nedir?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754068191</t>
+          <t>9786257163255</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Işık</t>
+          <t>İktidar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057995254</t>
+          <t>9789754068191</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Işık</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754068580</t>
+          <t>9786057995254</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hac Üzerine</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754068542</t>
+          <t>9789754068580</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güz Öyküleri</t>
+          <t>Hac Üzerine</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000000344</t>
+          <t>9789754068542</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Sürgün</t>
+          <t>Güz Öyküleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754068665</t>
+          <t>3990000000344</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Geçmişle Kolkola Güneş Karabuda</t>
+          <t>Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754069082</t>
+          <t>9789754068665</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Geçip Giden Her Saat Daha Gençleşiyor</t>
+          <t>Geçmişle Kolkola Güneş Karabuda</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754068023</t>
+          <t>9789754069082</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Açılımı Kuramsal Yapılardan Yapı-Çözüme</t>
+          <t>Geçip Giden Her Saat Daha Gençleşiyor</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257163569</t>
+          <t>9789754068023</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Ahlak</t>
+          <t>Felsefenin Açılımı Kuramsal Yapılardan Yapı-Çözüme</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257163392</t>
+          <t>9786257163569</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Eskimo Masalları</t>
+          <t>Evlilik ve Ahlak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754068054</t>
+          <t>9786257163392</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Düşten Taç</t>
+          <t>Eskimo Masalları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754068269</t>
+          <t>9789754068054</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dost Mektupları</t>
+          <t>Düşten Taç</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057995186</t>
+          <t>9789754068269</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Yaşamın İlk Biçimleri</t>
+          <t>Dost Mektupları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057995162</t>
+          <t>9786057995186</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dinle, Küçük Adam</t>
+          <t>Dinsel Yaşamın İlk Biçimleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257163309</t>
+          <t>9786057995162</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Din-Felsefe Tartışması</t>
+          <t>Dinle, Küçük Adam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786058132924</t>
+          <t>9786257163309</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Değişim - Dönüşüm</t>
+          <t>Din-Felsefe Tartışması</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057995902</t>
+          <t>9786058132924</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Değişim - Dönüşüm</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786058164246</t>
+          <t>9786057995902</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754068221</t>
+          <t>9786058164246</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257163385</t>
+          <t>9789754068221</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754067323</t>
+          <t>9786257163385</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlarının Anılarıyla Anton Çehov</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754067286</t>
+          <t>9789754067323</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Cezanne Üzerine Mektuplar</t>
+          <t>Çağdaşlarının Anılarıyla Anton Çehov</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786056834752</t>
+          <t>9789754067286</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Candide ya da İyimserlik</t>
+          <t>Cezanne Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754060751</t>
+          <t>9786056834752</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Öyküsü</t>
+          <t>Candide ya da İyimserlik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057995261</t>
+          <t>9789754060751</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşın Tasviri</t>
+          <t>Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056834738</t>
+          <t>9786057995261</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı ve İnsan</t>
+          <t>Bir Savaşın Tasviri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057995940</t>
+          <t>9786056834738</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Beş Konferans ve Psikanalize Toplu Bakış</t>
+          <t>Bilinçdışı ve İnsan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>3990000015630</t>
+          <t>9786057995940</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Benim Sigortacılarım (2 Kitap Takım)</t>
+          <t>Beş Konferans ve Psikanalize Toplu Bakış</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754069136</t>
+          <t>3990000015630</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ben Aranıyor</t>
+          <t>Benim Sigortacılarım (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754068405</t>
+          <t>9789754069136</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bana Tören</t>
+          <t>Ben Aranıyor</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754068696</t>
+          <t>9789754068405</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bahar Öyküleri</t>
+          <t>Bana Tören</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057995278</t>
+          <t>9789754068696</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Bahar Öyküleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058164284</t>
+          <t>9786057995278</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Çocuklar</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754064308</t>
+          <t>9786058164284</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Eğitimimizle İlgili Düşünce ve İstekleri</t>
+          <t>Babalar ve Çocuklar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786058164253</t>
+          <t>9789754064308</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Amatör Psikanalizi</t>
+          <t>Atatürk’ün Milli Eğitimimizle İlgili Düşünce ve İstekleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754068047</t>
+          <t>9786058164253</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Advent</t>
+          <t>Amatör Psikanalizi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9799754068466</t>
+          <t>9789754068047</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Prenses Sancaktar</t>
+          <t>Advent</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056834783</t>
+          <t>9799754068466</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Travma</t>
+          <t>Beyaz Prenses Sancaktar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057995384</t>
+          <t>9786056834783</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş - Hatalı Eylemler</t>
+          <t>Psikolojik Travma</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057995797</t>
+          <t>9786057995384</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karakter Analizi</t>
+          <t>Psikanalize Giriş - Hatalı Eylemler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>620</v>
+        <v>90</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057995803</t>
+          <t>9786057995797</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Kitle Psikolojisi</t>
+          <t>Karakter Analizi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>440</v>
+        <v>620</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754067460</t>
+          <t>9786057995803</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşktır, İlaçtır</t>
+          <t>Faşizmin Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754069044</t>
+          <t>9789754067460</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Öykü Antolojisi (2 Cilt Takım)</t>
+          <t>Aşktır, İlaçtır</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>820</v>
+        <v>130</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058132917</t>
+          <t>9789754069044</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Çağdaş Alman Öykü Antolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>820</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057995964</t>
+          <t>9786058132917</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058132948</t>
+          <t>9786057995964</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257163071</t>
+          <t>9786058132948</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Eğitimi</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>95</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754069402</t>
+          <t>9786257163071</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Pragmacılık ve Sosyoloji</t>
+          <t>Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057163033</t>
+          <t>9789754069402</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Susar</t>
+          <t>Pragmacılık ve Sosyoloji</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057995247</t>
+          <t>9786057163033</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bulunmuş Mektuplar</t>
+          <t>Ölüler Susar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754068726</t>
+          <t>9786057995247</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öyküleri</t>
+          <t>Yeni Bulunmuş Mektuplar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257163187</t>
+          <t>9789754068726</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Zordur Sevgi</t>
+          <t>Yaz Öyküleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
+          <t>9786257163187</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Çünkü Zordur Sevgi</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
           <t>9789754068313</t>
         </is>
       </c>
-      <c r="B257" s="1" t="inlineStr">
+      <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Büyük Ölüler Meydanı</t>
         </is>
       </c>
-      <c r="C257" s="1">
+      <c r="C258" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>