--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3895 +85,3925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754067682</t>
+          <t>9786257163941</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çınarı</t>
+          <t>Beşibiryerde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754068344</t>
+          <t>9786257163880</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oturma İzni - Güz Rengi</t>
+          <t>İncindiğin Yerdir Gurbet</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057995889</t>
+          <t>9789754067682</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ottla’ya ve Ailesine Mektuplar</t>
+          <t>Cumhuriyet Çınarı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754067620</t>
+          <t>9789754068344</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Tiyatrosu</t>
+          <t>Oturma İzni - Güz Rengi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057995476</t>
+          <t>9786057995889</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler Seçmeler</t>
+          <t>Ottla’ya ve Ailesine Mektuplar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257163378</t>
+          <t>9789754067620</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Moğol Masalları</t>
+          <t>Nazım Hikmet ve Tiyatrosu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057995957</t>
+          <t>9786057995476</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Montaigne Denemeler Seçmeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257163361</t>
+          <t>9786257163378</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mısır Masalları</t>
+          <t>Moğol Masalları</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754065633</t>
+          <t>9786057995957</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 1 Osmanlı Devletine Kadar Türkler</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057995339</t>
+          <t>9786257163361</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi (5 Kitap Takım)</t>
+          <t>Mısır Masalları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2690</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057995193</t>
+          <t>9789754065633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Kitabı</t>
+          <t>Türkiye Tarihi 1 Osmanlı Devletine Kadar Türkler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257163873</t>
+          <t>9786057995339</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cevapsızlığın Ardından</t>
+          <t>Türkiye Tarihi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257163835</t>
+          <t>9786057995193</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beş Halka Kitabı</t>
+          <t>İmgeler Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057995230</t>
+          <t>9786257163873</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi Cilt: 4 Çağdaş Türkiye 1908-1980</t>
+          <t>Cevapsızlığın Ardından</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>620</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754068733</t>
+          <t>9786257163835</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gizemi</t>
+          <t>Beş Halka Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754069051</t>
+          <t>9786057995230</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler (Ciltli)</t>
+          <t>Türkiye Tarihi Cilt: 4 Çağdaş Türkiye 1908-1980</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754067729</t>
+          <t>9789754068733</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Türkçenin Gizemi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754069372</t>
+          <t>9789754069051</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Orgazmın İşlevi</t>
+          <t>Seçilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754069075</t>
+          <t>9789754067729</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'a Soneler</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257163767</t>
+          <t>9789754069372</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Deha Muharrir</t>
+          <t>Orgazmın İşlevi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257163453</t>
+          <t>9789754069075</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetiminde Güncel Uygulamalar</t>
+          <t>Orpheus'a Soneler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257163804</t>
+          <t>9786257163767</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dolaylar</t>
+          <t>Bir Deha Muharrir</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257163811</t>
+          <t>9786257163453</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Pasajlaşmalar</t>
+          <t>Marka Yönetiminde Güncel Uygulamalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257163774</t>
+          <t>9786257163804</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve Dünyası</t>
+          <t>Bizim Dolaylar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057995452</t>
+          <t>9786257163811</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ajan</t>
+          <t>Pasajlaşmalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257163668</t>
+          <t>9786257163774</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadınlar Ajandası 2024</t>
+          <t>Farabi ve Dünyası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754068818</t>
+          <t>9786057995452</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Gizli Ajan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754067637</t>
+          <t>9786257163668</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türkiye'de Kentleşme, Konut ve Gecekondu</t>
+          <t>Öncü Kadınlar Ajandası 2024</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257163781</t>
+          <t>9789754068818</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Ajandası 2025</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257163613</t>
+          <t>9789754067637</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema</t>
+          <t>100 Soruda Türkiye'de Kentleşme, Konut ve Gecekondu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257163798</t>
+          <t>9786257163781</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Alman Erkekler ve Kadınlar</t>
+          <t>Sabahattin Ali Ajandası 2025</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058835870</t>
+          <t>9786257163613</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gotik Edebiyat (10 Kitap Takım)</t>
+          <t>Nörosinema</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257163750</t>
+          <t>9786257163798</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İbiza Yazıları</t>
+          <t>Alman Erkekler ve Kadınlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257163743</t>
+          <t>9786058835870</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Benim Tek Suçum</t>
+          <t>Gotik Edebiyat (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257163484</t>
+          <t>9786257163750</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluğun Kitabı</t>
+          <t>İbiza Yazıları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057995216</t>
+          <t>9786257163743</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kültüründe Tragedya</t>
+          <t>Benim Tek Suçum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056834745</t>
+          <t>9786257163484</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler - Franz Kafka (Ciltli)</t>
+          <t>Huzursuzluğun Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058164239</t>
+          <t>9786057995216</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş - Rüya</t>
+          <t>Yunan Kültüründe Tragedya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257163231</t>
+          <t>9786056834745</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Don Hikayeleri</t>
+          <t>Bütün Öyküler - Franz Kafka (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058237612</t>
+          <t>9786058164239</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rilke Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Psikanalize Giriş - Rüya</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2050</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257163736</t>
+          <t>9786257163231</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl Cumhuriyet Destanı Cumhuriyet’in Şiirli 100'ü</t>
+          <t>Don Hikayeleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057995179</t>
+          <t>9786058237612</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Rilke Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057995308</t>
+          <t>9786257163736</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından Seçme Öyküler (10 Kitap Takım)</t>
+          <t>100. Yıl Cumhuriyet Destanı Cumhuriyet’in Şiirli 100'ü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257163729</t>
+          <t>9786057995179</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gandhi’nin Sağlık Rehberi</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257163705</t>
+          <t>9786057995308</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Antropoloji - 1</t>
+          <t>Dünya Edebiyatından Seçme Öyküler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257163699</t>
+          <t>9786257163729</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Gandhi’nin Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257163682</t>
+          <t>9786257163705</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Cinsellik</t>
+          <t>Sosyoloji ve Antropoloji - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257163675</t>
+          <t>9786257163699</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi Üçlemesi</t>
+          <t>Çağımızın Nevrotik Kişiliği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>680</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257163651</t>
+          <t>9786257163682</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ülkemiz</t>
+          <t>Sevgi ve Cinsellik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257163644</t>
+          <t>9786257163675</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Göçlerle Dolu 100 Yılı</t>
+          <t>Kadınlar Ülkesi Üçlemesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>800</v>
+        <v>680</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257163491</t>
+          <t>9786257163651</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ferah</t>
+          <t>Bizim Ülkemiz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057995391</t>
+          <t>9786257163644</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Okulda Güç Eğitilebilir Çocuklar</t>
+          <t>Cumhuriyetin Göçlerle Dolu 100 Yılı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257163637</t>
+          <t>9786257163491</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Floransa Günlüğü</t>
+          <t>Ferah</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257163606</t>
+          <t>9786057995391</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası İlişkiler</t>
+          <t>Okulda Güç Eğitilebilir Çocuklar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257163620</t>
+          <t>9786257163637</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Floransa Günlüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257163583</t>
+          <t>9786257163606</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Açısından Çocuk Eğitimi</t>
+          <t>Kişilerarası İlişkiler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257163576</t>
+          <t>9786257163620</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sanatının Sınırlarında</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257163507</t>
+          <t>9786257163583</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Bir Gezegen Böyle Canım?</t>
+          <t>Psikanaliz Açısından Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257163590</t>
+          <t>9786257163576</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Babaya İsyan</t>
+          <t>Oyun Sanatının Sınırlarında</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257163552</t>
+          <t>9786257163507</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>2023 Sherlock Holmes Ajandası</t>
+          <t>Bu Nasıl Bir Gezegen Böyle Canım?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257163514</t>
+          <t>9786257163590</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>Babaya İsyan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257163538</t>
+          <t>9786257163552</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>2023 Sherlock Holmes Ajandası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257163521</t>
+          <t>9786257163514</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Son Sömürge Çocuk</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257163545</t>
+          <t>9786257163538</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zihin Benlik ve Toplum</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058835863</t>
+          <t>9786257163521</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti 5 Kitap</t>
+          <t>Son Sömürge Çocuk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>895</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754067521</t>
+          <t>9786257163545</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İnançtan Bilgiye</t>
+          <t>Zihin Benlik ve Toplum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799754067537</t>
+          <t>9786058835863</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Doğası ve Kaynakları Üzerine</t>
+          <t>Sherlock Holmes Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>895</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257163088</t>
+          <t>9789754067521</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>İnançtan Bilgiye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257163460</t>
+          <t>9799754067537</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Star Maker</t>
+          <t>Bilginin Doğası ve Kaynakları Üzerine</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257163477</t>
+          <t>9786257163088</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Törless’in Bunalımları</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058237506</t>
+          <t>9786257163460</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları Seti (4 Kitap Takım)</t>
+          <t>Star Maker</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>720</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257163422</t>
+          <t>9786257163477</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Öğrenci Törless’in Bunalımları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058237643</t>
+          <t>9786058237506</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily Serisi</t>
+          <t>Dünya Masalları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>590</v>
+        <v>720</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257163200</t>
+          <t>9786257163422</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Sinema</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257163408</t>
+          <t>9786058237643</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Kasaba</t>
+          <t>Rüzgarın Kızı Emily Serisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257163415</t>
+          <t>9786257163200</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Emily’nin Arayışı - Rüzgarın Kızı Emily 3</t>
+          <t>Deleuze ve Sinema</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257163446</t>
+          <t>9786257163408</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Freud Ajandası 2022</t>
+          <t>Rüzgarlı Kasaba</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257163330</t>
+          <t>9786257163415</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dağı Yerinden Oynatmak</t>
+          <t>Emily’nin Arayışı - Rüzgarın Kızı Emily 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257163323</t>
+          <t>9786257163446</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Emily Tırmanıyor - Rüzgarın Kızı Emily 2</t>
+          <t>Freud Ajandası 2022</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257163354</t>
+          <t>9786257163330</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Dağı Yerinden Oynatmak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257163347</t>
+          <t>9786257163323</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son ve İlk İnsanlar</t>
+          <t>Emily Tırmanıyor - Rüzgarın Kızı Emily 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257163293</t>
+          <t>9786257163354</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Emily Yeni Ay'da - Rüzgarın Kızı Emily 1</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257163286</t>
+          <t>9786257163347</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk İçki Geleneği</t>
+          <t>Son ve İlk İnsanlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257163279</t>
+          <t>9786257163293</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan ve İyi Etiğe Giriş</t>
+          <t>Emily Yeni Ay'da - Rüzgarın Kızı Emily 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058237537</t>
+          <t>9786257163286</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Mektuplar (7 Kitap Takım)</t>
+          <t>Türk İçki Geleneği</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1910</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058237629</t>
+          <t>9786257163279</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Emile Durkheim Seti (8 Kitap Takım)</t>
+          <t>İyi İnsan ve İyi Etiğe Giriş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>2740</v>
+        <v>115</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257163262</t>
+          <t>9786058237537</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Eylem</t>
+          <t>Franz Kafka Mektuplar (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>260</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257163248</t>
+          <t>9786058237629</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kara Kız</t>
+          <t>Emile Durkheim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058835894</t>
+          <t>9786257163262</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Külliyatı (14 Kitap Takım)</t>
+          <t>Sosyoloji ve Eylem</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>3425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058237636</t>
+          <t>9786257163248</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Öykü ve Roman Seti (7 Kitap Takım)</t>
+          <t>Kara Kız</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1515</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257163217</t>
+          <t>9786058835894</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Telepati</t>
+          <t>Franz Kafka Külliyatı (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257163224</t>
+          <t>9786058237636</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Anorexia</t>
+          <t>Franz Kafka Öykü ve Roman Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257163149</t>
+          <t>9786257163217</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Baykuşların Gecesi - Düşünen Baykuşların Söylemi (2 Kitap Kutulu)</t>
+          <t>Psikanaliz ve Telepati</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>520</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257163132</t>
+          <t>9786257163224</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yapımız ve Demokrasi Üzerine Notlar</t>
+          <t>Kafkaesk Anorexia</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257163170</t>
+          <t>9786257163149</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>2021 Rilke Ajanda</t>
+          <t>Düşünen Baykuşların Gecesi - Düşünen Baykuşların Söylemi (2 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>45</v>
+        <v>520</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058237650</t>
+          <t>9786257163132</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Seti (10 Kitap Takım)</t>
+          <t>Düşünce Yapımız ve Demokrasi Üzerine Notlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257163026</t>
+          <t>9786257163170</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Napolyon</t>
+          <t>2021 Rilke Ajanda</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257163002</t>
+          <t>9786058237650</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Niçin Savaş?</t>
+          <t>Psikoloji Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257163040</t>
+          <t>9786257163026</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Locarno Dilencisi</t>
+          <t>Napolyon</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257163057</t>
+          <t>9786257163002</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Niçin Savaş?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257163125</t>
+          <t>9786257163040</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Havari</t>
+          <t>Locarno Dilencisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257163019</t>
+          <t>9786257163057</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257163064</t>
+          <t>9786257163125</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vampir</t>
+          <t>Havari</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057995995</t>
+          <t>9786257163019</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057995988</t>
+          <t>9786257163064</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Otranto Şatosu</t>
+          <t>Vampir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057995971</t>
+          <t>9786057995995</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Kitabı</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057995926</t>
+          <t>9786057995988</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>36 Yoga Duruşu</t>
+          <t>Otranto Şatosu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058237544</t>
+          <t>9786057995971</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Reich Seti (5 Kitap Takım)</t>
+          <t>Kıssalar Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>2130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057995919</t>
+          <t>9786057995926</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aylaklığa Övgü</t>
+          <t>36 Yoga Duruşu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057995896</t>
+          <t>9786058237544</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Wilhelm Reich Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057995834</t>
+          <t>9786057995919</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Hayaleti</t>
+          <t>Aylaklığa Övgü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057995858</t>
+          <t>9786057995896</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kum Adam</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057995841</t>
+          <t>9786057995834</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari</t>
+          <t>Karanlığın Hayaleti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057995766</t>
+          <t>9786057995858</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostluk (Ciltli)</t>
+          <t>Kum Adam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057995728</t>
+          <t>9786057995841</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Dersleri</t>
+          <t>Başsız Süvari</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057995742</t>
+          <t>9786057995766</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türkiye’de Kentleşme</t>
+          <t>Bir Dostluk (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057995704</t>
+          <t>9786057995728</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yas ve Melankoli</t>
+          <t>Sosyoloji Dersleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057995711</t>
+          <t>9786057995742</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Yöntem Kuralları</t>
+          <t>100 Soruda Türkiye’de Kentleşme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057995490</t>
+          <t>9786057995704</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Yas ve Melankoli</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057995377</t>
+          <t>9786057995711</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Sosyolojinin Yöntem Kuralları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057995353</t>
+          <t>9786057995490</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çınarı</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057995315</t>
+          <t>9786057995377</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti (10 Kitap Takım)</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>1425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057995285</t>
+          <t>9786057995353</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Laiklik</t>
+          <t>Cumhuriyet Çınarı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057995209</t>
+          <t>9786057995315</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Seçme Sosyoloji Yazıları</t>
+          <t>Sigmund Freud Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257163095</t>
+          <t>9786057995285</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Postmodern Dönemlerde Soyut Sanat Felsefesi</t>
+          <t>Atatürk ve Laiklik</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056834707</t>
+          <t>9786057995209</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler 1 ve 2</t>
+          <t>Seçme Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1020</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058132979</t>
+          <t>9786257163095</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Modern ve Postmodern Dönemlerde Soyut Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058132931</t>
+          <t>9786056834707</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gece Geçen Serseriler ve Kısa Hikayeler</t>
+          <t>Toplu Şiirler 1 ve 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057995346</t>
+          <t>9786058132979</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisi</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754069433</t>
+          <t>9786058132931</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Felice'ye Mektuplar (2 Cilt Takım) (Ciltli)</t>
+          <t>Gece Geçen Serseriler ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>660</v>
+        <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058132993</t>
+          <t>9786057995346</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aşk Rüyası ve Kısa Hikayeler</t>
+          <t>Aşkın Psikolojisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057995933</t>
+          <t>9789754069433</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa ve Tektanrıcılık</t>
+          <t>Felice'ye Mektuplar (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754069242</t>
+          <t>9786058132993</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinin Bölge Politikaları</t>
+          <t>Aşk Rüyası ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058132962</t>
+          <t>9786057995933</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı ve Kısa Hikayeler</t>
+          <t>Hz. Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057995056</t>
+          <t>9789754069242</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Avrupa Birliğinin Bölge Politikaları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058132955</t>
+          <t>9786058132962</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Ay Işığı ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057995148</t>
+          <t>9786057995056</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Son Yaprak</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058132900</t>
+          <t>9786058132955</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057995155</t>
+          <t>9786057995148</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fil ve Kısa Hikayeler</t>
+          <t>Son Yaprak</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786058132986</t>
+          <t>9786058132900</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>6 Numaralı Koğuş ve Kısa Hikayeler</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057995759</t>
+          <t>9786057995155</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş: Nevrozların Genel Kuramı</t>
+          <t>Beyaz Fil ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058164277</t>
+          <t>9786058132986</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>6 Numaralı Koğuş ve Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754069389</t>
+          <t>9786057995759</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Devrim</t>
+          <t>Psikanalize Giriş: Nevrozların Genel Kuramı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754069365</t>
+          <t>9786058164277</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin Sesi</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754068214</t>
+          <t>9789754069389</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gökdelen</t>
+          <t>Cinsel Devrim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057995124</t>
+          <t>9789754069365</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Sahibinin Sesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058164260</t>
+          <t>9789754068214</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Gökdelen</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754067668</t>
+          <t>9786057995124</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yetişkindeki Çocuk</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754069310</t>
+          <t>9786058164260</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Boşluk</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056834769</t>
+          <t>9789754067668</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Yetişkindeki Çocuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754068474</t>
+          <t>9789754069310</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yol Dolayları</t>
+          <t>Mükemmel Boşluk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754068597</t>
+          <t>9786056834769</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Ölüm Üzerine Dualar Kitabı 3</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754068627</t>
+          <t>9789754068474</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yine Aşığım</t>
+          <t>Yol Dolayları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057995780</t>
+          <t>9789754068597</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yerinden Yönetim ve Siyaset</t>
+          <t>Yoksulluk ve Ölüm Üzerine Dualar Kitabı 3</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754067453</t>
+          <t>9789754068627</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Gökkuşağı</t>
+          <t>Yine Aşığım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754065879</t>
+          <t>9786057995780</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yakınçağ Siyasal Düşünceler Tarihi</t>
+          <t>Yerinden Yönetim ve Siyaset</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754067880</t>
+          <t>9789754067453</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Yaşasın Gökkuşağı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754067972</t>
+          <t>9789754065879</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kürt Siyasetine Eleştirel Yaklaşımlar</t>
+          <t>Yakınçağ Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754067941</t>
+          <t>9789754067880</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokrasi ve İnsan Hakları Sorunları</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257163118</t>
+          <t>9789754067972</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 5 Bugünkü Türkiye 1980 - 2003</t>
+          <t>Türkiye’nin Kürt Siyasetine Eleştirel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257163101</t>
+          <t>9789754067941</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 3 Osmanlı Devleti 1600-1908</t>
+          <t>Türkiye’de Demokrasi ve İnsan Hakları Sorunları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>540</v>
+        <v>190</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754065640</t>
+          <t>9786257163118</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi 2 Osmanlı Devleti 1300-1600</t>
+          <t>Türkiye Tarihi 5 Bugünkü Türkiye 1980 - 2003</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257163194</t>
+          <t>9786257163101</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
+          <t>Türkiye Tarihi 3 Osmanlı Devleti 1600-1908</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057995117</t>
+          <t>9789754065640</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal İşbölümü</t>
+          <t>Türkiye Tarihi 2 Osmanlı Devleti 1300-1600</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057995865</t>
+          <t>9786257163194</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Düğün Hazırlıkları</t>
+          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057995025</t>
+          <t>9786057995117</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’dan Öyküler</t>
+          <t>Toplumsal İşbölümü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058164215</t>
+          <t>9786057995865</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Taşrada Düğün Hazırlıkları</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754064759</t>
+          <t>9786057995025</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şahane Lunapark</t>
+          <t>Tanrı’dan Öyküler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754068573</t>
+          <t>9786058164215</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası ve Çocuk</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057995872</t>
+          <t>9789754064759</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Okul Çocuğu</t>
+          <t>Şahane Lunapark</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754068641</t>
+          <t>9789754068573</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sonuncular</t>
+          <t>Su Damlası ve Çocuk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754067903</t>
+          <t>9786057995872</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sol Siyaset Sorunları</t>
+          <t>Sorunlu Okul Çocuğu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057995322</t>
+          <t>9789754068641</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Maceraları (9 Kitap Takım)</t>
+          <t>Sonuncular</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1615</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057995100</t>
+          <t>9789754067903</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Görev</t>
+          <t>Sol Siyaset Sorunları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057995070</t>
+          <t>9786057995322</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Maceraları</t>
+          <t>Sherlock Holmes Bütün Maceraları (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>215</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057995131</t>
+          <t>9786057995100</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Dönüşü</t>
+          <t>Sherlock Holmes - Son Görev</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057995094</t>
+          <t>9786057995070</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Dava Defteri</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Maceraları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057995063</t>
+          <t>9786057995131</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes’un Anıları</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Dönüşü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057995032</t>
+          <t>9786057995094</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Dava Defteri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057995049</t>
+          <t>9786057995063</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Kızıl Takip</t>
+          <t>Sherlock Holmes - Sherlock Holmes’un Anıları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057995018</t>
+          <t>9786057995032</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057995001</t>
+          <t>9786057995049</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Köpeği</t>
+          <t>Sherlock Holmes Kızıl Takip</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786056834790</t>
+          <t>9786057995018</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler (Ciltli)</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754067644</t>
+          <t>9786057995001</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Rönesans ve Laiklik</t>
+          <t>Sherlock Holmes - Baskerville Köpeği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058164222</t>
+          <t>9786056834790</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler - Rilke (Ciltli)</t>
+          <t>Seçilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057995292</t>
+          <t>9789754067644</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Rönesans ve Laiklik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057995360</t>
+          <t>9786058164222</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Açısından Cinsel Yaşamın Kökenleri</t>
+          <t>Bütün Öyküler - Rilke (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754068184</t>
+          <t>9786057995292</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Pafe</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754063660</t>
+          <t>9786057995360</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hukuku</t>
+          <t>Psikanaliz Açısından Cinsel Yaşamın Kökenleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754061710</t>
+          <t>9789754068184</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ahlakı</t>
+          <t>Pafe</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754060195</t>
+          <t>9789754063660</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Özgürlük Hukuku</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754068207</t>
+          <t>9789754061710</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mahir</t>
+          <t>Özgürlük Ahlakı</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786056834776</t>
+          <t>9789754060195</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Şöleni</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057995087</t>
+          <t>9789754068207</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Mahir</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754068603</t>
+          <t>9786056834776</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kış Öyküleri</t>
+          <t>Küllerin Şöleni</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754068559</t>
+          <t>9786057995087</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Yaşamı Üzerine</t>
+          <t>Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257163439</t>
+          <t>9789754068603</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Amerika)</t>
+          <t>Kış Öyküleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754067545</t>
+          <t>9789754068559</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Üstüne</t>
+          <t>Keşiş Yaşamı Üzerine</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9799754067865</t>
+          <t>9786257163439</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İyi Ruhlara Adak</t>
+          <t>Kayıp (Amerika)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799754065748</t>
+          <t>9789754067545</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Avrupa</t>
+          <t>Kavramlar Üstüne</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754068955</t>
+          <t>9799754067865</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İsa Çocuk</t>
+          <t>İyi Ruhlara Adak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057995735</t>
+          <t>9799754065748</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057995223</t>
+          <t>9789754068955</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İletişim Nedir?</t>
+          <t>İsa Çocuk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257163255</t>
+          <t>9786057995735</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İktidar</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754068191</t>
+          <t>9786057995223</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Işık</t>
+          <t>İletişim Nedir?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057995254</t>
+          <t>9786257163255</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>İktidar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754068580</t>
+          <t>9789754068191</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hac Üzerine</t>
+          <t>Işık</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754068542</t>
+          <t>9786057995254</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Güz Öyküleri</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000000344</t>
+          <t>9789754068580</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Sürgün</t>
+          <t>Hac Üzerine</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754068665</t>
+          <t>9789754068542</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Geçmişle Kolkola Güneş Karabuda</t>
+          <t>Güz Öyküleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754069082</t>
+          <t>3990000000344</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Geçip Giden Her Saat Daha Gençleşiyor</t>
+          <t>Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754068023</t>
+          <t>9789754068665</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Açılımı Kuramsal Yapılardan Yapı-Çözüme</t>
+          <t>Geçmişle Kolkola Güneş Karabuda</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257163569</t>
+          <t>9789754069082</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Ahlak</t>
+          <t>Geçip Giden Her Saat Daha Gençleşiyor</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257163392</t>
+          <t>9789754068023</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eskimo Masalları</t>
+          <t>Felsefenin Açılımı Kuramsal Yapılardan Yapı-Çözüme</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754068054</t>
+          <t>9786257163569</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Düşten Taç</t>
+          <t>Evlilik ve Ahlak</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754068269</t>
+          <t>9786257163392</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dost Mektupları</t>
+          <t>Eskimo Masalları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057995186</t>
+          <t>9789754068054</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Yaşamın İlk Biçimleri</t>
+          <t>Düşten Taç</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057995162</t>
+          <t>9789754068269</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dinle, Küçük Adam</t>
+          <t>Dost Mektupları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257163309</t>
+          <t>9786057995186</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Din-Felsefe Tartışması</t>
+          <t>Dinsel Yaşamın İlk Biçimleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>110</v>
+        <v>540</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786058132924</t>
+          <t>9786057995162</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Değişim - Dönüşüm</t>
+          <t>Dinle, Küçük Adam</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057995902</t>
+          <t>9786257163309</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Din-Felsefe Tartışması</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058164246</t>
+          <t>9786058132924</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Değişim - Dönüşüm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>260</v>
+        <v>75</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754068221</t>
+          <t>9786057995902</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257163385</t>
+          <t>9786058164246</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754067323</t>
+          <t>9789754068221</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlarının Anılarıyla Anton Çehov</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754067286</t>
+          <t>9786257163385</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cezanne Üzerine Mektuplar</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786056834752</t>
+          <t>9789754067323</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Candide ya da İyimserlik</t>
+          <t>Çağdaşlarının Anılarıyla Anton Çehov</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754060751</t>
+          <t>9789754067286</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Öyküsü</t>
+          <t>Cezanne Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057995261</t>
+          <t>9786056834752</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaşın Tasviri</t>
+          <t>Candide ya da İyimserlik</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786056834738</t>
+          <t>9789754060751</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı ve İnsan</t>
+          <t>Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057995940</t>
+          <t>9786057995261</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Beş Konferans ve Psikanalize Toplu Bakış</t>
+          <t>Bir Savaşın Tasviri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000015630</t>
+          <t>9786056834738</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Benim Sigortacılarım (2 Kitap Takım)</t>
+          <t>Bilinçdışı ve İnsan</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754069136</t>
+          <t>9786057995940</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ben Aranıyor</t>
+          <t>Beş Konferans ve Psikanalize Toplu Bakış</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754068405</t>
+          <t>3990000015630</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bana Tören</t>
+          <t>Benim Sigortacılarım (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754068696</t>
+          <t>9789754069136</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bahar Öyküleri</t>
+          <t>Ben Aranıyor</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057995278</t>
+          <t>9789754068405</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Bana Tören</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058164284</t>
+          <t>9789754068696</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Çocuklar</t>
+          <t>Bahar Öyküleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754064308</t>
+          <t>9786057995278</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Eğitimimizle İlgili Düşünce ve İstekleri</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058164253</t>
+          <t>9786058164284</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Amatör Psikanalizi</t>
+          <t>Babalar ve Çocuklar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754068047</t>
+          <t>9789754064308</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Advent</t>
+          <t>Atatürk’ün Milli Eğitimimizle İlgili Düşünce ve İstekleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9799754068466</t>
+          <t>9786058164253</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Prenses Sancaktar</t>
+          <t>Amatör Psikanalizi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786056834783</t>
+          <t>9789754068047</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Travma</t>
+          <t>Advent</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057995384</t>
+          <t>9799754068466</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş - Hatalı Eylemler</t>
+          <t>Beyaz Prenses Sancaktar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057995797</t>
+          <t>9786056834783</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Karakter Analizi</t>
+          <t>Psikolojik Travma</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057995803</t>
+          <t>9786057995384</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Kitle Psikolojisi</t>
+          <t>Psikanalize Giriş - Hatalı Eylemler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>440</v>
+        <v>90</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754067460</t>
+          <t>9786057995797</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aşktır, İlaçtır</t>
+          <t>Karakter Analizi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>130</v>
+        <v>620</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754069044</t>
+          <t>9786057995803</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Öykü Antolojisi (2 Cilt Takım)</t>
+          <t>Faşizmin Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>820</v>
+        <v>440</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058132917</t>
+          <t>9789754067460</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Aşktır, İlaçtır</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057995964</t>
+          <t>9789754069044</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Çağdaş Alman Öykü Antolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>320</v>
+        <v>820</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058132948</t>
+          <t>9786058132917</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257163071</t>
+          <t>9786057995964</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Eğitimi</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754069402</t>
+          <t>9786058132948</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Pragmacılık ve Sosyoloji</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057163033</t>
+          <t>9786257163071</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Susar</t>
+          <t>Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057995247</t>
+          <t>9789754069402</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bulunmuş Mektuplar</t>
+          <t>Pragmacılık ve Sosyoloji</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754068726</t>
+          <t>9786057163033</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öyküleri</t>
+          <t>Ölüler Susar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257163187</t>
+          <t>9786057995247</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Zordur Sevgi</t>
+          <t>Yeni Bulunmuş Mektuplar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
+          <t>9789754068726</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Öyküleri</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786257163187</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Çünkü Zordur Sevgi</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
           <t>9789754068313</t>
         </is>
       </c>
-      <c r="B258" s="1" t="inlineStr">
+      <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Büyük Ölüler Meydanı</t>
         </is>
       </c>
-      <c r="C258" s="1">
+      <c r="C260" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>