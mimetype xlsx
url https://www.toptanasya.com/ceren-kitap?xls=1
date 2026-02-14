--- v0 (2025-12-15)
+++ v1 (2026-02-14)
@@ -85,130 +85,2200 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052082102</t>
+          <t>9786052082317</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzleri</t>
+          <t>Marksizmin Klasik Yapıtları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052082263</t>
+          <t>9786052082300</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat Bir Masaldır</t>
+          <t>Özgürlüğün Yara İzleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052082249</t>
+          <t>9786052082294</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Umutları</t>
+          <t>Kırmızı Suratlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052082256</t>
+          <t>9786052082348</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Hakikati</t>
+          <t>Birem</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057357366</t>
+          <t>9786052082324</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Dile Gelen Çığlığı</t>
+          <t>Sen Giderken</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
+          <t>9786052082331</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Deftere Surgınan</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786052082287</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Turna Kanatlı Yüreğim</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786052082270</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Çığlık</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786052082256</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyılın Hakikati</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259779577</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Maraş’ın Ağıdı</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259779560</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Arezude Hezveta Momudu</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259954868</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Şahizer</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259779539</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Öykü Kitabı</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259779522</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Şiirler 2</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259447780</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Zulamdaki Misafir</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259779515</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Ah Monet Ah</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259447797</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Suya Yazılan Sevda</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786259447766</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Rabia</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786259447742</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Çerok</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259447735</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Acılı Coğrafya</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259447728</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Özü Sözü Bir Olanlar</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786259447711</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Şino Maroşe - Maraş'ın Çığlığı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259447704</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Kapan</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259954844</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Em Jinen Serbilindin</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259954820</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sevdam Kaldı Memlekette</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259954813</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Rengin Göçmen Kadın Öyküleri</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259954806</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kasaba</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057276681</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Gecenin Ağzında</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057357304</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Umut Yürekte</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057276674</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Heybemde Mektup Var</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057276650</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Loristan</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057276629</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tutam Saç</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786057276643</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeye Rağmen</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057276636</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Bahara Koşuyor</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057276612</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bir Umut Var İçimde</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057276605</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Off-Road Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057357397</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Ölü Adam</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057357380</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Avaşin</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057357373</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kaçamak Yarınların Yorgun Yolcusu</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057357366</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Dile Gelen Çığlığı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057357342</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Lolo’nun Kurbağaları</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786057357328</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Gidenler Dönmediler</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057357311</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Bağı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057440297</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Sırtımdaki Hayat</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056967696</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Hep Kıştayım</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057440280</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Ahh Dersima</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057440259</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Yara İzi</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057440273</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Anafor- Kendime Yolculuk</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786058252592</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Aşklarımız</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786050600827</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Reçete</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786052082140</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Saklı Duygular</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058107793</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Naciye’yi Vurdular</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
           <t>9786058107786</t>
         </is>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Orman'a Giden Yol</t>
         </is>
       </c>
-      <c r="C7" s="1">
-        <v>200</v>
+      <c r="C54" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786056967641</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kıl Çadırdan Konağa Göçebelikten Ağalığa</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786059038454</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Nehir İzi</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058107724</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Buydu Sevgili</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786052082126</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zaman Fiilleri</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786052082119</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Dilek Taşı ve Bozok</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058107731</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bülbülüm Altın Kafeste</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056698279</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Okunmamış Şiirler</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789752416314</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Orta Mezopotamya</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786052082096</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimdeki Bohçam</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786056698255</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Yüreğimizin Kapısıdır</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786052082065</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Bahar Dalı</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058354401</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Seni Yazmak</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786058252578</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Kadın: Yedi Dilde Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>3990000049029</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Renkti Gülüşün</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058107717</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Gönüle Ağıt Düşünce</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052082201</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Buzkıran</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057440211</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Aritmetiği ve Suyun Kabaran Tarihi</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057440204</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Her Gün Bir Hikaye</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786056615092</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumu Ört Üstüme</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786059038645</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Rakka Yolunda</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786058252509</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Gülüşünde Kaldım</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786052082089</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Nar Renginde Bir İklim</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786058252561</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Rüyamdaki Aşk Tanrıçası</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786058354456</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Komün Yürek</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786056615034</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sürgün Hikayesi - Yüreğimizin Acı Çığlığı</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786059038447</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Rüzgarları</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786052082218</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kül Olmuşum Sana</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786056615085</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Esrarı Engin Yollar</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786056615078</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kelepçe Gibi Bağlandık</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786058252554</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Kendine Mahkumdur</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786056698293</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Şaban Amca</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786056698231</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Kültür ve Edebiyatında Seçkiler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786056698262</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Evina Tajdin Delal E!</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786052082034</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Bir Şehir</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786056698224</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Kuşlar Mahzeni</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786052082072</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>On’lara Anlatıyorum</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786058252547</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Dehşeti</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786058252523</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Beybunlar Kanayacak</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786056698200</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Kelebekler Yola Düştü</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786056698248</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Şiirler</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786056698286</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Düş'tü</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786056698217</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Yankılar</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786056615030</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Babam İsmet Şeker</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786056615047</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Yare Benzettim</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786052082058</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Sen Okumuş Ben Cahil</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786052082003</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Sürekli Kırmızı İklim</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786052082027</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Rıza Şehri</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786052082010</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>İntihar Bavulu</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786056615016</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz ve Siyah</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786058252530</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Kendi İçine Düşen Deli</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786056615061</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeğe Ağıt</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056615023</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Film</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058354425</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Eskitilmiş Evlerim</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786058354487</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Ütüsüz Şiirler</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>3990000049028</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Kan Kehribarları</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786056615009</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gecelik Gelin Berceste</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058107700</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Ninova'nın Doğuşu</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786050638370</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Zozan'ı Sevmek - Gitme Diyemedim</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786050638349</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Her Aşk Başka Bir Ülkedir</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786058107755</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Yol Olur Hasret</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786050638394</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Gözyaşların</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058107779</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Memleketi</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058354449</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Gurbet</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056967672</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Yolları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786050638301</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Gün Işığına Takılan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058107762</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Gri Katırlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059038652</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Gitmek Gerekiyor</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789752416321</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Sana Geç Kaldım</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786050638387</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Ekoloji, Yaşam ve Riskler</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786050638318</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Leyla</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786052082188</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Çivi Yazıları ve Kazıbilim Işığında Sümerlerin Etnik Kökeni</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786050638332</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Korona Sürecinde Hapishane Gerçeği</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786050638325</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Birsultan</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786050600810</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Çerçi Beşir</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786050600803</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Kahramanlık Destanı</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786056967689</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Seni Beklerken</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786058107748</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Un</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786052082171</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Yukarı Mezopotamya’da Başlar</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786052082102</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786052082263</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Her Hayat Bir Masaldır</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786052082249</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Umutları</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786259447773</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kürecikli Bir Devrimcinin Anıları</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786259447759</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Gerçeğin Hakikati</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786259954875</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Dağın Gelini Jiyan</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057276667</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Nadyanın Çığlığı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057357359</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Düşen Bir Kara Leke: Maraş Katliamı</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057357335</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Destanı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786052082164</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Anti-Komünalin Kapitalizmin Sonu</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786058252585</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Yıkık Kentten Hikayeler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786057440228</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Almanya’da Bir Taksicinin Anıları</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786058003408</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Sektöründe İşçi ve Yönetici Portreleri</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>