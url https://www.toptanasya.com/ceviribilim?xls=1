--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -85,625 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059312523</t>
+          <t>9786059312110</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çevirikurgu</t>
+          <t>Liderlerin Sovyeti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059312516</t>
+          <t>9786059312035</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yapay Çeviri</t>
+          <t>Yevgeni Onegin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058499393</t>
+          <t>9786059312073</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çeviri ve Diplomasi</t>
+          <t>Rus Tiyatrosu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059312486</t>
+          <t>9786059312059</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pelikanları Beslemeyin Ellemeyin</t>
+          <t>Çevirmenin Yazar ve Kahraman Olarak Portresi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059312462</t>
+          <t>9786058499386</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Balabanlı Şair Ömer Hulusi Baylar: Şiirleri ve Ailesi</t>
+          <t>Sözden Temsile Çeviribilim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059312479</t>
+          <t>9786058499317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Feminist Çeviri Paradigması</t>
+          <t>Rus Mitolojisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059312455</t>
+          <t>9786059312523</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu, Sevgilim</t>
+          <t>Çevirikurgu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059312448</t>
+          <t>9786059312516</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Yapay Çeviri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059312387</t>
+          <t>9786058499393</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Antika Bekçisi</t>
+          <t>Çeviri ve Diplomasi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059312370</t>
+          <t>9786059312486</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gezegen</t>
+          <t>Pelikanları Beslemeyin Ellemeyin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059312349</t>
+          <t>9786059312462</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Anti-Masallar</t>
+          <t>Balabanlı Şair Ömer Hulusi Baylar: Şiirleri ve Ailesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059312226</t>
+          <t>9786059312479</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Feminist Çeviri Paradigması</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059312240</t>
+          <t>9786059312455</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Biz ve Yerüstünden Notlar</t>
+          <t>Dünyanın Sonu, Sevgilim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059312219</t>
+          <t>9786059312448</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri: Görme Engelliler İçin Sesli Betimleme</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059312202</t>
+          <t>9786059312387</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Rus Seyyahların Gözüyle Orta Asya</t>
+          <t>Antika Bekçisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059312134</t>
+          <t>9786059312370</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çevirmen Olunur</t>
+          <t>Kızıl Gezegen</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059312196</t>
+          <t>9786059312349</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Futbol Çevirmenliği</t>
+          <t>Büyükler İçin Anti-Masallar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059312177</t>
+          <t>9786059312226</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ateş Meleği</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059312097</t>
+          <t>9786059312240</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son</t>
+          <t>Biz ve Yerüstünden Notlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059312103</t>
+          <t>9786059312219</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Teffi -  Mizahın Kraliçesi</t>
+          <t>Görsel - İşitsel Çeviri: Görme Engelliler İçin Sesli Betimleme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059312066</t>
+          <t>9786059312202</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Fantastik Öyküler</t>
+          <t>Rus Seyyahların Gözüyle Orta Asya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059312080</t>
+          <t>9786059312134</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Altan Aykut'a Armağan</t>
+          <t>Nasıl Çevirmen Olunur</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059312042</t>
+          <t>9786059312196</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Rus Edebiyatında Türk İmgesi</t>
+          <t>Türkiye'de Futbol Çevirmenliği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059312028</t>
+          <t>9786059312177</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Trajik Başarı</t>
+          <t>Ateş Meleği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059312011</t>
+          <t>9786059312097</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Sessizlik</t>
+          <t>İlk ve Son</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059312004</t>
+          <t>9786059312103</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çevirinin Tarihi</t>
+          <t>Teffi -  Mizahın Kraliçesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058499348</t>
+          <t>9786059312066</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>O Esgi Günler - Orcinal Şivesiyle Seksenlerin Elazığ'ı</t>
+          <t>Aşk ve Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058499300</t>
+          <t>9786059312080</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Goloye Pole, Gelibolu</t>
+          <t>Prof. Dr. Altan Aykut'a Armağan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058499362</t>
+          <t>9786059312042</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tercüme Hatası!?</t>
+          <t>19. Yüzyıl Rus Edebiyatında Türk İmgesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058499379</t>
+          <t>9786059312028</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mizahın Şifresi</t>
+          <t>Trajik Başarı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058499355</t>
+          <t>9786059312011</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tankçı</t>
+          <t>Yüzyıllık Sessizlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058499331</t>
+          <t>9786059312004</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gezi Apartmanı</t>
+          <t>Çevirinin Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058499324</t>
+          <t>9786058499348</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rusya'da Eylemin Sanatla Buluşması: Edebiyatta ve Sinemada Devrim</t>
+          <t>O Esgi Günler - Orcinal Şivesiyle Seksenlerin Elazığ'ı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056431692</t>
+          <t>9786058499300</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Kareler</t>
+          <t>Goloye Pole, Gelibolu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056431647</t>
+          <t>9786058499362</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muri'nin Yolu</t>
+          <t>Tercüme Hatası!?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056431630</t>
+          <t>9786058499379</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fırat'ta On Yıl Harput Hatıraları</t>
+          <t>Mizahın Şifresi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056431609</t>
+          <t>9786058499355</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Arşivleri</t>
+          <t>Tankçı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056431616</t>
+          <t>9786058499331</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tolkien'in Ağacı</t>
+          <t>Gezi Apartmanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>9786058499324</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Rusya'da Eylemin Sanatla Buluşması: Edebiyatta ve Sinemada Devrim</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786056431692</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamdan Kareler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786056431647</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Muri'nin Yolu</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786056431630</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Fırat'ta On Yıl Harput Hatıraları</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786056431609</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>İslam Arşivleri</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786056431616</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Tolkien'in Ağacı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9786056531623</t>
         </is>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Çin Kitabı</t>
         </is>
       </c>
-      <c r="C40" s="1">
+      <c r="C46" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>