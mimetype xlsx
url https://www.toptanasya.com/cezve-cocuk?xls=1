--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,3475 +85,3595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259709970</t>
+          <t>9786259560380</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tozlar - Gülümsemenin ve Nezaketin Mucizesi</t>
+          <t>Göbek Ailesi - Truva Robotuna Karşı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259709956</t>
+          <t>9786255778062</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bir Yer</t>
+          <t>Çocuklar İçin Adabımuaşeret</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444443610</t>
+          <t>9786255778024</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Merve'nin Büyük Soruları 3 Kitap Set</t>
+          <t>Virüse Karşı Son Direniş: Matematik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>501</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443609</t>
+          <t>9786255778031</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar Serisi 3 Kitap Set</t>
+          <t>Bütün Cevapların Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4444444443607</t>
+          <t>9786255778055</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zorbalık Temalı 8 Kitap Set</t>
+          <t>Bir Cam Hikayesi – Geri Dönüşüm Macerası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4444444443606</t>
+          <t>9786259709963</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken 5 Kitap Set - Çocuklar İçin Psikoloji Serisi</t>
+          <t>Hücreler Arası Macera</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>770</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052297148</t>
+          <t>9786255778000</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Minik Sayılar</t>
+          <t>Sayıların Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058217638</t>
+          <t>9786255778017</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
+          <t>Bir Kitap Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>64</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058217621</t>
+          <t>9786259709970</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
+          <t>Neşeli Tozlar - Gülümsemenin ve Nezaketin Mucizesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>71</v>
+        <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259709987</t>
+          <t>9786259709956</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bahçeden Sepete</t>
+          <t>Yarım Bir Yer</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259709932</t>
+          <t>4444444443610</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Fatih Selahaddin Eyyubi</t>
+          <t>Küçük Merve'nin Büyük Soruları 3 Kitap Set</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>501</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259560311</t>
+          <t>4444444443609</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlham Çobanı</t>
+          <t>Yeşil Kafalar Serisi 3 Kitap Set</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>215</v>
+        <v>575</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259709994</t>
+          <t>4444444443607</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Otağ – En Eski Yuvamız</t>
+          <t>Zorbalık Temalı 8 Kitap Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259709949</t>
+          <t>4444444443606</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Türk Tarihi</t>
+          <t>Ben De Küçükken 5 Kitap Set - Çocuklar İçin Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>770</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259709925</t>
+          <t>9786052297148</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik Bulmaca</t>
+          <t>Minik Sayılar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259709918</t>
+          <t>9786058217638</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çöl Hayvanları</t>
+          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259560397</t>
+          <t>9786058217621</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaven-1 Gölge ve Sırlar</t>
+          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444443725</t>
+          <t>9786259709987</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tarih Seti</t>
+          <t>Bahçeden Sepete</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1251</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259709901</t>
+          <t>9786259709932</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İyi Haberler Ajansı</t>
+          <t>Kutlu Fatih Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259560359</t>
+          <t>9786259560311</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Besigiller</t>
+          <t>İlham Çobanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>215</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259560366</t>
+          <t>9786259709994</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oyuncağın Tarihi</t>
+          <t>Otağ – En Eski Yuvamız</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259560328</t>
+          <t>9786259709949</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kara Kanat</t>
+          <t>Çocuklar İçin Türk Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259560335</t>
+          <t>9786259709925</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Keçi 2 – Çocuklar İçin Arkadaşlık Kuralları</t>
+          <t>Tam Benlik Bulmaca</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259560342</t>
+          <t>9786259709918</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ah Nerede Vah Nerede – Neşe Aranıyor</t>
+          <t>Çöl Hayvanları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256901667</t>
+          <t>9786259560397</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuzdaki Değirmen</t>
+          <t>Kaven-1 Gölge ve Sırlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258480832</t>
+          <t>4444444443725</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Üç Beyi</t>
+          <t>Çocuklar İçin Tarih Seti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>205</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256901964</t>
+          <t>9786259709901</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İlhamını Doğadan Alan İcatlar</t>
+          <t>İyi Haberler Ajansı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256901940</t>
+          <t>9786259560359</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe Kimseyi İncitmez</t>
+          <t>Besigiller</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256901926</t>
+          <t>9786259560366</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Oki ve Donmuş Duyguların Keşfi</t>
+          <t>Oyuncağın Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256901957</t>
+          <t>9786259560328</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki O Ses</t>
+          <t>Kara Kanat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256901933</t>
+          <t>9786259560335</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Bırakamazdım</t>
+          <t>Küçük Kara Keçi 2 – Çocuklar İçin Arkadaşlık Kuralları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256901872</t>
+          <t>9786259560342</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Suçu Yok</t>
+          <t>Ah Nerede Vah Nerede – Neşe Aranıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256901902</t>
+          <t>9786256901667</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Etimoloji Kartları – Günlük Hayatta Kullandığımız Kelimelerin Hikayeleri</t>
+          <t>Vücudumuzdaki Değirmen</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256901797</t>
+          <t>9786258480832</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Peşinde – Zamane Kedisi Fıldır</t>
+          <t>Türkçenin Üç Beyi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256901827</t>
+          <t>9786256901964</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Hayvanlar?</t>
+          <t>İlhamını Doğadan Alan İcatlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256901834</t>
+          <t>9786256901940</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yaşam Döngüsü</t>
+          <t>Biraz Felsefe Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256901803</t>
+          <t>9786256901926</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Masal Dede</t>
+          <t>Oki ve Donmuş Duyguların Keşfi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256901742</t>
+          <t>9786256901957</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Yazar Çıkabilir</t>
+          <t>İçimdeki O Ses</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256901841</t>
+          <t>9786256901933</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Domateslerin Şaşırma Konçertosu – Organik Masallar</t>
+          <t>Ben de Küçükken Bırakamazdım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256901780</t>
+          <t>9786256901872</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Bencildim</t>
+          <t>Ağaçların Suçu Yok</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256901810</t>
+          <t>9786256901902</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Misal Ülkesi Masalları</t>
+          <t>Etimoloji Kartları – Günlük Hayatta Kullandığımız Kelimelerin Hikayeleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>313.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256901766</t>
+          <t>9786256901797</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Demir Şehirdeki Sır - Kayıp Ejderhalar Tarihi 2</t>
+          <t>Hırsız Peşinde – Zamane Kedisi Fıldır</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256901735</t>
+          <t>9786256901827</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kitap Tahlil Kartları</t>
+          <t>Nerede O Eski Hayvanlar?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256901773</t>
+          <t>9786256901834</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Keçi – Çocuklar İçin Nezaket Kuralları</t>
+          <t>Ormanın Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256901728</t>
+          <t>9786256901803</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muçi</t>
+          <t>Masal Dede</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256901704</t>
+          <t>9786256901742</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Esrarengiz Kapıları</t>
+          <t>Dikkat Yazar Çıkabilir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256901711</t>
+          <t>9786256901841</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Apartman Dairesi</t>
+          <t>Domateslerin Şaşırma Konçertosu – Organik Masallar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256901674</t>
+          <t>9786256901780</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tako Gezegeni</t>
+          <t>Ben de Küçükken Bencildim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256901698</t>
+          <t>9786256901810</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kıvrak Renkleri</t>
+          <t>Misal Ülkesi Masalları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256901636</t>
+          <t>9786256901766</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Baldağı Vadisi - Kayıp Ejderhalar Tarihi 1</t>
+          <t>Demir Şehirdeki Sır - Kayıp Ejderhalar Tarihi 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256901643</t>
+          <t>9786256901735</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken İncinirdim</t>
+          <t>Kitap Tahlil Kartları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256901551</t>
+          <t>9786256901773</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tarozlar</t>
+          <t>Küçük Kara Keçi – Çocuklar İçin Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256901452</t>
+          <t>9786256901728</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tam Senlik Bulmaca</t>
+          <t>Muçi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256901513</t>
+          <t>9786256901704</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Gezginleri - Arkadaşlarımızı Arıyoruz</t>
+          <t>Zamanın Esrarengiz Kapıları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256901506</t>
+          <t>9786256901711</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalpler Ülkesi</t>
+          <t>Sıradan Bir Apartman Dairesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256901469</t>
+          <t>9786256901674</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir İlham Kuşu – İlhamını Doğadan Alan İcatlar</t>
+          <t>Tako Gezegeni</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256901483</t>
+          <t>9786256901698</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Keço</t>
+          <t>Doğanın Kıvrak Renkleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256901490</t>
+          <t>9786256901636</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Babaannemden Geriye</t>
+          <t>Baldağı Vadisi - Kayıp Ejderhalar Tarihi 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256901377</t>
+          <t>9786256901643</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kadar Ev – Cezve Ansiklopedi</t>
+          <t>Ben De Küçükken İncinirdim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256901407</t>
+          <t>9786256901551</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabuğu Koleksiyonu</t>
+          <t>Tarozlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256901414</t>
+          <t>9786256901452</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken Kıskanırdım</t>
+          <t>Tam Senlik Bulmaca</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256901308</t>
+          <t>9786256901513</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Avcısı</t>
+          <t>Ormanın Gezginleri - Arkadaşlarımızı Arıyoruz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256901315</t>
+          <t>9786256901506</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dinogiller</t>
+          <t>Yalnız Kalpler Ülkesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256901360</t>
+          <t>9786256901469</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yarışmasak Olmaz mı?</t>
+          <t>Bir İlham Kuşu – İlhamını Doğadan Alan İcatlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256901339</t>
+          <t>9786256901483</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Galaksi Emlak</t>
+          <t>Keço</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256901018</t>
+          <t>9786256901490</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanenin Sırrı</t>
+          <t>Babaannemden Geriye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256901278</t>
+          <t>9786256901377</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber’im Sağlıklı Yaşamayı Çok Severdi</t>
+          <t>Dünya Kadar Ev – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256901025</t>
+          <t>9786256901407</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Elinden Her İş Gelir Mehmet</t>
+          <t>Deniz Kabuğu Koleksiyonu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256901254</t>
+          <t>9786256901414</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Korkardım</t>
+          <t>Ben De Küçükken Kıskanırdım</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256901001</t>
+          <t>9786256901308</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Neler Oluyor Vücutta? – Cezve Ansiklopedi</t>
+          <t>Rüzgar Avcısı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258480771</t>
+          <t>9786256901315</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mikrobistan’a Yolculuk – Cezve Ansiklopedi</t>
+          <t>Dinogiller</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258480849</t>
+          <t>9786256901360</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Zaman</t>
+          <t>Yarışmasak Olmaz mı?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258480986</t>
+          <t>9786256901339</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Uzay Bir Soru Kadar Yakın</t>
+          <t>Galaksi Emlak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258480658</t>
+          <t>9786256901018</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fasulye</t>
+          <t>Kütüphanenin Sırrı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258480818</t>
+          <t>9786256901278</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Simeranya</t>
+          <t>Benim Peygamber’im Sağlıklı Yaşamayı Çok Severdi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258480795</t>
+          <t>9786256901025</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Öğrenemeyen Çocuk</t>
+          <t>Elinden Her İş Gelir Mehmet</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258480801</t>
+          <t>9786256901254</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kedikodu</t>
+          <t>Ben de Küçükken Korkardım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258480764</t>
+          <t>9786256901001</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Korku Koleksiyoncusu</t>
+          <t>Neler Oluyor Vücutta? – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258480511</t>
+          <t>9786258480771</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Masal Sandığımız Gargi</t>
+          <t>Mikrobistan’a Yolculuk – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258480597</t>
+          <t>9786258480849</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hava Nasıl Oralarda ? – Cezve Ansiklopedi</t>
+          <t>Arkadaşım Zaman</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258480634</t>
+          <t>9786258480986</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ayaz ve Sır Sincap</t>
+          <t>Uzay Bir Soru Kadar Yakın</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258480672</t>
+          <t>9786258480658</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Sınır</t>
+          <t>Fasulye</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258480603</t>
+          <t>9786258480818</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Obur Dünya – Gerçeği Gıdıklayan Masallar</t>
+          <t>Simeranya</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258480399</t>
+          <t>9786258480795</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Tepedeki Dükkan</t>
+          <t>Okumayı Öğrenemeyen Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057090751</t>
+          <t>9786258480801</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uncu Teyze'nin Değirmeni</t>
+          <t>Kedikodu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258480283</t>
+          <t>9786258480764</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aheste - İyi Dünya Fablları</t>
+          <t>Korku Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258480504</t>
+          <t>9786258480511</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Saatler Durduğunda Filozoflar Ne Yapar ?</t>
+          <t>Masal Sandığımız Gargi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057090768</t>
+          <t>9786258480597</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Horlama Orkestrası</t>
+          <t>Hava Nasıl Oralarda ? – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258480528</t>
+          <t>9786258480634</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Koku, Sandık ve Cüce Gringutlar - Sakura’nın Gizemi 2</t>
+          <t>Ayaz ve Sır Sincap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258480573</t>
+          <t>9786258480672</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber’im Çocukları Çok Severdi</t>
+          <t>Gökyüzündeki Sınır</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258480559</t>
+          <t>9786258480603</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sen Yokken Neler Neler Oldu? (Ciltli)</t>
+          <t>Obur Dünya – Gerçeği Gıdıklayan Masallar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>690</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258480450</t>
+          <t>9786258480399</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kim Var Güneşin Etrafında?</t>
+          <t>Rüzgarlı Tepedeki Dükkan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258480542</t>
+          <t>9786057090751</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuş Jokeyleri - Gerçeği Gıdıklayan Masallar</t>
+          <t>Uncu Teyze'nin Değirmeni</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258480535</t>
+          <t>9786258480283</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mavi Kanca - Saklı Dünya Hikayeleri</t>
+          <t>Aheste - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258480436</t>
+          <t>9786258480504</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Ata</t>
+          <t>Saatler Durduğunda Filozoflar Ne Yapar ?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258480368</t>
+          <t>9786057090768</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçülen Kıyafetler Ülkesi</t>
+          <t>Horlama Orkestrası</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057090744</t>
+          <t>9786258480528</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Puf Diye Yıkıldı!</t>
+          <t>Koku, Sandık ve Cüce Gringutlar - Sakura’nın Gizemi 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258480375</t>
+          <t>9786258480573</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kimin İçin Yağıyor</t>
+          <t>Benim Peygamber’im Çocukları Çok Severdi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258480351</t>
+          <t>9786258480559</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Kitabı</t>
+          <t>Sen Yokken Neler Neler Oldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>175</v>
+        <v>690</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057090775</t>
+          <t>9786258480450</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Yuvanda Uyu</t>
+          <t>Kim Var Güneşin Etrafında?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258480382</t>
+          <t>9786258480542</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Merdane Teyze ve Kelime Hamurları</t>
+          <t>Kuş Jokeyleri - Gerçeği Gıdıklayan Masallar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258480337</t>
+          <t>9786258480535</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber'im Hayvanları Çok Severdi</t>
+          <t>Kaptan Mavi Kanca - Saklı Dünya Hikayeleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258480320</t>
+          <t>9786258480436</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İçimden Cevher Çıktı!</t>
+          <t>Ayaz Ata</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258480252</t>
+          <t>9786258480368</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Çoraplı Kız</t>
+          <t>Küçülen Kıyafetler Ülkesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258480290</t>
+          <t>9786057090744</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uğurlu Böcek - İyi Dünya Fablları</t>
+          <t>Puf Diye Yıkıldı!</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258480269</t>
+          <t>9786258480375</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Taytay - İyi Dünya Fablları</t>
+          <t>Yağmur Kimin İçin Yağıyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258480306</t>
+          <t>9786258480351</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar - İyi Dünya Fablları</t>
+          <t>Dünyanın En Harika Kitabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258480276</t>
+          <t>9786057090775</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Fıstıncık - İyi Dünya Fablları</t>
+          <t>Bu Gece Yuvanda Uyu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258480245</t>
+          <t>9786258480382</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Koca Böceğin Küçük İsteği: Oynayalım mı?</t>
+          <t>Merdane Teyze ve Kelime Hamurları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258480207</t>
+          <t>9786258480337</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Tılsımı - Bir Hasankeyf Macerası</t>
+          <t>Benim Peygamber'im Hayvanları Çok Severdi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258480238</t>
+          <t>9786258480320</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Akademisi: Hayvanya</t>
+          <t>İçimden Cevher Çıktı!</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258480221</t>
+          <t>9786258480252</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Palanka - Dünyanın Son İnsanları- 2</t>
+          <t>Çizgili Çoraplı Kız</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258480122</t>
+          <t>9786258480290</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Uğurlu Böcek - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258480153</t>
+          <t>9786258480269</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Böcek Harikalar Diyarı</t>
+          <t>Taytay - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258480139</t>
+          <t>9786258480306</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Şarkısı</t>
+          <t>Göçmen Kuşlar - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258480146</t>
+          <t>9786258480276</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Kız</t>
+          <t>Fıstıncık - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258480184</t>
+          <t>9786258480245</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber'im Doğayı Çok Severdi</t>
+          <t>Koca Böceğin Küçük İsteği: Oynayalım mı?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258480191</t>
+          <t>9786258480207</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şarkısı</t>
+          <t>Akrebin Tılsımı - Bir Hasankeyf Macerası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258480160</t>
+          <t>9786258480238</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mahyamızı Nereye Asalım</t>
+          <t>Süper Kahraman Akademisi: Hayvanya</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258480177</t>
+          <t>9786258480221</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Preveze Deniz Savaşı</t>
+          <t>Palanka - Dünyanın Son İnsanları- 2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258480115</t>
+          <t>9786258480122</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Başlangıcı Var</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258480108</t>
+          <t>9786258480153</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dinozor Çıkabilir!</t>
+          <t>Böcek Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258480092</t>
+          <t>9786258480139</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sen Hangi Çiçeksin?</t>
+          <t>Zamanın Şarkısı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258480078</t>
+          <t>9786258480146</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Baskülün Tuhaf Maceraları</t>
+          <t>Jüpiter Kız</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057090782</t>
+          <t>9786258480184</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Gerçek – Hafta Sonu Krallığı</t>
+          <t>Benim Peygamber'im Doğayı Çok Severdi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057090720</t>
+          <t>9786258480191</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren İcatlar</t>
+          <t>Hayatın Şarkısı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057090713</t>
+          <t>9786258480160</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Ayakkabı</t>
+          <t>Mahyamızı Nereye Asalım</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057090737</t>
+          <t>9786258480177</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Gördüm Sanki</t>
+          <t>Preveze Deniz Savaşı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057053893</t>
+          <t>9786258480115</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Ardı – Dünyanın Son İnsanları</t>
+          <t>Her Şeyin Bir Başlangıcı Var</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057053886</t>
+          <t>9786258480108</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Namaz Peşinde</t>
+          <t>Dikkat Dinozor Çıkabilir!</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057053879</t>
+          <t>9786258480092</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Matematik Nasıl Sevilmez? - Matematiğin Kaç Canı Var? 3</t>
+          <t>Sen Hangi Çiçeksin?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057053862</t>
+          <t>9786258480078</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Siber Yalan</t>
+          <t>Gizemli Baskülün Tuhaf Maceraları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057053831</t>
+          <t>9786057090782</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek Avcısı Bıdık Canavar / Canavar Kardeşler 6</t>
+          <t>Görevimiz Gerçek – Hafta Sonu Krallığı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057053855</t>
+          <t>9786057090720</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yazar Per</t>
+          <t>Dünyayı Değiştiren İcatlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057053848</t>
+          <t>9786057090713</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pumza’nın Hortumu</t>
+          <t>Dünyayı Gezen Ayakkabı</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057053824</t>
+          <t>9786057090737</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Yumurta - Hafta Sonu Krallığı</t>
+          <t>Bir Kedi Gördüm Sanki</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052297780</t>
+          <t>9786057053893</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran Timşa</t>
+          <t>Duvarın Ardı – Dünyanın Son İnsanları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052297827</t>
+          <t>9786057053886</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Masal Mutfağı</t>
+          <t>Keloğlan Namaz Peşinde</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057053817</t>
+          <t>9786057053879</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Normal Ali ve Boş İşler Çetesi</t>
+          <t>Matematik Nasıl Sevilmez? - Matematiğin Kaç Canı Var? 3</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057053800</t>
+          <t>9786057053862</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gezegene Yolculuk - Sakura'nın Gizemi 1</t>
+          <t>Siber Yalan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057463326</t>
+          <t>9786057053831</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Reçel Kavanozu</t>
+          <t>Yiyecek Avcısı Bıdık Canavar / Canavar Kardeşler 6</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057463340</t>
+          <t>9786057053855</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Huzurlu Bir Uykuya Dalıyor</t>
+          <t>Gizemli Yazar Per</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057463333</t>
+          <t>9786057053848</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kiraz, Afitap ve Görünmez Kitap</t>
+          <t>Pumza’nın Hortumu</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057463357</t>
+          <t>9786057053824</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zamane Kedisi Fıldır - Kedi Değil, Ev Kedisi</t>
+          <t>Görevimiz Yumurta - Hafta Sonu Krallığı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057463364</t>
+          <t>9786052297780</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Ansiklopedisi</t>
+          <t>Dalgakıran Timşa</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057463319</t>
+          <t>9786052297827</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kadim Çeşmenin Öyküsü</t>
+          <t>Masal Mutfağı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052297995</t>
+          <t>9786057053817</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Melodisi</t>
+          <t>Normal Ali ve Boş İşler Çetesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057463302</t>
+          <t>9786057053800</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Süpernova Gördüm Sanki</t>
+          <t>Büyülü Gezegene Yolculuk - Sakura'nın Gizemi 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052297988</t>
+          <t>9786057463326</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Orhan Yazıtları</t>
+          <t>Reçel Kavanozu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052297964</t>
+          <t>9786057463340</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Yapılacaklar</t>
+          <t>Yusuf Huzurlu Bir Uykuya Dalıyor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052297971</t>
+          <t>9786057463333</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hangi Hayvan? - Rabbimi Tanıyorum 3</t>
+          <t>Kiraz, Afitap ve Görünmez Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052297940</t>
+          <t>9786057463357</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlayınca Ne Olacak?</t>
+          <t>Zamane Kedisi Fıldır - Kedi Değil, Ev Kedisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052297957</t>
+          <t>9786057463364</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Baykuşu Morpi</t>
+          <t>Tatlı Rüyalar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052297902</t>
+          <t>9786057463319</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bize Benzer mi ? - Küçük Merve’nin Büyük Soruları 2</t>
+          <t>Kadim Çeşmenin Öyküsü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052297919</t>
+          <t>9786052297995</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Tuvalet Eğitimi Alıyor - Yusuf’un Maceraları - Pedagojik Eğitim Hikayeleri Seti 1</t>
+          <t>Kanatların Melodisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052297889</t>
+          <t>9786057463302</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kuş Çocuk</t>
+          <t>Bir Süpernova Gördüm Sanki</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052297896</t>
+          <t>9786052297988</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayalyiyen Ülkesi</t>
+          <t>Orhan Yazıtları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052297841</t>
+          <t>9786052297964</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çöp Yığını Canavarı</t>
+          <t>Uyumadan Önce Yapılacaklar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052297865</t>
+          <t>9786052297971</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sanata Bak!</t>
+          <t>Bil Bakalım Hangi Hayvan? - Rabbimi Tanıyorum 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052297834</t>
+          <t>9786052297940</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şuşu Kırmızıtoka</t>
+          <t>Yuvarlayınca Ne Olacak?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052297797</t>
+          <t>9786052297957</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Neden Göremiyorum? - Küçük Merve'nin Büyük Soruları 1</t>
+          <t>Gündüz Baykuşu Morpi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052297759</t>
+          <t>9786052297902</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canavarları</t>
+          <t>Bize Benzer mi ? - Küçük Merve’nin Büyük Soruları 2</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052297773</t>
+          <t>9786052297919</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Minik Dev Tohum</t>
+          <t>Yusuf Tuvalet Eğitimi Alıyor - Yusuf’un Maceraları - Pedagojik Eğitim Hikayeleri Seti 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052297766</t>
+          <t>9786052297889</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Başımın İçinde Yerin Var</t>
+          <t>Kuş Çocuk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052297742</t>
+          <t>9786052297896</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık Gezegeni</t>
+          <t>Hayalyiyen Ülkesi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052297711</t>
+          <t>9786052297841</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ile Dünya Seyahati - Şehir Günlükleri 2</t>
+          <t>Çöp Yığını Canavarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052297704</t>
+          <t>9786052297865</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol - Aslanlar Miyav Demez!</t>
+          <t>Sanata Bak!</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052297681</t>
+          <t>9786052297834</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Masalveren Ağacı</t>
+          <t>Şuşu Kırmızıtoka</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052297407</t>
+          <t>9786052297797</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Puhu Kuşu Kasabası - Cesur Kaşif Vera</t>
+          <t>Allah’ı Neden Göremiyorum? - Küçük Merve'nin Büyük Soruları 1</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052297674</t>
+          <t>9786052297759</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Şehrinin Gizemi - Kuşlar Meclisi</t>
+          <t>Deniz Canavarları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052297629</t>
+          <t>9786052297773</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bantlasam Yapışmaz mı? - Canavar Kardeşler 5</t>
+          <t>Minik Dev Tohum</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052297636</t>
+          <t>9786052297766</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kemirgenleri</t>
+          <t>Başımın İçinde Yerin Var</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052297582</t>
+          <t>9786052297742</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dört Sonsuz Evren - Siber Yaz Tatili</t>
+          <t>Sarmaşık Gezegeni</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052297599</t>
+          <t>9786052297711</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 3 - Kiraza Asılan Ayna</t>
+          <t>Balkabağı ile Dünya Seyahati - Şehir Günlükleri 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052297575</t>
+          <t>9786052297704</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dört Yapraklı Yonca</t>
+          <t>Fare Fasol - Aslanlar Miyav Demez!</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052297568</t>
+          <t>9786052297681</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Olurdu? - Rabbimi Tanıyorum 2</t>
+          <t>Masalveren Ağacı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052297391</t>
+          <t>9786052297407</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İki Kocaman Güneş - Kar Kristali</t>
+          <t>Puhu Kuşu Kasabası - Cesur Kaşif Vera</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052297506</t>
+          <t>9786052297674</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek - İyi Dünya Fablları</t>
+          <t>Yer Altı Şehrinin Gizemi - Kuşlar Meclisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052297490</t>
+          <t>9786052297629</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yunus - İyi Dünya Fablları</t>
+          <t>Bantlasam Yapışmaz mı? - Canavar Kardeşler 5</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052297513</t>
+          <t>9786052297636</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kara Pati - İyi Dünya Fablları</t>
+          <t>Matematik Kemirgenleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052297520</t>
+          <t>9786052297582</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Filinta - İyi Dünya Fablları</t>
+          <t>Dört Sonsuz Evren - Siber Yaz Tatili</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052297537</t>
+          <t>9786052297599</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Balsarı - İyi Dünya Fablları</t>
+          <t>Buz Çetesi 3 - Kiraza Asılan Ayna</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052297469</t>
+          <t>9786052297575</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kerem Esma’yı Anlatıyor</t>
+          <t>Dört Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052297452</t>
+          <t>9786052297568</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Üşümek İstiyor</t>
+          <t>Nasıl Olurdu? - Rabbimi Tanıyorum 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052297476</t>
+          <t>9786052297391</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kuşları Orkestrası</t>
+          <t>İki Kocaman Güneş - Kar Kristali</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052297483</t>
+          <t>9786052297506</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Kudüs Masalı</t>
+          <t>Mavi Kelebek - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052297445</t>
+          <t>9786052297490</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol - Fare Acayiplikler Diyarı</t>
+          <t>Yunus - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052297438</t>
+          <t>9786052297513</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cevher’in Zaman Yolculuğu</t>
+          <t>Kara Pati - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052297421</t>
+          <t>9786052297520</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İsimsizler</t>
+          <t>Filinta - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052297414</t>
+          <t>9786052297537</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ruli’nin Kalbindeki Eksik Nota</t>
+          <t>Balsarı - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052297384</t>
+          <t>9786052297469</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Ne Var? - Vili ile Vigi</t>
+          <t>Kerem Esma’yı Anlatıyor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052297360</t>
+          <t>9786052297452</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Orman Şarkısı - Cesur Kaşif Vera</t>
+          <t>Kardan Adam Üşümek İstiyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052297377</t>
+          <t>9786052297476</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kalemler - Duygularımı Fark Ediyorum 5</t>
+          <t>Öfke Kuşları Orkestrası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052297315</t>
+          <t>9786052297483</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gölge Şehri - Atika'nın Maceraları</t>
+          <t>Bir Kudüs Masalı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052297339</t>
+          <t>9786052297445</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya</t>
+          <t>Fare Fasol - Fare Acayiplikler Diyarı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052297322</t>
+          <t>9786052297438</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hangi Meyve  - Rabbimi Tanıyorum 1</t>
+          <t>Cevher’in Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052297278</t>
+          <t>9786052297421</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Avcıları - Şehir Günlükleri 1</t>
+          <t>İsimsizler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052297308</t>
+          <t>9786052297414</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Macera Ekspresi - Yeşil Kafalar 3</t>
+          <t>Ruli’nin Kalbindeki Eksik Nota</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052297292</t>
+          <t>9786052297384</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Seven Çocuk</t>
+          <t>Dışarıda Ne Var? - Vili ile Vigi</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052297285</t>
+          <t>9786052297360</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pışpış Meraklıbakış</t>
+          <t>Kayıp Orman Şarkısı - Cesur Kaşif Vera</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052297254</t>
+          <t>9786052297377</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Maymunluk Bu Değil</t>
+          <t>Paylaşılamayan Kalemler - Duygularımı Fark Ediyorum 5</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052297261</t>
+          <t>9786052297315</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezmek İsteyen Çorap</t>
+          <t>Gölge Şehri - Atika'nın Maceraları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052297247</t>
+          <t>9786052297339</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kar Kristali</t>
+          <t>Başka Bir Dünya</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052297230</t>
+          <t>9786052297322</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Minikler Okula Gider mi? - Canavar Kardeşler 4</t>
+          <t>Bil Bakalım Hangi Meyve  - Rabbimi Tanıyorum 1</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052297155</t>
+          <t>9786052297278</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol 1 – Kedibüken</t>
+          <t>Salyangoz Avcıları - Şehir Günlükleri 1</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052297162</t>
+          <t>9786052297308</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Susanpusan Şehri</t>
+          <t>Macera Ekspresi - Yeşil Kafalar 3</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052297179</t>
+          <t>9786052297292</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar 2 - Duvarları Gıdıklanan Okul</t>
+          <t>Gökyüzünü Seven Çocuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052297186</t>
+          <t>9786052297285</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kaç Canı Var?</t>
+          <t>Pışpış Meraklıbakış</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052297131</t>
+          <t>9786052297254</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Oruç Peşinde</t>
+          <t>Gerçek Maymunluk Bu Değil</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052297070</t>
+          <t>9786052297261</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Canlanıyor</t>
+          <t>Dünyayı Gezmek İsteyen Çorap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052297100</t>
+          <t>9786052297247</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Vili ile Vigi</t>
+          <t>Kar Kristali</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052297087</t>
+          <t>9786052297230</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>O Benim Trenim!</t>
+          <t>Minikler Okula Gider mi? - Canavar Kardeşler 4</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052297094</t>
+          <t>9786052297155</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Alaca Efsanesi</t>
+          <t>Fare Fasol 1 – Kedibüken</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052297063</t>
+          <t>9786052297162</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Masallar</t>
+          <t>Susanpusan Şehri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786058217690</t>
+          <t>9786052297179</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Macera Geliyorum Demez</t>
+          <t>Yeşil Kafalar 2 - Duvarları Gıdıklanan Okul</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058217676</t>
+          <t>9786052297186</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Sebzeler Müzikten Anlar Mı?</t>
+          <t>Matematiğin Kaç Canı Var?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058217614</t>
+          <t>9786052297131</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 2 - Veee… Kapı Açılıyor!</t>
+          <t>Keloğlan Oruç Peşinde</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786058217683</t>
+          <t>9786052297070</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar 1 - Ormanı Yemek Yasak</t>
+          <t>Meyveler Canlanıyor</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052297001</t>
+          <t>9786052297100</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Objeart - Eşyanın Sanatı</t>
+          <t>Vili ile Vigi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786058217652</t>
+          <t>9786052297087</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Hayal</t>
+          <t>O Benim Trenim!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786058243231</t>
+          <t>9786052297094</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dağılan Misketler - Duygularımı Fark Ediyorum 2</t>
+          <t>Alaca Efsanesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058243200</t>
+          <t>9786052297063</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ev - Duygularımı Fark Ediyorum 1</t>
+          <t>Engelsiz Masallar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786058243255</t>
+          <t>9786058217690</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Canavar Kalbi - Canavar Kardeşler 2</t>
+          <t>Macera Geliyorum Demez</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786058243248</t>
+          <t>9786058217676</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Abi Oluyor - Canavar Kardeşler 1</t>
+          <t>Uzaylı Sebzeler Müzikten Anlar Mı?</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786058243262</t>
+          <t>9786058217614</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çilli</t>
+          <t>Buz Çetesi 2 - Veee… Kapı Açılıyor!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058243224</t>
+          <t>9786058217683</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çorap Kral</t>
+          <t>Yeşil Kafalar 1 - Ormanı Yemek Yasak</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786058243279</t>
+          <t>9786052297001</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 1 Tehlikeye Dur De!</t>
+          <t>Objeart - Eşyanın Sanatı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786058243286</t>
+          <t>9786058217652</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir İnşallah Masalı</t>
+          <t>Bir Avuç Hayal</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
+          <t>9786058243231</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Dağılan Misketler - Duygularımı Fark Ediyorum 2</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786058243200</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Ev - Duygularımı Fark Ediyorum 1</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786058243255</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Kalbi - Canavar Kardeşler 2</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786058243248</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Canavar Abi Oluyor - Canavar Kardeşler 1</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786058243262</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Çilli</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786058243224</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Çorap Kral</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786058243279</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Buz Çetesi 1 Tehlikeye Dur De!</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786058243286</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnşallah Masalı</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
           <t>9786058243217</t>
         </is>
       </c>
-      <c r="B230" s="1" t="inlineStr">
+      <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Paşa</t>
         </is>
       </c>
-      <c r="C230" s="1">
+      <c r="C238" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>