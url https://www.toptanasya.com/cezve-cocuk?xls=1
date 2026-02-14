--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3595 +85,3625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259560380</t>
+          <t>9786255778109</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Göbek Ailesi - Truva Robotuna Karşı</t>
+          <t>Dedeler Rahat Durmuyor – Bir Basketbol Macerası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255778062</t>
+          <t>9786255778086</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adabımuaşeret</t>
+          <t>Mekanik Mucizeler Dükkanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>215</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255778024</t>
+          <t>9786259560380</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Virüse Karşı Son Direniş: Matematik</t>
+          <t>Göbek Ailesi - Truva Robotuna Karşı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255778031</t>
+          <t>9786255778062</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bütün Cevapların Kitabı</t>
+          <t>Çocuklar İçin Adabımuaşeret</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255778055</t>
+          <t>9786255778024</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Cam Hikayesi – Geri Dönüşüm Macerası</t>
+          <t>Virüse Karşı Son Direniş: Matematik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259709963</t>
+          <t>9786255778031</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hücreler Arası Macera</t>
+          <t>Bütün Cevapların Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255778000</t>
+          <t>9786255778055</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Tarihi</t>
+          <t>Bir Cam Hikayesi – Geri Dönüşüm Macerası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255778017</t>
+          <t>9786259709963</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Nasıl Yazılır?</t>
+          <t>Hücreler Arası Macera</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259709970</t>
+          <t>9786255778000</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tozlar - Gülümsemenin ve Nezaketin Mucizesi</t>
+          <t>Sayıların Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259709956</t>
+          <t>9786255778017</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bir Yer</t>
+          <t>Bir Kitap Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443610</t>
+          <t>9786259709970</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Merve'nin Büyük Soruları 3 Kitap Set</t>
+          <t>Neşeli Tozlar - Gülümsemenin ve Nezaketin Mucizesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>501</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444443609</t>
+          <t>9786259709956</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar Serisi 3 Kitap Set</t>
+          <t>Yarım Bir Yer</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>575</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443607</t>
+          <t>4444444443610</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zorbalık Temalı 8 Kitap Set</t>
+          <t>Küçük Merve'nin Büyük Soruları 3 Kitap Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1600</v>
+        <v>501</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444443606</t>
+          <t>4444444443609</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken 5 Kitap Set - Çocuklar İçin Psikoloji Serisi</t>
+          <t>Yeşil Kafalar Serisi 3 Kitap Set</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>770</v>
+        <v>575</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052297148</t>
+          <t>4444444443607</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Minik Sayılar</t>
+          <t>Zorbalık Temalı 8 Kitap Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>115</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058217638</t>
+          <t>4444444443606</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
+          <t>Ben De Küçükken 5 Kitap Set - Çocuklar İçin Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>64</v>
+        <v>770</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058217621</t>
+          <t>9786052297148</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
+          <t>Minik Sayılar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>71</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259709987</t>
+          <t>9786058217638</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bahçeden Sepete</t>
+          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259709932</t>
+          <t>9786058217621</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Fatih Selahaddin Eyyubi</t>
+          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259560311</t>
+          <t>9786259709987</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İlham Çobanı</t>
+          <t>Bahçeden Sepete</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259709994</t>
+          <t>9786259709932</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Otağ – En Eski Yuvamız</t>
+          <t>Kutlu Fatih Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259709949</t>
+          <t>9786259560311</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Türk Tarihi</t>
+          <t>İlham Çobanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259709925</t>
+          <t>9786259709994</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik Bulmaca</t>
+          <t>Otağ – En Eski Yuvamız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259709918</t>
+          <t>9786259709949</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çöl Hayvanları</t>
+          <t>Çocuklar İçin Türk Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259560397</t>
+          <t>9786259709925</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kaven-1 Gölge ve Sırlar</t>
+          <t>Tam Benlik Bulmaca</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4444444443725</t>
+          <t>9786259709918</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tarih Seti</t>
+          <t>Çöl Hayvanları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1251</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259709901</t>
+          <t>9786259560397</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İyi Haberler Ajansı</t>
+          <t>Kaven-1 Gölge ve Sırlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259560359</t>
+          <t>4444444443725</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Besigiller</t>
+          <t>Çocuklar İçin Tarih Seti</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>80</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259560366</t>
+          <t>9786259709901</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Oyuncağın Tarihi</t>
+          <t>İyi Haberler Ajansı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259560328</t>
+          <t>9786259560359</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kara Kanat</t>
+          <t>Besigiller</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>255</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259560335</t>
+          <t>9786259560366</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Keçi 2 – Çocuklar İçin Arkadaşlık Kuralları</t>
+          <t>Oyuncağın Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259560342</t>
+          <t>9786259560328</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ah Nerede Vah Nerede – Neşe Aranıyor</t>
+          <t>Kara Kanat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256901667</t>
+          <t>9786259560335</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuzdaki Değirmen</t>
+          <t>Küçük Kara Keçi 2 – Çocuklar İçin Arkadaşlık Kuralları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258480832</t>
+          <t>9786259560342</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Üç Beyi</t>
+          <t>Ah Nerede Vah Nerede – Neşe Aranıyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256901964</t>
+          <t>9786256901667</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlhamını Doğadan Alan İcatlar</t>
+          <t>Vücudumuzdaki Değirmen</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256901940</t>
+          <t>9786258480832</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe Kimseyi İncitmez</t>
+          <t>Türkçenin Üç Beyi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256901926</t>
+          <t>9786256901964</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Oki ve Donmuş Duyguların Keşfi</t>
+          <t>İlhamını Doğadan Alan İcatlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256901957</t>
+          <t>9786256901940</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki O Ses</t>
+          <t>Biraz Felsefe Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256901933</t>
+          <t>9786256901926</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Bırakamazdım</t>
+          <t>Oki ve Donmuş Duyguların Keşfi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256901872</t>
+          <t>9786256901957</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Suçu Yok</t>
+          <t>İçimdeki O Ses</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256901902</t>
+          <t>9786256901933</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Etimoloji Kartları – Günlük Hayatta Kullandığımız Kelimelerin Hikayeleri</t>
+          <t>Ben de Küçükken Bırakamazdım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>313.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256901797</t>
+          <t>9786256901872</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Peşinde – Zamane Kedisi Fıldır</t>
+          <t>Ağaçların Suçu Yok</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256901827</t>
+          <t>9786256901902</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Hayvanlar?</t>
+          <t>Etimoloji Kartları – Günlük Hayatta Kullandığımız Kelimelerin Hikayeleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>313.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256901834</t>
+          <t>9786256901797</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yaşam Döngüsü</t>
+          <t>Hırsız Peşinde – Zamane Kedisi Fıldır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256901803</t>
+          <t>9786256901827</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Masal Dede</t>
+          <t>Nerede O Eski Hayvanlar?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256901742</t>
+          <t>9786256901834</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Yazar Çıkabilir</t>
+          <t>Ormanın Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256901841</t>
+          <t>9786256901803</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Domateslerin Şaşırma Konçertosu – Organik Masallar</t>
+          <t>Masal Dede</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256901780</t>
+          <t>9786256901742</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Bencildim</t>
+          <t>Dikkat Yazar Çıkabilir</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256901810</t>
+          <t>9786256901841</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Misal Ülkesi Masalları</t>
+          <t>Domateslerin Şaşırma Konçertosu – Organik Masallar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256901766</t>
+          <t>9786256901780</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Demir Şehirdeki Sır - Kayıp Ejderhalar Tarihi 2</t>
+          <t>Ben de Küçükken Bencildim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256901735</t>
+          <t>9786256901810</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kitap Tahlil Kartları</t>
+          <t>Misal Ülkesi Masalları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256901773</t>
+          <t>9786256901766</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Keçi – Çocuklar İçin Nezaket Kuralları</t>
+          <t>Demir Şehirdeki Sır - Kayıp Ejderhalar Tarihi 2</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256901728</t>
+          <t>9786256901735</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Muçi</t>
+          <t>Kitap Tahlil Kartları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256901704</t>
+          <t>9786256901773</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Esrarengiz Kapıları</t>
+          <t>Küçük Kara Keçi – Çocuklar İçin Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256901711</t>
+          <t>9786256901728</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Apartman Dairesi</t>
+          <t>Muçi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256901674</t>
+          <t>9786256901704</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tako Gezegeni</t>
+          <t>Zamanın Esrarengiz Kapıları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256901698</t>
+          <t>9786256901711</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kıvrak Renkleri</t>
+          <t>Sıradan Bir Apartman Dairesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256901636</t>
+          <t>9786256901674</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Baldağı Vadisi - Kayıp Ejderhalar Tarihi 1</t>
+          <t>Tako Gezegeni</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256901643</t>
+          <t>9786256901698</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken İncinirdim</t>
+          <t>Doğanın Kıvrak Renkleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256901551</t>
+          <t>9786256901636</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tarozlar</t>
+          <t>Baldağı Vadisi - Kayıp Ejderhalar Tarihi 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256901452</t>
+          <t>9786256901643</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tam Senlik Bulmaca</t>
+          <t>Ben De Küçükken İncinirdim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256901513</t>
+          <t>9786256901551</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Gezginleri - Arkadaşlarımızı Arıyoruz</t>
+          <t>Tarozlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256901506</t>
+          <t>9786256901452</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalpler Ülkesi</t>
+          <t>Tam Senlik Bulmaca</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256901469</t>
+          <t>9786256901513</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir İlham Kuşu – İlhamını Doğadan Alan İcatlar</t>
+          <t>Ormanın Gezginleri - Arkadaşlarımızı Arıyoruz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256901483</t>
+          <t>9786256901506</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Keço</t>
+          <t>Yalnız Kalpler Ülkesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256901490</t>
+          <t>9786256901469</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Babaannemden Geriye</t>
+          <t>Bir İlham Kuşu – İlhamını Doğadan Alan İcatlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256901377</t>
+          <t>9786256901483</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kadar Ev – Cezve Ansiklopedi</t>
+          <t>Keço</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256901407</t>
+          <t>9786256901490</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabuğu Koleksiyonu</t>
+          <t>Babaannemden Geriye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256901414</t>
+          <t>9786256901377</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ben De Küçükken Kıskanırdım</t>
+          <t>Dünya Kadar Ev – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256901308</t>
+          <t>9786256901407</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Avcısı</t>
+          <t>Deniz Kabuğu Koleksiyonu</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256901315</t>
+          <t>9786256901414</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dinogiller</t>
+          <t>Ben De Küçükken Kıskanırdım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256901360</t>
+          <t>9786256901308</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yarışmasak Olmaz mı?</t>
+          <t>Rüzgar Avcısı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256901339</t>
+          <t>9786256901315</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Galaksi Emlak</t>
+          <t>Dinogiller</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256901018</t>
+          <t>9786256901360</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanenin Sırrı</t>
+          <t>Yarışmasak Olmaz mı?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256901278</t>
+          <t>9786256901339</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber’im Sağlıklı Yaşamayı Çok Severdi</t>
+          <t>Galaksi Emlak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256901025</t>
+          <t>9786256901018</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Elinden Her İş Gelir Mehmet</t>
+          <t>Kütüphanenin Sırrı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256901254</t>
+          <t>9786256901278</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ben de Küçükken Korkardım</t>
+          <t>Benim Peygamber’im Sağlıklı Yaşamayı Çok Severdi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256901001</t>
+          <t>9786256901025</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Neler Oluyor Vücutta? – Cezve Ansiklopedi</t>
+          <t>Elinden Her İş Gelir Mehmet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258480771</t>
+          <t>9786256901254</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mikrobistan’a Yolculuk – Cezve Ansiklopedi</t>
+          <t>Ben de Küçükken Korkardım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258480849</t>
+          <t>9786256901001</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Zaman</t>
+          <t>Neler Oluyor Vücutta? – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258480986</t>
+          <t>9786258480771</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uzay Bir Soru Kadar Yakın</t>
+          <t>Mikrobistan’a Yolculuk – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258480658</t>
+          <t>9786258480849</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Fasulye</t>
+          <t>Arkadaşım Zaman</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258480818</t>
+          <t>9786258480986</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Simeranya</t>
+          <t>Uzay Bir Soru Kadar Yakın</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258480795</t>
+          <t>9786258480658</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Öğrenemeyen Çocuk</t>
+          <t>Fasulye</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258480801</t>
+          <t>9786258480818</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kedikodu</t>
+          <t>Simeranya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258480764</t>
+          <t>9786258480795</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Korku Koleksiyoncusu</t>
+          <t>Okumayı Öğrenemeyen Çocuk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258480511</t>
+          <t>9786258480801</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Masal Sandığımız Gargi</t>
+          <t>Kedikodu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>205</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258480597</t>
+          <t>9786258480764</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hava Nasıl Oralarda ? – Cezve Ansiklopedi</t>
+          <t>Korku Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258480634</t>
+          <t>9786258480511</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ayaz ve Sır Sincap</t>
+          <t>Masal Sandığımız Gargi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258480672</t>
+          <t>9786258480597</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Sınır</t>
+          <t>Hava Nasıl Oralarda ? – Cezve Ansiklopedi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258480603</t>
+          <t>9786258480634</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Obur Dünya – Gerçeği Gıdıklayan Masallar</t>
+          <t>Ayaz ve Sır Sincap</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258480399</t>
+          <t>9786258480672</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Tepedeki Dükkan</t>
+          <t>Gökyüzündeki Sınır</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057090751</t>
+          <t>9786258480603</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uncu Teyze'nin Değirmeni</t>
+          <t>Obur Dünya – Gerçeği Gıdıklayan Masallar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258480283</t>
+          <t>9786258480399</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aheste - İyi Dünya Fablları</t>
+          <t>Rüzgarlı Tepedeki Dükkan</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258480504</t>
+          <t>9786057090751</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Saatler Durduğunda Filozoflar Ne Yapar ?</t>
+          <t>Uncu Teyze'nin Değirmeni</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057090768</t>
+          <t>9786258480283</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Horlama Orkestrası</t>
+          <t>Aheste - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258480528</t>
+          <t>9786258480504</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Koku, Sandık ve Cüce Gringutlar - Sakura’nın Gizemi 2</t>
+          <t>Saatler Durduğunda Filozoflar Ne Yapar ?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258480573</t>
+          <t>9786057090768</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber’im Çocukları Çok Severdi</t>
+          <t>Horlama Orkestrası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258480559</t>
+          <t>9786258480528</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sen Yokken Neler Neler Oldu? (Ciltli)</t>
+          <t>Koku, Sandık ve Cüce Gringutlar - Sakura’nın Gizemi 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>690</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258480450</t>
+          <t>9786258480573</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kim Var Güneşin Etrafında?</t>
+          <t>Benim Peygamber’im Çocukları Çok Severdi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258480542</t>
+          <t>9786258480559</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kuş Jokeyleri - Gerçeği Gıdıklayan Masallar</t>
+          <t>Sen Yokken Neler Neler Oldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>175</v>
+        <v>690</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258480535</t>
+          <t>9786258480450</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mavi Kanca - Saklı Dünya Hikayeleri</t>
+          <t>Kim Var Güneşin Etrafında?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258480436</t>
+          <t>9786258480542</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Ata</t>
+          <t>Kuş Jokeyleri - Gerçeği Gıdıklayan Masallar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258480368</t>
+          <t>9786258480535</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçülen Kıyafetler Ülkesi</t>
+          <t>Kaptan Mavi Kanca - Saklı Dünya Hikayeleri</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057090744</t>
+          <t>9786258480436</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Puf Diye Yıkıldı!</t>
+          <t>Ayaz Ata</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258480375</t>
+          <t>9786258480368</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kimin İçin Yağıyor</t>
+          <t>Küçülen Kıyafetler Ülkesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258480351</t>
+          <t>9786057090744</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Kitabı</t>
+          <t>Puf Diye Yıkıldı!</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057090775</t>
+          <t>9786258480375</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bu Gece Yuvanda Uyu</t>
+          <t>Yağmur Kimin İçin Yağıyor</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258480382</t>
+          <t>9786258480351</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Merdane Teyze ve Kelime Hamurları</t>
+          <t>Dünyanın En Harika Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258480337</t>
+          <t>9786057090775</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber'im Hayvanları Çok Severdi</t>
+          <t>Bu Gece Yuvanda Uyu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258480320</t>
+          <t>9786258480382</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İçimden Cevher Çıktı!</t>
+          <t>Merdane Teyze ve Kelime Hamurları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258480252</t>
+          <t>9786258480337</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Çoraplı Kız</t>
+          <t>Benim Peygamber'im Hayvanları Çok Severdi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258480290</t>
+          <t>9786258480320</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Uğurlu Böcek - İyi Dünya Fablları</t>
+          <t>İçimden Cevher Çıktı!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258480269</t>
+          <t>9786258480252</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Taytay - İyi Dünya Fablları</t>
+          <t>Çizgili Çoraplı Kız</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258480306</t>
+          <t>9786258480290</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar - İyi Dünya Fablları</t>
+          <t>Uğurlu Böcek - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258480276</t>
+          <t>9786258480269</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fıstıncık - İyi Dünya Fablları</t>
+          <t>Taytay - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258480245</t>
+          <t>9786258480306</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Koca Böceğin Küçük İsteği: Oynayalım mı?</t>
+          <t>Göçmen Kuşlar - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258480207</t>
+          <t>9786258480276</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Tılsımı - Bir Hasankeyf Macerası</t>
+          <t>Fıstıncık - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258480238</t>
+          <t>9786258480245</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Akademisi: Hayvanya</t>
+          <t>Koca Böceğin Küçük İsteği: Oynayalım mı?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258480221</t>
+          <t>9786258480207</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Palanka - Dünyanın Son İnsanları- 2</t>
+          <t>Akrebin Tılsımı - Bir Hasankeyf Macerası</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258480122</t>
+          <t>9786258480238</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Süper Kahraman Akademisi: Hayvanya</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258480153</t>
+          <t>9786258480221</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Böcek Harikalar Diyarı</t>
+          <t>Palanka - Dünyanın Son İnsanları- 2</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258480139</t>
+          <t>9786258480122</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Şarkısı</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258480146</t>
+          <t>9786258480153</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Kız</t>
+          <t>Böcek Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258480184</t>
+          <t>9786258480139</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamber'im Doğayı Çok Severdi</t>
+          <t>Zamanın Şarkısı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258480191</t>
+          <t>9786258480146</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şarkısı</t>
+          <t>Jüpiter Kız</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258480160</t>
+          <t>9786258480184</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mahyamızı Nereye Asalım</t>
+          <t>Benim Peygamber'im Doğayı Çok Severdi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258480177</t>
+          <t>9786258480191</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Preveze Deniz Savaşı</t>
+          <t>Hayatın Şarkısı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258480115</t>
+          <t>9786258480160</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Başlangıcı Var</t>
+          <t>Mahyamızı Nereye Asalım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258480108</t>
+          <t>9786258480177</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dinozor Çıkabilir!</t>
+          <t>Preveze Deniz Savaşı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258480092</t>
+          <t>9786258480115</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sen Hangi Çiçeksin?</t>
+          <t>Her Şeyin Bir Başlangıcı Var</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258480078</t>
+          <t>9786258480108</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Baskülün Tuhaf Maceraları</t>
+          <t>Dikkat Dinozor Çıkabilir!</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057090782</t>
+          <t>9786258480092</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Gerçek – Hafta Sonu Krallığı</t>
+          <t>Sen Hangi Çiçeksin?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057090720</t>
+          <t>9786258480078</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren İcatlar</t>
+          <t>Gizemli Baskülün Tuhaf Maceraları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057090713</t>
+          <t>9786057090782</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezen Ayakkabı</t>
+          <t>Görevimiz Gerçek – Hafta Sonu Krallığı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057090737</t>
+          <t>9786057090720</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Gördüm Sanki</t>
+          <t>Dünyayı Değiştiren İcatlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057053893</t>
+          <t>9786057090713</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Ardı – Dünyanın Son İnsanları</t>
+          <t>Dünyayı Gezen Ayakkabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057053886</t>
+          <t>9786057090737</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Namaz Peşinde</t>
+          <t>Bir Kedi Gördüm Sanki</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057053879</t>
+          <t>9786057053893</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Matematik Nasıl Sevilmez? - Matematiğin Kaç Canı Var? 3</t>
+          <t>Duvarın Ardı – Dünyanın Son İnsanları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057053862</t>
+          <t>9786057053886</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Siber Yalan</t>
+          <t>Keloğlan Namaz Peşinde</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057053831</t>
+          <t>9786057053879</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek Avcısı Bıdık Canavar / Canavar Kardeşler 6</t>
+          <t>Matematik Nasıl Sevilmez? - Matematiğin Kaç Canı Var? 3</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057053855</t>
+          <t>9786057053862</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yazar Per</t>
+          <t>Siber Yalan</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057053848</t>
+          <t>9786057053831</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Pumza’nın Hortumu</t>
+          <t>Yiyecek Avcısı Bıdık Canavar / Canavar Kardeşler 6</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057053824</t>
+          <t>9786057053855</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Yumurta - Hafta Sonu Krallığı</t>
+          <t>Gizemli Yazar Per</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052297780</t>
+          <t>9786057053848</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran Timşa</t>
+          <t>Pumza’nın Hortumu</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052297827</t>
+          <t>9786057053824</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Masal Mutfağı</t>
+          <t>Görevimiz Yumurta - Hafta Sonu Krallığı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057053817</t>
+          <t>9786052297780</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Normal Ali ve Boş İşler Çetesi</t>
+          <t>Dalgakıran Timşa</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057053800</t>
+          <t>9786052297827</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gezegene Yolculuk - Sakura'nın Gizemi 1</t>
+          <t>Masal Mutfağı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057463326</t>
+          <t>9786057053817</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Reçel Kavanozu</t>
+          <t>Normal Ali ve Boş İşler Çetesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057463340</t>
+          <t>9786057053800</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Huzurlu Bir Uykuya Dalıyor</t>
+          <t>Büyülü Gezegene Yolculuk - Sakura'nın Gizemi 1</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057463333</t>
+          <t>9786057463326</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kiraz, Afitap ve Görünmez Kitap</t>
+          <t>Reçel Kavanozu</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057463357</t>
+          <t>9786057463340</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Zamane Kedisi Fıldır - Kedi Değil, Ev Kedisi</t>
+          <t>Yusuf Huzurlu Bir Uykuya Dalıyor</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057463364</t>
+          <t>9786057463333</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Ansiklopedisi</t>
+          <t>Kiraz, Afitap ve Görünmez Kitap</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057463319</t>
+          <t>9786057463357</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kadim Çeşmenin Öyküsü</t>
+          <t>Zamane Kedisi Fıldır - Kedi Değil, Ev Kedisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052297995</t>
+          <t>9786057463364</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Melodisi</t>
+          <t>Tatlı Rüyalar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057463302</t>
+          <t>9786057463319</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Süpernova Gördüm Sanki</t>
+          <t>Kadim Çeşmenin Öyküsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052297988</t>
+          <t>9786052297995</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Orhan Yazıtları</t>
+          <t>Kanatların Melodisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052297964</t>
+          <t>9786057463302</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Yapılacaklar</t>
+          <t>Bir Süpernova Gördüm Sanki</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052297971</t>
+          <t>9786052297988</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hangi Hayvan? - Rabbimi Tanıyorum 3</t>
+          <t>Orhan Yazıtları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052297940</t>
+          <t>9786052297964</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlayınca Ne Olacak?</t>
+          <t>Uyumadan Önce Yapılacaklar</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052297957</t>
+          <t>9786052297971</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Baykuşu Morpi</t>
+          <t>Bil Bakalım Hangi Hayvan? - Rabbimi Tanıyorum 3</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052297902</t>
+          <t>9786052297940</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bize Benzer mi ? - Küçük Merve’nin Büyük Soruları 2</t>
+          <t>Yuvarlayınca Ne Olacak?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052297919</t>
+          <t>9786052297957</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Tuvalet Eğitimi Alıyor - Yusuf’un Maceraları - Pedagojik Eğitim Hikayeleri Seti 1</t>
+          <t>Gündüz Baykuşu Morpi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052297889</t>
+          <t>9786052297902</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kuş Çocuk</t>
+          <t>Bize Benzer mi ? - Küçük Merve’nin Büyük Soruları 2</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052297896</t>
+          <t>9786052297919</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayalyiyen Ülkesi</t>
+          <t>Yusuf Tuvalet Eğitimi Alıyor - Yusuf’un Maceraları - Pedagojik Eğitim Hikayeleri Seti 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052297841</t>
+          <t>9786052297889</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çöp Yığını Canavarı</t>
+          <t>Kuş Çocuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052297865</t>
+          <t>9786052297896</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sanata Bak!</t>
+          <t>Hayalyiyen Ülkesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052297834</t>
+          <t>9786052297841</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şuşu Kırmızıtoka</t>
+          <t>Çöp Yığını Canavarı</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052297797</t>
+          <t>9786052297865</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Neden Göremiyorum? - Küçük Merve'nin Büyük Soruları 1</t>
+          <t>Sanata Bak!</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052297759</t>
+          <t>9786052297834</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canavarları</t>
+          <t>Şuşu Kırmızıtoka</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052297773</t>
+          <t>9786052297797</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Minik Dev Tohum</t>
+          <t>Allah’ı Neden Göremiyorum? - Küçük Merve'nin Büyük Soruları 1</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052297766</t>
+          <t>9786052297759</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Başımın İçinde Yerin Var</t>
+          <t>Deniz Canavarları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052297742</t>
+          <t>9786052297773</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık Gezegeni</t>
+          <t>Minik Dev Tohum</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052297711</t>
+          <t>9786052297766</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ile Dünya Seyahati - Şehir Günlükleri 2</t>
+          <t>Başımın İçinde Yerin Var</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052297704</t>
+          <t>9786052297742</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol - Aslanlar Miyav Demez!</t>
+          <t>Sarmaşık Gezegeni</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052297681</t>
+          <t>9786052297711</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Masalveren Ağacı</t>
+          <t>Balkabağı ile Dünya Seyahati - Şehir Günlükleri 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052297407</t>
+          <t>9786052297704</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Puhu Kuşu Kasabası - Cesur Kaşif Vera</t>
+          <t>Fare Fasol - Aslanlar Miyav Demez!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052297674</t>
+          <t>9786052297681</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Şehrinin Gizemi - Kuşlar Meclisi</t>
+          <t>Masalveren Ağacı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052297629</t>
+          <t>9786052297407</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bantlasam Yapışmaz mı? - Canavar Kardeşler 5</t>
+          <t>Puhu Kuşu Kasabası - Cesur Kaşif Vera</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052297636</t>
+          <t>9786052297674</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kemirgenleri</t>
+          <t>Yer Altı Şehrinin Gizemi - Kuşlar Meclisi</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052297582</t>
+          <t>9786052297629</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dört Sonsuz Evren - Siber Yaz Tatili</t>
+          <t>Bantlasam Yapışmaz mı? - Canavar Kardeşler 5</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052297599</t>
+          <t>9786052297636</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 3 - Kiraza Asılan Ayna</t>
+          <t>Matematik Kemirgenleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052297575</t>
+          <t>9786052297582</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dört Yapraklı Yonca</t>
+          <t>Dört Sonsuz Evren - Siber Yaz Tatili</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052297568</t>
+          <t>9786052297599</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Olurdu? - Rabbimi Tanıyorum 2</t>
+          <t>Buz Çetesi 3 - Kiraza Asılan Ayna</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052297391</t>
+          <t>9786052297575</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İki Kocaman Güneş - Kar Kristali</t>
+          <t>Dört Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052297506</t>
+          <t>9786052297568</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek - İyi Dünya Fablları</t>
+          <t>Nasıl Olurdu? - Rabbimi Tanıyorum 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052297490</t>
+          <t>9786052297391</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yunus - İyi Dünya Fablları</t>
+          <t>İki Kocaman Güneş - Kar Kristali</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052297513</t>
+          <t>9786052297506</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kara Pati - İyi Dünya Fablları</t>
+          <t>Mavi Kelebek - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052297520</t>
+          <t>9786052297490</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Filinta - İyi Dünya Fablları</t>
+          <t>Yunus - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052297537</t>
+          <t>9786052297513</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Balsarı - İyi Dünya Fablları</t>
+          <t>Kara Pati - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052297469</t>
+          <t>9786052297520</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kerem Esma’yı Anlatıyor</t>
+          <t>Filinta - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052297452</t>
+          <t>9786052297537</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Üşümek İstiyor</t>
+          <t>Balsarı - İyi Dünya Fablları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052297476</t>
+          <t>9786052297469</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kuşları Orkestrası</t>
+          <t>Kerem Esma’yı Anlatıyor</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052297483</t>
+          <t>9786052297452</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Kudüs Masalı</t>
+          <t>Kardan Adam Üşümek İstiyor</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052297445</t>
+          <t>9786052297476</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol - Fare Acayiplikler Diyarı</t>
+          <t>Öfke Kuşları Orkestrası</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052297438</t>
+          <t>9786052297483</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cevher’in Zaman Yolculuğu</t>
+          <t>Bir Kudüs Masalı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052297421</t>
+          <t>9786052297445</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İsimsizler</t>
+          <t>Fare Fasol - Fare Acayiplikler Diyarı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052297414</t>
+          <t>9786052297438</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ruli’nin Kalbindeki Eksik Nota</t>
+          <t>Cevher’in Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052297384</t>
+          <t>9786052297421</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Ne Var? - Vili ile Vigi</t>
+          <t>İsimsizler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052297360</t>
+          <t>9786052297414</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Orman Şarkısı - Cesur Kaşif Vera</t>
+          <t>Ruli’nin Kalbindeki Eksik Nota</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052297377</t>
+          <t>9786052297384</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kalemler - Duygularımı Fark Ediyorum 5</t>
+          <t>Dışarıda Ne Var? - Vili ile Vigi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052297315</t>
+          <t>9786052297360</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gölge Şehri - Atika'nın Maceraları</t>
+          <t>Kayıp Orman Şarkısı - Cesur Kaşif Vera</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052297339</t>
+          <t>9786052297377</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya</t>
+          <t>Paylaşılamayan Kalemler - Duygularımı Fark Ediyorum 5</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052297322</t>
+          <t>9786052297315</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Hangi Meyve  - Rabbimi Tanıyorum 1</t>
+          <t>Gölge Şehri - Atika'nın Maceraları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052297278</t>
+          <t>9786052297339</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Avcıları - Şehir Günlükleri 1</t>
+          <t>Başka Bir Dünya</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052297308</t>
+          <t>9786052297322</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Macera Ekspresi - Yeşil Kafalar 3</t>
+          <t>Bil Bakalım Hangi Meyve  - Rabbimi Tanıyorum 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052297292</t>
+          <t>9786052297278</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Seven Çocuk</t>
+          <t>Salyangoz Avcıları - Şehir Günlükleri 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052297285</t>
+          <t>9786052297308</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Pışpış Meraklıbakış</t>
+          <t>Macera Ekspresi - Yeşil Kafalar 3</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052297254</t>
+          <t>9786052297292</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Maymunluk Bu Değil</t>
+          <t>Gökyüzünü Seven Çocuk</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052297261</t>
+          <t>9786052297285</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Gezmek İsteyen Çorap</t>
+          <t>Pışpış Meraklıbakış</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052297247</t>
+          <t>9786052297254</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kar Kristali</t>
+          <t>Gerçek Maymunluk Bu Değil</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052297230</t>
+          <t>9786052297261</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Minikler Okula Gider mi? - Canavar Kardeşler 4</t>
+          <t>Dünyayı Gezmek İsteyen Çorap</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052297155</t>
+          <t>9786052297247</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fare Fasol 1 – Kedibüken</t>
+          <t>Kar Kristali</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052297162</t>
+          <t>9786052297230</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Susanpusan Şehri</t>
+          <t>Minikler Okula Gider mi? - Canavar Kardeşler 4</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052297179</t>
+          <t>9786052297155</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar 2 - Duvarları Gıdıklanan Okul</t>
+          <t>Fare Fasol 1 – Kedibüken</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052297186</t>
+          <t>9786052297162</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kaç Canı Var?</t>
+          <t>Susanpusan Şehri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052297131</t>
+          <t>9786052297179</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Oruç Peşinde</t>
+          <t>Yeşil Kafalar 2 - Duvarları Gıdıklanan Okul</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052297070</t>
+          <t>9786052297186</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Canlanıyor</t>
+          <t>Matematiğin Kaç Canı Var?</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052297100</t>
+          <t>9786052297131</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Vili ile Vigi</t>
+          <t>Keloğlan Oruç Peşinde</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052297087</t>
+          <t>9786052297070</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>O Benim Trenim!</t>
+          <t>Meyveler Canlanıyor</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052297094</t>
+          <t>9786052297100</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Alaca Efsanesi</t>
+          <t>Vili ile Vigi</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052297063</t>
+          <t>9786052297087</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Masallar</t>
+          <t>O Benim Trenim!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786058217690</t>
+          <t>9786052297094</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Macera Geliyorum Demez</t>
+          <t>Alaca Efsanesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786058217676</t>
+          <t>9786052297063</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Sebzeler Müzikten Anlar Mı?</t>
+          <t>Engelsiz Masallar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786058217614</t>
+          <t>9786058217690</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 2 - Veee… Kapı Açılıyor!</t>
+          <t>Macera Geliyorum Demez</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058217683</t>
+          <t>9786058217676</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kafalar 1 - Ormanı Yemek Yasak</t>
+          <t>Uzaylı Sebzeler Müzikten Anlar Mı?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052297001</t>
+          <t>9786058217614</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Objeart - Eşyanın Sanatı</t>
+          <t>Buz Çetesi 2 - Veee… Kapı Açılıyor!</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786058217652</t>
+          <t>9786058217683</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Hayal</t>
+          <t>Yeşil Kafalar 1 - Ormanı Yemek Yasak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786058243231</t>
+          <t>9786052297001</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dağılan Misketler - Duygularımı Fark Ediyorum 2</t>
+          <t>Objeart - Eşyanın Sanatı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786058243200</t>
+          <t>9786058217652</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ev - Duygularımı Fark Ediyorum 1</t>
+          <t>Bir Avuç Hayal</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786058243255</t>
+          <t>9786058243231</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Canavar Kalbi - Canavar Kardeşler 2</t>
+          <t>Dağılan Misketler - Duygularımı Fark Ediyorum 2</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786058243248</t>
+          <t>9786058243200</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavar Abi Oluyor - Canavar Kardeşler 1</t>
+          <t>Oyuncak Ev - Duygularımı Fark Ediyorum 1</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058243262</t>
+          <t>9786058243255</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çilli</t>
+          <t>Canavar Kalbi - Canavar Kardeşler 2</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786058243224</t>
+          <t>9786058243248</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çorap Kral</t>
+          <t>Sevimli Canavar Abi Oluyor - Canavar Kardeşler 1</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786058243279</t>
+          <t>9786058243262</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Buz Çetesi 1 Tehlikeye Dur De!</t>
+          <t>Çilli</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058243286</t>
+          <t>9786058243224</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir İnşallah Masalı</t>
+          <t>Çorap Kral</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
+          <t>9786058243279</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Buz Çetesi 1 Tehlikeye Dur De!</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786058243286</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnşallah Masalı</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
           <t>9786058243217</t>
         </is>
       </c>
-      <c r="B238" s="1" t="inlineStr">
+      <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Paşa</t>
         </is>
       </c>
-      <c r="C238" s="1">
+      <c r="C240" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>