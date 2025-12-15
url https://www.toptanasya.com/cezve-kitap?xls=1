--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,1030 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444443608</t>
+          <t>9786255778048</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Set - Çocuk Eğitimi İçin İlham Verici Etkinlikler / Çocuklar ve Çiçek Mezarlıkları</t>
+          <t>Fark Edilen Çocuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>379</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052297124</t>
+          <t>4444444443608</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ziynetleri</t>
+          <t>Öğretmenler İçin Set - Çocuk Eğitimi İçin İlham Verici Etkinlikler / Çocuklar ve Çiçek Mezarlıkları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>25</v>
+        <v>379</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052297544</t>
+          <t>9786052297124</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Anneleri Büyütür ve Babaları Da</t>
+          <t>Ruh Ziynetleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>201</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052297698</t>
+          <t>9786052297544</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Huşu Ağacı</t>
+          <t>Çocuklar Anneleri Büyütür ve Babaları Da</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>212</v>
+        <v>201</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256901995</t>
+          <t>9786052297698</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bambu Esnekliği</t>
+          <t>Huşu Ağacı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256901988</t>
+          <t>9786256901995</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Kadar Annelik</t>
+          <t>Bambu Esnekliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256901971</t>
+          <t>9786256901988</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ergenler ve Zor Konular</t>
+          <t>Olduğu Kadar Annelik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256901896</t>
+          <t>9786256901971</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Hali</t>
+          <t>Ergenler ve Zor Konular</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>155</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256901889</t>
+          <t>9786256901896</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Koca Kafalar Dünyayı Ele Geçirecek</t>
+          <t>Gençlik Hali</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057463371</t>
+          <t>9786256901889</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Kendisinin Öğretmenidir</t>
+          <t>Koca Kafalar Dünyayı Ele Geçirecek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256901919</t>
+          <t>9786057463371</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizin Gizlenenleri</t>
+          <t>Her Çocuk Kendisinin Öğretmenidir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256901261</t>
+          <t>9786256901919</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Minyatürün Hikayesi</t>
+          <t>Yakın Tarihimizin Gizlenenleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256901858</t>
+          <t>9786256901261</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde Kudüs</t>
+          <t>Bir Minyatürün Hikayesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>185</v>
+        <v>155</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256901650</t>
+          <t>9786256901858</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hedeflere Ulaşma Sanatı - Kapsamlı Kariyer Rehberi</t>
+          <t>Peygamberlerin İzinde Kudüs</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256901544</t>
+          <t>9786256901650</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor – Burası Gerçek Dünya</t>
+          <t>Hedeflere Ulaşma Sanatı - Kapsamlı Kariyer Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256901476</t>
+          <t>9786256901544</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi İçin İlham Verici Etkinlikler</t>
+          <t>Hayat Devam Ediyor – Burası Gerçek Dünya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256901353</t>
+          <t>9786256901476</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Bilginlerle Diyalogları</t>
+          <t>Çocuk Eğitimi İçin İlham Verici Etkinlikler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256901032</t>
+          <t>9786256901353</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Rengi</t>
+          <t>Fatih’in Bilginlerle Diyalogları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052297056</t>
+          <t>9786256901032</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Oyunlar Eşliğinde Kur’an-ı Kerim Öğretme Teknikleri</t>
+          <t>İslam’ın Rengi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258480610</t>
+          <t>9786052297056</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pratik Diksiyon</t>
+          <t>Çocuklara Oyunlar Eşliğinde Kur’an-ı Kerim Öğretme Teknikleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258480689</t>
+          <t>9786258480610</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oyna Evladım Oyna – Çocuklarla Nitelikli Zaman Geçirme Rehberi</t>
+          <t>Pratik Diksiyon</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258480641</t>
+          <t>9786258480689</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Fatih Nasıl Yetişir?</t>
+          <t>Oyna Evladım Oyna – Çocuklarla Nitelikli Zaman Geçirme Rehberi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258480412</t>
+          <t>9786258480641</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci</t>
+          <t>Bir Fatih Nasıl Yetişir?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258480467</t>
+          <t>9786258480412</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beyin Dostu Aile</t>
+          <t>Kulluk Bilinci</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052297551</t>
+          <t>9786258480467</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Çiçek Mezarlıkları</t>
+          <t>Beyin Dostu Aile</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>205</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258480405</t>
+          <t>9786052297551</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Önerim Var</t>
+          <t>Çocuklar ve Çiçek Mezarlıkları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258480443</t>
+          <t>9786258480405</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Doymak İçin Mi?</t>
+          <t>Bir Önerim Var</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258480429</t>
+          <t>9786258480443</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde Bir Umut - Osmanlı</t>
+          <t>Her Şey Doymak İçin Mi?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258480344</t>
+          <t>9786258480429</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dediler ve Gelip Gittiler</t>
+          <t>Sınırların Ötesinde Bir Umut - Osmanlı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258480313</t>
+          <t>9786258480344</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mutfağın Sarayı - Seyahatnamelerde Osmanlı Mutfağı</t>
+          <t>Merhaba Dediler ve Gelip Gittiler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258480214</t>
+          <t>9786258480313</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Tek Başına</t>
+          <t>Mutfağın Sarayı - Seyahatnamelerde Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258480085</t>
+          <t>9786258480214</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Her Ebeveyn Kendisinin Çocuğudur</t>
+          <t>Sınıfta Tek Başına</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258480061</t>
+          <t>9786258480085</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>An Meselesi</t>
+          <t>Her Ebeveyn Kendisinin Çocuğudur</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258480047</t>
+          <t>9786258480061</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Harikulade Kelimeleri</t>
+          <t>An Meselesi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258480054</t>
+          <t>9786258480047</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Keşfi</t>
+          <t>Kur’an’ın Harikulade Kelimeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057090706</t>
+          <t>9786258480054</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Direniş Pusulası: Kudüs</t>
+          <t>Çocukluğun Keşfi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057463388</t>
+          <t>9786057090706</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Sabunlar</t>
+          <t>Direniş Pusulası: Kudüs</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057463395</t>
+          <t>9786057463388</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Taze Haber Gibi</t>
+          <t>Şifalı Sabunlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052297926</t>
+          <t>9786057463395</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Asude Bahçe</t>
+          <t>Sen Bir Taze Haber Gibi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052297933</t>
+          <t>9786052297926</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyanın İnsanları</t>
+          <t>Asude Bahçe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052297858</t>
+          <t>9786052297933</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Meselesi - Karakter Tanıma Rehberi</t>
+          <t>Yaşlı Dünyanın İnsanları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052297872</t>
+          <t>9786052297858</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Patika Nereye Çıkar?</t>
+          <t>Şahsiyet Meselesi - Karakter Tanıma Rehberi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052297803</t>
+          <t>9786052297872</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Muhteşem Hikayesi - Peygamberler Tarihi</t>
+          <t>Bu Patika Nereye Çıkar?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052297810</t>
+          <t>9786052297803</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kendi Şiirini Yaşayanlar</t>
+          <t>İnsanlığın Muhteşem Hikayesi - Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052297728</t>
+          <t>9786052297810</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kim Öldürdü İçindeki Öğrenme Aşkını?</t>
+          <t>Kendi Şiirini Yaşayanlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052297735</t>
+          <t>9786052297728</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Tefekkürleri</t>
+          <t>Kim Öldürdü İçindeki Öğrenme Aşkını?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052297650</t>
+          <t>9786052297735</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltınızdan Gelen Ebeveyn</t>
+          <t>Ebeveynlik Tefekkürleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052297667</t>
+          <t>9786052297650</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Son Matruşka</t>
+          <t>Bilinçaltınızdan Gelen Ebeveyn</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052297643</t>
+          <t>9786052297667</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ne Yediğinizi Biliyor Musunuz? - Gıda Endüstrisine Genel Bir Bakış</t>
+          <t>Son Matruşka</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052297605</t>
+          <t>9786052297643</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neşesi Yeter</t>
+          <t>Ne Yediğinizi Biliyor Musunuz? - Gıda Endüstrisine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052297612</t>
+          <t>9786052297605</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabım İnternet Bağımlısı</t>
+          <t>Neşesi Yeter</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052297353</t>
+          <t>9786052297612</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Annenin El Kitabı</t>
+          <t>Buzdolabım İnternet Bağımlısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052297346</t>
+          <t>9786052297353</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yetişkinler Güçlü Çocuklar</t>
+          <t>Mükemmel Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052297223</t>
+          <t>9786052297346</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Daha Yakından Bak!</t>
+          <t>Acemi Yetişkinler Güçlü Çocuklar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052297216</t>
+          <t>9786052297223</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kariyer de Yaparım Babalık da</t>
+          <t>Daha Yakından Bak!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052297193</t>
+          <t>9786052297216</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Burası Gerçek Dünya</t>
+          <t>Kariyer de Yaparım Babalık da</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052297209</t>
+          <t>9786052297193</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sade Yaşam İçin Küçük Bir Adım</t>
+          <t>Burası Gerçek Dünya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052297117</t>
+          <t>9786052297209</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeterince Tembel misin?</t>
+          <t>Sade Yaşam İçin Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052297049</t>
+          <t>9786052297117</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Beynin Başarabileceğini Biliyor Sana da Anlatsın mı?</t>
+          <t>Yeterince Tembel misin?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052297032</t>
+          <t>9786052297049</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Rehberi</t>
+          <t>Beynin Başarabileceğini Biliyor Sana da Anlatsın mı?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052297025</t>
+          <t>9786052297032</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Normal Şartlar Altında</t>
+          <t>Gezegen Rehberi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052297018</t>
+          <t>9786052297025</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bunları Ben de Biliyorum</t>
+          <t>Normal Şartlar Altında</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058217669</t>
+          <t>9786052297018</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fizik Öğretiminde Problem Çözme</t>
+          <t>Bunları Ben de Biliyorum</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058217607</t>
+          <t>9786058217669</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Annelik Makamı</t>
+          <t>Fizik Öğretiminde Problem Çözme</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058243293</t>
+          <t>9786058217607</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Masallar Gerçek Olsa</t>
+          <t>Annelik Makamı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786058243293</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Gerçek Olsa</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786058217645</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbinde Kur’an</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C68" s="1">
         <v>215</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>