--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1045 +85,1060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255778048</t>
+          <t>9786255778123</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fark Edilen Çocuk</t>
+          <t>Benim Duamla Peygamber Duası Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444443608</t>
+          <t>9786255778048</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Set - Çocuk Eğitimi İçin İlham Verici Etkinlikler / Çocuklar ve Çiçek Mezarlıkları</t>
+          <t>Fark Edilen Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>379</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052297124</t>
+          <t>4444444443608</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ziynetleri</t>
+          <t>Öğretmenler İçin Set - Çocuk Eğitimi İçin İlham Verici Etkinlikler / Çocuklar ve Çiçek Mezarlıkları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>25</v>
+        <v>379</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052297544</t>
+          <t>9786052297124</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Anneleri Büyütür ve Babaları Da</t>
+          <t>Ruh Ziynetleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>201</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052297698</t>
+          <t>9786052297544</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Huşu Ağacı</t>
+          <t>Çocuklar Anneleri Büyütür ve Babaları Da</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>212</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256901995</t>
+          <t>9786052297698</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bambu Esnekliği</t>
+          <t>Huşu Ağacı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256901988</t>
+          <t>9786256901995</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Kadar Annelik</t>
+          <t>Bambu Esnekliği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256901971</t>
+          <t>9786256901988</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ergenler ve Zor Konular</t>
+          <t>Olduğu Kadar Annelik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256901896</t>
+          <t>9786256901971</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Hali</t>
+          <t>Ergenler ve Zor Konular</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>155</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256901889</t>
+          <t>9786256901896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Koca Kafalar Dünyayı Ele Geçirecek</t>
+          <t>Gençlik Hali</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057463371</t>
+          <t>9786256901889</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Kendisinin Öğretmenidir</t>
+          <t>Koca Kafalar Dünyayı Ele Geçirecek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256901919</t>
+          <t>9786057463371</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizin Gizlenenleri</t>
+          <t>Her Çocuk Kendisinin Öğretmenidir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256901261</t>
+          <t>9786256901919</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Minyatürün Hikayesi</t>
+          <t>Yakın Tarihimizin Gizlenenleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256901858</t>
+          <t>9786256901261</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde Kudüs</t>
+          <t>Bir Minyatürün Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>185</v>
+        <v>155</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256901650</t>
+          <t>9786256901858</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hedeflere Ulaşma Sanatı - Kapsamlı Kariyer Rehberi</t>
+          <t>Peygamberlerin İzinde Kudüs</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256901544</t>
+          <t>9786256901650</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor – Burası Gerçek Dünya</t>
+          <t>Hedeflere Ulaşma Sanatı - Kapsamlı Kariyer Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256901476</t>
+          <t>9786256901544</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi İçin İlham Verici Etkinlikler</t>
+          <t>Hayat Devam Ediyor – Burası Gerçek Dünya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256901353</t>
+          <t>9786256901476</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Bilginlerle Diyalogları</t>
+          <t>Çocuk Eğitimi İçin İlham Verici Etkinlikler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256901032</t>
+          <t>9786256901353</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Rengi</t>
+          <t>Fatih’in Bilginlerle Diyalogları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052297056</t>
+          <t>9786256901032</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Oyunlar Eşliğinde Kur’an-ı Kerim Öğretme Teknikleri</t>
+          <t>İslam’ın Rengi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258480610</t>
+          <t>9786052297056</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pratik Diksiyon</t>
+          <t>Çocuklara Oyunlar Eşliğinde Kur’an-ı Kerim Öğretme Teknikleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258480689</t>
+          <t>9786258480610</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Oyna Evladım Oyna – Çocuklarla Nitelikli Zaman Geçirme Rehberi</t>
+          <t>Pratik Diksiyon</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258480641</t>
+          <t>9786258480689</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Fatih Nasıl Yetişir?</t>
+          <t>Oyna Evladım Oyna – Çocuklarla Nitelikli Zaman Geçirme Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258480412</t>
+          <t>9786258480641</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci</t>
+          <t>Bir Fatih Nasıl Yetişir?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258480467</t>
+          <t>9786258480412</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beyin Dostu Aile</t>
+          <t>Kulluk Bilinci</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052297551</t>
+          <t>9786258480467</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Çiçek Mezarlıkları</t>
+          <t>Beyin Dostu Aile</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>205</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258480405</t>
+          <t>9786052297551</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Önerim Var</t>
+          <t>Çocuklar ve Çiçek Mezarlıkları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258480443</t>
+          <t>9786258480405</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Doymak İçin Mi?</t>
+          <t>Bir Önerim Var</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258480429</t>
+          <t>9786258480443</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde Bir Umut - Osmanlı</t>
+          <t>Her Şey Doymak İçin Mi?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258480344</t>
+          <t>9786258480429</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dediler ve Gelip Gittiler</t>
+          <t>Sınırların Ötesinde Bir Umut - Osmanlı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258480313</t>
+          <t>9786258480344</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutfağın Sarayı - Seyahatnamelerde Osmanlı Mutfağı</t>
+          <t>Merhaba Dediler ve Gelip Gittiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258480214</t>
+          <t>9786258480313</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Tek Başına</t>
+          <t>Mutfağın Sarayı - Seyahatnamelerde Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258480085</t>
+          <t>9786258480214</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Her Ebeveyn Kendisinin Çocuğudur</t>
+          <t>Sınıfta Tek Başına</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258480061</t>
+          <t>9786258480085</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>An Meselesi</t>
+          <t>Her Ebeveyn Kendisinin Çocuğudur</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258480047</t>
+          <t>9786258480061</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Harikulade Kelimeleri</t>
+          <t>An Meselesi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258480054</t>
+          <t>9786258480047</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Keşfi</t>
+          <t>Kur’an’ın Harikulade Kelimeleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057090706</t>
+          <t>9786258480054</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Direniş Pusulası: Kudüs</t>
+          <t>Çocukluğun Keşfi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057463388</t>
+          <t>9786057090706</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Sabunlar</t>
+          <t>Direniş Pusulası: Kudüs</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057463395</t>
+          <t>9786057463388</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Taze Haber Gibi</t>
+          <t>Şifalı Sabunlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052297926</t>
+          <t>9786057463395</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asude Bahçe</t>
+          <t>Sen Bir Taze Haber Gibi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052297933</t>
+          <t>9786052297926</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyanın İnsanları</t>
+          <t>Asude Bahçe</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052297858</t>
+          <t>9786052297933</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Meselesi - Karakter Tanıma Rehberi</t>
+          <t>Yaşlı Dünyanın İnsanları</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052297872</t>
+          <t>9786052297858</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bu Patika Nereye Çıkar?</t>
+          <t>Şahsiyet Meselesi - Karakter Tanıma Rehberi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052297803</t>
+          <t>9786052297872</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Muhteşem Hikayesi - Peygamberler Tarihi</t>
+          <t>Bu Patika Nereye Çıkar?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052297810</t>
+          <t>9786052297803</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kendi Şiirini Yaşayanlar</t>
+          <t>İnsanlığın Muhteşem Hikayesi - Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052297728</t>
+          <t>9786052297810</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kim Öldürdü İçindeki Öğrenme Aşkını?</t>
+          <t>Kendi Şiirini Yaşayanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052297735</t>
+          <t>9786052297728</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Tefekkürleri</t>
+          <t>Kim Öldürdü İçindeki Öğrenme Aşkını?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052297650</t>
+          <t>9786052297735</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltınızdan Gelen Ebeveyn</t>
+          <t>Ebeveynlik Tefekkürleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052297667</t>
+          <t>9786052297650</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Son Matruşka</t>
+          <t>Bilinçaltınızdan Gelen Ebeveyn</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052297643</t>
+          <t>9786052297667</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ne Yediğinizi Biliyor Musunuz? - Gıda Endüstrisine Genel Bir Bakış</t>
+          <t>Son Matruşka</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052297605</t>
+          <t>9786052297643</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Neşesi Yeter</t>
+          <t>Ne Yediğinizi Biliyor Musunuz? - Gıda Endüstrisine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052297612</t>
+          <t>9786052297605</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabım İnternet Bağımlısı</t>
+          <t>Neşesi Yeter</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052297353</t>
+          <t>9786052297612</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Annenin El Kitabı</t>
+          <t>Buzdolabım İnternet Bağımlısı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052297346</t>
+          <t>9786052297353</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yetişkinler Güçlü Çocuklar</t>
+          <t>Mükemmel Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052297223</t>
+          <t>9786052297346</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Daha Yakından Bak!</t>
+          <t>Acemi Yetişkinler Güçlü Çocuklar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052297216</t>
+          <t>9786052297223</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kariyer de Yaparım Babalık da</t>
+          <t>Daha Yakından Bak!</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052297193</t>
+          <t>9786052297216</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Burası Gerçek Dünya</t>
+          <t>Kariyer de Yaparım Babalık da</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052297209</t>
+          <t>9786052297193</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sade Yaşam İçin Küçük Bir Adım</t>
+          <t>Burası Gerçek Dünya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052297117</t>
+          <t>9786052297209</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeterince Tembel misin?</t>
+          <t>Sade Yaşam İçin Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052297049</t>
+          <t>9786052297117</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beynin Başarabileceğini Biliyor Sana da Anlatsın mı?</t>
+          <t>Yeterince Tembel misin?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052297032</t>
+          <t>9786052297049</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Rehberi</t>
+          <t>Beynin Başarabileceğini Biliyor Sana da Anlatsın mı?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052297025</t>
+          <t>9786052297032</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Normal Şartlar Altında</t>
+          <t>Gezegen Rehberi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052297018</t>
+          <t>9786052297025</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bunları Ben de Biliyorum</t>
+          <t>Normal Şartlar Altında</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058217669</t>
+          <t>9786052297018</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fizik Öğretiminde Problem Çözme</t>
+          <t>Bunları Ben de Biliyorum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058217607</t>
+          <t>9786058217669</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Annelik Makamı</t>
+          <t>Fizik Öğretiminde Problem Çözme</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058243293</t>
+          <t>9786058217607</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Masallar Gerçek Olsa</t>
+          <t>Annelik Makamı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
+          <t>9786058243293</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Gerçek Olsa</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
           <t>9786058217645</t>
         </is>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbinde Kur’an</t>
         </is>
       </c>
-      <c r="C68" s="1">
+      <c r="C69" s="1">
         <v>215</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>