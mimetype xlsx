--- v0 (2026-01-03)
+++ v1 (2026-03-15)
@@ -85,3520 +85,10030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053342816</t>
+          <t>9786053342588</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Prensesler</t>
+          <t>Muhteşem Dinozorlar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>470</v>
+        <v>999</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053342823</t>
+          <t>9786053342472</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tek Boynuzlu Atlar</t>
+          <t>Klasik Masallar - Yeşil</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>470</v>
+        <v>640</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053342373</t>
+          <t>9786053341079</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sakar Diplodokus - Mini Pop-Up Dinozorlar</t>
+          <t>Pop Up Klasik Masallar - Bambi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053342052</t>
+          <t>9786053342380</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karnavallar Doğum Günleri ve Bazı Çeşitli Partiler</t>
+          <t>Velosiraptor ve Yarışma - Mini Pop-Up Dinozorlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053341512</t>
+          <t>9786053342366</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yap-Boz Kitap Pinokyo</t>
+          <t>Obur T-Rex - Mini Pop-Up Dinozorlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054380541</t>
+          <t>9786053342359</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Dünya Masalları</t>
+          <t>Tek Boynuzlu At ve Narval - Mini Pop-Up</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055723460</t>
+          <t>9786053342342</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Prensesler - Külkedisi</t>
+          <t>Arkadaşlarım Tek Boynuzlu Atlar - Mini Pop-Up</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054380572</t>
+          <t>9786053342335</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk - Dünya Masalları</t>
+          <t>Zeynep ve Tek Boynuzlu At - Mini Pop-Up</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054504923</t>
+          <t>9786053342328</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses (Mini Boy) (Ciltli)</t>
+          <t>Beyaz Tek Boynuzlu At - Mini Pop-Up</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053342496</t>
+          <t>9786053340775</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fashion Stars Tırnaklarınızı Süslemek İçin Süper Sanat - 200 Çıkartma</t>
+          <t>Şarkıcılar ve Küçük Modacı Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>245</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053342502</t>
+          <t>9786053340751</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fashion Stars Süper Makyaj ve Manikür - 250 Çıkartma</t>
+          <t>Periler ve Küçük Modacı - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053342625</t>
+          <t>9786053340799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Girls Fashion (Stil)</t>
+          <t>Prensesler ve Küçük Modacı - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053342601</t>
+          <t>9786053340782</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadi Keşfedelim - Çiftlik Hayvanları Yapbozlu Karton Kitap</t>
+          <t>Arkadaşlar ve Küçük Modacı - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053342595</t>
+          <t>9786054669325</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hadi Keşfedelim - Dino Dünyası Yapbozlu Karton Kitap</t>
+          <t>Princess Top Pocket Desings - Mavi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>175</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053342618</t>
+          <t>9786053342014</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Girls Fashion (Moda)</t>
+          <t>Pop-Up Mini Masallar - Bambi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053342557</t>
+          <t>9789944220569</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benim Sihirli Parıldayan Tek Boynuzlu At Etkinlik Kitabım</t>
+          <t>12 Klasik Masal</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053342540</t>
+          <t>9786053342045</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Benim Sihirli Parıldayan Prenses Etkinlik Kitabım</t>
+          <t>Pop-Up Mini Masallar Pamuk Prenses (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053342571</t>
+          <t>9786053342021</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benim Sihirli Parıldayan Deniz Kızı Etkinlik Kitabım</t>
+          <t>Pop-Up Mini Masallar - Kımızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053342564</t>
+          <t>9786053342038</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim Sihirli Parıldayan Balerin Etkinlik Kitabım</t>
+          <t>Pop-Up Mini Masallar - Orman Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053342632</t>
+          <t>9786053340171</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Renklendiriyoruz - Araçlar</t>
+          <t>Uçaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053342656</t>
+          <t>9786053340157</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Renklendiriyoruz (Arabalar)</t>
+          <t>Resimleriyle Türkçe İngilizce 1000 Sözcük</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053342649</t>
+          <t>9786053342212</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Renklendiriyoruz (Trenler)</t>
+          <t>Çek ve Öğren İngilizce - Okul</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>55</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053342663</t>
+          <t>9786053342199</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Renklendiriyoruz (Gemiler)</t>
+          <t>Çek ve Öğren İngilizce - Evim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>55</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053342670</t>
+          <t>9786053340218</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Renklendiriyoruz (Dozerler)</t>
+          <t>İlk 100 Sözcük</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>55</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054669066</t>
+          <t>9786053340188</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı ve Hansel Gretel</t>
+          <t>İlk 100 Hayvan ve Birçok Çıkartma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053340485</t>
+          <t>9786054669370</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bilmen Gereken 101 Şey - Sudaki Hayvanlar ve Köpekbalıkları</t>
+          <t>Boyamayı Öğrendim (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>270</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053340461</t>
+          <t>9786054504619</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bilmen Gereken 101 Şey - Hayvanlar</t>
+          <t>Meraklı Pencereler - Şaşırtıcı Dinazorlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053340478</t>
+          <t>9786054669721</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilmen Gereken 101 Şey - İnsan Vücudu</t>
+          <t>Noktaları Birleştir - Mavi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053340454</t>
+          <t>9786053342465</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilmen Gereken 101 Şey - Dinozorlar</t>
+          <t>25 Klasik Masal</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>530</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053342526</t>
+          <t>9786054504558</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar (Mavi)</t>
+          <t>Mini Mini Kitaplar - Sözcükler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>640</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053342533</t>
+          <t>9786054504572</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar (Kırmızı)</t>
+          <t>Mini Mini Kitaplar - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>640</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053342519</t>
+          <t>9786054504541</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Resimli Atlas Okyanuslar (Ciltli)</t>
+          <t>Mini Mini Kitaplar - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>999</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054504961</t>
+          <t>3990000008212</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Mini Boy) (Ciltli)</t>
+          <t>Mini Kitaplar Seti (48 Kitap-Kutulu)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>84.44</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054669035</t>
+          <t>9786055723187</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız ve Bambi</t>
+          <t>Merak Ettiğim Mısır</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70</v>
+        <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054380534</t>
+          <t>9786055723200</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Dünya Masalları</t>
+          <t>Merak Ettiğim Korsanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>10.09</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055723507</t>
+          <t>9786055723194</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Prenses Modası - Denizkızı</t>
+          <t>Merak Ettiğim İtfaiye</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>10.09</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054669059</t>
+          <t>9786054380909</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi ve Üç Küçük Domuz</t>
+          <t>Mavi Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>70</v>
+        <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054669073</t>
+          <t>9789944220958</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu ve Peter Pan</t>
+          <t>Masallardaki Periler (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054380596</t>
+          <t>9789944220941</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Dünya Masalları</t>
+          <t>Masallardaki Cadılar (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054504299</t>
+          <t>9789944220460</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bambi - Denizkızı</t>
+          <t>Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055723682</t>
+          <t>9786055723217</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ambulans</t>
+          <t>Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054380886</t>
+          <t>9789759196943</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aile Albümüm: Ben ve Ailem (Ciltli)</t>
+          <t>Masal Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054380855</t>
+          <t>9786054380800</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bebek Albümü (Mavi) (Ciltli)</t>
+          <t>Makineler (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>630</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756059982</t>
+          <t>9786054380459</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimiz (Ciltli)</t>
+          <t>Külkedisi’nin Sarayı (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944220347</t>
+          <t>9786054504565</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Masallar - Üç Küçük Domuz</t>
+          <t>Mini Mini Kitaplar - Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054504367</t>
+          <t>9786055723620</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çarkı Çevir - Süpermarket</t>
+          <t>Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054504374</t>
+          <t>9786054380923</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çarkı Çevir - Okul</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>330</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944220163</t>
+          <t>9789759196202</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boyama Tavşan</t>
+          <t>Küçük Tavşan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944220149</t>
+          <t>9786054380947</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boyama- Rüzgar Gülü</t>
+          <t>Küçük Mouk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053342489</t>
+          <t>9786054380053</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Futbol Dünya Yıldızları</t>
+          <t>Küçük Hikayeler - Tilki İle Oğlak, Ağustosböceği ve Karınca, Aslan Postlu Eşek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>480</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053342403</t>
+          <t>9786054380039</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Yalnızlık, Merhaba Sevgi</t>
+          <t>Küçük Hikayeler - Küçük Müzisyenler, Uçak, Yunus İle Maymun (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053342458</t>
+          <t>9786054380046</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Karamsarlık, Merhaba İyimserlik</t>
+          <t>Küçük Hikayeler - Küçük Eşek, Gezi Arabası, Traktör (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>260</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053342434</t>
+          <t>9786054380060</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Kızgınlık, Merhaba Sakinlik</t>
+          <t>Küçük Hikayeler - Kurt ve Kuzu, Ceylan ve Pınar, Güvercin ve Karınca (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053342441</t>
+          <t>9786054380022</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Kıskançlık, Merhaba Güven</t>
+          <t>Küçük Hikayeler - Korkuluk, Karada ve Denizde Gidebilen Tekne, Aslan ve Fare (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053342410</t>
+          <t>9786054380015</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Üzüntü, Merhaba Mutluluk</t>
+          <t>Küçük Hikayeler Eşek İle Kurt, Tren, Tilki ve Tavuk (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053342427</t>
+          <t>9789759196196</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Korku, Merhaba Cesaret</t>
+          <t>Küçük At</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053342311</t>
+          <t>9786055723965</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Kurt ve Yedi Keçi Yavrusu</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053342304</t>
+          <t>9789756059937</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Çizmeli Kedi</t>
+          <t>Köyümüzdeki Hayvanlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053342397</t>
+          <t>9789944220934</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Teruzor - Mini Pop-Up Dinozorlar</t>
+          <t>Korsanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053342243</t>
+          <t>9789759196448</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilimsel Deneylerim</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>430</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053342120</t>
+          <t>9786054504404</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Prensesler - Denizkızı ve Güzel İle Canavar</t>
+          <t>Kıkırdıyorum</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053342007</t>
+          <t>9789756059968</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler</t>
+          <t>Kentimizdeki Hayvanlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053341994</t>
+          <t>9786055723231</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sayılar</t>
+          <t>Kamyon</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053341987</t>
+          <t>9786055723705</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>İtfaiye (8 Sayfa Yapboz)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053340522</t>
+          <t>9786055723354</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Çirkin Ördek</t>
+          <t>İtfaiye</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053341536</t>
+          <t>9786055723897</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Kırmızı Başlıklı Kız</t>
+          <t>İngilizce - Türkçe Sözcüklü Yapıştırıyorum Boyuyorum Kitabım - 64 Çıkartma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053340980</t>
+          <t>9789944220866</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Princess Top My Book Of Secrets (Pembe)</t>
+          <t>İlk Sözcükler Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>540</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055723699</t>
+          <t>9789756080528</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Kitabım - İnsan Vücudu</t>
+          <t>İlk Matematik Çarpma - Huhu ile Çıkarmalı Kitap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>480</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053340997</t>
+          <t>9789944220897</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Princess Top My Book Of Secrets (Mor)</t>
+          <t>İlk Çizgiler Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>540</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053340508</t>
+          <t>9789756059241</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Külkedisi</t>
+          <t>İlginç Yönleriyle Hayvanlar Her Gün Birini Tanı (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053341529</t>
+          <t>9786055723309</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yap-Boz Kitap Peter Pan</t>
+          <t>Hayvanlar Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053340515</t>
+          <t>9789944220880</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yap-Boz Kitap - Pamuk Prenses</t>
+          <t>Hayvanlar Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053341819</t>
+          <t>9786055723224</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Princess Top A Funny Day - Dinosaurs</t>
+          <t>Hayvanlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053342069</t>
+          <t>9786055723712</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo-Hayvanlar Canavarlar ve Bazı Sevimli Yaratıklar</t>
+          <t>Haydi Beni Bul - Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053341505</t>
+          <t>9789944220545</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yap-Boz Kitap Uyuyan Güzel</t>
+          <t>Harika Masallar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053340492</t>
+          <t>9789759196417</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yap-boz Kitap - Bambi</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053341857</t>
+          <t>9786054380954</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Princess Top My Party (Pembe)</t>
+          <t>Hamileliğim (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>301</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053341840</t>
+          <t>3990000016043</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Princess Top My Party (Mor)</t>
+          <t>Güzel Masallar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>301</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053342090</t>
+          <t>9786054380114</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalar Kamyonlar</t>
+          <t>Güzel Klasik Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053342076</t>
+          <t>9786054504398</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalar - Arabalar ve Motorlar</t>
+          <t>Gülüyorum</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053342083</t>
+          <t>9789944220583</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalar - İş Makineleri</t>
+          <t>Grimm Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054380237</t>
+          <t>9786055723804</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yedi Keçi Yavrusu - Minik Kitaplar Dizisi</t>
+          <t>Futbol Boyama (46 Çıkartma)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054380305</t>
+          <t>9786055723866</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Minik Kitaplar Dizisi</t>
+          <t>Futbol Boyama (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054380275</t>
+          <t>9786055723859</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güzel İle Canavar - Minik Kitaplar Dizisi</t>
+          <t>Futbol Boyama (Lacivert Kapak)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054380213</t>
+          <t>9786055723835</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı - Minik Kitaplar Dizisi</t>
+          <t>Futbol Boyama (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054380282</t>
+          <t>9786055723828</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuz - Minik Kitaplar Dizisi</t>
+          <t>Futbol (51 Çıkartma)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053341598</t>
+          <t>9786055723811</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Masal Çantam - Periler</t>
+          <t>Futbol (48 Çıkartma)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>370</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053341604</t>
+          <t>9786055723842</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Masal Çantam - Prensesler</t>
+          <t>Futbol (46 Çıkartma)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053342236</t>
+          <t>9786055723798</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çek ve Öğren İngilizce İlk Sözcükler - Çiftlik</t>
+          <t>Futbol (46 Çıkartma)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>380</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053342205</t>
+          <t>9789759196295</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çek ve Öğren İngilizce İlk Sözcükler - Hayvanlar</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054669783</t>
+          <t>9786055723972</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin Orman Hayvanları</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054669813</t>
+          <t>9789759196677</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin Minik Hayvanlar</t>
+          <t>En Güzel Peri Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053341581</t>
+          <t>9789759196691</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ben Bebekken (Mavi)</t>
+          <t>En Güzel Klasik Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>370</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053341574</t>
+          <t>9786054380435</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ben Bebekken (Pembe)</t>
+          <t>Eğitici Köpük Kitaplar - Traktör</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>370</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054504954</t>
+          <t>9786054380428</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü - Cep Klasikleri Dizisi</t>
+          <t>Eğitici Köpük Kitaplar - Tekne</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>70</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054380206</t>
+          <t>9786054380442</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Minik Kitaplar Dizisi</t>
+          <t>Eğitici Köpük Kitaplar - Çiftlik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054380244</t>
+          <t>9786054380411</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Minik Kitaplar Dizisi</t>
+          <t>Eğitici Köpük Kitaplar - Atlar ve Midilliler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054380220</t>
+          <t>9789756059944</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı - Minik Kitaplar Dizisi</t>
+          <t>Dünyamızdaki Hayvanlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054380299</t>
+          <t>3990000002684</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Minik Kitaplar Dizisi</t>
+          <t>Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>50</v>
+        <v>39.81</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054380312</t>
+          <t>9786055723576</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Minik Kitaplar Dizisi</t>
+          <t>Dünya Hayvanları (Yapboz) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>50</v>
+        <v>12.87</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054380268</t>
+          <t>9789756059593</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bambi - Minik Kitaplar Dizisi</t>
+          <t>Doğada Bir Gezinti Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>50</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053342137</t>
+          <t>9786054380145</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bisikletçinin El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+          <t>Dinozorlar ve Tarih Öncesi Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053342151</t>
+          <t>9786055723002</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yayanın El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+          <t>Dinozorlar Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053342144</t>
+          <t>9786054504985</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gezginin El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+          <t>Dinozorlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>42.59</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053342168</t>
+          <t>9786054380121</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yolcunun El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+          <t>Dinozorlar (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053341833</t>
+          <t>9786054380138</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Princess Top - Just Dance</t>
+          <t>Dinozorlar (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>540</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053341642</t>
+          <t>9786054380817</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Designs - Jewellery</t>
+          <t>Dinozorlar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>370</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053341635</t>
+          <t>9786054504459</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Designs - Hair Style</t>
+          <t>Dinozorlar - 36 Çıkatma ve 60 Dinozor Türü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>370</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053341611</t>
+          <t>3990000031023</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Designs - Nails</t>
+          <t>Prenses Modası - Denizkızı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053341628</t>
+          <t>9786054380602</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Designs - Tattoos</t>
+          <t>Denizkızı - Dünya Masalları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>370</v>
+        <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053341109</t>
+          <t>9789944220095</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuz - Güzel ve Canavar</t>
+          <t>Deniz Hayvanları (30 Çıkartma)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053341130</t>
+          <t>9786055723989</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bambi - Uyuyan Güzel</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053341116</t>
+          <t>9786054380930</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Külkedisi</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053341123</t>
+          <t>9789759196479</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı - Pamuk Prenses</t>
+          <t>Çirkin Ördek (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053341734</t>
+          <t>9789944220033</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Yuvada</t>
+          <t>Çiftlikteki Hayvanlar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053341741</t>
+          <t>9789759196882</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Çiftlikte</t>
+          <t>Çiftlikte Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053341727</t>
+          <t>9789944220613</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Denizde</t>
+          <t>Çiftlik ve Kırda Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053341710</t>
+          <t>9786055723521</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Alışverişte</t>
+          <t>Çıkartmalı Kitap - Korkunç Şato</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053341772</t>
+          <t>9786055723545</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Dizisi Araç (Küçük Dolgu Kapak)</t>
+          <t>Çıkartmalı Kitap - Korkunç Parti</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>290</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053341802</t>
+          <t>9786055723514</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Dizisi Çiftlikte (Küçük Dolgu Kapak)</t>
+          <t>Çıkartmalı Kitap - Korkunç Korsanlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053341758</t>
+          <t>9786055723538</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Dizisi Hayvan (Büyük Kapak)</t>
+          <t>Çıkartmalı Kitap - Korkunç Cadılar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053341765</t>
+          <t>9786055723744</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Dizisi Kelime (Büyük Kapak)</t>
+          <t>Çıkartmalı İlk Resimli Sözlüğüm</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053340836</t>
+          <t>9789759196653</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Enfes Makaronlar</t>
+          <t>Çıkartmalı Hayvanlar Kitabım Çengel ve Çöl</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>380</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053340850</t>
+          <t>9786055723422</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Enfes Çikolatalı</t>
+          <t>Çıkartmalı Hayvanlar Atlasım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>380</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053340829</t>
+          <t>9786054504671</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Enfes Dünya Kahveleri</t>
+          <t>Çıkartmalar - Dinozorlar - 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>380</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053340843</t>
+          <t>9786054504664</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Enfes Muffin ve Cupcake'ler</t>
+          <t>Çıkartmalar - Dinozorlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>380</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054669394</t>
+          <t>9786054504640</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Periler Eğleniyor</t>
+          <t>Çıkartmalar - Atlar 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053340942</t>
+          <t>9786054504657</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Funny - Things (Mavi)</t>
+          <t>Çıkartmalar - Atlar - 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>520</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053340065</t>
+          <t>9786055723040</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Princess Top Colour (Pembe)</t>
+          <t>Üç Küçük Domuz / Çirkin Ördek Yavrusu (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054669660</t>
+          <t>9786055723071</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitaplar - Okul</t>
+          <t>Çevir Oku - Peter Pan / Pinokyo</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>260</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053340867</t>
+          <t>9786055723064</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcükler (Çıkartmalarla Birlikte) - Kırmızı</t>
+          <t>Çevir Oku - Pamuk Prenses / Külkedisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053340881</t>
+          <t>9786055723057</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcükler -  Pembe</t>
+          <t>Çevir Oku -  Küçük Denizkızı / Parmak Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053340874</t>
+          <t>9789944220767</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcükler - Mavi</t>
+          <t>Boyama Pamuk Prenses</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053340898</t>
+          <t>9786054380619</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcükler - Yeşil</t>
+          <t>Bambi - Dünya Masalları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053340805</t>
+          <t>9786054380794</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Araçlar / Boyama, Çıkartmalı Kitap</t>
+          <t>Atlar ve Midilliler - Boyama 4</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053340669</t>
+          <t>9786054380787</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Dinazorlar - Apatosaurus</t>
+          <t>Atlar ve Midilliler - Boyama 3</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053340676</t>
+          <t>9786054380770</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Dinazorlar - Stegosaurus</t>
+          <t>Atlar ve Midilliler - Boyama 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053340683</t>
+          <t>9786054380763</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Dinazorlar - Triceratops</t>
+          <t>Atlar ve Midilliler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053340225</t>
+          <t>9786055723279</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Patlak Gözler Dizisi - Obur Monster</t>
+          <t>Aç ve Gör Kamyonlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053340393</t>
+          <t>9786055723262</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>3 D Klasik Masallar - Güzel ve Canavar</t>
+          <t>Aç ve Gör İş Makineleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053340362</t>
+          <t>9786055723163</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Minik Çantalar Dizisi - Plaj Çantam</t>
+          <t>Acayip Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>82</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053340317</t>
+          <t>9786054380862</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kitabım - Leonardo da Vinci</t>
+          <t>365 Büyükanne Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053340348</t>
+          <t>9789944220965</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kitabım - Van Gogh</t>
+          <t>3 Peri Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053340324</t>
+          <t>9789944220743</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kitabım - Dali</t>
+          <t>2 Klasik Masal Pinokyo - Üç Küçük Domuz (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053340331</t>
+          <t>9789944220729</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kitabım - Picasso</t>
+          <t>2 Klasik Masal Pamuk Prenses - Güzel Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053340263</t>
+          <t>9789759196486</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>1000 Soru 1000 Cevap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>630</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944220132</t>
+          <t>9786055723750</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Boyama Ev</t>
+          <t>1000 İngilizce Sözcük (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>70</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054504633</t>
+          <t>9786055723880</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Benim Gizli Günlüğüm (Ciltli)</t>
+          <t>1000 İlk Sözcük Türkçe - İngilizce</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054380831</t>
+          <t>9789756059999</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bebek Albümü (Pembe) (Ciltli)</t>
+          <t>1000 Hayvanı Bul Çıkartmalarıyla Birlikte</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>630</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054380558</t>
+          <t>9789944220859</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Dünya Masalları</t>
+          <t>1000 Dinozor - Çıkartmalarıyla Birlikte</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>70</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054669790</t>
+          <t>9789944220385</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin Çiftlik Hayvanları</t>
+          <t>100 Farkı Bul Mavi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055723453</t>
+          <t>9789944220378</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Prensesler - Güzel ve Canavar</t>
+          <t>100 Farkı Bul Kırmızı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054504879</t>
+          <t>9789759196752</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sincaplar ve İyimserlik (Ciltli)</t>
+          <t>1 2 3... Kitabım Benim İlk Kitaplarım (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>330</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054504893</t>
+          <t>9789944220002</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı ve Dayanışma (Ciltli)</t>
+          <t>Küçük Kitaplarım - Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>330</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054504909</t>
+          <t>9786054380008</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Poni ve Dostluk (Ciltli)</t>
+          <t>Beyaz Fare</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>330</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789759196035</t>
+          <t>9786054504251</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplığım: Büyüleyici Masallar (Ciltli)</t>
+          <t>Benim Minik Sözlüğüm - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054380497</t>
+          <t>9786054504244</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar</t>
+          <t>Benim Minik Sözlüğüm - Oyuncaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759196462</t>
+          <t>9786054504237</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuz Küçük Evler Dizisi</t>
+          <t>Benim Minik Sözlüğüm - Evim (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054380350</t>
+          <t>9786054504268</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Canavar - Bambi, Üç Küçük Domuz</t>
+          <t>Benim Minik Sözlüğüm - Çevrem (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054669011</t>
+          <t>9789944220736</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel ve Parmak Çocuk</t>
+          <t>2 Klasik Masal Orman Kitabı - Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>70</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759196837</t>
+          <t>9789756080979</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel  Pırıltılı Masallar (Ciltli)</t>
+          <t>Hesaplama Alıştırmaları Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>380</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054380626</t>
+          <t>9786055723569</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi İle Şehir Faresi - Dünya Masalları</t>
+          <t>Hayvanlar ve Yavruları (Yapboz) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>70</v>
+        <v>12.87</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054504503</t>
+          <t>9789944220453</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama - Klasik Masallar</t>
+          <t>Evde (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054504527</t>
+          <t>9786054380473</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama - Dinozorlar</t>
+          <t>Dinozorlar ,</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>74</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054504510</t>
+          <t>9789944220996</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama - Atlar ve Midilliler</t>
+          <t>Çiftlik Hayvanları Çıkartmalı Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054380503</t>
+          <t>9789944220064</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Hayvanlar - Gümüş Çıkartmalı</t>
+          <t>Çiftlik Hayvanları (32 Çıkartma)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054504589</t>
+          <t>9786054380633</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Stil Sahibi Kızların El Kitabı (Ciltli)</t>
+          <t>Çıkartmalı Oyunlar - Vahşi Ormanda</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>590</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055723347</t>
+          <t>9786054380664</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Polis</t>
+          <t>Çıkartmalı Oyunlar - Suda</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054669080</t>
+          <t>9786054380657</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Güzel ile Canavar</t>
+          <t>Çıkartmalı Oyunlar - Ormanda</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>70</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054380749</t>
+          <t>9786054380688</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Şekiller</t>
+          <t>Çıkartmalı Oyunlar - Havada</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054380756</t>
+          <t>9789944220705</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Sayılar</t>
+          <t>2 Klasik Masal Bambi - Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054380732</t>
+          <t>9789944220354</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Renkler</t>
+          <t>Çıkartmalı Masallar - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789759196844</t>
+          <t>9786054380718</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Masallar Külkedisi (Ciltli)</t>
+          <t>1000 Soru ve Cevap - Hayvanlar Hakkında (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>380</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054504312</t>
+          <t>9789944220361</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Üç Küçük Domuz</t>
+          <t>Çıkartmalı Masallar - Orman Kitabı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>70</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054380589</t>
+          <t>9789944220330</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Dünya Masalları</t>
+          <t>Çıkartmalı Masallar - Külkedisi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054669042</t>
+          <t>9789944220323</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi ve Denizkızı</t>
+          <t>Çıkartmalı Masallar - Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>70</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054380565</t>
+          <t>9789944220293</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Dünya Masalları</t>
+          <t>Çıkartmalı Masallar - Bambi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>70</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054504336</t>
+          <t>9786054504381</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi - Pinokyo</t>
+          <t>Çarkı Çevir - Şehir</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>70</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054504329</t>
+          <t>9786054504350</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve 7 Keçi Yavrusu - Çirkin Ördek</t>
+          <t>Çarkı Çevir - Evimiz</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>70</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944220552</t>
+          <t>9786054380152</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar</t>
+          <t>Minik Klasik Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>540</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054380510</t>
+          <t>9786054504428</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar ve Yavruları - Gümüş Çıkartmalı</t>
+          <t>Minik İnek - Sesli Burunlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054504305</t>
+          <t>9789756059562</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin - Uyuyan Güzel</t>
+          <t>Minik Ayı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>70</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944220101</t>
+          <t>9786054504435</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Çıkartmalar - Sözcükler</t>
+          <t>Minik Aslan - Sesli Burunlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>40</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944220125</t>
+          <t>9789756059555</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Çıkartmalar - Sayılar</t>
+          <t>Minik Aslan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>40</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944220118</t>
+          <t>9789756080917</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Çıkartmalar - Saatler</t>
+          <t>Bubi’nin Çantası Yapıştır</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>40</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054504596</t>
+          <t>9789756080924</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Pencereler - Sudaki Hayvanlar</t>
+          <t>Bubi’nin Çantası Kes</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>360</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054504626</t>
+          <t>9786053340126</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Pencereler - Atlar ve Midilliler</t>
+          <t>Princess Top Stickers (Lila)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>360</v>
+        <v>66</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054504930</t>
+          <t>9786053340645</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (Mini Boy) (Ciltli)</t>
+          <t>Eğlenceli Aktivite - Araçlar / Eğleniyorum Öğreniyorum</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054504916</t>
+          <t>9786053340652</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Simbad (Mini Boy) (Ciltli)</t>
+          <t>Eğlenceli Aktivite - Doğada / Eğleniyorum Öğreniyorum</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>70</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054504947</t>
+          <t>9786053340072</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk (Mini Boy) (Ciltli)</t>
+          <t>Princess Top Colour (Pembe Sarı)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>70</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054504763</t>
+          <t>9786053340096</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı (Ciltli)</t>
+          <t>Princess Top Stickers (Pembe Sarı)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054669646</t>
+          <t>9786053341062</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitaplar - Ev</t>
+          <t>Pop-Up Klasik Masallar - Uyuyan Güzel (3D Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>260</v>
+        <v>61</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054669622</t>
+          <t>9786053341086</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitaplar - Çiftlik Hayvanları</t>
+          <t>Pop-Up Klasik Masallar - Külkedisi (3D Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054669912</t>
+          <t>9786053342229</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor - Plajda</t>
+          <t>Çek ve Öğren - Vücudumuz Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>138</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054669561</t>
+          <t>9786053340058</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar - Çizmeli Kedi</t>
+          <t>Princess Top Colour (Yeşil)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>57</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054669554</t>
+          <t>9786053340119</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar -  Kurt ve Yedi Keçi Yavrusu</t>
+          <t>Princess Top Stickers (Yeşil)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054669547</t>
+          <t>9786054669875</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar - Bambi</t>
+          <t>Prensesi Boyuyorum Eğleniyorum</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054380725</t>
+          <t>9786053341567</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Hayvanlar</t>
+          <t>En Güzel Masallar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>198</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054504343</t>
+          <t>9786054669004</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Orman Kitabı</t>
+          <t>Klasik Masallar - Mor Kitap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>70</v>
+        <v>640</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054669653</t>
+          <t>9786053341291</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kitaplar - Vahşi Hayvanlar</t>
+          <t>Büyülü Masallar - Klasik Masallar Dizisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>148</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054669899</t>
+          <t>9786053341284</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor - Kırda</t>
+          <t>Sihirli Masallar - Klasik Masallar Dizisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054669578</t>
+          <t>9786053342106</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar - Çirkin Ördek</t>
+          <t>Çıkartmalar - Traktörler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054669400</t>
+          <t>9786054380251</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Prensesler Eğleniyor</t>
+          <t>Pamuk Prenses - Minik Kitaplar Dizisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055723484</t>
+          <t>9786053341048</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Canavar</t>
+          <t>Pamuk Prenses ve Yedi Cüceler - Mini Pop-Up</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054669509</t>
+          <t>9786053341055</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz - 7 Keçi  Yavrusu</t>
+          <t>Pinokyo - Mini Pop-up</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054669516</t>
+          <t>9786053341031</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz /  Güzel ve Canavar</t>
+          <t>Külkedisi - Mini Pop-up</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054669806</t>
+          <t>9786053341024</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim - Hayvanlar ve Yavruları</t>
+          <t>Bambi - Mini Pop-up</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054669769</t>
+          <t>9786053341000</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Masallar: Sütçü Kız Kara ile Tilki</t>
+          <t>Eğlenelim Öğrenelim - Orman Hayvanları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>46</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054669776</t>
+          <t>9786053341017</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Çoban Güvercin ile Karınca</t>
+          <t>Eğlenelim Öğrenelim - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054669844</t>
+          <t>9786053340959</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin - Deniz Hayvanları</t>
+          <t>Princess Top Funny - Things (Pembe)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>230</v>
+        <v>61.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054669820</t>
+          <t>9786053340935</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin - Sayılar</t>
+          <t>Princess Top Funny - Make Up (Pembe)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>230</v>
+        <v>86</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053340034</t>
+          <t>9786053341659</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tatilde - Boyama ve Aktivite</t>
+          <t>Matematik Öğreniyorum 5-6 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>51</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054504688</t>
+          <t>9786053341260</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Hayvanlar</t>
+          <t>Büyük Masal Kitabım</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>380</v>
+        <v>224</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054669233</t>
+          <t>9786053341680</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Princess Top - My T-Shirts (Yeşil)</t>
+          <t>İngilizce Öğreniyorum 3-4 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>360</v>
+        <v>51</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054504718</t>
+          <t>9786053341673</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Dinozorlar</t>
+          <t>İngilizce Öğreniyorum 5-6 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054504695</t>
+          <t>9786053341703</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Atlar ve Poniler</t>
+          <t>3D Lisanslı Kitaplar - Tüylü Dostlar ile Parkta</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>380</v>
+        <v>155</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053340638</t>
+          <t>9786053341697</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Princess Top - Friends</t>
+          <t>3D Lisanslı Kitaplar - Araçlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053340621</t>
+          <t>9786053341666</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Princess Top - My Book Secrets</t>
+          <t>Matematik Öğreniyorum 3-4 Yaş Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>51</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054669851</t>
+          <t>9786053340928</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin - İlk Sözcükler</t>
+          <t>Princess Top Funny - Make Up Yeşil</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>230</v>
+        <v>61.11</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054669837</t>
+          <t>9786053340966</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim İçin - Oyuncaklar</t>
+          <t>Princess Top Glamour</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>230</v>
+        <v>32.87</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053340041</t>
+          <t>9786053340973</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tatilde - Eğlence</t>
+          <t>Princess Top - Casual</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054669608</t>
+          <t>9786053340089</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir - Kırmızı</t>
+          <t>Princess Top Colour (Mavi)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>118</v>
+        <v>57</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054504756</t>
+          <t>9786054380879</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Küçük Klasikler Uyuyan Güzel (Ciltli)</t>
+          <t>365 Büyükbaba Masalı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>90</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054504794</t>
+          <t>9786053340447</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Canavar (Ciltli)</t>
+          <t>Princess Top - Fashion Year</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>90</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054504770</t>
+          <t>9786053340430</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi (Ciltli)</t>
+          <t>Princess Top - Cool Make-Up</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>90</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054504732</t>
+          <t>9786053340102</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Ciltli)</t>
+          <t>Princess Top Stickers (Pembe)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>90</v>
+        <v>109</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054504886</t>
+          <t>9786053340379</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fil ve Cömertlik (Ciltli)</t>
+          <t>Minik Çantalar Dizisi - Gezi Çantam</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>330</v>
+        <v>49</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054669240</t>
+          <t>9786053340386</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Princess Top - My T-Shirts (Pembe)</t>
+          <t>Minik Çantalar Dizisi - Bale Çantam</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>360</v>
+        <v>10.09</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054669523</t>
+          <t>9786053340355</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yap-Boz Orman Kitabı</t>
+          <t>Minik Çantalar Dizisi - Veteriner Çantam</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>49</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054669530</t>
+          <t>9786053340232</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz Kibirli Fare</t>
+          <t>Patlak Gözler Dizisi - Sporcu Monster</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054504855</t>
+          <t>9786053340256</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Atlar ve Poniler 2</t>
+          <t>Patlak Gözler Dizisi - Şakacı Monster</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>21</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
+          <t>9786053340249</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Patlak Gözler Dizisi - Uykucu Monster</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786053341789</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Hayvan (Küçük Dolgu Kapak)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>27.31</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786053341796</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Sözcük (Küçük Dolgu Kapak)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>30.5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786054504787</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786054504725</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786054669288</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Fashion Purse- 2 (Pembe)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786054669271</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Fashion Purse -1 (Yeşil)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786054504701</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>43.52</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786054504800</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Alıştırma Kitabım</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786054504138</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Minikkitaplar</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>24.91</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786054669103</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Yapıştır (Yeşil Kapak)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>8.9</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786054669097</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Yapıştır (Somun Kapak)</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786054669110</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Yapıştır (Sarı Kapak)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786054669387</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Boyamayı Öğrendim (Yeşil Kapak)</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786054669363</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Boyamayı Öğrendim (Sarı Kapak)</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786054669332</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Boyamayı Öğrendim (Kırmızı Kapak)</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786054669431</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Dostlarımı Boyuyorum Köpek (Mavi Kapak)</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786054380176</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Kes Maskeler: Dinozaorlar</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786054380169</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik Hayvanları: Boya ve Kes Maskeler</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786054669615</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar İçin Kolay Tarifler</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>27.31</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786054669493</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Küçük 102 El İşi Kitabı</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786054669738</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Buluşlar Yapmak ve Oynamak İçin 365 Deney ve Fikir</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>36.11</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786054504831</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler 2</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>21.76</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786054504862</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler 1</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786054669448</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Dostlarımı Boyuyorum Fil (Sarı Kapak)</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786054669684</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeyi Öğreniyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>38.89</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054504749</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Bambi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>3990000031022</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Canavar Prenses Modası</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786054669424</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Dostlarımı Boyuyorum Gergedan (Pembe Kapak)</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786054504022</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadığımız Dünya</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786054504442</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Yarış Arabaları ve Motorları - 36 Çıkartma, 94 Farklı Araba ve Motosiklet</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789759196899</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Yapbozlu Prenses Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789759196905</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Yapbozlu Peri Masalları / Pinokyo - Külkedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>20.28</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786055723033</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Yapboz Hayvanlar Atlası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>25.83</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789756080290</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Doğanın Hayvanları Sesli Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786054380381</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel - Denizkızı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>23.98</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786055723934</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786054380916</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>13.8</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789944220989</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786054504206</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Hikayeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>82.5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786055723330</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Traktör</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786055723255</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Traktör</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786055723026</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikedeki Hayvanlar Çıkartmalı Kitap</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>10.65</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786054504046</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Teddy ile Tuvalette - Kız Çocuklar İçin</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786054504039</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Teddy ile Tuvalette - Erkek Çocuklar İçin</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786054380190</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Şirin Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789759196738</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Şekiller Kitabım Benim İlk Kitaplarım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789944220040</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplarım - Şekiller (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786054504466</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çıkartmalar - Prensesler</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786054504473</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çıkartmalar - Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786054504480</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çıkartmalar - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786054504497</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çıkartmalar - Atlar ve Midilliler</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789756059883</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama ve Çıkartma Kitabım Palyaço 128 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789756059890</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama ve Çıkartma Kitabım Aslan 128 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786054504534</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama - Prensesler</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786054380404</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786055723019</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Suda Yaşayan Hayvanlar Çıkartmalı Kitap</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789759196998</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplarım - Sözcükler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786055723293</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Öyküler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789944220835</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar Şehirde 40 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786054504824</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar Pazarda - 40 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786054504817</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar Macerada - 40 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>13.8</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789944220811</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar İşte</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789944220804</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar Gezide</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789944220828</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar Evde 40 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786054504411</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Sesli Burunlar - Minik Kedi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789756080986</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Sayma Alıştırmalar Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786055723132</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar Çiftlikte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>23.06</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789944220071</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Savandaki Hayvanlar (32 Çıkartma)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789756059922</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Saatleri Öğreniyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789759196493</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Resim Bilmeceli ve Çıkartmalı Dinozorlar Kitabım</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>24.91</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789759196424</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Resim Bilmeceli ve Çıkartmalı Çiftlik Kitabım</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>22.69</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789759196714</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Resim Bilmeceli Klasik Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789944220873</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Renkler ve Şekiller</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789759196929</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplarım - Renkler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786055723125</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Çiftlikte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>23.06</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786055723446</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Çıkartmalı Kitap - Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789944220026</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Doğadaki Hayvanlar Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786054380978</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Prensesler - Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786054504008</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Prensesler - Prenses ve Bezelye Tanesi</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786054380985</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama - Pamuk Prenses</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786054380961</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - Külkedisi</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786054380992</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786054504015</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - Denizkızı</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786055723903</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - 4</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786055723873</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - 3</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786055723927</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - 2</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055723910</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Boyama Kitabı - 1</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786054380824</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786055723439</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler - Pamuk Prenses</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786054380893</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Prenses Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789756080269</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Üç Küçük Domuz Resimlerle Okuyorum</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786054380480</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786054380640</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Minik Kitaplar  - Şekiller</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786054380701</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Minik Kitaplar - Sayılar</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786054380671</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Minik Kitaplar - Saatler</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786054380695</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Minik Kitaplar - Renkler</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786054380374</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan - Pinokyo (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>23.98</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789944220590</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Perrault Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789944220781</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Periler ve Prensesler Boyama Peter Pan</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786055723996</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Çocuk</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786054380107</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Parlak Kitaplar - Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786054380084</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Parlak Kitaplar - Şehir</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786054380077</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Parlak Kitaplar - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786054380091</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Parlak Kitaplar - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789759196455</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Panda</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786054380466</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses’in Sarayı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789756059739</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses ve Yedi Cüce (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>12.87</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786054669028</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses ve Alaaddin</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786054380367</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses - Külkedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786055723644</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses - Hareketli Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054504213</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Bebek - Sesleri Öğreniyorum - Sözcükler</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786054504220</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Bebek - Sesleri Öğreniyorum - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>39.81</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786054380398</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı - Bambi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>23.98</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786054380527</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054380343</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan, Pinokyo, Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>10.09</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054380329</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses, Alis Tuhaflıklar Ülkesinde, Kurt ve Yedi Keçi Yavrusu</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>10.09</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789944220088</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Orman Hayvanları (32 Çıkartma)</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9789756059036</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Orman Arkadaşlarım</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9789944220446</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Okulda (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>38.5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786054380848</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Neden, Nasıl, Ne Zaman ve Nerede? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786054380336</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Külkedisi - Denizkızı, Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786054380183</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>33.8</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789944220798</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Periler ve Prensesler Boyama Pinokyo</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789756059418</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Oz Büyücüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786055723248</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Otomobil</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789756059951</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki ve Denizdeki Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786054669929</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>36.11</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786053340423</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>3 D Klasik Masallar - Pamuk Prenses ve Yedi Cüce</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786053340690</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Dinazorlar - Tyrannosaurus Rex</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786053341956</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - Fashionable</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786053341963</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - Accessorie</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786053341178</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Süper Modeller - Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786053341154</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Balerin - Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786053341161</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Periler - Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786053341147</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşlarım - Aktivite Kitabım</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786053340195</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Renk ve Şekil</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786053340201</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Sayı</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786054669295</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Desing Your Dress - Mor</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>67.5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786053341321</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştır Dinozorlar (Sarı)</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786053341338</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştır Dinozorlar (Yeşil)</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786053341314</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştır Dinozorlar (Pembe)</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786053341307</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştır Dinozorlar (Mavi)</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786053341215</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştırma Sırt Çantam</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786053341192</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştırma Sepetim</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786053341185</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştırma Bavulum</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786053341208</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Boyama ve Yapıştırma Çantam</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786053340591</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Benim Tarzım - Mavi</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786053340560</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Benim Tarzım - Pembe</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786053340904</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Shopping (Pembe)</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786053340911</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Shopping  (Mavi)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786053340409</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>3 D Klasik Masallar - Külkedisi</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786053340416</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>3 D Klasik Masallar - Kırmızı Başlıklı Kız ve Kurt</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786054669318</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Desing Your Dress (Pembe)</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9782753025882</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Style (Mor)</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>27.31</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786053340553</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Süper Aktivite Çıkartmalı Kitabım 5 Yaş / İngilizce My Time Machine</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786053340546</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Süper Aktivite Çıkartmalı Kitabım: 4 Yaş</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786053340539</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Süper Aktivite Çıkartmalı Kitabım</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786053340812</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Periler / Boyama - Çıkartmalı Kitap</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786053340577</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar / Boyama ve 120 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>26.5</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786053340584</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Prenses - Boyama ve 120 Çıkarma</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786054669677</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Sayılar</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786054669639</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Renkler</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>19.35</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786054669905</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim Öğreniyor - Oyun Zamanı</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054669882</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim Öğreniyor - Hayvanat Bahçesi</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>16.57</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786053340140</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Trendy (Yeşil)</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786053340027</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Çarpım Tablosu Kitabım</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786054669257</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - My Style (Pembe)</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786054669301</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Desing Your Dress - Pembe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>36.57</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786053342182</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler - Maskeler Yaratıcı Boyama</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>49.83</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786054504602</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Pencereler - Hayvanlar ve Yavruları</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786054669349</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Süprriz! - Mavi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786054669356</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Sürpriz! - Kırmızı</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786053341970</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786053342175</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanlar ve Canavarlar - Maskeler Yaratıcı Boyama</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786054669417</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Dostlarımı Boyuyorum At (Yeşil Kapak)</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786054669127</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Yapıştır Türkçe-İngilizce İlk Sözcükler</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786055723941</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786055723958</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız - Şekilli Masallar Dizisi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786053342113</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Periler - Külkedisi ve Pinokyo</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786053342250</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786053342878</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Yalnızlık Merhaba Sevgi</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786053342922</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Üzüntü Merhaba Mutluluk</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786053342915</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Korku Merhaba Cesaret</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786053342908</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Kızgınlık Merhaba Sakinlik</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786053342885</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Kıskançlık Merhaba Güven</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786053342892</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Karamsarlık Merhaba İyimserlik</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786053342861</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Kelimeleri Öğren - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786053342854</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Kelimeleri Öğren - Sirk</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786053342847</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Kelimeleri Öğren - Uzay</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786053342830</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Kelimeleri Öğren - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786053342748</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Moda ile Eğlence</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786053342731</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Hayranı – Kupanı Kendin Yap</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786053342694</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Uzayda Görev POP UP</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786053342700</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Dünyası POP UP (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786053342717</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Dokun ve Hisset Kuyruklarıyla – Tilki ve Ekşi Üzümler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786053342724</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Dokun ve Hisset Kuyruklarıyla – Aslan ve Fare (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786053342786</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Güzel ve Çirkin</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786053342793</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Cesur Kurşun Asker</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786053342779</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Aladdin ve Sihirli Lambası</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786053342809</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786053342755</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Peter Pan</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786053342762</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Masallar – Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786053342816</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Prensesler</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786053342823</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Tek Boynuzlu Atlar</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786053342373</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sakar Diplodokus - Mini Pop-Up Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786053342052</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Karnavallar Doğum Günleri ve Bazı Çeşitli Partiler</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786053341512</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Yap-Boz Kitap Pinokyo</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786054380541</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786055723460</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler - Külkedisi</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786054380572</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Çocuk - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786054504923</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses (Mini Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786053342496</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Fashion Stars Tırnaklarınızı Süslemek İçin Süper Sanat - 200 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786053342502</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Fashion Stars Süper Makyaj ve Manikür - 250 Çıkartma</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786053342625</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Girls Fashion (Stil)</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786053342601</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Keşfedelim - Çiftlik Hayvanları Yapbozlu Karton Kitap</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786053342595</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Keşfedelim - Dino Dünyası Yapbozlu Karton Kitap</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786053342618</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Girls Fashion (Moda)</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786053342557</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sihirli Parıldayan Tek Boynuzlu At Etkinlik Kitabım</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786053342540</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sihirli Parıldayan Prenses Etkinlik Kitabım</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786053342571</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sihirli Parıldayan Deniz Kızı Etkinlik Kitabım</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786053342564</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sihirli Parıldayan Balerin Etkinlik Kitabım</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786053342632</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Renklendiriyoruz - Araçlar</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786053342656</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Renklendiriyoruz (Arabalar)</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786053342649</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Renklendiriyoruz (Trenler)</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786053342663</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Renklendiriyoruz (Gemiler)</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786053342670</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Renklendiriyoruz (Dozerler)</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786054669066</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı ve Hansel Gretel</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786053340485</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Bilmen Gereken 101 Şey - Sudaki Hayvanlar ve Köpekbalıkları</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786053340461</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Bilmen Gereken 101 Şey - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786053340478</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Bilmen Gereken 101 Şey - İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786053340454</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Bilmen Gereken 101 Şey - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786053342526</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Masallar (Mavi)</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786053342533</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Masallar (Kırmızı)</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786053342519</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Atlas Okyanuslar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786054504961</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız (Mini Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786054669035</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız ve Bambi</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786054380534</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786055723507</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Prenses Modası - Denizkızı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786054669059</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Kedi ve Üç Küçük Domuz</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786054669073</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Ördek Yavrusu ve Peter Pan</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786054380596</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Ördek Yavrusu - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786054504299</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Bambi - Denizkızı</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786055723682</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Ambulans</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786054380886</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Aile Albümüm: Ben ve Ailem (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786054380855</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Albümü (Mavi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789756059982</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimiz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789944220347</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Masallar - Üç Küçük Domuz</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786054504367</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Çarkı Çevir - Süpermarket</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786054504374</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Çarkı Çevir - Okul</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9789944220163</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Tavşan</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9789944220149</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Boyama- Rüzgar Gülü</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786053342489</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Dünya Yıldızları</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786053342403</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Yalnızlık, Merhaba Sevgi</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786053342458</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Karamsarlık, Merhaba İyimserlik</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786053342434</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Kızgınlık, Merhaba Sakinlik</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786053342441</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Kıskançlık, Merhaba Güven</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786053342410</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Üzüntü, Merhaba Mutluluk</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786053342427</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Korku, Merhaba Cesaret</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786053342311</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Kurt ve Yedi Keçi Yavrusu</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786053342304</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Çizmeli Kedi</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786053342397</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Kurtarıcı Teruzor - Mini Pop-Up Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786053342243</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>İlk Bilimsel Deneylerim</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786053342120</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler - Denizkızı ve Güzel İle Canavar</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786053342007</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786053341994</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786053341987</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Renkler</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786053340522</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Çirkin Ördek</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786053341536</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786053340980</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Book Of Secrets (Pembe)</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055723699</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Yapboz Kitabım - İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786053340997</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Book Of Secrets (Mor)</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786053340508</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Külkedisi</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786053341529</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Yap-Boz Kitap Peter Pan</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786053340515</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Yap-Boz Kitap - Pamuk Prenses</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786053341819</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top A Funny Day - Dinosaurs</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786053342069</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Balo-Hayvanlar Canavarlar ve Bazı Sevimli Yaratıklar</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786053341505</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Yap-Boz Kitap Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786053340492</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Yap-boz Kitap - Bambi</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786053341857</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Party (Pembe)</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786053341840</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top My Party (Mor)</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786053342090</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalar Kamyonlar</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786053342076</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalar - Arabalar ve Motorlar</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786053342083</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalar - İş Makineleri</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786054380237</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Kurt ve Yedi Keçi Yavrusu - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054380305</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Külkedisi - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786054380275</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Güzel İle Canavar - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786054380213</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kızı - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786054380282</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Üç Küçük Domuz - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786053341598</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Masal Çantam - Periler</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786053341604</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Masal Çantam - Prensesler</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786053342236</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Çek ve Öğren İngilizce İlk Sözcükler - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786053342205</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Çek ve Öğren İngilizce İlk Sözcükler - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054669783</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin Orman Hayvanları</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786054669813</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786053341581</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bebekken (Mavi)</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786053341574</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bebekken (Pembe)</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786054504954</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Oz Büyücüsü - Cep Klasikleri Dizisi</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786054380206</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786054380244</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786054380220</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786054380299</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786054380312</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786054380268</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Bambi - Minik Kitaplar Dizisi</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786053342137</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bisikletçinin El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786053342151</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yayanın El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786053342144</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Gezginin El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786053342168</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yolcunun El Kitabı - Çıkartmalarla Trafik Kuralları</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786053341833</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - Just Dance</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786053341642</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Designs - Jewellery</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786053341635</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Designs - Hair Style</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786053341611</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Designs - Nails</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786053341628</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Designs - Tattoos</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786053341109</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Üç Küçük Domuz - Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786053341130</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Bambi - Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786053341116</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo - Külkedisi</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786053341123</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kızı - Pamuk Prenses</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786053341734</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar - Yuvada</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786053341741</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar - Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786053341727</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar - Denizde</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786053341710</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvanlar - Alışverişte</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786053341772</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Araç (Küçük Dolgu Kapak)</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786053341802</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Çiftlikte (Küçük Dolgu Kapak)</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786053341758</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Hayvan (Büyük Kapak)</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786053341765</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>İlk 100 Dizisi Kelime (Büyük Kapak)</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786053340836</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Makaronlar</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786053340850</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Çikolatalı</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786053340829</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Dünya Kahveleri</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786053340843</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Enfes Muffin ve Cupcake'ler</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786054669394</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Periler Eğleniyor</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786053340942</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Funny - Things (Mavi)</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786053340065</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top Colour (Pembe)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786054669660</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Okul</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786053340867</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcükler (Çıkartmalarla Birlikte) - Kırmızı</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786053340881</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcükler -  Pembe</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786053340874</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcükler - Mavi</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786053340898</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcükler - Yeşil</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786053340805</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Araçlar / Boyama, Çıkartmalı Kitap</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786053340669</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Dinazorlar - Apatosaurus</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786053340676</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Dinazorlar - Stegosaurus</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786053340683</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Dinazorlar - Triceratops</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786053340225</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Patlak Gözler Dizisi - Obur Monster</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786053340393</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>3 D Klasik Masallar - Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786053340362</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Minik Çantalar Dizisi - Plaj Çantam</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786053340317</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kitabım - Leonardo da Vinci</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786053340348</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kitabım - Van Gogh</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786053340324</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kitabım - Dali</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786053340331</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kitabım - Picasso</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786053340263</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789944220132</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Ev</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786054504633</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Benim Gizli Günlüğüm (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786054380831</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Albümü (Pembe) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786054380558</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786054669790</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin Çiftlik Hayvanları</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786055723453</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler - Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786054504879</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Sincaplar ve İyimserlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786054504893</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Ayısı ve Dayanışma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786054504909</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Poni ve Dostluk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9789759196035</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kitaplığım: Büyüleyici Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786054380497</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789759196462</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Üç Küçük Domuz Küçük Evler Dizisi</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786054380350</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Canavar - Bambi, Üç Küçük Domuz</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786054669011</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel ve Parmak Çocuk</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9789759196837</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel  Pırıltılı Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786054380626</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Tarla Faresi İle Şehir Faresi - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786054504503</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama - Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786054504527</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786054504510</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Süper Boyama - Atlar ve Midilliler</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786054380503</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Sudaki Hayvanlar - Gümüş Çıkartmalı</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786054504589</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Stil Sahibi Kızların El Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786055723347</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Polis</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786054669080</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo ve Güzel ile Canavar</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786054380749</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Şekiller</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786054380756</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Sayılar</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786054380732</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Renkler</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9789759196844</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Masallar Külkedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786054504312</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses - Üç Küçük Domuz</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786054380589</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786054669042</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Külkedisi ve Denizkızı</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786054380565</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Külkedisi - Dünya Masalları</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786054504336</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Kül Kedisi - Pinokyo</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786054504329</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Kurt ve 7 Keçi Yavrusu - Çirkin Ördek</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9789944220552</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Masallar</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786054380510</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar ve Yavruları - Gümüş Çıkartmalı</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786054504305</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Çirkin - Uyuyan Güzel</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789944220101</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Çıkartmalar - Sözcükler</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789944220125</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Çıkartmalar - Sayılar</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789944220118</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Çıkartmalar - Saatler</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786054504596</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Pencereler - Sudaki Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786054504626</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Pencereler - Atlar ve Midilliler</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786054504930</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyan Güzel (Mini Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786054504916</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Simbad (Mini Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786054504947</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Çocuk (Mini Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786054504763</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786054669646</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Ev</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786054669622</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Çiftlik Hayvanları</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786054669912</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim Öğreniyor - Plajda</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786054669561</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Mini Masallar - Çizmeli Kedi</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786054669554</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Mini Masallar -  Kurt ve Yedi Keçi Yavrusu</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786054669547</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Mini Masallar - Bambi</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786054380725</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Pırıltılı Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786054504343</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan - Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786054669653</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kitaplar - Vahşi Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786054669899</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim Öğreniyor - Kırda</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786054669578</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Mini Masallar - Çirkin Ördek</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786054669400</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Prensesler Eğleniyor</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786055723484</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786054669509</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Yap Boz - 7 Keçi  Yavrusu</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786054669516</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Yap Boz /  Güzel ve Canavar</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786054669806</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim - Hayvanlar ve Yavruları</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786054669769</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Masallar: Sütçü Kız Kara ile Tilki</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786054669776</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Çoban Güvercin ile Karınca</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786054669844</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin - Deniz Hayvanları</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786054669820</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin - Sayılar</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786053340034</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Tatilde - Boyama ve Aktivite</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786054504688</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786054669233</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - My T-Shirts (Yeşil)</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786054504718</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786054504695</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Atlar ve Poniler</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786053340638</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - Friends</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786053340621</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - My Book Secrets</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786054669851</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin - İlk Sözcükler</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786054669837</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim İçin - Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786053340041</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Tatilde - Eğlence</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786054669608</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Noktaları Birleştir - Kırmızı</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786054504756</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Klasikler Uyuyan Güzel (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786054504794</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Canavar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786054504770</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Külkedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786054504732</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786054504886</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Fil ve Cömertlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786054669240</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Princess Top - My T-Shirts (Pembe)</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786054669523</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Yap-Boz Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786054669530</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Yap Boz Kibirli Fare</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786054504855</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Atlar ve Poniler 2</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
           <t>9786054504848</t>
         </is>
       </c>
-      <c r="B233" s="1" t="inlineStr">
+      <c r="B667" s="1" t="inlineStr">
         <is>
           <t>Atlar ve Poniler 1</t>
         </is>
       </c>
-      <c r="C233" s="1">
+      <c r="C667" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>