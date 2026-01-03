--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -334,81 +334,81 @@
         <is>
           <t>9786256715868</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Kulaklarına Pamuk Tıkama! “Son Ahid”</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256715561</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>İslami Tebliğ Dersleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786058135871</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Arz-ı Mukaddes Kudüs</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057245403</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Son Nefes Çanakkale</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057170750</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>el-Edebü'l Müfred (2 Cilt)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057170781</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
@@ -484,51 +484,51 @@
         <is>
           <t>3339876062969</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Adem Sevgi (5 Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>1300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057110428</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Garp'ın Gökkubbesi Altında Türkler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057117076</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Boşluk</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>3330000115891</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
@@ -574,96 +574,96 @@
         <is>
           <t>9786057442949</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Söz Sevgi Hikmet</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057117052</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Altmışlı Yıllardan Altmışıncı Yıla</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057053220</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Alaaddin'in Dualı Lambası</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057117045</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Sözün Özü - Yaşayış</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057442994</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Zamana Dair</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057442925</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Bir Damla Sevgi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057442987</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>