--- v1 (2026-01-03)
+++ v2 (2026-03-15)
@@ -85,1330 +85,1405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255804075</t>
+          <t>9786058189393</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şia'ya Dair</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255804112</t>
+          <t>9786257580359</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fıkha Dair Mülâhazalar</t>
+          <t>Kalbi Sahibine Teslim Etmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255804136</t>
+          <t>9786058135833</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şahit Yazılar</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255995940</t>
+          <t>3990000080087</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Amcamın Çocukları</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255995933</t>
+          <t>3996058135840</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Müslümanlaşması</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255995926</t>
+          <t>9786255804075</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (s.a.v) Tevhid Mücadelesi</t>
+          <t>Şia'ya Dair</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258081565</t>
+          <t>9786255804112</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bana Yazıldı</t>
+          <t>Fıkha Dair Mülâhazalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057053244</t>
+          <t>9786255804136</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Minik Muhafızları</t>
+          <t>Şahit Yazılar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255995773</t>
+          <t>9786255995940</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Amcamın Çocukları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3339876054732</t>
+          <t>9786255995933</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geylani Akan Seti - 5 Kitap</t>
+          <t>Müslümanın Müslümanlaşması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057577290</t>
+          <t>9786255995926</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hüznümüz Yalnız Allah’adır</t>
+          <t>Peygamberimizin (s.a.v) Tevhid Mücadelesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257980890</t>
+          <t>9786258081565</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>On İki İmam Sevgisi ve Alevilik Kültürü</t>
+          <t>Bana Yazıldı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057577627</t>
+          <t>9786057053244</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Resulullah (s.a.v.)'ın Etrafındaki Çocuk Sahabiler</t>
+          <t>Kudüs’ün Minik Muhafızları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057577962</t>
+          <t>9786255995773</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sonrası Hayat</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255995049</t>
+          <t>3339876054732</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mazereti Olmayan Cihad Davet</t>
+          <t>Geylani Akan Seti - 5 Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256715868</t>
+          <t>9786057577290</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kulaklarına Pamuk Tıkama! “Son Ahid”</t>
+          <t>Hüznümüz Yalnız Allah’adır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256715561</t>
+          <t>9786257980890</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğ Dersleri</t>
+          <t>On İki İmam Sevgisi ve Alevilik Kültürü</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058135871</t>
+          <t>9786057577627</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arz-ı Mukaddes Kudüs</t>
+          <t>Resulullah (s.a.v.)'ın Etrafındaki Çocuk Sahabiler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057245403</t>
+          <t>9786057577962</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes Çanakkale</t>
+          <t>Ölüm Sonrası Hayat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057170750</t>
+          <t>9786255995049</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>el-Edebü'l Müfred (2 Cilt)</t>
+          <t>Mazereti Olmayan Cihad Davet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057170781</t>
+          <t>9786256715868</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dut Kardeşliği</t>
+          <t>Kulaklarına Pamuk Tıkama! “Son Ahid”</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057053213</t>
+          <t>9786256715561</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Gri Elmacık</t>
+          <t>İslami Tebliğ Dersleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057170712</t>
+          <t>9786058135871</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kadıoğlu Abdullah</t>
+          <t>Arz-ı Mukaddes Kudüs</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057170736</t>
+          <t>9786057245403</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Son Nefes Çanakkale</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057170729</t>
+          <t>9786057170750</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dijital Neslin Müslüman Bilinci</t>
+          <t>el-Edebü'l Müfred (2 Cilt)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3339876062969</t>
+          <t>9786057170781</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Adem Sevgi (5 Kitap)</t>
+          <t>Dut Kardeşliği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057110428</t>
+          <t>9786057053213</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Garp'ın Gökkubbesi Altında Türkler</t>
+          <t>Zavallı Gri Elmacık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057117076</t>
+          <t>9786057170712</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Kadıoğlu Abdullah</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3330000115891</t>
+          <t>9786057170736</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Burhan Bozgeyik Tüm Eserleri - 10 Kitap</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>2850</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052154755</t>
+          <t>9786057170729</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Arz-ı Mukaddes Kudüs (Ciltli)</t>
+          <t>Dijital Neslin Müslüman Bilinci</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057442918</t>
+          <t>3339876062969</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Damlalar</t>
+          <t>Adem Sevgi (5 Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057442949</t>
+          <t>9786057110428</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Söz Sevgi Hikmet</t>
+          <t>Garp'ın Gökkubbesi Altında Türkler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057117052</t>
+          <t>9786057117076</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Altmışlı Yıllardan Altmışıncı Yıla</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057053220</t>
+          <t>3330000115891</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Dualı Lambası</t>
+          <t>Burhan Bozgeyik Tüm Eserleri - 10 Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057117045</t>
+          <t>9786052154755</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü - Yaşayış</t>
+          <t>Arz-ı Mukaddes Kudüs (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057442994</t>
+          <t>9786057442918</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zamana Dair</t>
+          <t>Sevgiden Damlalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057442925</t>
+          <t>9786057442949</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Sevgi</t>
+          <t>Söz Sevgi Hikmet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057442987</t>
+          <t>9786057117052</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Anlar</t>
+          <t>Altmışlı Yıllardan Altmışıncı Yıla</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057442963</t>
+          <t>9786057053220</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Fikir Harmanı</t>
+          <t>Alaaddin'in Dualı Lambası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057442970</t>
+          <t>9786057117045</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Girdabı</t>
+          <t>Sözün Özü - Yaşayış</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057442956</t>
+          <t>9786057442994</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sanatı</t>
+          <t>Zamana Dair</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057442932</t>
+          <t>9786057442925</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Derviş</t>
+          <t>Bir Damla Sevgi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057053206</t>
+          <t>9786057442987</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başörtülü Kız</t>
+          <t>Yaşayan Anlar</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257682589</t>
+          <t>9786057442963</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fe Eyne Tezhebun - Bu Gidiş Nereye</t>
+          <t>Fikir Harmanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257682770</t>
+          <t>9786057442970</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dua Yazgıyı Değiştirir Mi?</t>
+          <t>Düşünce Girdabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257682329</t>
+          <t>9786057442956</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bana Çocukmuşum Gibi Davranma</t>
+          <t>Hayat Sanatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257810999</t>
+          <t>9786057442932</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Saraya Giden Yol Hz. Yusuf</t>
+          <t>Şehirli Derviş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257810937</t>
+          <t>9786057053206</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gerçekleri</t>
+          <t>Kırmızı Başörtülü Kız</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257810920</t>
+          <t>9786257682589</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Fe Eyne Tezhebun - Bu Gidiş Nereye</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257980814</t>
+          <t>9786257682770</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Dua Yazgıyı Değiştirir Mi?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057577986</t>
+          <t>9786257682329</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Meşhurların Son Anları</t>
+          <t>Bana Çocukmuşum Gibi Davranma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057577900</t>
+          <t>9786257810999</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi - Aziziye Şahlanışı 1877 - 1878</t>
+          <t>Kuyudan Saraya Giden Yol Hz. Yusuf</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257980906</t>
+          <t>9786257810937</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Her Limandan Bir Yolcu</t>
+          <t>Hayatın Gerçekleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257980920</t>
+          <t>9786257810920</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalnızlığımda Tek Arkadaşım Geriye Kalan Amelim</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257980913</t>
+          <t>9786257980814</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rabbim İçin</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057577528</t>
+          <t>9786057577986</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kızılelma</t>
+          <t>Meşhurların Son Anları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058021174</t>
+          <t>9786057577900</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İşgal Yıllarında Yunan Zulmü</t>
+          <t>93 Harbi - Aziziye Şahlanışı 1877 - 1878</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058021150</t>
+          <t>9786257980906</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
+          <t>Her Limandan Bir Yolcu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057577979</t>
+          <t>9786257980920</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Haremlik Selamlık</t>
+          <t>Büyük Yalnızlığımda Tek Arkadaşım Geriye Kalan Amelim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057577924</t>
+          <t>9786257980913</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İslam Çağı Başlıyor</t>
+          <t>Rabbim İçin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058021167</t>
+          <t>9786057577528</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İşgal Yılları</t>
+          <t>Yeniden Kızılelma</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057577917</t>
+          <t>9786058021174</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Yolu</t>
+          <t>İşgal Yıllarında Yunan Zulmü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057577931</t>
+          <t>9786058021150</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa</t>
+          <t>Peygamber Efendimizin (a.s.m.) Savaşları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057577948</t>
+          <t>9786057577979</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cihad Yolu</t>
+          <t>İslam'da Haremlik Selamlık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057577894</t>
+          <t>9786057577924</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mirket Bir Aşk Hikayesi</t>
+          <t>İslam Çağı Başlıyor</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057577337</t>
+          <t>9786058021167</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Umudun Adı Mavi</t>
+          <t>İşgal Yılları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058135819</t>
+          <t>9786057577917</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerde Cennetle Müjdelenen Hanımlar</t>
+          <t>Peygamber Yolu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057577313</t>
+          <t>9786057577931</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Siyonist Sorgu ! İsrail Zindanlarında Bir Türk</t>
+          <t>Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057577566</t>
+          <t>9786057577948</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası ve Son Muhafızlar</t>
+          <t>Cihad Yolu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057577504</t>
+          <t>9786057577894</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Mirket Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057577498</t>
+          <t>9786057577337</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kendimizle Yüzleşmek</t>
+          <t>Umudun Adı Mavi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057577306</t>
+          <t>9786058135819</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Müslümanları</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerde Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058135888</t>
+          <t>9786057577313</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Sarıkamış</t>
+          <t>Siyonist Sorgu ! İsrail Zindanlarında Bir Türk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058135857</t>
+          <t>9786057577566</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Son Peygamber (Ciltli)</t>
+          <t>Medine Müdafaası ve Son Muhafızlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058135864</t>
+          <t>9786057577504</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 2 Cilt (Ciltli)</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058135840</t>
+          <t>9786057577498</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (2 Cilt Takım) (Ciltli)</t>
+          <t>Kendimizle Yüzleşmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058135802</t>
+          <t>9786057577306</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Ahir Zaman Müslümanları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058189331</t>
+          <t>9786058135888</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlk Mü’mine Hz. Hatice El- Kübra Radiyallahu Anha</t>
+          <t>Anılarla Sarıkamış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058189317</t>
+          <t>9786058135857</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulü’nün Annesi Hz. Amine</t>
+          <t>Alemlere Rahmet Son Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058189355</t>
+          <t>9786058135864</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İffet ve İsmet Timsali Hz. Aişe Radiyallahu Anha</t>
+          <t>İslam Tarihi 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058189300</t>
+          <t>9786058135840</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Sembolü Hazreti Ömer el- Faruk (r.a)</t>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058189348</t>
+          <t>9786058135802</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Haya ve Edeb Abidesi Hazreti Osman Zü’n-nureyn (r.a)</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058189386</t>
+          <t>9786058189331</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Haya ve İffet Abidesi Fatımatü’z Zehra (r.a)</t>
+          <t>İlk Mü’mine Hz. Hatice El- Kübra Radiyallahu Anha</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058189379</t>
+          <t>9786058189317</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 10 Sahabe</t>
+          <t>Allah Rasulü’nün Annesi Hz. Amine</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058189362</t>
+          <t>9786058189355</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sadaka ve Cömertliğin Zirvesi Hazreti Ebubekir (r.a.)</t>
+          <t>İffet ve İsmet Timsali Hz. Aişe Radiyallahu Anha</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786058189300</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Adaletin Sembolü Hazreti Ömer el- Faruk (r.a)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786058189348</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Haya ve Edeb Abidesi Hazreti Osman Zü’n-nureyn (r.a)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786058189386</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Haya ve İffet Abidesi Fatımatü’z Zehra (r.a)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786058189379</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Cennetle Müjdelenen 10 Sahabe</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786058189362</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Sadaka ve Cömertliğin Zirvesi Hazreti Ebubekir (r.a.)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
           <t>9786058189324</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Allah’ın Arslanı ve İlmin Kapısı Hazreti Ali (r.a.)</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C92" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>