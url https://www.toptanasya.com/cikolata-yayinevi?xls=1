--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -109,951 +109,951 @@
         <is>
           <t>9786059713887</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Büyükanne Vertigo M.- Tektonik Hareketler Bunlar</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786059713948</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Monmon Papağanları Arıyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786059713931</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Ponpon Dostlarını Arıyor</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786059713924</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Tonton Hazineyi Arıyor</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786059713917</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Bonbon Toplarını Arıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786059713290</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Matematik Canavarlarından Matematik Canavarlarına 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786059713900</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Sayılar Boyama ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059713894</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Kodlama Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059713177</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Vadideki Yerleşke - Güneş Gezegeni Dizisi 4</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786059713436</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Matematik Canavarlarından Matematik Canavarlarına 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786059713856</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Sorulara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786059713870</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Eylemlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786059713863</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Etkileşimli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786059713832</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Su Altı Yaşamı Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786059713849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Orman Hayvanları  Boyama ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786059713825</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Dinozorlar - Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786059713818</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Büyük İş Makineleri - Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786059713788</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Oli Wants to Fly!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786059713795</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Afacan Civcivler Çöplerini Dönüştürüyor!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059713801</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Afacan Civcivler Kayıp Cevizi Arıyor!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786059713757</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Noktalara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786059713764</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Adetlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786059713771</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Yönlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786059713733</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Afacan Civcivler Yumurtadan Çıkıyor!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786059713740</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Afacan Civcivler Komşularıyla Tanışıyor!</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786055082055</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Tohum İzcileri - Güneş Gezegeni Dizisi 3</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786059713511</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Sebzeler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786059713528</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Meyveler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786059713702</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Pofu the Sloth - The Surprise Party</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059713719</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Luna the Koala - The Noisy Caterpillar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786059713726</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Nino the Hoglet - Wakes Up Early</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059713689</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Keçi Bala - Sihirli Sözcük</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059713665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Koala Luna - Gürültücü Tırtıl</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059713696</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Bala the Goat - The Magic Word</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059713672</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Kirpi Nino Erkenden Uyanıyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786059713658</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Tembel Pofu - Sürpriz Parti</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059713337</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786059713610</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Mesleklere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786059713597</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Sayılara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786059713603</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Renklere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786059713634</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Etkinliklere Göre Boyama Kitabı - Sarı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786059713627</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Etkinliklere Göre Boyama Kitabı - Gri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786059713641</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Etkinliklere Göre Boyama Kitabı - Yeşil</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786059713573</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Dijital Vatandaşlık Nedir?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059713566</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>İletişim Nedir?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059713580</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Oli Uçmak İstiyor!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786059713481</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Renkler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059713467</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Vahşi Hayvanlar 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059713450</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Taşıtlar 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059713504</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Sayılar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786059713498</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786059713535</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Oyuncaklar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786059713559</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Zıt Anlamlılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786059713443</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Taşıtlar 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786059713474</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Vahşi Hayvanlar 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786059713399</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Büyükanne Vertigo M - Kümülonimbus Gümbürtüsü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786059713412</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786059713429</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Ha Gayret!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786059713405</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Almost There!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786059713313</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Lila the Purple Snail</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786059713320</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Yanlışlıklar Silsilesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786059713269</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Sorumluluk Canavarları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786059713184</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Arda's Trip to Troy - Graded Readers</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786059713207</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
@@ -1069,336 +1069,336 @@
         <is>
           <t>9786059713153</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Koca Ayak Mut'la Karşılaşma</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786059713214</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Medya Nedir?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786059713160</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Beethoven'ın Kulak Trompeti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786059713146</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Koca Ayak Mut Öykü Yazarı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786059713108</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Büyükanne Vertigo M. - Bir Karınca Meselesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786059713092</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Koca Ayak Mut: Kompozisyon Uzmanı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786059713122</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Hayvanların Sessiz Dünyası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786059713085</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Koca Ayak Mut: Cümleci</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786059713078</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar: O Bir Renklence</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786059713016</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Koca Ayak Mut Paragraf Ustası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786059713054</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Kanadımdaki Tüy</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786059713009</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Acemi Kaşifler - Hattuşa'nın Güneşi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786059713061</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Mor Salyangoz Lila</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786059713023</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Bu Sırrı Saklasak mı?!</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786059713276</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Güneş Gezegeni Dizisi 2 : Ani Sel</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786055082086</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar Disleksi Misleksi (6+ Yaş)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786055082062</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Güneş Gezegeni Dizisi 1 : Dış Dünya Gezisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786059713238</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - İnternette Güvenlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786055082024</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Küçük Tumburluplar - Öykülü Boyama Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786055082000</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Diş Hekiminde</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786055082031</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Aburlupcuburlup</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786055082048</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Okulda Zorba Var</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>85</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>