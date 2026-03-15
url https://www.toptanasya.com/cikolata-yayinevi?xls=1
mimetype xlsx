--- v1 (2026-01-03)
+++ v2 (2026-03-15)
@@ -85,1330 +85,1525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059713887</t>
+          <t>9786059713047</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Vertigo M.- Tektonik Hareketler Bunlar</t>
+          <t>365 Gün Sinema</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059713948</t>
+          <t>9786059713139</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Monmon Papağanları Arıyor</t>
+          <t>Hayatım Çizgi Roman</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059713931</t>
+          <t>9786059713115</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Dostlarını Arıyor</t>
+          <t>Koyunlar Gibi Yünümüz Olsa</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>295</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059713924</t>
+          <t>9786059713030</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tonton Hazineyi Arıyor</t>
+          <t>Zihni Dingin - Zihnin Serbest Akışı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059713917</t>
+          <t>9786059713351</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Toplarını Arıyor</t>
+          <t>Şanslı Dinozor Bo Yeni Evine Taşınıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059713290</t>
+          <t>9786059713375</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarlarından Matematik Canavarlarına 1</t>
+          <t>Şanslı Dinozor Bo Duvar Ustası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059713900</t>
+          <t>9786059713382</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Boyama ve Çıkartma Kitabı</t>
+          <t>Şanslı Dinozor Bo Bahar Temizliği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059713894</t>
+          <t>9786059713306</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Boyama Ve Çıkartma Kitabı</t>
+          <t>Almond and the Giant Stairs (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059713177</t>
+          <t>9786059713368</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Yerleşke - Güneş Gezegeni Dizisi 4</t>
+          <t>Şanslı Dinozor Bo Pisi İle Spor Günü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059713436</t>
+          <t>9786059713221</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarlarından Matematik Canavarlarına 2</t>
+          <t>Badem Merdivene Karşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059713856</t>
+          <t>4440000001690</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sorulara Göre Boyama Kitabı</t>
+          <t>Koca Ayaklı Maceralar Dizisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>69</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059713870</t>
+          <t>9786059713191</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eylemlere Göre Boyama Kitabı</t>
+          <t>Dağhan's Guide Dog - Graded Readers</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>69</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059713863</t>
+          <t>9786059713955</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Boyama Kitabı</t>
+          <t>Büyükanne Vertigo M.</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>69</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059713832</t>
+          <t>9786059713887</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Yaşamı Boyama Ve Çıkartma Kitabı</t>
+          <t>Büyükanne Vertigo M.- Tektonik Hareketler Bunlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059713849</t>
+          <t>9786059713948</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları  Boyama ve Çıkartma Kitabı</t>
+          <t>Monmon Papağanları Arıyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059713825</t>
+          <t>9786059713931</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Boyama Ve Çıkartma Kitabı</t>
+          <t>Ponpon Dostlarını Arıyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059713818</t>
+          <t>9786059713924</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyük İş Makineleri - Boyama Ve Çıkartma Kitabı</t>
+          <t>Tonton Hazineyi Arıyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059713788</t>
+          <t>9786059713917</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Oli Wants to Fly!</t>
+          <t>Bonbon Toplarını Arıyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059713795</t>
+          <t>9786059713290</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Afacan Civcivler Çöplerini Dönüştürüyor!</t>
+          <t>Matematik Canavarlarından Matematik Canavarlarına 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059713801</t>
+          <t>9786059713900</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Afacan Civcivler Kayıp Cevizi Arıyor!</t>
+          <t>Sayılar Boyama ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059713757</t>
+          <t>9786059713894</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Noktalara Göre Boyama Kitabı</t>
+          <t>Kodlama Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>69</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059713764</t>
+          <t>9786059713177</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Adetlere Göre Boyama Kitabı</t>
+          <t>Vadideki Yerleşke - Güneş Gezegeni Dizisi 4</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>69</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059713771</t>
+          <t>9786059713436</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yönlere Göre Boyama Kitabı</t>
+          <t>Matematik Canavarlarından Matematik Canavarlarına 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>69</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059713733</t>
+          <t>9786059713856</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Afacan Civcivler Yumurtadan Çıkıyor!</t>
+          <t>Sorulara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>135</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059713740</t>
+          <t>9786059713870</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Afacan Civcivler Komşularıyla Tanışıyor!</t>
+          <t>Eylemlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>135</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055082055</t>
+          <t>9786059713863</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tohum İzcileri - Güneş Gezegeni Dizisi 3</t>
+          <t>Etkileşimli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059713511</t>
+          <t>9786059713832</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Avuç İçi Kitaplarım Dizisi</t>
+          <t>Su Altı Yaşamı Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059713528</t>
+          <t>9786059713849</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Avuç İçi Kitaplarım Dizisi</t>
+          <t>Orman Hayvanları  Boyama ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059713702</t>
+          <t>9786059713825</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Pofu the Sloth - The Surprise Party</t>
+          <t>Dinozorlar - Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059713719</t>
+          <t>9786059713818</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Luna the Koala - The Noisy Caterpillar</t>
+          <t>Büyük İş Makineleri - Boyama Ve Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059713726</t>
+          <t>9786059713788</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nino the Hoglet - Wakes Up Early</t>
+          <t>Oli Wants to Fly!</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059713689</t>
+          <t>9786059713795</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Keçi Bala - Sihirli Sözcük</t>
+          <t>Afacan Civcivler Çöplerini Dönüştürüyor!</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059713665</t>
+          <t>9786059713801</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Koala Luna - Gürültücü Tırtıl</t>
+          <t>Afacan Civcivler Kayıp Cevizi Arıyor!</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059713696</t>
+          <t>9786059713757</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bala the Goat - The Magic Word</t>
+          <t>Noktalara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059713672</t>
+          <t>9786059713764</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Nino Erkenden Uyanıyor</t>
+          <t>Adetlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>135</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059713658</t>
+          <t>9786059713771</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tembel Pofu - Sürpriz Parti</t>
+          <t>Yönlere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059713337</t>
+          <t>9786059713733</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Afacan Civcivler Yumurtadan Çıkıyor!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059713610</t>
+          <t>9786059713740</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mesleklere Göre Boyama Kitabı</t>
+          <t>Afacan Civcivler Komşularıyla Tanışıyor!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>69</v>
+        <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059713597</t>
+          <t>9786055082055</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sayılara Göre Boyama Kitabı</t>
+          <t>Tohum İzcileri - Güneş Gezegeni Dizisi 3</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>69</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059713603</t>
+          <t>9786059713511</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Renklere Göre Boyama Kitabı</t>
+          <t>Sebzeler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059713634</t>
+          <t>9786059713528</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklere Göre Boyama Kitabı - Sarı</t>
+          <t>Meyveler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059713627</t>
+          <t>9786059713702</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklere Göre Boyama Kitabı - Gri</t>
+          <t>Pofu the Sloth - The Surprise Party</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059713641</t>
+          <t>9786059713719</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklere Göre Boyama Kitabı - Yeşil</t>
+          <t>Luna the Koala - The Noisy Caterpillar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059713573</t>
+          <t>9786059713726</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dijital Vatandaşlık Nedir?</t>
+          <t>Nino the Hoglet - Wakes Up Early</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059713566</t>
+          <t>9786059713689</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İletişim Nedir?</t>
+          <t>Keçi Bala - Sihirli Sözcük</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059713580</t>
+          <t>9786059713665</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oli Uçmak İstiyor!</t>
+          <t>Koala Luna - Gürültücü Tırtıl</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059713481</t>
+          <t>9786059713696</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Avuç İçi Kitaplarım Dizisi</t>
+          <t>Bala the Goat - The Magic Word</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059713467</t>
+          <t>9786059713672</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar 1</t>
+          <t>Kirpi Nino Erkenden Uyanıyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059713450</t>
+          <t>9786059713658</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar 2</t>
+          <t>Tembel Pofu - Sürpriz Parti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059713504</t>
+          <t>9786059713337</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sayılar</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059713498</t>
+          <t>9786059713610</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Mesleklere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059713535</t>
+          <t>9786059713597</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar</t>
+          <t>Sayılara Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059713559</t>
+          <t>9786059713603</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zıt Anlamlılar</t>
+          <t>Renklere Göre Boyama Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059713443</t>
+          <t>9786059713634</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar 1</t>
+          <t>Etkinliklere Göre Boyama Kitabı - Sarı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059713474</t>
+          <t>9786059713627</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar 2</t>
+          <t>Etkinliklere Göre Boyama Kitabı - Gri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>75</v>
+        <v>69</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059713399</t>
+          <t>9786059713641</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Vertigo M - Kümülonimbus Gümbürtüsü</t>
+          <t>Etkinliklere Göre Boyama Kitabı - Yeşil</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>69</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059713412</t>
+          <t>9786059713573</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutulması</t>
+          <t>Dijital Vatandaşlık Nedir?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059713429</t>
+          <t>9786059713566</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ha Gayret!</t>
+          <t>İletişim Nedir?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059713405</t>
+          <t>9786059713580</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Almost There!</t>
+          <t>Oli Uçmak İstiyor!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059713313</t>
+          <t>9786059713481</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lila the Purple Snail</t>
+          <t>Renkler - Avuç İçi Kitaplarım Dizisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059713320</t>
+          <t>9786059713467</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar Silsilesi</t>
+          <t>Vahşi Hayvanlar 1</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059713269</t>
+          <t>9786059713450</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar - Sorumluluk Canavarları</t>
+          <t>Taşıtlar 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059713184</t>
+          <t>9786059713504</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arda's Trip to Troy - Graded Readers</t>
+          <t>Sayılar</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059713207</t>
+          <t>9786059713498</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Esma Goes to Space Camp - Graded Readers</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059713153</t>
+          <t>9786059713535</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak Mut'la Karşılaşma</t>
+          <t>Oyuncaklar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059713214</t>
+          <t>9786059713559</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Medya Nedir?</t>
+          <t>Zıt Anlamlılar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059713160</t>
+          <t>9786059713443</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Beethoven'ın Kulak Trompeti</t>
+          <t>Taşıtlar 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059713146</t>
+          <t>9786059713474</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak Mut Öykü Yazarı</t>
+          <t>Vahşi Hayvanlar 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059713108</t>
+          <t>9786059713399</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Vertigo M. - Bir Karınca Meselesi</t>
+          <t>Büyükanne Vertigo M - Kümülonimbus Gümbürtüsü</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059713092</t>
+          <t>9786059713412</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak Mut: Kompozisyon Uzmanı</t>
+          <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059713122</t>
+          <t>9786059713429</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Sessiz Dünyası</t>
+          <t>Ha Gayret!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059713085</t>
+          <t>9786059713405</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak Mut: Cümleci</t>
+          <t>Almost There!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059713078</t>
+          <t>9786059713313</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar: O Bir Renklence</t>
+          <t>Lila the Purple Snail</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059713016</t>
+          <t>9786059713320</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayak Mut Paragraf Ustası</t>
+          <t>Yanlışlıklar Silsilesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059713054</t>
+          <t>9786059713269</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kanadımdaki Tüy</t>
+          <t>Tumburluplar - Sorumluluk Canavarları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059713009</t>
+          <t>9786059713184</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Acemi Kaşifler - Hattuşa'nın Güneşi</t>
+          <t>Arda's Trip to Troy - Graded Readers</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059713061</t>
+          <t>9786059713207</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mor Salyangoz Lila</t>
+          <t>Esma Goes to Space Camp - Graded Readers</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059713023</t>
+          <t>9786059713153</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar - Bu Sırrı Saklasak mı?!</t>
+          <t>Koca Ayak Mut'la Karşılaşma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059713276</t>
+          <t>9786059713214</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gezegeni Dizisi 2 : Ani Sel</t>
+          <t>Medya Nedir?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055082086</t>
+          <t>9786059713160</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar Disleksi Misleksi (6+ Yaş)</t>
+          <t>Beethoven'ın Kulak Trompeti</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055082062</t>
+          <t>9786059713146</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gezegeni Dizisi 1 : Dış Dünya Gezisi</t>
+          <t>Koca Ayak Mut Öykü Yazarı</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059713238</t>
+          <t>9786059713108</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar - İnternette Güvenlik</t>
+          <t>Büyükanne Vertigo M. - Bir Karınca Meselesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055082024</t>
+          <t>9786059713092</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tumburluplar - Öykülü Boyama Kitabı</t>
+          <t>Koca Ayak Mut: Kompozisyon Uzmanı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055082000</t>
+          <t>9786059713122</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar - Diş Hekiminde</t>
+          <t>Hayvanların Sessiz Dünyası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055082031</t>
+          <t>9786059713085</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tumburluplar - Aburlupcuburlup</t>
+          <t>Koca Ayak Mut: Cümleci</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786059713078</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar: O Bir Renklence</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059713016</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Koca Ayak Mut Paragraf Ustası</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059713054</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kanadımdaki Tüy</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059713009</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Kaşifler - Hattuşa'nın Güneşi</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059713061</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Mor Salyangoz Lila</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786059713023</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar - Bu Sırrı Saklasak mı?!</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786059713276</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Gezegeni Dizisi 2 : Ani Sel</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786055082086</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar Disleksi Misleksi (6+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786055082062</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Gezegeni Dizisi 1 : Dış Dünya Gezisi</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059713238</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar - İnternette Güvenlik</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786055082024</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Tumburluplar - Öykülü Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786055082000</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar - Diş Hekiminde</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786055082031</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Tumburluplar - Aburlupcuburlup</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
           <t>9786055082048</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Tumburluplar - Okulda Zorba Var</t>
         </is>
       </c>
-      <c r="C87" s="1">
-        <v>85</v>
+      <c r="C100" s="1">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>