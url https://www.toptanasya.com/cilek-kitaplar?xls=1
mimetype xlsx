--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -85,1360 +85,1450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051185286</t>
+          <t>9786051180854</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mutlu Yuvası (5 Kitap Kutulu)</t>
+          <t>Padişah Olan Dilenci - Kıssadan Hisse 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051185187</t>
+          <t>9786051183688</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Vefakar Eş Hz. Hatice - Peygamberimizin Mutlu Yuvası 1</t>
+          <t>Devenin Güzelliği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051183879</t>
+          <t>9786051183664</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cüzdan - Deyimlerle Öyküler</t>
+          <t>Guguk Kuşunun Dostluğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759189891</t>
+          <t>9786051183640</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvan Boyama</t>
+          <t>Arkadaş Arayan Kokarca</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758771417</t>
+          <t>9786051183633</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cankız</t>
+          <t>Yaralı Fil Yavrusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051185156</t>
+          <t>9786051183718</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlmin Öncüsü Hz. Aişe - Peygamberimizin Mutlu Yuvası 4</t>
+          <t>Krallık Sınavı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051182797</t>
+          <t>9786051185286</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>40 Öykü 40 Değer Sosyal İlişkiler Dizisi (10 Kitap Takım)</t>
+          <t>Peygamberimizin Mutlu Yuvası (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051185163</t>
+          <t>9786051185187</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gül Goncası Hz. Fatıma - Peygamberimizin Mutlu Yuvası 3</t>
+          <t>Vefakar Eş Hz. Hatice - Peygamberimizin Mutlu Yuvası 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051183008</t>
+          <t>9786051183879</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi Mumu</t>
+          <t>Kayıp Cüzdan - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051182995</t>
+          <t>9789759189891</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Polis Sampi</t>
+          <t>Sevimli Hayvan Boyama</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051182957</t>
+          <t>9789758771417</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşcı Hamham</t>
+          <t>Cankız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051180977</t>
+          <t>9786051185156</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm -  İklim ve Mevsimler (Ciltli)</t>
+          <t>İlmin Öncüsü Hz. Aişe - Peygamberimizin Mutlu Yuvası 4</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051181646</t>
+          <t>9786051182797</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Araba ve Taşıt Boyama</t>
+          <t>40 Öykü 40 Değer Sosyal İlişkiler Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051183978</t>
+          <t>9786051185163</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa - Anadolu Yiğitleri 4</t>
+          <t>Gül Goncası Hz. Fatıma - Peygamberimizin Mutlu Yuvası 3</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051183961</t>
+          <t>9786051183008</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun - Anadolu Yiğitleri 3</t>
+          <t>Çiftçi Mumu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051183954</t>
+          <t>9786051182995</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Anadolu Yiğitleri 2</t>
+          <t>Polis Sampi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051183947</t>
+          <t>9786051182957</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ulubatlı Hasan - Anadolu Yiğitleri 1</t>
+          <t>Aşcı Hamham</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759189860</t>
+          <t>9786051180977</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvan Boyama</t>
+          <t>Eğlenceli Sözlüğüm -  İklim ve Mevsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759189853</t>
+          <t>9786051181646</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rakamları Boyama</t>
+          <t>Araba ve Taşıt Boyama</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759189877</t>
+          <t>9786051183978</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Çiçek Boyama</t>
+          <t>Gazi Osman Paşa - Anadolu Yiğitleri 4</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759189884</t>
+          <t>9786051183961</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Boyama</t>
+          <t>Nene Hatun - Anadolu Yiğitleri 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051183268</t>
+          <t>9786051183954</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Genç Balıkçı</t>
+          <t>Seyit Onbaşı - Anadolu Yiğitleri 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051181851</t>
+          <t>9786051183947</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Dikkat Et 2 (8-9 Yaş)</t>
+          <t>Ulubatlı Hasan - Anadolu Yiğitleri 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758771455</t>
+          <t>9789759189860</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Eğlenceli Hayvan Boyama</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051183909</t>
+          <t>9789759189853</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları</t>
+          <t>Rakamları Boyama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759139223</t>
+          <t>9789759189877</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okumayı Öğreniyorum</t>
+          <t>Meyve ve Çiçek Boyama</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051181226</t>
+          <t>9789759189884</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasından Masallar (Ciltli)</t>
+          <t>Harfleri Boyama</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051184111</t>
+          <t>9786051183268</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin En Güzel Bilmeceler</t>
+          <t>Genç Balıkçı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051184128</t>
+          <t>9786051181851</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>En Komik Okul Fıkraları</t>
+          <t>Düşün ve Dikkat Et 2 (8-9 Yaş)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051185309</t>
+          <t>9789758771455</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç Kanguru - Orman Günlükleri 2</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051185347</t>
+          <t>9786051183909</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Akbaba - Orman Günlükleri 6</t>
+          <t>Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051185323</t>
+          <t>9789759139223</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Kaplumbağa</t>
+          <t>Kur’an Okumayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051185330</t>
+          <t>9786051181226</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Papağan</t>
+          <t>Hayvanlar Dünyasından Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051185392</t>
+          <t>9786051184111</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Orman Günlükleri Seti - 10 Kitap Takım</t>
+          <t>Çocuklar İçin En Güzel Bilmeceler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051185293</t>
+          <t>9786051184128</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küçümseyen Ayı</t>
+          <t>En Komik Okul Fıkraları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051185354</t>
+          <t>9786051185309</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kendini Beğenen Zürafa - Orman Günlükleri 7</t>
+          <t>Üşengeç Kanguru - Orman Günlükleri 2</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051185361</t>
+          <t>9786051185347</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Meraklı Serçe</t>
+          <t>Takıntılı Akbaba - Orman Günlükleri 6</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051185385</t>
+          <t>9786051185323</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Sincap - Orman Günlükleri 10</t>
+          <t>Sabırsız Kaplumbağa</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051185378</t>
+          <t>9786051185330</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Martı - Orman Günlükleri 9</t>
+          <t>Pasaklı Papağan</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051185316</t>
+          <t>9786051185392</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Orman Günlükleri Cimri Fare</t>
+          <t>Orman Günlükleri Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051185217</t>
+          <t>9786051185293</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sabır Timsali Hz. Ümmü Seleme - Peygamberimizin Mutlu Yuvası 5</t>
+          <t>Küçümseyen Ayı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051185279</t>
+          <t>9786051185354</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sevgi Örelim</t>
+          <t>Kendini Beğenen Zürafa - Orman Günlükleri 7</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051184722</t>
+          <t>9786051185361</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ve Ay</t>
+          <t>Aşırı Meraklı Serçe</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051184715</t>
+          <t>9786051185385</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Diliyle Biricik Peygamberim</t>
+          <t>Alaycı Sincap - Orman Günlükleri 10</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051183848</t>
+          <t>9786051185378</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Olmak - Cici Çocuklar (Büyük Boy)</t>
+          <t>Açgözlü Martı - Orman Günlükleri 9</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051183855</t>
+          <t>9786051185316</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Kırmızı Araba (Büyük Boy)</t>
+          <t>Orman Günlükleri Cimri Fare</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051183732</t>
+          <t>9786051185217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zor Yarış - Deyimlerle Öyküler</t>
+          <t>Sabır Timsali Hz. Ümmü Seleme - Peygamberimizin Mutlu Yuvası 5</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051183916</t>
+          <t>9786051185279</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak Güzeldir - Can Kardeşler 1</t>
+          <t>Haydi Sevgi Örelim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051183435</t>
+          <t>9786051184722</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Helva Pişirtemedim</t>
+          <t>Yıldız ve Ay</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051183459</t>
+          <t>9786051184715</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tavşanın Suyunun Suyu</t>
+          <t>Çocuk Diliyle Biricik Peygamberim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051183374</t>
+          <t>9786051183848</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Balin Kız ile Annesi</t>
+          <t>Saygılı Olmak - Cici Çocuklar (Büyük Boy)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051182988</t>
+          <t>9786051183855</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Vudi</t>
+          <t>Miniklere Öyküler - Kırmızı Araba (Büyük Boy)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051182971</t>
+          <t>9786051183732</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Bambum</t>
+          <t>Zor Yarış - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051182964</t>
+          <t>9786051183916</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Şanti</t>
+          <t>Paylaşmak Güzeldir - Can Kardeşler 1</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051182902</t>
+          <t>9786051183435</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Ressam Robot Robi</t>
+          <t>Bir Helva Pişirtemedim</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051182810</t>
+          <t>9786051183459</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Nasıl Canavar Oldum</t>
+          <t>Tavşanın Suyunun Suyu</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051182858</t>
+          <t>9786051183374</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Güneşli Günler</t>
+          <t>Balin Kız ile Annesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051182827</t>
+          <t>9786051182988</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Doğa ve Sen</t>
+          <t>Öğretmen Vudi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051182834</t>
+          <t>9786051182971</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Çiçekler ve Hamdi Dede</t>
+          <t>Gazeteci Bambum</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051182865</t>
+          <t>9786051182964</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Arılar ve Çiçekler</t>
+          <t>İtfaiyeci Şanti</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051182841</t>
+          <t>9786051182902</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Anneler ve Yavruları</t>
+          <t>Miniklere Öyküler - Ressam Robot Robi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051183251</t>
+          <t>9786051182810</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ninenin Duası</t>
+          <t>Miniklere Öyküler - Nasıl Canavar Oldum</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051182070</t>
+          <t>9786051182858</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 7 -Orman Çocuğu</t>
+          <t>Miniklere Öyküler - Güneşli Günler</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051181660</t>
+          <t>9786051182827</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kral Aslan Kara Korsan’a Karşı (Ciltli)</t>
+          <t>Miniklere Öyküler - Doğa ve Sen</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051181332</t>
+          <t>9786051182834</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Köyde Bir Hafta</t>
+          <t>Miniklere Öyküler - Çiçekler ve Hamdi Dede</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758771578</t>
+          <t>9786051182865</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kırk Güvercin</t>
+          <t>Miniklere Öyküler - Arılar ve Çiçekler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758771400</t>
+          <t>9786051182841</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hoşnigar</t>
+          <t>Miniklere Öyküler - Anneler ve Yavruları</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051181288</t>
+          <t>9786051183251</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren, Öğreten Bilmeceler</t>
+          <t>Yaşlı Ninenin Duası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051181059</t>
+          <t>9786051182070</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Yaya Kuralları</t>
+          <t>Masallar Ülkesi 7 -Orman Çocuğu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759189907</t>
+          <t>9786051181660</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirent Boyama</t>
+          <t>Kral Aslan Kara Korsan’a Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>25</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758771011</t>
+          <t>9786051181332</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Her Güne Bir Dua (Ciltli)</t>
+          <t>Köyde Bir Hafta</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051182117</t>
+          <t>9789758771578</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 2 - Çirkin Ördek Yavrusu</t>
+          <t>Kırk Güvercin</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051180281</t>
+          <t>9789758771400</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Biricik Dinim İslam</t>
+          <t>Hoşnigar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051182001</t>
+          <t>9786051181288</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 1 - Aslan ile Fare</t>
+          <t>Eğlendiren, Öğreten Bilmeceler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758771424</t>
+          <t>9786051181059</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu</t>
+          <t>Eğlenceli Sözlüğüm - Yaya Kuralları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758771615</t>
+          <t>9789759189907</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Altın Sesli Bülbül</t>
+          <t>Eğlenceli Labirent Boyama</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758771431</t>
+          <t>9789758771011</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Allem Kallem</t>
+          <t>Çocuğumla Her Güne Bir Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051182308</t>
+          <t>9786051182117</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Sebzelerin Oyunu</t>
+          <t>Masallar Ülkesi 2 - Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051182940</t>
+          <t>9786051180281</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlüğüm (5-7 Yaş) (Ciltli)</t>
+          <t>Biricik Dinim İslam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051182933</t>
+          <t>9786051182001</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlüğüm - Tanımak İstiyorum (3-5 Yaş) (Ciltli)</t>
+          <t>Masallar Ülkesi 1 - Aslan ile Fare</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758771288</t>
+          <t>9789758771424</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göl</t>
+          <t>Anka Kuşu</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051181066</t>
+          <t>9789758771615</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Sporlar</t>
+          <t>Altın Sesli Bülbül</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051181035</t>
+          <t>9789758771431</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Sayılar (Ciltli)</t>
+          <t>Allem Kallem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759189921</t>
+          <t>9786051182308</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Resim Boyama</t>
+          <t>Meyve ve Sebzelerin Oyunu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758771257</t>
+          <t>9786051182940</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bulut Çocuk</t>
+          <t>Resimli Sözlüğüm (5-7 Yaş) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758771479</t>
+          <t>9786051182933</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sırma Saçlı Kız</t>
+          <t>Resimli Sözlüğüm - Tanımak İstiyorum (3-5 Yaş) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758771592</t>
+          <t>9789758771288</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oduncunun Topuzu</t>
+          <t>Mavi Göl</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
+          <t>9786051181066</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Sporlar</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786051181035</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Sayılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789759189921</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Resim Boyama</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789758771257</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Çocuk</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789758771479</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sırma Saçlı Kız</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789758771592</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Oduncunun Topuzu</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>9786051182315</t>
         </is>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Masal Bulutu (Ciltli)</t>
         </is>
       </c>
-      <c r="C89" s="1">
+      <c r="C95" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>