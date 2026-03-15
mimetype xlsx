--- v1 (2026-01-03)
+++ v2 (2026-03-15)
@@ -85,1450 +85,7255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051180854</t>
+          <t>9786051183572</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Padişah Olan Dilenci - Kıssadan Hisse 2</t>
+          <t>Masal Adası 5 Kitap (2. ve 3. Sınıf)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051183688</t>
+          <t>9786051184142</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Devenin Güzelliği</t>
+          <t>Kara Fatma</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051183664</t>
+          <t>9786051184074</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşunun Dostluğu</t>
+          <t>Yeni Hayat - Yaratıcı Okuma Öyküleri 10</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051183640</t>
+          <t>9786051184067</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Kokarca</t>
+          <t>Vefa Borcu - Yaratıcı Okuma Öyküleri 9</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051183633</t>
+          <t>9786051184043</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Fil Yavrusu</t>
+          <t>Kırmızı Kutu - Yaratıcı Okuma Öyküleri 7</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051183718</t>
+          <t>9786051184036</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Krallık Sınavı</t>
+          <t>İkiz Çocuk Kalbi - Yaratıcı Okuma Öyküleri 6</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051185286</t>
+          <t>9786051184029</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mutlu Yuvası (5 Kitap Kutulu)</t>
+          <t>Hayaller ve Gerçekler - Yaratıcı Okuma Öyküleri 5</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>750</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051185187</t>
+          <t>9786051184012</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vefakar Eş Hz. Hatice - Peygamberimizin Mutlu Yuvası 1</t>
+          <t>Gizemli Oyun - Yaratıcı Okuma Öyküleri 4</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051183879</t>
+          <t>9786051184005</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cüzdan - Deyimlerle Öyküler</t>
+          <t>En Güzel Hediye - Yaratıcı Okuma Öyküleri 3</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759189891</t>
+          <t>9786051183985</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvan Boyama</t>
+          <t>Anı Defteri - Yaratıcı Okuma Öyküleri 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758771417</t>
+          <t>9786051183992</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cankız</t>
+          <t>Azimli Prens - Yaratıcı Okuma Öyküleri 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051185156</t>
+          <t>9786051180380</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlmin Öncüsü Hz. Aişe - Peygamberimizin Mutlu Yuvası 4</t>
+          <t>Mutlu Düşler Ülkesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051182797</t>
+          <t>9786051182322</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>40 Öykü 40 Değer Sosyal İlişkiler Dizisi (10 Kitap Takım)</t>
+          <t>Tehlikeler Gezegeni - Ufaklık Serüven Peşinde 22</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051185163</t>
+          <t>9786051182339</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gül Goncası Hz. Fatıma - Peygamberimizin Mutlu Yuvası 3</t>
+          <t>Kahin - Ufaklık Serüven Peşinde 21</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051183008</t>
+          <t>9786051182193</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi Mumu</t>
+          <t>Acemi Uçurtma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051182995</t>
+          <t>9786051181752</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Polis Sampi</t>
+          <t>Deniz Canlılarını Boyama</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051182957</t>
+          <t>9786051182209</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşcı Hamham</t>
+          <t>Kukuriki ile Kikiriki</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051180977</t>
+          <t>3990000093033</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm -  İklim ve Mevsimler (Ciltli)</t>
+          <t>Çilek Kitaplar Anadolu Masalları (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051181646</t>
+          <t>9786051183886</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Araba ve Taşıt Boyama</t>
+          <t>Çiçek Tutkunu - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051183978</t>
+          <t>9786051183893</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa - Anadolu Yiğitleri 4</t>
+          <t>Yakan Top - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051183961</t>
+          <t>9786051183053</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun - Anadolu Yiğitleri 3</t>
+          <t>Güzel Ahlaklı Olmak - 40 Öykü 40 Değer</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051183954</t>
+          <t>9786051183305</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Anadolu Yiğitleri 2</t>
+          <t>Çakal ile Tavus</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051183947</t>
+          <t>9786051183282</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ulubatlı Hasan - Anadolu Yiğitleri 1</t>
+          <t>Yaramaz Küçük Ayı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759189860</t>
+          <t>9786051183299</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvan Boyama</t>
+          <t>Karanlıkların Kuşu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759189853</t>
+          <t>9786051183275</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rakamları Boyama</t>
+          <t>Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759189877</t>
+          <t>9786051183312</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Çiçek Boyama</t>
+          <t>Tavşanın Oyunu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789759189884</t>
+          <t>9786051183442</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Boyama</t>
+          <t>Kuyruksuz Sıpa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051183268</t>
+          <t>9786051183466</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Genç Balıkçı</t>
+          <t>Eşeğe Niçin Ters Bindi?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051181851</t>
+          <t>9786051183763</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Dikkat Et 2 (8-9 Yaş)</t>
+          <t>Kardan Kediler - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758771455</t>
+          <t>9786051183756</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Sütçü Halil Amca - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051183909</t>
+          <t>9786051183749</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları</t>
+          <t>Markalı Botlarım - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759139223</t>
+          <t>9786051183725</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okumayı Öğreniyorum</t>
+          <t>Buz Gibi Limonata - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051181226</t>
+          <t>9786051183770</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasından Masallar (Ciltli)</t>
+          <t>Sade Dondurma - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051184111</t>
+          <t>9786051183862</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin En Güzel Bilmeceler</t>
+          <t>Güvercinim Uçuverdi - Deyimlerle Öyküler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051184128</t>
+          <t>9786051183411</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>En Komik Okul Fıkraları</t>
+          <t>Kırmızı Kız ile Kedisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051185309</t>
+          <t>9786051183404</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Üşengeç Kanguru - Orman Günlükleri 2</t>
+          <t>Şakacı Böğürtlen Ağacı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051185347</t>
+          <t>9786051182780</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Akbaba - Orman Günlükleri 6</t>
+          <t>İletişim Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051185323</t>
+          <t>9786051182773</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Kaplumbağa</t>
+          <t>Manevi Değerler Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051185330</t>
+          <t>9786051183503</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Papağan</t>
+          <t>Güzel Ahlak Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051185392</t>
+          <t>9786051183398</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Orman Günlükleri Seti - 10 Kitap Takım</t>
+          <t>Üç Altın Çiçek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051185293</t>
+          <t>9786051183381</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küçümseyen Ayı</t>
+          <t>Tatlı Elma Şekeri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051185354</t>
+          <t>9786051183930</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kendini Beğenen Zürafa - Orman Günlükleri 7</t>
+          <t>Eğlenceli Tatil - Can Kardeşler 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051185361</t>
+          <t>9786051183923</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Meraklı Serçe</t>
+          <t>Mahallenin Kedisi - Can Kardeşler 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051185385</t>
+          <t>9786051183800</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Sincap - Orman Günlükleri 10</t>
+          <t>Öykülerle Sosyal İlişkiler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051185378</t>
+          <t>9786051183817</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Martı - Orman Günlükleri 9</t>
+          <t>Öykülerle Manevi Değerler Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051185316</t>
+          <t>9786051183794</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Orman Günlükleri Cimri Fare</t>
+          <t>Öykülerle İletişim Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051185217</t>
+          <t>9786051183787</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sabır Timsali Hz. Ümmü Seleme - Peygamberimizin Mutlu Yuvası 5</t>
+          <t>Öykülerle Güzel Ahlak Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051185279</t>
+          <t>9786051183824</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sevgi Örelim</t>
+          <t>Öykülerle Davranış Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051184722</t>
+          <t>9786051183190</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ve Ay</t>
+          <t>Dua Etme Adabı - Şeker Yağmuru</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051184715</t>
+          <t>9786051183176</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Diliyle Biricik Peygamberim</t>
+          <t>Güzel Konuşmak - Altın Kelimeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>290</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051183848</t>
+          <t>9786051183206</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Olmak - Cici Çocuklar (Büyük Boy)</t>
+          <t>Su İçme Adabı - Gizli Oyun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051183855</t>
+          <t>9786051183152</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Kırmızı Araba (Büyük Boy)</t>
+          <t>Yemek Yeme Adabı - Yapmalıboz Çorbası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051183732</t>
+          <t>9786051182759</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zor Yarış - Deyimlerle Öyküler</t>
+          <t>Güzel Ahlak Vagonu - 40 Hadis Treni 1 (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051183916</t>
+          <t>9786051182919</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak Güzeldir - Can Kardeşler 1</t>
+          <t>Miniklere Öyküler (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051183435</t>
+          <t>9786051181356</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Helva Pişirtemedim</t>
+          <t>Eren ile Ceren İlk Okuma Serisi Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051183459</t>
+          <t>9786051183244</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tavşanın Suyunun Suyu</t>
+          <t>Temiz Olmak - Temizlik Projesi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051183374</t>
+          <t>9786051183237</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Balin Kız ile Annesi</t>
+          <t>Kardeş Sevgisi - Mesaj Kavanozu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051182988</t>
+          <t>9786051182872</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Vudi</t>
+          <t>Miniklere Öyküler - Korsan Korni</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051182971</t>
+          <t>9786051182889</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Bambum</t>
+          <t>Miniklere Öyküler - Kırmızı Araba</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051182964</t>
+          <t>9786051182896</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Şanti</t>
+          <t>Miniklere Öyküler - Gökkuşağını Yutan Dinozor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051182902</t>
+          <t>9786051183220</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Ressam Robot Robi</t>
+          <t>Misafirperver Olmak - Küçük Misafir</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051182810</t>
+          <t>9786051183213</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Nasıl Canavar Oldum</t>
+          <t>Saygılı Olmak - Cici Çocuklar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051182858</t>
+          <t>9786051183183</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Güneşli Günler</t>
+          <t>İyilik Yapmak - Renkli Yağmurlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051182827</t>
+          <t>9786051183169</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Doğa ve Sen</t>
+          <t>Anne-Babayı Memnun Etmek - Salon Gezegeni</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051182834</t>
+          <t>9786051182353</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Çiçekler ve Hamdi Dede</t>
+          <t>Kabus Şatosu - Ufaklık Serüven Peşinde 23</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051182865</t>
+          <t>9786051182926</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Arılar ve Çiçekler</t>
+          <t>Resimli Sözlüğüm (0-3 Yaş) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051182841</t>
+          <t>9786051181776</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Öyküler - Anneler ve Yavruları</t>
+          <t>Değerler Eğitiminde Serçeciğin Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051183251</t>
+          <t>9786051182162</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ninenin Duası</t>
+          <t>Ufaklık Serüven Peşinde 20 - Deniz Kurdu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051182070</t>
+          <t>9786051180403</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 7 -Orman Çocuğu</t>
+          <t>Cici Çocuklar Yapmalıboz Çorbası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051181660</t>
+          <t>9786051180427</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kral Aslan Kara Korsan’a Karşı (Ciltli)</t>
+          <t>Cici Çocuklar Şeker Yağmuru</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051181332</t>
+          <t>9786051180458</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Köyde Bir Hafta</t>
+          <t>Cici Çocuklar Küçük Misafir</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758771578</t>
+          <t>9786051180434</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırk Güvercin</t>
+          <t>Cici Çocuklar Renkli Yağmurlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758771400</t>
+          <t>9786051180472</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hoşnigar</t>
+          <t>Cici Çocuklar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051181288</t>
+          <t>9786051181769</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren, Öğreten Bilmeceler</t>
+          <t>Sevgili Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051181059</t>
+          <t>9786051183022</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Yaya Kuralları</t>
+          <t>Doktor Lala</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759189907</t>
+          <t>9786051183046</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirent Boyama</t>
+          <t>Bakkal Tosun</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758771011</t>
+          <t>9786051183015</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Her Güne Bir Dua (Ciltli)</t>
+          <t>Pilot Pandi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051182117</t>
+          <t>9786051183039</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 2 - Çirkin Ördek Yavrusu</t>
+          <t>Yazar Nana</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051180281</t>
+          <t>9786051183671</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Biricik Dinim İslam</t>
+          <t>Üç Yakın Dost</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051182001</t>
+          <t>9786051183657</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Masallar Ülkesi 1 - Aslan ile Fare</t>
+          <t>Farelerin Çaresi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758771424</t>
+          <t>9786051183626</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu</t>
+          <t>Timsahlı Irmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758771615</t>
+          <t>9786051183367</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Altın Sesli Bülbül</t>
+          <t>Zeytin Küpü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758771431</t>
+          <t>9786051183350</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Allem Kallem</t>
+          <t>Doğru Sözlü Çoban</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051182308</t>
+          <t>9786051183343</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Sebzelerin Oyunu</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051182940</t>
+          <t>9786051183336</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlüğüm (5-7 Yaş) (Ciltli)</t>
+          <t>Yoksul Oduncu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051182933</t>
+          <t>9786051183329</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlüğüm - Tanımak İstiyorum (3-5 Yaş) (Ciltli)</t>
+          <t>Çiçek Kız</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758771288</t>
+          <t>9786051183701</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göl</t>
+          <t>Sevginin Değeri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051181066</t>
+          <t>9786051183695</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Sporlar</t>
+          <t>Yarasanın Korkusu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051181035</t>
+          <t>9786051182230</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sözlüğüm - Sayılar (Ciltli)</t>
+          <t>Minik Fare Tıkır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759189921</t>
+          <t>9786051182254</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Resim Boyama</t>
+          <t>Yeşil Tavuk ile Pamuk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758771257</t>
+          <t>9786051182216</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bulut Çocuk</t>
+          <t>Küçük Evin Konukları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758771479</t>
+          <t>9786051182247</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sırma Saçlı Kız</t>
+          <t>Mutsuz Salyangoz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758771592</t>
+          <t>9786051182285</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Oduncunun Topuzu</t>
+          <t>Üç Kafadar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
+          <t>9789759189914</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Zıtlıkları Boyama</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789759189464</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Yoksul Oduncu</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789759189396</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Bela Çetesi - Ufaklık Serüven Peşinde 7</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789759189075</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Yazdıklarım Sana Armağandır Küçüğüm</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786051180359</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın Sağlık - Sağlık Öyküleri 6</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789758771318</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Yasak Orman</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786051180120</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Yasak Orman</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789758771813</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786051180298</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Vızzz Vızzzz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789759189471</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Zeytin Küpü</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789759189280</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Genç</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786051180861</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kıskanç Adam - Kıssadan Hisse 4</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789758771448</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Üç Gül Ağacı Az Gittik Uz Gittik 7</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789759189983</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Üç Balık</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789759189228</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Uzayın Tutsakları - Ufaklık Serüven Peşinde 4</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786051181783</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Ufaklık Süreven Peşinde 19: Uzaydaki Düşman</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789758771783</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasından Masallar</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789759189815</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Top ve Kitap</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786051180113</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Temiz Sokaklar</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786051182100</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi - Tavşan ile Kaplumbağa</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786051180007</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Taklitçi Karga</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789759189143</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Emmi</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789758771714</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Şaşkın Tilki</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789759189549</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Sultanın Kulesi</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789758771189</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Su Bebekleri</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758771196</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Söğütlükte Rüzgar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789758771127</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad: Garip Buluşma</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789758771165</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Yaratıklar Adası</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789758771097</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Vahşi Genç</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789758771134</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Tehlikeli Yol</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789758771103</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Meçhul Adam</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789758771110</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Issız Adanın Sırrı</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789758771158</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Hazine Kavgası</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758771141</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Sinbad Büyülü Heykel</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786051180045</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Sınavlar İçin Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789758771776</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Hikayeleri Halk Hikayeleri 2</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789759189839</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Selma Teyze</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>3990001180304</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Selen’in Mavi İncisi - Sağlık Öyküleri 5</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786051180564</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Öyküleri Dizisi (7 Kitap)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789758771905</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Öyküleri</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789759189846</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Rıza Amca’nın Meyve Bahçesi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786051181349</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Prenses Kim Olacak?</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786051180236</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Piri Reis’in Hazineleri - Ufaklık Serüven Peşinde 12</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786051182094</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 8 - Pinokyo</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786051180267</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Pırpır ile Hırhır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786051182087</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 10 -Peter Pan</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789758771837</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Perili Köşk</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786051180342</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Pembegül’ün Şekerleri - Sağlık Öyküleri 4</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789758771820</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İncili Kaftan</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789759189761</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Paylaş ki Çoğalsın</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789758771745</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Padişahla Esir</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786051181257</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Ömercik Hayatı Öğreniyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789758243396</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Ömercik Dedesinden Hayatı Öğreniyor (12 Kitap)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789759189389</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Zamanı</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786051181219</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Oyun İçinde Oyun - Ufaklık Serüven Peşinde 16</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786051181592</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Oku Öğren Yaşa - Bir Testi Su (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789758771530</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca 5 Al Elimi Ver Elini</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789758771509</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca 4 Kim Verecek Yemini</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789758771523</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca 3 Dağına Göre Kış</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789758771516</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca 2 Kırk Köyden Kovulur</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786051183428</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca 1 Her Gün Bayram Olsa</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786051180106</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Park (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789758771295</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Park</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786051181608</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>40 Adımda Muhteşem Peygamberim</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789759189051</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Mini Mini Oyunlar</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789759189945</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Maymun 6 - Bitişik Eğik Yazı Masal Kitaplarım</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789759189655</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Mektuptaki Sır</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786051180090</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Göl (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786051181233</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi (3 Boyutlu Kapak) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786051181554</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789759189259</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Masal Odaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786051181264</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Masal Masal Matitas</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789759189211</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Masal Adası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786051181417</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Masal Adası</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789758771462</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şehzade Az Gittik Uz Gittik 9</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789758771349</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kur’ân-ı Kerim Süreleriı: Bulmacalarla Öğreniyorum 6</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786051180328</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kulağıma Ne Oldu? - Sağlık Öyküleri 2</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789759189495</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Kral ile Bağcı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789758771363</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kral Aslan Bir Masal Dinlermisin? (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786051181400</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Masal Köşkü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>13.8</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789758771226</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Kral Aslan Bir Masal Dinler misin?</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789758771233</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Kral Aslan  Bir Masal Dinler misin? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786051181615</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kral Aslan Masallar Dünyasında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>13.8</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789759189402</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Korkunç Tuzak - Ufaklık Serüven Peşinde 8</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786051181745</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Korku Sirki</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786051181325</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Kiraz Ağacındaki Çocuk</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789759189242</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Ejder - Ufaklık Serüven Peşinde 6</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789759189976</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Kır Faresi ile Şehir Faresi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789759189488</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kır Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789758771721</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kedi ile Aslan</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>3990000048581</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Prens - Ufaklık Serüven Peşinde 13</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789759189716</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Katil Kim - Ufaklık Serüven Peşinde 10</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789758771875</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Kaşağı</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789759189525</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlık</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786051180489</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca ile Fıkır Fıkır</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>14.72</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789759189013</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786051180335</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Midemin Dostuyum - Sağlık Öyküleri 3</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786051180366</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Yumurta Ailesi - Sağlık Öyküleri 7</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786051182063</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 6 -Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786051180847</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Bakışı - Kıssadan Hisse 1</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789759189563</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Gelişiminde Dini Hikayeler</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789759189730</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağanın Bakışı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789759189785</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Kağıt Uçaklar</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786051180625</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Jack ve Fasulye Sırığı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786051180014</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da Tehlike - Ufaklık Serüven Peşinde 11</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789758771035</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>İslamın Şartları: Bulmacalarla Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789758771219</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>İslam Büyükleri: Bulmacalarla Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789758771028</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İmanın Şartları: Bulmacalarla Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789944956062</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>İki Yüzlü Kurum Evlilik</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789758771042</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Peygamberin Hayatı: Bulmacalarla Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789758771370</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Dünyasından Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789758771332</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Dünyasından Masallar</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789758771639</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bahçesi Kıssalardan Hisseler</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789759189365</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bahçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786051181431</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bahçesi</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789759189235</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Gemi - Ufaklık Serüven Peşinde 5</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789759189150</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Harflerin Dansı Pembe Oda</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786051182049</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 5 - Hansel ve Gratel</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789759189754</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseten Islık</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789758771486</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Gülkız</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786051182032</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 4 - Güliver’in Maceraları</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786051181684</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Gül Eğlen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789758771769</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Sultanları Halk Hikayeleri 1</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789758771844</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Mabet</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789758771202</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Bahçe</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789759189952</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Geveze Kurbağa 3 - Bitişik Eğik Yazı Masal Kitaplarım</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789759189662</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Olsun Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789758771806</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Forsa</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786051182025</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 3 - Fareli Köyün Kavalcısı</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>3990000032199</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Eren ile Ceren İlk Okuma Serisi Seti (12 Kitap)</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786051181110</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Merakı - Eren ile Ceren İlk Okuma Serisi 3</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786051181103</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kardeş - Eren ile Ceren İlk Okuma Serisi 2</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786051181134</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım El - Eren ile Ceren İlk Okuma Serisi 5</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786051181141</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızının Sevinci - Eren ile Ceren İlk Okuma Serisi 6</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786051181127</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>İnci’den Sevgilerle - Eren ile Ceren İlk Okuma Serisi 4</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786051181165</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Şekillerin Oyunu - Eren ile Ceren İlk Okuma Serisi 8</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786051181158</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Meyvelerin Oyunu - Eren ile Ceren İlk Okuma Serisi 7</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786051181202</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Karne Sevinci - Eren ile Ceren İlk Okuma Serisi 12</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786051181189</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Gece İle Gündüz - Eren ile Ceren İlk Okuma Serisi 10</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786051181196</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Baharın Şarkısı - Eren ile Ceren İlk Okuma Serisi 11</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786051181172</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Renklerin Bayramı - Eren ile Ceren İlk Okuma Serisi 9</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786051181097</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Gün - Eren ile Ceren İlk Okuma Serisi 1</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789759189648</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Hediye</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786051181318</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Eğlendiren Öğreten Tekerlemeler</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786051181301</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Eğlendiren Öğreten Ninniler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786051181295</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Eğlendiren Öğreten Maniler</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786051182346</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Zeka Soruları</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786051181073</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Zaman</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786051180939</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Vücudumuz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786051181042</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786051181028</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Şekiller</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786051181011</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Renkler</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786051181004</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Dinozorlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786051180984</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Bitkiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786051180946</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm -  Yiyecekler -2</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786051180991</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm -  Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>3990000015374</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Deneyler</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789759189723</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Efsaneler Gezegeni - Ufaklık Serüven Peşinde 9</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786051180908</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2. Seri 7-9 Yaş</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786051180885</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2. Seri 5-6 Yaş</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786051180922</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2. Seri 10-12 Yaş</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786051181837</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2 (6-7 Yaş)</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786051181813</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2 (4-5 Yaş)</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786051181844</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1 (8-9 Yaş)</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786051180892</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1. Seri 7-9 Yaş</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786051181820</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1 (6-7 Yaş)</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786051180878</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1. Seri  5-6 Yaş</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786051181806</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1 (4-5 Yaş)</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786051180915</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 1. Seri  10-12 Yaş</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786051180953</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Kıyafetler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789758771059</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dolittle Yolculuk Zamanı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789758771066</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dolittle Yolculuk Hazırlığı</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789758771080</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dolittle Eve Dönüş</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789758771073</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dolittle</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789759189501</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Sözlü Çoban</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786051180083</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Şarkısı (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789758771271</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Şarkısı</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789758771851</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Diyet</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789758771394</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Devlerin Hazinesi Az Gittik Uz Gittik 6</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789759189624</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Çocukları Büyüten Masal Kitabı</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786055878467</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda 9 Tip Mizaç Modeline Göre Kişilik ve Karakter Gelişimi</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786055878085</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Anlayarak Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789758771387</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumla Her Güne Bir Dua (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789758771004</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumla Her Güne Bir Dua (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789759189068</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkalede Çocuklar da Savaştı</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789759189518</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Cimri Balıkçı</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786051180465</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar - Temizlik Projesi</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786051180441</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar - Saygılı Tırtıl</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786051180410</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar - Gizli Oyun</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786051180397</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar - Altın Kelimeler</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786051180496</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar - Mesaj Kavanozu</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786051180526</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar Boyama ve Etkinlik</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789759189136</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Dev Başlı Cüce Canberk</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786051180830</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Canbaz - Kıssadan Hisse 3</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789759189990</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yarış</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789758771653</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Tufan Kral Aslan Masallar Dünyasında</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789758771646</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Tufan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786051181677</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Tufan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786051180502</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Soygun - Ufaklık Serüven Peşinde 14</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789759189792</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Burcu’nun Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789758771172</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Bulmaca Kitabı 4 Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>3990000008091</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Boyayarak Öğrenelim Serisi (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789759189112</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Bizans’ın Gizli Hazinesi - Ufaklık Serüven Peşinde 3</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789759189822</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tas Sıcak Çorba</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789758771868</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çocuk Aleko</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>3990000025845</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtan Deneyler</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786051181691</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Bil Öğren (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789758771707</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Bezirgan ile Papağan</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789759189105</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Batık Kente Yolculuk - Ufaklık Serüven Peşinde 1</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786051180076</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Bahçesi (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789758771738</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Bardaktaki Taşlar</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786051180557</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Masal Anlat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>15.65</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786051180663</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Balıkçı ile Karısı</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789759189129</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Kentten Kaçış - Ufaklık Serüven Peşinde 2</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786051180311</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Aşıdan Korkan Çocuk - Sağlık Öyküleri 1</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789759189938</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Aslan ile Fare</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786051180038</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Annem Hayat Ağacım</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789759189266</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789758771264</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Bahçesi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789758771684</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789758771691</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786051181424</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Masalları</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786051181363</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Altın Maske - Ufaklık Serüven Peşinde</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051180052</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kumsal (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789758771240</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kumsal</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789759189747</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Ali’nin Sevinci</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789759189969</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Horoz</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789759189808</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Ağaç Dostları</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786051180823</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Ağacın Şahitliği - Kıssadan Hisse 5</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789759189532</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Adaletli Hükümdar</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786051181240</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>40 Adımda Muhteşem Peygamberim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789759189570</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>365 Eğlenceli Gün</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789758771301</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Temiz Sokaklar</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>3990000048573</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Çin Seddinin Ötesinde - Ufaklık Serüven Peşinde 15</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789759189556</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Kız</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786051180069</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Çocuk (Bitişik Eğik Yazılı)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786051181080</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Dünya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786051180274</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Mır Mır Balığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>3990000003371</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Korkak Değilmiş</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786051185262</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Babasının Süsü Hz. Zeyneb - Peygamberimizin Mutlu Yuvası 2</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786051184555</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Komik Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789758771608</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Ninenin Bedduası</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786051182803</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Değerler ve Davranış Eğitim Seti (50 Kitap)</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786051183510</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Cici Çocuklar Davranış Eğitim Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786051184104</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Gülümseyen Çiçekler - Can Kardeşler</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786051184098</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Akvaryumdaki Balıklar - Can Kardeşler</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786051184081</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Çilek Bahçesi - Can Kardeşler</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786051182643</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Çevreyi Temiz Tutmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786051183145</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Cömert Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051182667</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklere Saygılı Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051183114</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Alçak Gönüllü Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786051182704</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Akrabaları Ziyaret Etmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786051182490</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Abdest Almak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786051182568</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş Seçmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786051182469</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Varlığını Bilmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786051183084</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Din Kardeşliği - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786051182742</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Değerleri Öğrenmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786051182698</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Davete Katılmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051182766</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Anne Babaya İyilik - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>3990000095541</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051183497</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Bu Nasıl Tatil?</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786051183480</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786051183473</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Hangisi Daha Acil?</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051182735</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Zorluklara Sabretmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051182520</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Zekat Vermek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786051182278</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ayı - Üçü Bir Arada</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786051183138</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Tutumlu Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786051183077</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Tebessüm Etmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786051182650</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Sofrada Görgülü Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786051182605</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Sır Saklamak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786051183091</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğini Söylemek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786051183060</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Selamlaşmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786051182476</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Peygambere Uymak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786051182513</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Oruç Tutmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786051182506</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Kılmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786051182575</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Lakap Takmamak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786051182223</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Çam - Üçü Bir Arada</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786051182261</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Çekirge İle Karınca - Üçü Bir Arada</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786051182599</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Küs Kalmamak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051182483</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Okumak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051182551</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Kötülükleri Düzeltmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786051182674</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>İyi Komşuluk - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786051182582</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Hediyeleşmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786051182711</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlara İyi Davranmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051182629</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Hatayı Telafi Etmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786051182681</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Hastaları Ziyaret Etmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786051183107</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Faydalı Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786051183121</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Dürüst Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051182544</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Dua Etmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786051182537</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Hacca Gitmek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786051182636</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Güvenilir Olmak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786051182728</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Göz Hakkına Uymak - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786051182612</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Gıybet Etmemek - 40 Öykü 40 Değer</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786051184050</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Nazlı'nın Yolculuğu - Yaratıcı Okuma Öyküleri 8</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786051180854</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Padişah Olan Dilenci - Kıssadan Hisse 2</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786051183688</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Devenin Güzelliği</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051183664</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Guguk Kuşunun Dostluğu</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786051183640</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş Arayan Kokarca</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051183633</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Fil Yavrusu</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786051183718</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Krallık Sınavı</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786051185286</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Mutlu Yuvası (5 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786051185187</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Vefakar Eş Hz. Hatice - Peygamberimizin Mutlu Yuvası 1</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786051183879</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Cüzdan - Deyimlerle Öyküler</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789759189891</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Hayvan Boyama</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789758771417</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Cankız</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786051185156</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>İlmin Öncüsü Hz. Aişe - Peygamberimizin Mutlu Yuvası 4</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786051182797</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>40 Öykü 40 Değer Sosyal İlişkiler Dizisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786051185163</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Gül Goncası Hz. Fatıma - Peygamberimizin Mutlu Yuvası 3</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786051183008</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Çiftçi Mumu</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786051182995</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Polis Sampi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786051182957</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Aşcı Hamham</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786051180977</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm -  İklim ve Mevsimler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786051181646</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Araba ve Taşıt Boyama</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786051183978</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Gazi Osman Paşa - Anadolu Yiğitleri 4</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786051183961</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Nene Hatun - Anadolu Yiğitleri 3</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051183954</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Seyit Onbaşı - Anadolu Yiğitleri 2</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051183947</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Ulubatlı Hasan - Anadolu Yiğitleri 1</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789759189860</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Hayvan Boyama</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789759189853</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Rakamları Boyama</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789759189877</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Meyve ve Çiçek Boyama</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789759189884</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Harfleri Boyama</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786051183268</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Genç Balıkçı</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786051181851</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Düşün ve Dikkat Et 2 (8-9 Yaş)</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789758771455</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kedi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051183909</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789759139223</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Okumayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051181226</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Dünyasından Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051184111</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin En Güzel Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786051184128</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>En Komik Okul Fıkraları</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051185309</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Üşengeç Kanguru - Orman Günlükleri 2</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051185347</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Takıntılı Akbaba - Orman Günlükleri 6</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786051185323</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Kaplumbağa</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051185330</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Pasaklı Papağan</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051185392</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Orman Günlükleri Seti - 10 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051185293</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Küçümseyen Ayı</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051185354</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Beğenen Zürafa - Orman Günlükleri 7</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051185361</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Aşırı Meraklı Serçe</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051185385</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Alaycı Sincap - Orman Günlükleri 10</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051185378</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Açgözlü Martı - Orman Günlükleri 9</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051185316</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Orman Günlükleri Cimri Fare</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051185217</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Sabır Timsali Hz. Ümmü Seleme - Peygamberimizin Mutlu Yuvası 5</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051185279</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Sevgi Örelim</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786051184722</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız ve Ay</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786051184715</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Diliyle Biricik Peygamberim</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051183848</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Saygılı Olmak - Cici Çocuklar (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051183855</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Kırmızı Araba (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786051183732</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Zor Yarış - Deyimlerle Öyküler</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051183916</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Paylaşmak Güzeldir - Can Kardeşler 1</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786051183435</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Bir Helva Pişirtemedim</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051183459</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Tavşanın Suyunun Suyu</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786051183374</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Balin Kız ile Annesi</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786051182988</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Vudi</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786051182971</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Gazeteci Bambum</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786051182964</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>İtfaiyeci Şanti</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786051182902</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Ressam Robot Robi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786051182810</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Nasıl Canavar Oldum</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051182858</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Güneşli Günler</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051182827</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Doğa ve Sen</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051182834</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Çiçekler ve Hamdi Dede</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051182865</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Arılar ve Çiçekler</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051182841</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Miniklere Öyküler - Anneler ve Yavruları</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786051183251</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Ninenin Duası</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786051182070</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 7 -Orman Çocuğu</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786051181660</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Kral Aslan Kara Korsan’a Karşı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786051181332</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Köyde Bir Hafta</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789758771578</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Güvercin</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789758771400</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Hoşnigar</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051181288</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Eğlendiren, Öğreten Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051181059</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Yaya Kuralları</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789759189907</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Labirent Boyama</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789758771011</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumla Her Güne Bir Dua (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786051182117</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 2 - Çirkin Ördek Yavrusu</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786051180281</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Biricik Dinim İslam</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786051182001</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Ülkesi 1 - Aslan ile Fare</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9789758771424</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Anka Kuşu</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9789758771615</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Altın Sesli Bülbül</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789758771431</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Allem Kallem</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786051182308</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Meyve ve Sebzelerin Oyunu</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051182940</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Sözlüğüm (5-7 Yaş) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051182933</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Sözlüğüm - Tanımak İstiyorum (3-5 Yaş) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789758771288</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Göl</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051181066</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Sporlar</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051181035</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Sözlüğüm - Sayılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9789759189921</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Resim Boyama</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789758771257</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Çocuk</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789758771479</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Sırma Saçlı Kız</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9789758771592</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Oduncunun Topuzu</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
           <t>9786051182315</t>
         </is>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B482" s="1" t="inlineStr">
         <is>
           <t>Masal Bulutu (Ciltli)</t>
         </is>
       </c>
-      <c r="C95" s="1">
+      <c r="C482" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>