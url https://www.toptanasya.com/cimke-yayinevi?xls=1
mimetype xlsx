--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -85,1675 +85,1825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256807808</t>
+          <t>9786256807945</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilincinin Zirvesi Namaz</t>
+          <t>Ömer Dede Torunuyla Konya’yı Geziyor</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256807846</t>
+          <t>9786255744081</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dualarınız Hayat Bulsun</t>
+          <t>Onur Dağı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256807853</t>
+          <t>9786256807938</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çörek Otu</t>
+          <t>Hasan'ın Çatalhöyük Yolculuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256807792</t>
+          <t>9786256807914</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Güzel Günlere Dair</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057813893</t>
+          <t>9786256807952</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarından Damlalar (Şiirler)</t>
+          <t>Güller ve Dikenler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256807723</t>
+          <t>9786255744067</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Adamla Değişti</t>
+          <t>Gidenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256807662</t>
+          <t>9786255744074</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çandır</t>
+          <t>Cennetkuşu Şiirleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256807655</t>
+          <t>9786256807976</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Serap Düşleri</t>
+          <t>Aşk-ı Şahanem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256807617</t>
+          <t>9786255744012</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Cihad Devlet Siyaset</t>
+          <t>Arkası Yarım Şiirler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256807563</t>
+          <t>9786256807907</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Koyup Gittin Beni Şiirle</t>
+          <t>Serra - Dönüş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256807556</t>
+          <t>9786256807808</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ormana Yolculuk</t>
+          <t>Kulluk Bilincinin Zirvesi Namaz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256807518</t>
+          <t>9786256807846</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gastrofest ile Büyüyen Teknofest Kuşağına Destan</t>
+          <t>Dualarınız Hayat Bulsun</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256807631</t>
+          <t>9786256807853</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharda Isındım</t>
+          <t>Çörek Otu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256807600</t>
+          <t>9786256807792</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Milletim Uyan</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256807624</t>
+          <t>9786057813893</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Gerçekliği</t>
+          <t>Gönül Pınarından Damlalar (Şiirler)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256807648</t>
+          <t>9786256807723</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Akaşa</t>
+          <t>Her Şey Adamla Değişti</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056875526</t>
+          <t>9786256807662</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Çandır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256807549</t>
+          <t>9786256807655</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zor Görev</t>
+          <t>Serap Düşleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056644108</t>
+          <t>9786256807617</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihinde Sülemi ve Melametilik</t>
+          <t>Cihad Devlet Siyaset</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057813329</t>
+          <t>9786256807563</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Koyup Gittin Beni Şiirle</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057813039</t>
+          <t>9786256807556</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Anne</t>
+          <t>Ormana Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256807327</t>
+          <t>9786256807518</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Tozlu Öyküler</t>
+          <t>Gastrofest ile Büyüyen Teknofest Kuşağına Destan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256807396</t>
+          <t>9786256807631</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akaid İman’ın Pusulası</t>
+          <t>Sonbaharda Isındım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256807235</t>
+          <t>9786256807600</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilgi – İnsan – ‘Mutlak’ın Gerekliliği – Tıbb-ı Hakim</t>
+          <t>Milletim Uyan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256807303</t>
+          <t>9786256807624</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve Sosyal Hayat</t>
+          <t>Hayalin Gerçekliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256807174</t>
+          <t>9786256807648</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>M. Şerefeddin Yaltkaya’nın İctimai Kelam Projesi</t>
+          <t>Akaşa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056916229</t>
+          <t>9786056875526</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sızımın Bam Telleri Şiirlerim</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258020878</t>
+          <t>9786256807549</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yazarım</t>
+          <t>Zor Görev</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258020489</t>
+          <t>9786056644108</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beni Kalbimden Tanı</t>
+          <t>Tasavvuf Tarihinde Sülemi ve Melametilik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258020984</t>
+          <t>9786057813329</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alamanyalı Hayalet</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258020991</t>
+          <t>9786057813039</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nara</t>
+          <t>Kaliteli Anne</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056807013</t>
+          <t>9786256807327</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler - 2 Başpınar</t>
+          <t>Tebeşir Tozlu Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256807006</t>
+          <t>9786256807396</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İkindi Yağmurları</t>
+          <t>Akaid İman’ın Pusulası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256807020</t>
+          <t>9786256807235</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Dili</t>
+          <t>Bilgi – İnsan – ‘Mutlak’ın Gerekliliği – Tıbb-ı Hakim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258020861</t>
+          <t>9786256807303</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet 100 Yaşında</t>
+          <t>Kelam İlmi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258020922</t>
+          <t>9786256807174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Seni Hep Seveceğim</t>
+          <t>M. Şerefeddin Yaltkaya’nın İctimai Kelam Projesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258020915</t>
+          <t>9786056916229</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Kişisel Tecrübe Işığında Gazetecilik</t>
+          <t>Gönül Sızımın Bam Telleri Şiirlerim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258020939</t>
+          <t>9786258020878</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bisikletler Dünyası</t>
+          <t>Aşk Yazarım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258020762</t>
+          <t>9786258020489</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Duygular</t>
+          <t>Beni Kalbimden Tanı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056836886</t>
+          <t>9786258020984</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Rüzgarı</t>
+          <t>Alamanyalı Hayalet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258020748</t>
+          <t>9786258020991</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nokta Atışı</t>
+          <t>Nara</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258020656</t>
+          <t>9786056807013</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Halkım ve Ben Aliya</t>
+          <t>Yaşanmış Öyküler - 2 Başpınar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258020663</t>
+          <t>9786256807006</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Denize Koşmak</t>
+          <t>İkindi Yağmurları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258020632</t>
+          <t>9786256807020</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fetıö'nün İçyüzü</t>
+          <t>Güzelliğin Dili</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258020601</t>
+          <t>9786258020861</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Cumhuriyet 100 Yaşında</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258020571</t>
+          <t>9786258020922</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Konya Bir Dünya</t>
+          <t>Seni Hep Seveceğim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258020533</t>
+          <t>9786258020915</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aldanma Dünyaya</t>
+          <t>Olaylar ve Kişisel Tecrübe Işığında Gazetecilik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258020113</t>
+          <t>9786258020939</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Karaman’ın Söz Varlıkları Sözcükler</t>
+          <t>Kayıp Bisikletler Dünyası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258020441</t>
+          <t>9786258020762</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Şiirleri</t>
+          <t>Yırtık Duygular</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258020427</t>
+          <t>9786056836886</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Sevgi Rüzgarı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258020274</t>
+          <t>9786258020748</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Akbaş Kartal’ın Karga ile Yolculuğu</t>
+          <t>Nokta Atışı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258020397</t>
+          <t>9786258020656</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu ile Ağaçkakan</t>
+          <t>Halkım ve Ben Aliya</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258020311</t>
+          <t>9786258020663</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Akşehir'den Geçtim</t>
+          <t>Denize Koşmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258020304</t>
+          <t>9786258020632</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Olur Perdeyi Yar Kaldırır</t>
+          <t>Fetıö'nün İçyüzü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258020380</t>
+          <t>9786258020601</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilal Yıldız</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257813725</t>
+          <t>9786258020571</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Konya Bir Dünya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258020069</t>
+          <t>9786258020533</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sitemi</t>
+          <t>Aldanma Dünyaya</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258020199</t>
+          <t>9786258020113</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sabır Yetmez Bu Hasrete</t>
+          <t>Karaman’ın Söz Varlıkları Sözcükler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258020182</t>
+          <t>9786258020441</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın İntikamı</t>
+          <t>Kırk Yılın Şiirleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057813978</t>
+          <t>9786258020427</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Veda Demeleri</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258020144</t>
+          <t>9786258020274</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Kelimeler</t>
+          <t>Akbaş Kartal’ın Karga ile Yolculuğu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258020120</t>
+          <t>9786258020397</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşu ve Elif</t>
+          <t>Ardıç Kuşu ile Ağaçkakan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258020038</t>
+          <t>9786258020311</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıllık Hatır</t>
+          <t>Akşehir'den Geçtim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057813657</t>
+          <t>9786258020304</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Bir Gün Olur Perdeyi Yar Kaldırır</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057813923</t>
+          <t>9786258020380</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulur Gözlerinde</t>
+          <t>Bilal Yıldız</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057813787</t>
+          <t>9786257813725</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057813695</t>
+          <t>9786258020069</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşler Sokağı</t>
+          <t>Gecenin Sitemi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057813749</t>
+          <t>9786258020199</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsanisyan</t>
+          <t>Sabır Yetmez Bu Hasrete</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057813800</t>
+          <t>9786258020182</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hüseyni Makamında</t>
+          <t>Vicdanın İntikamı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057813664</t>
+          <t>9786057813978</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Veda Demeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057813442</t>
+          <t>9786258020144</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sakın Üzülme</t>
+          <t>Zeytin Kelimeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057813633</t>
+          <t>9786258020120</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler Poyraz</t>
+          <t>Masal Kuşu ve Elif</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057813572</t>
+          <t>9786258020038</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kafesten Çıkmak</t>
+          <t>Kırk Yıllık Hatır</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057813510</t>
+          <t>9786057813657</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa'da Din-Devlet-Toplum İlişkisi</t>
+          <t>Yıldızlara Yolculuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057813534</t>
+          <t>9786057813923</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kerem’i Beklerken</t>
+          <t>Ay Tutulur Gözlerinde</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057813312</t>
+          <t>9786057813787</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>A Gülüm</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057813374</t>
+          <t>9786057813695</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bötçenim Hikayeleri</t>
+          <t>Mavi Düşler Sokağı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057813404</t>
+          <t>9786057813749</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kırım 1903 - Akyar’dan Akşehir’e Bir Göç Hikayesi</t>
+          <t>İnsanisyan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057813299</t>
+          <t>9786057813800</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Dizelere - Mektup</t>
+          <t>Hüseyni Makamında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057813305</t>
+          <t>9786057813664</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küskünler Adası</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057813114</t>
+          <t>9786057813442</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik - Önce İnsan Olmak Sonrası mı?</t>
+          <t>Sakın Üzülme</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057813251</t>
+          <t>9786057813633</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Oba - Hazin Bir Göç Hikayesi</t>
+          <t>Yaşanmış Öyküler Poyraz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057813183</t>
+          <t>9786057813572</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hasarlı Hayatlar</t>
+          <t>Kafesten Çıkmak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057813138</t>
+          <t>9786057813510</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyolojik Tartışmalar</t>
+          <t>Cevdet Paşa'da Din-Devlet-Toplum İlişkisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057813121</t>
+          <t>9786057813534</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>23:45</t>
+          <t>Kerem’i Beklerken</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057813060</t>
+          <t>9786057813312</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kuran'dan Rahmet Esintileri</t>
+          <t>A Gülüm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056916250</t>
+          <t>9786057813374</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Bötçenim Hikayeleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056875588</t>
+          <t>9786057813404</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rutubetin Mavi Hırkası</t>
+          <t>Kırım 1903 - Akyar’dan Akşehir’e Bir Göç Hikayesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056875502</t>
+          <t>9786057813299</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Beni Ben Gurbeti Sevdim</t>
+          <t>Kıymetli Dizelere - Mektup</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056836893</t>
+          <t>9786057813305</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeğim</t>
+          <t>Küskünler Adası</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056836831</t>
+          <t>9786057813114</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bana Tayyipçi Dediler</t>
+          <t>Gazetecilik - Önce İnsan Olmak Sonrası mı?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056836824</t>
+          <t>9786057813251</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Tesadüf Yok</t>
+          <t>Oba - Hazin Bir Göç Hikayesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056804267</t>
+          <t>9786057813183</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Demir Kepenkli Ev</t>
+          <t>Hasarlı Hayatlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056804250</t>
+          <t>9786057813138</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Aliya’nın Camisi</t>
+          <t>Çağdaş Sosyolojik Tartışmalar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056804243</t>
+          <t>9786057813121</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lal ve Hayal</t>
+          <t>23:45</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056804281</t>
+          <t>9786057813060</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarısı</t>
+          <t>Kuran'dan Rahmet Esintileri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058233447</t>
+          <t>9786056916250</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Milletin Adamı Recep Tayyip Erdoğan</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056644184</t>
+          <t>9786056875588</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ey İman Edenler Akıl Etmez Misiniz?</t>
+          <t>Rutubetin Mavi Hırkası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058772373</t>
+          <t>9786056875502</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Gurbet Beni Ben Gurbeti Sevdim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058772328</t>
+          <t>9786056836893</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gözlüm</t>
+          <t>Kır Çiçeğim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058893504</t>
+          <t>9786056836831</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı Şakir</t>
+          <t>Bana Tayyipçi Dediler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056731488</t>
+          <t>9786056836824</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul!</t>
+          <t>Allah Var Tesadüf Yok</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056644160</t>
+          <t>9786056804267</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Rüzgarı</t>
+          <t>Demir Kepenkli Ev</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056644146</t>
+          <t>9786056804250</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’den Toroslar’a Sarıkeçililer</t>
+          <t>Bilge Kral Aliya’nın Camisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058772335</t>
+          <t>9786056804243</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnce Düşler</t>
+          <t>Lal ve Hayal</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056644115</t>
+          <t>9786056804281</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>‘Tekbir’in Nizamı - Başyücelik Notları -</t>
+          <t>Gönül Yarısı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058233409</t>
+          <t>9786058233447</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıkla Gelen Rahmet Peygamber Şairi Ka’b B. Malik</t>
+          <t>Milletin Adamı Recep Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056731471</t>
+          <t>9786056644184</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aydan Arı Günden Duru</t>
+          <t>Ey İman Edenler Akıl Etmez Misiniz?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9786058772373</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Hicran</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058772328</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Gözlüm</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786058893504</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı Şakir</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056731488</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul!</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786056644160</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Rüzgarı</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056644146</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz’den Toroslar’a Sarıkeçililer</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058772335</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İnce Düşler</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786056644115</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>‘Tekbir’in Nizamı - Başyücelik Notları -</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058233409</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Pişmanlıkla Gelen Rahmet Peygamber Şairi Ka’b B. Malik</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056731471</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Aydan Arı Günden Duru</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
           <t>9786058772380</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Neyname - Mevlana</t>
         </is>
       </c>
-      <c r="C110" s="1">
+      <c r="C120" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>