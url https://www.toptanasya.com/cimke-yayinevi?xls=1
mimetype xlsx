--- v1 (2026-01-03)
+++ v2 (2026-03-15)
@@ -85,1825 +85,2725 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256807945</t>
+          <t>9786256807730</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ömer Dede Torunuyla Konya’yı Geziyor</t>
+          <t>Türkümün Dili</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255744081</t>
+          <t>9786258020670</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Onur Dağı</t>
+          <t>İki Yusufçuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256807938</t>
+          <t>9786256807198</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hasan'ın Çatalhöyük Yolculuğu</t>
+          <t>Çok da Şey Etmemek Lazım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256807914</t>
+          <t>9786256807228</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güzel Günlere Dair</t>
+          <t>1993 Türkiye’nin En Zor Yılı</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256807952</t>
+          <t>9786258020977</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Dikenler</t>
+          <t>Kümes Dünyası: Ataç</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255744067</t>
+          <t>9786256807037</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gidenlerin Hikayesi</t>
+          <t>Kümes Dünyası: Akça</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255744074</t>
+          <t>9786258020502</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cennetkuşu Şiirleri</t>
+          <t>Akşam Güneşi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256807976</t>
+          <t>9786258020892</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Şahanem</t>
+          <t>Bir Gün Mutlaka Döneceğim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255744012</t>
+          <t>9786258020830</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arkası Yarım Şiirler</t>
+          <t>Gönül Gözüyle Engelsiz Portreler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256807907</t>
+          <t>9786258020731</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Serra - Dönüş</t>
+          <t>Konya Efsaneleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256807808</t>
+          <t>9786258020021</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilincinin Zirvesi Namaz</t>
+          <t>Masal Beşlisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256807846</t>
+          <t>9786258020243</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dualarınız Hayat Bulsun</t>
+          <t>Rengarenk Şiirler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256807853</t>
+          <t>9786057813275</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çörek Otu</t>
+          <t>Kavruk Nohut</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256807792</t>
+          <t>9786258020373</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Benim Hep Düşlerim Oldu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057813893</t>
+          <t>9786258020229</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarından Damlalar (Şiirler)</t>
+          <t>Beyaz Zambak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256807723</t>
+          <t>9786258020106</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Adamla Değişti</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256807662</t>
+          <t>9786056836848</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çandır</t>
+          <t>Bir Mühendisin Seyahat Notları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256807655</t>
+          <t>9786056804298</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Serap Düşleri</t>
+          <t>Bir Mühendisten Ortaya Karışık Teknik Yazılar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256807617</t>
+          <t>9786056875533</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cihad Devlet Siyaset</t>
+          <t>Bin Ali Feda Olsun</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256807563</t>
+          <t>9786058233485</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Koyup Gittin Beni Şiirle</t>
+          <t>Mevlana Diyarından Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256807556</t>
+          <t>9786056836862</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ormana Yolculuk</t>
+          <t>İlberil - Kelime Avı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256807518</t>
+          <t>9786056875519</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gastrofest ile Büyüyen Teknofest Kuşağına Destan</t>
+          <t>Put Kıran</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256807631</t>
+          <t>9786056916236</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharda Isındım</t>
+          <t>Sınırbozan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256807600</t>
+          <t>9786058772342</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Milletim Uyan</t>
+          <t>Koksu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256807624</t>
+          <t>9786056804274</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Gerçekliği</t>
+          <t>Dervişname</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256807648</t>
+          <t>9786056836879</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Akaşa</t>
+          <t>Anayurttan Atayurda Seyahatname</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056875526</t>
+          <t>9786058233461</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Bir Nihan Heybe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256807549</t>
+          <t>9786058233478</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zor Görev</t>
+          <t>Arzın Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056644108</t>
+          <t>9786058233430</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihinde Sülemi ve Melametilik</t>
+          <t>Perileri Bir Kız Çocuğu Uyandırabilir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057813329</t>
+          <t>9786056575433</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Ailede Huzur için 9 “S”</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057813039</t>
+          <t>9786056731402</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Anne</t>
+          <t>Eserler Sözlüğü (Cep Boy)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256807327</t>
+          <t>9786056731440</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Tozlu Öyküler</t>
+          <t>Vakitli Sev</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256807396</t>
+          <t>9786056731426</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akaid İman’ın Pusulası</t>
+          <t>Lamelif</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256807235</t>
+          <t>9786056731419</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bilgi – İnsan – ‘Mutlak’ın Gerekliliği – Tıbb-ı Hakim</t>
+          <t>Serra</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256807303</t>
+          <t>9786056644191</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve Sosyal Hayat</t>
+          <t>Sözün Ardı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256807174</t>
+          <t>9786056575495</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>M. Şerefeddin Yaltkaya’nın İctimai Kelam Projesi</t>
+          <t>Kırkikindi Demleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056916229</t>
+          <t>9786056731464</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sızımın Bam Telleri Şiirlerim</t>
+          <t>Bataklığın Çocukları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258020878</t>
+          <t>9786057813831</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yazarım</t>
+          <t>Çok Da Takılma!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258020489</t>
+          <t>9786057813336</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beni Kalbimden Tanı</t>
+          <t>Bir Çiçek Buketi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258020984</t>
+          <t>9786057813817</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alamanyalı Hayalet</t>
+          <t>Horanta</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258020991</t>
+          <t>9786057813794</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nara</t>
+          <t>Kalbimdeki Umut</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056807013</t>
+          <t>9786258020007</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler - 2 Başpınar</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256807006</t>
+          <t>9786057813558</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İkindi Yağmurları</t>
+          <t>Suçlu Çocuk Algısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256807020</t>
+          <t>9786057813732</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Dili</t>
+          <t>Güzel Yürekli Murtaza</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258020861</t>
+          <t>9786056836800</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet 100 Yaşında</t>
+          <t>Ardıç Kuşu ve Ağaçkakan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258020922</t>
+          <t>9786056916298</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seni Hep Seveceğim</t>
+          <t>Beynin Sırları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258020915</t>
+          <t>9786056731433</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Kişisel Tecrübe Işığında Gazetecilik</t>
+          <t>Aşk Engel Tanımaz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258020939</t>
+          <t>9786057813169</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bisikletler Dünyası</t>
+          <t>1876'dan Bugüne Siyasi Faaliyetler, Darbeler, Muhtıralar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258020762</t>
+          <t>9786056875595</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Duygular</t>
+          <t>Babam Veyis Ersöz ve Yaşadıklarımız</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056836886</t>
+          <t>9786057813077</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Rüzgarı</t>
+          <t>Can Havli</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258020748</t>
+          <t>9786057813084</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nokta Atışı</t>
+          <t>Codex - Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258020656</t>
+          <t>9786057813381</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Halkım ve Ben Aliya</t>
+          <t>Kalbin Hükümdarlığı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258020663</t>
+          <t>9786057813398</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Denize Koşmak</t>
+          <t>Yüreğime Davetlisin Çevreş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258020632</t>
+          <t>9786056916267</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fetıö'nün İçyüzü</t>
+          <t>İhanetin Masum Yüzü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258020601</t>
+          <t>9786056916274</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Erguvani Düşler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258020571</t>
+          <t>9786056875557</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Konya Bir Dünya</t>
+          <t>Son Başbakan Binali Yıldırım - 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258020533</t>
+          <t>9786056836855</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aldanma Dünyaya</t>
+          <t>Kuzey Işıkları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258020113</t>
+          <t>9786057813282</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Karaman’ın Söz Varlıkları Sözcükler</t>
+          <t>Sünnet Düşmanlığının Sebepleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258020441</t>
+          <t>9786057813176</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Şiirleri</t>
+          <t>Modern Dönemde Dini Farklılaşma Eğilimleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258020427</t>
+          <t>9786057813244</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Görünmeyen İki Düşman Biri Nefsin Biri Şeytan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258020274</t>
+          <t>9786256807945</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Akbaş Kartal’ın Karga ile Yolculuğu</t>
+          <t>Ömer Dede Torunuyla Konya’yı Geziyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258020397</t>
+          <t>9786255744081</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu ile Ağaçkakan</t>
+          <t>Onur Dağı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258020311</t>
+          <t>9786256807938</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Akşehir'den Geçtim</t>
+          <t>Hasan'ın Çatalhöyük Yolculuğu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258020304</t>
+          <t>9786256807914</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Olur Perdeyi Yar Kaldırır</t>
+          <t>Güzel Günlere Dair</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258020380</t>
+          <t>9786256807952</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilal Yıldız</t>
+          <t>Güller ve Dikenler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257813725</t>
+          <t>9786255744067</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Gidenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258020069</t>
+          <t>9786255744074</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sitemi</t>
+          <t>Cennetkuşu Şiirleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258020199</t>
+          <t>9786256807976</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sabır Yetmez Bu Hasrete</t>
+          <t>Aşk-ı Şahanem</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258020182</t>
+          <t>9786255744012</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın İntikamı</t>
+          <t>Arkası Yarım Şiirler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057813978</t>
+          <t>9786256807907</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Veda Demeleri</t>
+          <t>Serra - Dönüş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258020144</t>
+          <t>9786256807808</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Kelimeler</t>
+          <t>Kulluk Bilincinin Zirvesi Namaz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258020120</t>
+          <t>9786256807846</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşu ve Elif</t>
+          <t>Dualarınız Hayat Bulsun</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258020038</t>
+          <t>9786256807853</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıllık Hatır</t>
+          <t>Çörek Otu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057813657</t>
+          <t>9786256807792</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yolculuk</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057813923</t>
+          <t>9786057813893</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulur Gözlerinde</t>
+          <t>Gönül Pınarından Damlalar (Şiirler)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057813787</t>
+          <t>9786256807723</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>Her Şey Adamla Değişti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057813695</t>
+          <t>9786256807662</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mavi Düşler Sokağı</t>
+          <t>Çandır</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057813749</t>
+          <t>9786256807655</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İnsanisyan</t>
+          <t>Serap Düşleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057813800</t>
+          <t>9786256807617</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hüseyni Makamında</t>
+          <t>Cihad Devlet Siyaset</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057813664</t>
+          <t>9786256807563</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Koyup Gittin Beni Şiirle</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057813442</t>
+          <t>9786256807556</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sakın Üzülme</t>
+          <t>Ormana Yolculuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057813633</t>
+          <t>9786256807518</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler Poyraz</t>
+          <t>Gastrofest ile Büyüyen Teknofest Kuşağına Destan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057813572</t>
+          <t>9786256807631</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kafesten Çıkmak</t>
+          <t>Sonbaharda Isındım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057813510</t>
+          <t>9786256807600</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa'da Din-Devlet-Toplum İlişkisi</t>
+          <t>Milletim Uyan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057813534</t>
+          <t>9786256807624</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kerem’i Beklerken</t>
+          <t>Hayalin Gerçekliği</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057813312</t>
+          <t>9786256807648</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>A Gülüm</t>
+          <t>Akaşa</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057813374</t>
+          <t>9786056875526</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bötçenim Hikayeleri</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057813404</t>
+          <t>9786256807549</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kırım 1903 - Akyar’dan Akşehir’e Bir Göç Hikayesi</t>
+          <t>Zor Görev</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057813299</t>
+          <t>9786056644108</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Dizelere - Mektup</t>
+          <t>Tasavvuf Tarihinde Sülemi ve Melametilik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057813305</t>
+          <t>9786057813329</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küskünler Adası</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057813114</t>
+          <t>9786057813039</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik - Önce İnsan Olmak Sonrası mı?</t>
+          <t>Kaliteli Anne</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057813251</t>
+          <t>9786256807327</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Oba - Hazin Bir Göç Hikayesi</t>
+          <t>Tebeşir Tozlu Öyküler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057813183</t>
+          <t>9786256807396</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hasarlı Hayatlar</t>
+          <t>Akaid İman’ın Pusulası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057813138</t>
+          <t>9786256807235</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyolojik Tartışmalar</t>
+          <t>Bilgi – İnsan – ‘Mutlak’ın Gerekliliği – Tıbb-ı Hakim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057813121</t>
+          <t>9786256807303</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>23:45</t>
+          <t>Kelam İlmi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057813060</t>
+          <t>9786256807174</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kuran'dan Rahmet Esintileri</t>
+          <t>M. Şerefeddin Yaltkaya’nın İctimai Kelam Projesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056916250</t>
+          <t>9786056916229</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Gönül Sızımın Bam Telleri Şiirlerim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056875588</t>
+          <t>9786258020878</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Rutubetin Mavi Hırkası</t>
+          <t>Aşk Yazarım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056875502</t>
+          <t>9786258020489</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Beni Ben Gurbeti Sevdim</t>
+          <t>Beni Kalbimden Tanı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056836893</t>
+          <t>9786258020984</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeğim</t>
+          <t>Alamanyalı Hayalet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056836831</t>
+          <t>9786258020991</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bana Tayyipçi Dediler</t>
+          <t>Nara</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056836824</t>
+          <t>9786056807013</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Tesadüf Yok</t>
+          <t>Yaşanmış Öyküler - 2 Başpınar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056804267</t>
+          <t>9786256807006</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Demir Kepenkli Ev</t>
+          <t>İkindi Yağmurları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056804250</t>
+          <t>9786256807020</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Aliya’nın Camisi</t>
+          <t>Güzelliğin Dili</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056804243</t>
+          <t>9786258020861</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lal ve Hayal</t>
+          <t>Cumhuriyet 100 Yaşında</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056804281</t>
+          <t>9786258020922</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarısı</t>
+          <t>Seni Hep Seveceğim</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058233447</t>
+          <t>9786258020915</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Milletin Adamı Recep Tayyip Erdoğan</t>
+          <t>Olaylar ve Kişisel Tecrübe Işığında Gazetecilik</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056644184</t>
+          <t>9786258020939</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ey İman Edenler Akıl Etmez Misiniz?</t>
+          <t>Kayıp Bisikletler Dünyası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058772373</t>
+          <t>9786258020762</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Yırtık Duygular</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058772328</t>
+          <t>9786056836886</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gözlüm</t>
+          <t>Sevgi Rüzgarı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058893504</t>
+          <t>9786258020748</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı Şakir</t>
+          <t>Nokta Atışı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056731488</t>
+          <t>9786258020656</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul!</t>
+          <t>Halkım ve Ben Aliya</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056644160</t>
+          <t>9786258020663</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Rüzgarı</t>
+          <t>Denize Koşmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056644146</t>
+          <t>9786258020632</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’den Toroslar’a Sarıkeçililer</t>
+          <t>Fetıö'nün İçyüzü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058772335</t>
+          <t>9786258020601</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnce Düşler</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056644115</t>
+          <t>9786258020571</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>‘Tekbir’in Nizamı - Başyücelik Notları -</t>
+          <t>Konya Bir Dünya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058233409</t>
+          <t>9786258020533</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıkla Gelen Rahmet Peygamber Şairi Ka’b B. Malik</t>
+          <t>Aldanma Dünyaya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056731471</t>
+          <t>9786258020113</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aydan Arı Günden Duru</t>
+          <t>Karaman’ın Söz Varlıkları Sözcükler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
+          <t>9786258020441</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yılın Şiirleri</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786258020427</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786258020274</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Akbaş Kartal’ın Karga ile Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786258020397</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Ardıç Kuşu ile Ağaçkakan</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786258020311</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Akşehir'den Geçtim</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786258020304</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Olur Perdeyi Yar Kaldırır</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786258020380</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bilal Yıldız</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257813725</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Gücü</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786258020069</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Sitemi</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786258020199</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Sabır Yetmez Bu Hasrete</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786258020182</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Vicdanın İntikamı</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786057813978</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Veda Demeleri</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786258020144</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Zeytin Kelimeler</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786258020120</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kuşu ve Elif</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786258020038</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yıllık Hatır</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786057813657</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Yolculuk</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057813923</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ay Tutulur Gözlerinde</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057813787</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Oda</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786057813695</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Düşler Sokağı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057813749</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>İnsanisyan</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057813800</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hüseyni Makamında</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057813664</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Serzeniş</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057813442</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Sakın Üzülme</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057813633</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmış Öyküler Poyraz</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786057813572</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kafesten Çıkmak</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786057813510</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Cevdet Paşa'da Din-Devlet-Toplum İlişkisi</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786057813534</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Kerem’i Beklerken</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786057813312</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>A Gülüm</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057813374</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bötçenim Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057813404</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kırım 1903 - Akyar’dan Akşehir’e Bir Göç Hikayesi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786057813299</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Kıymetli Dizelere - Mektup</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786057813305</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Küskünler Adası</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786057813114</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Gazetecilik - Önce İnsan Olmak Sonrası mı?</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786057813251</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Oba - Hazin Bir Göç Hikayesi</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786057813183</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Hasarlı Hayatlar</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786057813138</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sosyolojik Tartışmalar</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786057813121</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>23:45</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786057813060</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kuran'dan Rahmet Esintileri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786056916250</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim?</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786056875588</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Rutubetin Mavi Hırkası</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786056875502</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Gurbet Beni Ben Gurbeti Sevdim</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786056836893</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Kır Çiçeğim</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786056836831</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Bana Tayyipçi Dediler</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786056836824</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Allah Var Tesadüf Yok</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786056804267</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Demir Kepenkli Ev</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786056804250</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Kral Aliya’nın Camisi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786056804243</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Lal ve Hayal</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786056804281</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Yarısı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786058233447</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Milletin Adamı Recep Tayyip Erdoğan</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786056644184</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Ey İman Edenler Akıl Etmez Misiniz?</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786058772373</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Hicran</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786058772328</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Gözlüm</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786058893504</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı Şakir</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786056731488</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul!</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786056644160</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Rüzgarı</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786056644146</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz’den Toroslar’a Sarıkeçililer</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786058772335</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>İnce Düşler</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786056644115</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>‘Tekbir’in Nizamı - Başyücelik Notları -</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786058233409</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Pişmanlıkla Gelen Rahmet Peygamber Şairi Ka’b B. Malik</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786056731471</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Aydan Arı Günden Duru</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
           <t>9786058772380</t>
         </is>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Neyname - Mevlana</t>
         </is>
       </c>
-      <c r="C120" s="1">
+      <c r="C180" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>