--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,5590 +85,5620 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753486170</t>
+          <t>9789753486194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zaman Aynası</t>
+          <t>Acayip Müzenin Oyunları</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753485555</t>
+          <t>9789753486187</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Olabildiğince Mutlu</t>
+          <t>Yapboz Şampiyonu</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753484190</t>
+          <t>9789753486170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Ağzında</t>
+          <t>Kırık Zaman Aynası</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753484138</t>
+          <t>9789753485555</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Cehennem Ziyareti</t>
+          <t>Olabildiğince Mutlu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753483919</t>
+          <t>9789753484190</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mortina (Ciltli)</t>
+          <t>Kurdun Ağzında</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753483902</t>
+          <t>9789753484138</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Gıcık Kuzen (Ciltli)</t>
+          <t>Kısa Bir Cehennem Ziyareti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753484312</t>
+          <t>9789753483919</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Klasik Korku Öyküleri</t>
+          <t>Mortina (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753481809</t>
+          <t>9789753483902</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tünel Korkusu</t>
+          <t>Mortina - Gıcık Kuzen (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753482219</t>
+          <t>9789753484312</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolları</t>
+          <t>Klasik Korku Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753483025</t>
+          <t>9789753481809</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Küçükçekmece Okyanusu</t>
+          <t>Tünel Korkusu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753481601</t>
+          <t>9789753482219</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dokun! Sevgi Uyansın</t>
+          <t>Özgürlük Yolları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753483636</t>
+          <t>9789753483025</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Mıstık - Benzemez Kimse Bana</t>
+          <t>Küçükçekmece Okyanusu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753483476</t>
+          <t>9789753481601</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
+          <t>Dokun! Sevgi Uyansın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753484145</t>
+          <t>9789753483636</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Altı Diriliş</t>
+          <t>Dağınık Mıstık - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753484060</t>
+          <t>9789753483476</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Hayalet Arkadaş (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753483933</t>
+          <t>9789753484145</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Raydan Çıkan Trenler</t>
+          <t>Altı Diriliş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753483667</t>
+          <t>9789753484060</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Benzemez Kimse Bana (4 Kitap Set)</t>
+          <t>Mortina - Hayalet Arkadaş (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753482813</t>
+          <t>9789753483933</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anne Kız, Harikasın</t>
+          <t>Raydan Çıkan Trenler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753483834</t>
+          <t>9789753483667</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Günümüz Türkçesi Tam Metin)</t>
+          <t>Benzemez Kimse Bana (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753483117</t>
+          <t>9789753482813</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 2</t>
+          <t>Anne Kız, Harikasın</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753483209</t>
+          <t>9789753483834</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Luna</t>
+          <t>İntibah (Günümüz Türkçesi Tam Metin)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753483155</t>
+          <t>9789753483117</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 6</t>
+          <t>Bak ve Boya - 2</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753483193</t>
+          <t>9789753483209</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 4</t>
+          <t>İyi Geceler Luna</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753483186</t>
+          <t>9789753483155</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 3</t>
+          <t>Bak ve Boya - 6</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753485456</t>
+          <t>9789753483193</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Penguenin Dertleri</t>
+          <t>Küçük Ressamın Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753482967</t>
+          <t>9789753483186</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Acayip Moti'nin Tuhaf Maceraları</t>
+          <t>Küçük Ressamın Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753482783</t>
+          <t>9789753485456</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İktidarsızlar</t>
+          <t>Bir Penguenin Dertleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753482714</t>
+          <t>9789753482967</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kedi</t>
+          <t>Acayip Moti'nin Tuhaf Maceraları</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753485135</t>
+          <t>9789753482783</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Labirentler - Akıllı Çocuk</t>
+          <t>İktidarsızlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753485142</t>
+          <t>9789753482714</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olanı Bul - Akıllı Çocuk</t>
+          <t>Aşık Kedi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753485159</t>
+          <t>9789753485135</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Oyunlar - Akıllı Çocuk</t>
+          <t>Labirentler - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753485067</t>
+          <t>9789753485142</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe... Harfler... Kelimeler... - Etkinlik Kitabı</t>
+          <t>Farklı Olanı Bul - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753485432</t>
+          <t>9789753485159</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Kapıları</t>
+          <t>Zeka Geliştiren Oyunlar - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753484954</t>
+          <t>9789753485067</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Trenle Seyahatin Avantajları</t>
+          <t>İngilizce Alfabe... Harfler... Kelimeler... - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753485081</t>
+          <t>9789753485432</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Klasik Polisiye Öyküler</t>
+          <t>Cehennemin Kapıları</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753484787</t>
+          <t>9789753484954</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Trenle Seyahatin Avantajları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753485074</t>
+          <t>9789753485081</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Klasik Polisiye Öyküler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753484596</t>
+          <t>9789753484787</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Kerberos</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753484572</t>
+          <t>9789753485074</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Suspus</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753484664</t>
+          <t>9789753484596</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Esrarengiz Gölde Tatil (Ciltli)</t>
+          <t>Üç Başlı Kerberos</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753484442</t>
+          <t>9789753484572</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Suspus</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753484879</t>
+          <t>9789753484664</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Derinlikler</t>
+          <t>Mortina - Esrarengiz Gölde Tatil (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753484008</t>
+          <t>9789753484442</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Zürafanın Dertleri</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753483766</t>
+          <t>9789753484879</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum. Baban</t>
+          <t>Derinlikler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753482905</t>
+          <t>9789753484008</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Karayel</t>
+          <t>Bir Zürafanın Dertleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753482769</t>
+          <t>9789753483766</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kutusu</t>
+          <t>Seni Seviyorum. Baban</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753483407</t>
+          <t>9789753482905</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Garibin Horozu</t>
+          <t>Yıldız Karayel</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753483087</t>
+          <t>9789753482769</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Betona</t>
+          <t>Şeker Kutusu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753482028</t>
+          <t>9789753483407</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Kokusu</t>
+          <t>Garibin Horozu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753486156</t>
+          <t>9789753483087</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulma Cesareti</t>
+          <t>Kumdan Betona</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753486163</t>
+          <t>9789753482028</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Olur Öyle</t>
+          <t>Başkalarının Kokusu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753486149</t>
+          <t>9789753486156</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rodos’tan Karşıyaka’ya</t>
+          <t>Kendini Bulma Cesareti</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753483988</t>
+          <t>9789753486163</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Soyka</t>
+          <t>Olur Öyle</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753484169</t>
+          <t>9789753486149</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Plan Paytak</t>
+          <t>Rodos’tan Karşıyaka’ya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753482615</t>
+          <t>9789753483988</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Tatil Köyünde</t>
+          <t>Soyka</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753483650</t>
+          <t>9789753484169</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Kiraz - Benzemez Kimse Bana</t>
+          <t>Plan Paytak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753483940</t>
+          <t>9789753482615</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cik!</t>
+          <t>Bacaksız Tatil Köyünde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753482677</t>
+          <t>9789753483650</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Uyanıyor</t>
+          <t>Kararsız Kiraz - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753486132</t>
+          <t>9789753483940</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kadife Patiler</t>
+          <t>Cik!</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753486125</t>
+          <t>9789753482677</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağın İnsanı</t>
+          <t>Hababam Sınıfı Uyanıyor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753486118</t>
+          <t>9789753486132</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duru’nun Minik Kuşları</t>
+          <t>Kadife Patiler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753486101</t>
+          <t>9789753486125</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mektup Selam Söyle</t>
+          <t>Bu Çağın İnsanı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753486095</t>
+          <t>9789753486118</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Robotların Düşüşü</t>
+          <t>Duru’nun Minik Kuşları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753486088</t>
+          <t>9789753486101</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Çiçek</t>
+          <t>Mektup Selam Söyle</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753486071</t>
+          <t>9789753486095</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri Bekçisi</t>
+          <t>Robotların Düşüşü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753486057</t>
+          <t>9789753486088</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bean Fasulye</t>
+          <t>Şaşkın Çiçek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753486064</t>
+          <t>9789753486071</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Orman</t>
+          <t>Deniz Feneri Bekçisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753486040</t>
+          <t>9789753486057</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Beterin Daha Da Beteri</t>
+          <t>Bean Fasulye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753486033</t>
+          <t>9789753486064</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo Kuzey Kutbu’na Gidiyor</t>
+          <t>Büyülü Orman</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753486026</t>
+          <t>9789753486040</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo için Bir Sürpriz</t>
+          <t>Beterin Daha Da Beteri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753486019</t>
+          <t>9789753486033</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Kimindir?</t>
+          <t>Kütüphaneci Teo Kuzey Kutbu’na Gidiyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753485999</t>
+          <t>9789753486026</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Valentina</t>
+          <t>Kütüphaneci Teo için Bir Sürpriz</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753486002</t>
+          <t>9789753486019</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ne Münasebet!</t>
+          <t>Bulutlar Kimindir?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753485982</t>
+          <t>9789753485999</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo</t>
+          <t>Valentina</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753485975</t>
+          <t>9789753486002</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mahfaza</t>
+          <t>Ne Münasebet!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753485968</t>
+          <t>9789753485982</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Geride Bıraktığım Sözcükler</t>
+          <t>Kütüphaneci Teo</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753485951</t>
+          <t>9789753485975</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeter Artık! - Karlı Bir Hikaye</t>
+          <t>Mahfaza</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753485944</t>
+          <t>9789753485968</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eve Dön Artık</t>
+          <t>Geride Bıraktığım Sözcükler</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753485920</t>
+          <t>9789753485951</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uykum Zaten Kaçtı</t>
+          <t>Yeter Artık! - Karlı Bir Hikaye</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753485937</t>
+          <t>9789753485944</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Seni Zaten Seviyorum</t>
+          <t>Eve Dön Artık</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753485906</t>
+          <t>9789753485920</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ekranlara Alerjisi Olan Çocuk</t>
+          <t>Uykum Zaten Kaçtı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753485913</t>
+          <t>9789753485937</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şövalye Çocuk</t>
+          <t>Seni Zaten Seviyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753485883</t>
+          <t>9789753485906</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bulutçelen Kuşları</t>
+          <t>Ekranlara Alerjisi Olan Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753485876</t>
+          <t>9789753485913</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ork - 2</t>
+          <t>Şövalye Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753485890</t>
+          <t>9789753485883</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler</t>
+          <t>Bulutçelen Kuşları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753485852</t>
+          <t>9789753485876</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Önce Okullar Kapandı</t>
+          <t>Güzel Ork - 2</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753485869</t>
+          <t>9789753485890</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Göğün Bütün Çeyrekleri</t>
+          <t>Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753485845</t>
+          <t>9789753485852</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Gün</t>
+          <t>Önce Okullar Kapandı</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753485838</t>
+          <t>9789753485869</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Hazineleri</t>
+          <t>Göğün Bütün Çeyrekleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753485821</t>
+          <t>9789753485845</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 5 Zaman Makinesi</t>
+          <t>En Güzel Gün</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753485814</t>
+          <t>9789753485838</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 4</t>
+          <t>Ormanın Hazineleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753485807</t>
+          <t>9789753485821</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 3 Oyunlarla Renkleri Öğreniyorum</t>
+          <t>Güzel Kitaplar 5 Zaman Makinesi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753485791</t>
+          <t>9789753485814</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 2 Oyunlarla Müzik Öğreniyorum</t>
+          <t>Güzel Kitaplar 4</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753485784</t>
+          <t>9789753485807</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 1 Zeka Geliştiren Bulmacalar</t>
+          <t>Güzel Kitaplar 3 Oyunlarla Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753485777</t>
+          <t>9789753485791</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Benim Tuhaf Matruşka Bebeklerim</t>
+          <t>Güzel Kitaplar 2 Oyunlarla Müzik Öğreniyorum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753485753</t>
+          <t>9789753485784</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Walt'u Beklerken</t>
+          <t>Güzel Kitaplar 1 Zeka Geliştiren Bulmacalar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753485760</t>
+          <t>9789753485777</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adım</t>
+          <t>Benim Tuhaf Matruşka Bebeklerim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753485739</t>
+          <t>9789753485753</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yırtılan Fotoğrafın Epey Hüzünlü Hikayesi ya da Dondurmadaki Anneanne</t>
+          <t>Walt'u Beklerken</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753485746</t>
+          <t>9789753485760</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gaddar Öyküler</t>
+          <t>Yanlış Adım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753485722</t>
+          <t>9789753485739</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Kaybolan Zaman</t>
+          <t>Yırtılan Fotoğrafın Epey Hüzünlü Hikayesi ya da Dondurmadaki Anneanne</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753485708</t>
+          <t>9789753485746</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Öncü Gücü</t>
+          <t>Gaddar Öyküler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753485654</t>
+          <t>9789753485722</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pufi &amp; Hilda</t>
+          <t>Jack ve Kaybolan Zaman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753485630</t>
+          <t>9789753485708</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çelişki Bilmez Lezzet'in Geçmiş Zaman Maceraları</t>
+          <t>Cumhuriyet'in Öncü Gücü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753485715</t>
+          <t>9789753485654</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale</t>
+          <t>Pufi &amp; Hilda</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753485692</t>
+          <t>9789753485630</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mehtap Havuzu</t>
+          <t>Çelişki Bilmez Lezzet'in Geçmiş Zaman Maceraları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753485661</t>
+          <t>9789753485715</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gıcır &amp; Bıcır</t>
+          <t>Kumdan Kale</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753485678</t>
+          <t>9789753485692</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Drakula’nın Kedisi ve Diğer Şiirler</t>
+          <t>Mehtap Havuzu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753485685</t>
+          <t>9789753485661</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar</t>
+          <t>Gıcır &amp; Bıcır</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753485609</t>
+          <t>9789753485678</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gözü</t>
+          <t>Drakula’nın Kedisi ve Diğer Şiirler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753485623</t>
+          <t>9789753485685</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dişi Aslanın İtirafı</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753485616</t>
+          <t>9789753485609</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman  Benim Küçük Kardeşim Olacaksın</t>
+          <t>Kedi Gözü</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753485579</t>
+          <t>9789753485623</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Paralaks</t>
+          <t>Dişi Aslanın İtirafı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753485593</t>
+          <t>9789753485616</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İki Kere İyi Geceler</t>
+          <t>Her Zaman  Benim Küçük Kardeşim Olacaksın</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753485586</t>
+          <t>9789753485579</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Paralaks</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753485562</t>
+          <t>9789753485593</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Meteor!</t>
+          <t>İki Kere İyi Geceler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753485548</t>
+          <t>9789753485586</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bozulan Fenerin Biraz Hüzünlü Hikayesi ya da Aşk Tutması</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753485531</t>
+          <t>9789753485562</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yabani Ot Toplayıcısı</t>
+          <t>Meteor!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753485463</t>
+          <t>9789753485548</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Düşün, Söyle, Çiz, Boya</t>
+          <t>Bozulan Fenerin Biraz Hüzünlü Hikayesi ya da Aşk Tutması</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753485524</t>
+          <t>9789753485531</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Dertleri</t>
+          <t>Yabani Ot Toplayıcısı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753485500</t>
+          <t>9789753485463</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Robotlar - Canım Kitabım 4</t>
+          <t>Düşün, Söyle, Çiz, Boya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753485494</t>
+          <t>9789753485524</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Canım Kitabım 3</t>
+          <t>Bir Kedinin Dertleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753485517</t>
+          <t>9789753485500</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Canım Kitabım 5</t>
+          <t>Eğlenceli Robotlar - Canım Kitabım 4</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753485487</t>
+          <t>9789753485494</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavarlar Okulda - Canım Kitabım 2</t>
+          <t>Uzay Macerası - Canım Kitabım 3</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753485470</t>
+          <t>9789753485517</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar - Canım Kitabım 1</t>
+          <t>Sevimli Hayvanlar - Canım Kitabım 5</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753485401</t>
+          <t>9789753485487</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Nasıl ve Ne Zaman Çıkılır?</t>
+          <t>Sevimli Canavarlar Okulda - Canım Kitabım 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753485449</t>
+          <t>9789753485470</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Balonun Peşinden</t>
+          <t>Neşeli Sayılar - Canım Kitabım 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753485425</t>
+          <t>9789753485401</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çay Kitabı</t>
+          <t>Kitaptan Nasıl ve Ne Zaman Çıkılır?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753485418</t>
+          <t>9789753485449</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Güzelork</t>
+          <t>Bir Balonun Peşinden</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753485395</t>
+          <t>9789753485425</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beterin Beteri</t>
+          <t>Çay Kitabı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753485371</t>
+          <t>9789753485418</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Pastası</t>
+          <t>Güzelork</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753485388</t>
+          <t>9789753485395</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunların Kumpası</t>
+          <t>Beterin Beteri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753485364</t>
+          <t>9789753485371</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Datça’dan İpsala’ya</t>
+          <t>Fırtına Pastası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753485340</t>
+          <t>9789753485388</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gümbür Gümbür</t>
+          <t>Kuzgunların Kumpası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753485357</t>
+          <t>9789753485364</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Datça’dan İpsala’ya</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753485326</t>
+          <t>9789753485340</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalan Elma Ağacı</t>
+          <t>Gümbür Gümbür</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753485333</t>
+          <t>9789753485357</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Nar ve Elma Kurdu</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753485296</t>
+          <t>9789753485326</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler - Akıllı Çocuk 10</t>
+          <t>Yalnız Kalan Elma Ağacı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753485289</t>
+          <t>9789753485333</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Oynayarak Öğren - Akıllı Çocuk 9</t>
+          <t>Nar ve Elma Kurdu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753485272</t>
+          <t>9789753485296</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Matematik - Akıllı Çocuk 8</t>
+          <t>Şekiller ve Renkler - Akıllı Çocuk 10</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753485265</t>
+          <t>9789753485289</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Akıllı Çocuk 7</t>
+          <t>Oynayarak Öğren - Akıllı Çocuk 9</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753485302</t>
+          <t>9789753485272</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık</t>
+          <t>Neşeli Matematik - Akıllı Çocuk 8</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753485319</t>
+          <t>9789753485265</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Benim İnandığım</t>
+          <t>Bul ve Boya - Akıllı Çocuk 7</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753485227</t>
+          <t>9789753485302</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Boya - Akıllı Çocuk 6</t>
+          <t>Karmakarışık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753485210</t>
+          <t>9789753485319</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kaç Tane Var? - Akıllı Çocuk 5</t>
+          <t>Benim İnandığım</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753485203</t>
+          <t>9789753485227</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya - Akıllı Çocuk 4</t>
+          <t>Sayıları Boya - Akıllı Çocuk 6</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753485234</t>
+          <t>9789753485210</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sonuncular</t>
+          <t>Kaç Tane Var? - Akıllı Çocuk 5</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753485258</t>
+          <t>9789753485203</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bodrum'daki Acayip Günlerim</t>
+          <t>Çiz ve Boya - Akıllı Çocuk 4</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753485241</t>
+          <t>9789753485234</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir İşaret Göster</t>
+          <t>Sonuncular</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753485197</t>
+          <t>9789753485258</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tutkal Hanım'ın Kırık Kalpleri</t>
+          <t>Bodrum'daki Acayip Günlerim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753485180</t>
+          <t>9789753485241</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Sarı Keçisi</t>
+          <t>Bana Bir İşaret Göster</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753485173</t>
+          <t>9789753485197</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne için Yaşadım</t>
+          <t>Tutkal Hanım'ın Kırık Kalpleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753485166</t>
+          <t>9789753485180</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Okumadan Kitap Eleştirileri</t>
+          <t>Büyükannemin Sarı Keçisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753485111</t>
+          <t>9789753485173</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Miro İle Şino</t>
+          <t>Nerede ve Ne için Yaşadım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753485128</t>
+          <t>9789753485166</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Yavru Maymun</t>
+          <t>Okumadan Kitap Eleştirileri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753485104</t>
+          <t>9789753485111</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Çoraplar</t>
+          <t>Miro İle Şino</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753485098</t>
+          <t>9789753485128</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Bir Bilet Lütfen!</t>
+          <t>Dedektif Yavru Maymun</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753485050</t>
+          <t>9789753485104</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Renkler - Etkinlik Kitabı</t>
+          <t>Uyumsuz Çoraplar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753485036</t>
+          <t>9789753485098</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bulmaca - Etkinlik Kitabı</t>
+          <t>Mars'a Bir Bilet Lütfen!</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753485043</t>
+          <t>9789753485050</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar - Etkinlik Kitabı</t>
+          <t>İngilizce Renkler - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753485012</t>
+          <t>9789753485036</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çok Karanlık</t>
+          <t>İngilizce Bulmaca - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753485029</t>
+          <t>9789753485043</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çok Küçüğüm Daha Ben</t>
+          <t>İngilizce Sayılar - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753484985</t>
+          <t>9789753485012</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizler</t>
+          <t>Çok Karanlık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753484992</t>
+          <t>9789753485029</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Zikzak</t>
+          <t>Çok Küçüğüm Daha Ben</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753485005</t>
+          <t>9789753484985</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Paris Sokakları</t>
+          <t>Fırtınalı Denizler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753484978</t>
+          <t>9789753484992</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Karanlıkta Zikzak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753484923</t>
+          <t>9789753485005</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Goldberg: Çeşitlemeler</t>
+          <t>Paris Sokakları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753484930</t>
+          <t>9789753484978</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kuşlar Uçtu</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753484947</t>
+          <t>9789753484923</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kuzenim Momo</t>
+          <t>Goldberg: Çeşitlemeler</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753484916</t>
+          <t>9789753484930</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nice Nine’nin Zeytini</t>
+          <t>Bazı Kuşlar Uçtu</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753484909</t>
+          <t>9789753484947</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Seslenmek Zordur</t>
+          <t>Kuzenim Momo</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753484893</t>
+          <t>9789753484916</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üzerine</t>
+          <t>Nice Nine’nin Zeytini</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753484886</t>
+          <t>9789753484909</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kendime Ait Bir Oda</t>
+          <t>Kalbe Seslenmek Zordur</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753484862</t>
+          <t>9789753484893</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Saatin Hiç de Hüzünlü Olmayan Hikayesi ya da Uzayda Nasıl Çay İçilir?</t>
+          <t>Okuma Üzerine</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753484848</t>
+          <t>9789753484886</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bizon Raymon</t>
+          <t>Kendime Ait Bir Oda</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753484855</t>
+          <t>9789753484862</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Yolculuk</t>
+          <t>Kırılan Saatin Hiç de Hüzünlü Olmayan Hikayesi ya da Uzayda Nasıl Çay İçilir?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753484831</t>
+          <t>9789753484848</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Bizon Raymon</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753484824</t>
+          <t>9789753484855</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sarı Odanın Esrarı</t>
+          <t>Karanlığa Yolculuk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753484817</t>
+          <t>9789753484831</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İntibah - Sergüzeşt-i Ali Bey</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753484800</t>
+          <t>9789753484824</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Sarı Odanın Esrarı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753484770</t>
+          <t>9789753484817</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Anormal</t>
+          <t>İntibah - Sergüzeşt-i Ali Bey</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753484794</t>
+          <t>9789753484800</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Lea ve Fil</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753484732</t>
+          <t>9789753484770</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Balığım Burnumu Öptü</t>
+          <t>Anormal</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753484756</t>
+          <t>9789753484794</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Lea ve Fil</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753484725</t>
+          <t>9789753484732</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Meraklının El Kitabı</t>
+          <t>Balığım Burnumu Öptü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753484749</t>
+          <t>9789753484756</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Altın Mısralar</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753484695</t>
+          <t>9789753484725</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Barnes'taki Mezarlık</t>
+          <t>Meraklının El Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753484718</t>
+          <t>9789753484749</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Anna’yı Gören Var mı?</t>
+          <t>Altın Mısralar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753484671</t>
+          <t>9789753484695</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Düşün, Bul, Çiz, Boya (Okul Öncesi Etkinlik Kitabım)</t>
+          <t>Barnes'taki Mezarlık</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753484640</t>
+          <t>9789753484718</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Anna’yı Gören Var mı?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753484657</t>
+          <t>9789753484671</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kurtlar İmparatorluğu</t>
+          <t>Düşün, Bul, Çiz, Boya (Okul Öncesi Etkinlik Kitabım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753484633</t>
+          <t>9789753484640</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zararsız Tek Büyük Şey</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753484602</t>
+          <t>9789753484657</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kösbek</t>
+          <t>Kızıl Kurtlar İmparatorluğu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753484589</t>
+          <t>9789753484633</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>Zararsız Tek Büyük Şey</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753484565</t>
+          <t>9789753484602</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çöp Ev</t>
+          <t>Kösbek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753484558</t>
+          <t>9789753484589</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çok Küçük Ne Kadar Büyüktür?</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753484541</t>
+          <t>9789753484565</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Çöp Ev</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753484510</t>
+          <t>9789753484558</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Çok Küçük Ne Kadar Büyüktür?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753484527</t>
+          <t>9789753484541</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753484503</t>
+          <t>9789753484510</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753484534</t>
+          <t>9789753484527</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753484459</t>
+          <t>9789753484503</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Üç Mağara Dağı</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753484473</t>
+          <t>9789753484534</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melekler Evi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753484435</t>
+          <t>9789753484459</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kasabası</t>
+          <t>Üç Mağara Dağı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753484411</t>
+          <t>9789753484473</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar Kralı</t>
+          <t>Kanadı Kırık Melekler Evi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753484428</t>
+          <t>9789753484435</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Greta’nın Hikayesi</t>
+          <t>Kaplumbağa Kasabası</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753484381</t>
+          <t>9789753484411</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Fırtınalar Kralı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753484404</t>
+          <t>9789753484428</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Greta’nın Hikayesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753484398</t>
+          <t>9789753484381</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753484367</t>
+          <t>9789753484404</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Japon Balığı</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753484374</t>
+          <t>9789753484398</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Geber Aşkım</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753484336</t>
+          <t>9789753484367</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Keçi</t>
+          <t>Dedem Bir Japon Balığı</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753484343</t>
+          <t>9789753484374</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluğun Şarkısı</t>
+          <t>Geber Aşkım</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753484299</t>
+          <t>9789753484336</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uçma Dersleri</t>
+          <t>Keçi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753484305</t>
+          <t>9789753484343</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gülme Makinesi</t>
+          <t>Uykusuzluğun Şarkısı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753484275</t>
+          <t>9789753484299</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Oscar</t>
+          <t>Uçma Dersleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753484282</t>
+          <t>9789753484305</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Klasik Bilimkurgu Öyküleri</t>
+          <t>Gülme Makinesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753484251</t>
+          <t>9789753484275</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sonrasız</t>
+          <t>Mucizevi Oscar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753484244</t>
+          <t>9789753484282</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Beden</t>
+          <t>Klasik Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753484237</t>
+          <t>9789753484251</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kitap Nasıl Okunur?</t>
+          <t>Sonrasız</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753484763</t>
+          <t>9789753484244</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kütüphanedeki Beden</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753484213</t>
+          <t>9789753484237</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Akbabaların Ağıdı</t>
+          <t>Kitap Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753484183</t>
+          <t>9789753484763</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753484176</t>
+          <t>9789753484213</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Infernaliana</t>
+          <t>Akbabaların Ağıdı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753484152</t>
+          <t>9789753484183</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Guguklu Saat</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753484114</t>
+          <t>9789753484176</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Beyaza Doğru</t>
+          <t>Infernaliana</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753484121</t>
+          <t>9789753484152</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Son Sözler</t>
+          <t>Sandıktaki Guguklu Saat</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753484107</t>
+          <t>9789753484114</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Beynini Yemek</t>
+          <t>Beyaza Doğru</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753484091</t>
+          <t>9789753484121</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yakup Abla Beni Unutma</t>
+          <t>Son Sözler</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753484077</t>
+          <t>9789753484107</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Miri ve Zazo</t>
+          <t>Einstein’ın Beynini Yemek</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753484022</t>
+          <t>9789753484091</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlık Mavi</t>
+          <t>Yakup Abla Beni Unutma</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753483971</t>
+          <t>9789753484077</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Birine Bir Şey Yapmaktan Korkuyorum</t>
+          <t>Miri ve Zazo</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753484015</t>
+          <t>9789753484022</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Koru</t>
+          <t>Bir Anlık Mavi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753484497</t>
+          <t>9789753483971</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Birine Bir Şey Yapmaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753483964</t>
+          <t>9789753484015</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Manken</t>
+          <t>Efsunlu Koru</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753483926</t>
+          <t>9789753484497</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Çıkan Kız</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753482660</t>
+          <t>9789753483964</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Sınıfta Kaldı</t>
+          <t>Manken</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753483872</t>
+          <t>9789753483926</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Erdem'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Ateşten Çıkan Kız</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753483889</t>
+          <t>9789753482660</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Özgür'ün Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Hababam Sınıfı Sınıfta Kaldı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753483841</t>
+          <t>9789753483872</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Adalet'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Erdem'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753483865</t>
+          <t>9789753483889</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Değer'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Özgür'ün Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753483858</t>
+          <t>9789753483841</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Adalet'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753483803</t>
+          <t>9789753483865</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tomris Tantana ve Curcunacı Cadı</t>
+          <t>Değer'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753483810</t>
+          <t>9789753483858</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Albatros Bir Okyanus Gezginidir</t>
+          <t>Barış'ın Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753483797</t>
+          <t>9789753483803</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Müzede Canavar Yokmuş</t>
+          <t>Tomris Tantana ve Curcunacı Cadı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753483773</t>
+          <t>9789753483810</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Babam Bir Çalıya Dönüştüğünde</t>
+          <t>Albatros Bir Okyanus Gezginidir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753483759</t>
+          <t>9789753483797</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Harfler Bizi Terk Etmeden</t>
+          <t>Müzede Canavar Yokmuş</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753483728</t>
+          <t>9789753483773</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han'la Bilek Güreşi - Yok Artık</t>
+          <t>Babam Bir Çalıya Dönüştüğünde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753483698</t>
+          <t>9789753483759</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Macera Peşinde</t>
+          <t>Harfler Bizi Terk Etmeden</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753483629</t>
+          <t>9789753483728</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alıngan Nalan - Benzemez Kimse Bana</t>
+          <t>Cengiz Han'la Bilek Güreşi - Yok Artık</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753483643</t>
+          <t>9789753483698</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Aliş - Benzemez Kimse Bana</t>
+          <t>Bacaksız Macera Peşinde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753483674</t>
+          <t>9789753483629</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İzmir'in İncisi</t>
+          <t>Alıngan Nalan - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753483582</t>
+          <t>9789753483643</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ajar</t>
+          <t>Endişeli Aliş - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753483612</t>
+          <t>9789753483674</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kanlakarışık</t>
+          <t>İzmir'in İncisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753483599</t>
+          <t>9789753483582</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler Var Hayal Gücüme Gidiyor!</t>
+          <t>Ajar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753483605</t>
+          <t>9789753483612</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>El İzi</t>
+          <t>Kanlakarışık</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753482776</t>
+          <t>9789753483599</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Bölük</t>
+          <t>Bazı Şeyler Var Hayal Gücüme Gidiyor!</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753483513</t>
+          <t>9789753483605</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gitti Bu Çocuk?</t>
+          <t>El İzi</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753483506</t>
+          <t>9789753482776</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Şehir Asansörleri</t>
+          <t>Dördüncü Bölük</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753483544</t>
+          <t>9789753483513</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Krallar ve Kurallar</t>
+          <t>Nereye Gitti Bu Çocuk?</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753483537</t>
+          <t>9789753483506</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yolunuz Açık Olsun</t>
+          <t>Esrarengiz Şehir Asansörleri</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753483520</t>
+          <t>9789753483544</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhlar Senfonisi</t>
+          <t>Krallar ve Kurallar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753484480</t>
+          <t>9789753483537</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Haydi Yolunuz Açık Olsun</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753484329</t>
+          <t>9789753483520</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>Sürgün Ruhlar Senfonisi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753483438</t>
+          <t>9789753484480</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mühürlü Masal</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753483469</t>
+          <t>9789753484329</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Elmet</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753483452</t>
+          <t>9789753483438</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein’a Sor</t>
+          <t>Yeşil Mühürlü Masal</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753483445</t>
+          <t>9789753483469</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Flamingo</t>
+          <t>Elmet</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753483421</t>
+          <t>9789753483452</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Çizgisine İki Bilet</t>
+          <t>Albert Einstein’a Sor</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753483384</t>
+          <t>9789753483445</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Pistaçyo</t>
+          <t>Meraklı Flamingo</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753483377</t>
+          <t>9789753483421</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Balık Bir Başka Balığa Onu Sevdiğini Söyler mi? (Ciltli)</t>
+          <t>Ufuk Çizgisine İki Bilet</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753483346</t>
+          <t>9789753483384</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundayız</t>
+          <t>Pistaçyo</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753483322</t>
+          <t>9789753483377</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Milias'ın Yok Halleri</t>
+          <t>Bir Balık Bir Başka Balığa Onu Sevdiğini Söyler mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753483308</t>
+          <t>9789753483346</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>Dünyanın Sonundayız</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753482929</t>
+          <t>9789753483322</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Yılmaz</t>
+          <t>Milias'ın Yok Halleri</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753483315</t>
+          <t>9789753483308</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Pia’nın Orman Kitabı</t>
+          <t>Kalbim Sana Emanet</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753483285</t>
+          <t>9789753482929</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Öğretmen Var</t>
+          <t>Cankurtaran Yılmaz</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753483292</t>
+          <t>9789753483315</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Kedim</t>
+          <t>Korkusuz Pia’nın Orman Kitabı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753483278</t>
+          <t>9789753483285</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Bu Kitapta Öğretmen Var</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753483254</t>
+          <t>9789753483292</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Absürd Yeni Dünya</t>
+          <t>Boncuk Kedim</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753483223</t>
+          <t>9789753483278</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Kitabı</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753483230</t>
+          <t>9789753483254</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Denemeyenler</t>
+          <t>Absürd Yeni Dünya</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753483247</t>
+          <t>9789753483223</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mavra Zamanı</t>
+          <t>Kayıp Ruhlar Kitabı</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753483179</t>
+          <t>9789753483230</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 2</t>
+          <t>Denemeyenler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753483162</t>
+          <t>9789753483247</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 1</t>
+          <t>Mavra Zamanı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753483148</t>
+          <t>9789753483179</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 5</t>
+          <t>Küçük Ressamın Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753483131</t>
+          <t>9789753483162</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 4</t>
+          <t>Küçük Ressamın Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753483124</t>
+          <t>9789753483148</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 3</t>
+          <t>Bak ve Boya - 5</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753483100</t>
+          <t>9789753483131</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 1</t>
+          <t>Bak ve Boya - 4</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753483216</t>
+          <t>9789753483124</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bak ve Boya - 3</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753483094</t>
+          <t>9789753483100</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Koşarken Belli Olmaz</t>
+          <t>Bak ve Boya - 1</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753483063</t>
+          <t>9789753483216</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753483056</t>
+          <t>9789753483094</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ah</t>
+          <t>Koşarken Belli Olmaz</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753483049</t>
+          <t>9789753483063</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Aile</t>
+          <t>Uçtu Uçtu</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753482936</t>
+          <t>9789753483056</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Civciv</t>
+          <t>Ah</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753483001</t>
+          <t>9789753483049</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çalış Osman Çiftlik Senin</t>
+          <t>Kutsal Aile</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753482981</t>
+          <t>9789753482936</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Peri Ürpertiler Ormanı'nda</t>
+          <t>Öksüz Civciv</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753482943</t>
+          <t>9789753483001</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hoca Nasrettin ve Çömezleri</t>
+          <t>Çalış Osman Çiftlik Senin</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753482974</t>
+          <t>9789753482981</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar Dans Etmez</t>
+          <t>Haylaz Peri Ürpertiler Ormanı'nda</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753482950</t>
+          <t>9789753482943</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot İstanbul’da</t>
+          <t>Hoca Nasrettin ve Çömezleri</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753482912</t>
+          <t>9789753482974</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurtlar Kenti</t>
+          <t>Timsahlar Dans Etmez</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753482875</t>
+          <t>9789753482950</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>1473</t>
+          <t>Don Kişot İstanbul’da</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753482882</t>
+          <t>9789753482912</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Kral</t>
+          <t>Mavi Kurtlar Kenti</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753482868</t>
+          <t>9789753482875</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Zemheri</t>
+          <t>1473</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753482844</t>
+          <t>9789753482882</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kalsana Dedi Bana</t>
+          <t>Uykusu Kaçan Kral</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753482806</t>
+          <t>9789753482868</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Apartıman Çocukları</t>
+          <t>Zemheri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753482752</t>
+          <t>9789753482844</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Kesici</t>
+          <t>Kalsana Dedi Bana</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753482738</t>
+          <t>9789753482806</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi’nden Yükselirken Hüzün</t>
+          <t>Apartıman Çocukları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753482745</t>
+          <t>9789753482752</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Karartma Geceleri</t>
+          <t>Ağrı Kesici</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753482721</t>
+          <t>9789753482738</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>ugh!</t>
+          <t>Beylerbeyi’nden Yükselirken Hüzün</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753482707</t>
+          <t>9789753482745</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Püf Lokmaları (Ciltli)</t>
+          <t>Karartma Geceleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753482646</t>
+          <t>9789753482721</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı İcraatın İçinde</t>
+          <t>ugh!</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753482592</t>
+          <t>9789753482707</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Paralı Atlet</t>
+          <t>Püf Lokmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753482585</t>
+          <t>9789753482646</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Okulda</t>
+          <t>Hababam Sınıfı İcraatın İçinde</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753482516</t>
+          <t>9789753482592</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Mal Beyanı</t>
+          <t>Bacaksız Paralı Atlet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753482622</t>
+          <t>9789753482585</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Palyaço</t>
+          <t>Bacaksız Okulda</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753482837</t>
+          <t>9789753482516</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Rodoslu Ahter</t>
+          <t>Bir Delinin Mal Beyanı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753481656</t>
+          <t>9789753482622</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sacayağı</t>
+          <t>Benim Adım Palyaço</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753483070</t>
+          <t>9789753482837</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı</t>
+          <t>Rodoslu Ahter</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753482288</t>
+          <t>9789753481656</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kuzular</t>
+          <t>Yüreğin Sacayağı</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753481625</t>
+          <t>9789753483070</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Haber Yolla Bana</t>
+          <t>Yokuş Yukarı</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753482110</t>
+          <t>9789753482288</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar mı Suçluydu?</t>
+          <t>Yitik Kuzular</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753480345</t>
+          <t>9789753481625</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıkça - Şiirler 1948</t>
+          <t>Yıldızlardan Haber Yolla Bana</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753480079</t>
+          <t>9789753482110</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yarenlik - Şiirler 1943</t>
+          <t>Yıldızlar mı Suçluydu?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753480048</t>
+          <t>9789753480345</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’da Sabah Oldu - Şiirler 1954</t>
+          <t>Yaşadıkça - Şiirler 1948</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753482035</t>
+          <t>9789753480079</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tsunamide Sörf Olmaz</t>
+          <t>Yarenlik - Şiirler 1943</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753482349</t>
+          <t>9789753480048</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Süreduran Minik Öyküler</t>
+          <t>Üsküdar’da Sabah Oldu - Şiirler 1954</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753480154</t>
+          <t>9789753482035</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa Karakılçık Uzak Değil - Şiirler 1962-1969-1971</t>
+          <t>Tsunamide Sörf Olmaz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753481908</t>
+          <t>9789753482349</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sınıf’ın Efsanesi</t>
+          <t>Süreduran Minik Öyküler</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753481670</t>
+          <t>9789753480154</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Kadın Adları Gibi</t>
+          <t>Soluk Soluğa Karakılçık Uzak Değil - Şiirler 1962-1969-1971</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753480642</t>
+          <t>9789753481908</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Ilgaz’lı Yıllar</t>
+          <t>Sınıf’ın Efsanesi</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753483360</t>
+          <t>9789753481670</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Radarın Anahtarı</t>
+          <t>Sevdiğim Kadın Adları Gibi</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753482301</t>
+          <t>9789753480642</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Rıfat Ilgaz’lı Yıllar</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753482790</t>
+          <t>9789753483360</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Pijamalılar</t>
+          <t>Radarın Anahtarı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753480109</t>
+          <t>9789753482301</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ocak Katırı Alagöz - Şiirler 1987</t>
+          <t>Pullar Savaşı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753483032</t>
+          <t>9789753482790</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Usturalar</t>
+          <t>Pijamalılar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753483353</t>
+          <t>9789753480109</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık</t>
+          <t>Ocak Katırı Alagöz - Şiirler 1987</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753481595</t>
+          <t>9789753483032</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Markopaşa Gerçeği</t>
+          <t>Nerede O Eski Usturalar</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753482059</t>
+          <t>9789753483353</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Madem Öyle Pollyanna...</t>
+          <t>Nerede Kalmıştık</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753481793</t>
+          <t>9789753481595</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Lamba</t>
+          <t>Markopaşa Gerçeği</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753480239</t>
+          <t>9789753482059</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kulağımız Kirişte - Şiirler 1983</t>
+          <t>Madem Öyle Pollyanna...</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753481755</t>
+          <t>9789753481793</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Lamba</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753483414</t>
+          <t>9789753480239</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Önce Kırk Yıl Sonra</t>
+          <t>Kulağımız Kirişte - Şiirler 1983</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753482899</t>
+          <t>9789753481755</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Karadenizin Kıyıcığında</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753482554</t>
+          <t>9789753483414</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Çino</t>
+          <t>Kırk Yıl Önce Kırk Yıl Sonra</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753482561</t>
+          <t>9789753482899</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Halime Kaptan</t>
+          <t>Karadenizin Kıyıcığında</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753482653</t>
+          <t>9789753482554</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Baskında</t>
+          <t>Kahraman Çino</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753482639</t>
+          <t>9789753482561</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı</t>
+          <t>Halime Kaptan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753482226</t>
+          <t>9789753482653</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Güzelleme</t>
+          <t>Hababam Sınıfı Baskında</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753480086</t>
+          <t>9789753482639</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Uyur mu - Şiirler 1974</t>
+          <t>Hababam Sınıfı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753481816</t>
+          <t>9789753482226</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çıkmazı</t>
+          <t>Güzelleme</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753482998</t>
+          <t>9789753480086</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Mazi</t>
+          <t>Güvercinim Uyur mu - Şiirler 1974</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753482097</t>
+          <t>9789753481816</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Çizeri Çizginin Emekçisi Burhan Solukçu</t>
+          <t>Gençlik Çıkmazı</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753482158</t>
+          <t>9789753482998</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Koca Çınarı Anısına Rıfat Ilgaz Sempozyumu</t>
+          <t>Geçmişe Mazi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753482042</t>
+          <t>9789753482097</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 5 - Yalnız Ağaç</t>
+          <t>Emeğin Çizeri Çizginin Emekçisi Burhan Solukçu</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753481953</t>
+          <t>9789753482158</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 4</t>
+          <t>Edebiyatımızın Koca Çınarı Anısına Rıfat Ilgaz Sempozyumu</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753481878</t>
+          <t>9789753482042</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 3</t>
+          <t>Düş Hekimi 5 - Yalnız Ağaç</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753481618</t>
+          <t>9789753481953</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 2 - Akarsu</t>
+          <t>Düş Hekimi 4</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753481861</t>
+          <t>9789753481878</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 1</t>
+          <t>Düş Hekimi 3</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753482295</t>
+          <t>9789753481618</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Durmak Yok</t>
+          <t>Düş Hekimi 2 - Akarsu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753482547</t>
+          <t>9789753481861</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dostum Çino</t>
+          <t>Düş Hekimi 1</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753482066</t>
+          <t>9789753482295</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dilimde Tüy Bitti</t>
+          <t>Durmak Yok</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753480031</t>
+          <t>9789753482547</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Devam - Şiirler 1953</t>
+          <t>Dostum Çino</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753482851</t>
+          <t>9789753482066</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Limanıma Sığınan Foklar</t>
+          <t>Dilimde Tüy Bitti</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753482073</t>
+          <t>9789753480031</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çiziyorum 2005</t>
+          <t>Devam - Şiirler 1953</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753482080</t>
+          <t>9789753482851</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cilalı Taş Devri Ampulbank</t>
+          <t>Çocukluk Limanıma Sığınan Foklar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753482820</t>
+          <t>9789753482073</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk</t>
+          <t>Çiziyorum 2005</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753481694</t>
+          <t>9789753482080</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bir Özkıyımın Özü</t>
+          <t>Cilalı Taş Devri Ampulbank</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753482578</t>
+          <t>9789753482820</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Kamyon Sürücüsü</t>
+          <t>Böcek Çocuk</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753482004</t>
+          <t>9789753481694</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aradaki</t>
+          <t>Bir Özkıyımın Özü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
+          <t>9789753482578</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Bacaksız Kamyon Sürücüsü</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789753482004</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Aradaki</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
           <t>9789753482684</t>
         </is>
       </c>
-      <c r="B371" s="1" t="inlineStr">
+      <c r="B373" s="1" t="inlineStr">
         <is>
           <t>Sarı Yazma</t>
         </is>
       </c>
-      <c r="C371" s="1">
+      <c r="C373" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>