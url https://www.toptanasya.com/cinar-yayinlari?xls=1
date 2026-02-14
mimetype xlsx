--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,5620 +85,7195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753486194</t>
+          <t>9789753486224</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Acayip Müzenin Oyunları</t>
+          <t>Duru'nun Oyuncakları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753486187</t>
+          <t>9789753486217</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Şampiyonu</t>
+          <t>Mektubun Peşinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753486170</t>
+          <t>9789753486200</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zaman Aynası</t>
+          <t>Çorba Mevsimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753485555</t>
+          <t>9789753485647</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Olabildiğince Mutlu</t>
+          <t>Ashburn Köşkü'nün Laneti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753484190</t>
+          <t>9789753481663</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Ağzında</t>
+          <t>Düşünüyorum Yaratıyorum Öğreniyorum Eğleniyorum</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753484138</t>
+          <t>9789753482134</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Cehennem Ziyareti</t>
+          <t>Yaşamda ve Yargıda Devrimci Duruş Halit Çelenk - DVD'li</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>13.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753483919</t>
+          <t>9789753484268</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mortina (Ciltli)</t>
+          <t>Uçan Minimini Kadın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753483902</t>
+          <t>9789753483681</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Gıcık Kuzen (Ciltli)</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753484312</t>
+          <t>9789753483896</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Klasik Korku Öyküleri</t>
+          <t>Şimdiki Çocuklar Hala Harika</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753481809</t>
+          <t>9789753481489</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tünel Korkusu</t>
+          <t>Zombilirkişi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753482219</t>
+          <t>9789753481076</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolları</t>
+          <t>Yıllar ve Yüzler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753483025</t>
+          <t>3990000002404</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Küçükçekmece Okyanusu</t>
+          <t>Yıkık Bir Çocuk Bahçesi Gibiydi Yüzü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753481601</t>
+          <t>9789753481052</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dokun! Sevgi Uyansın</t>
+          <t>Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753483636</t>
+          <t>9789753481151</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Mıstık - Benzemez Kimse Bana</t>
+          <t>Uzun İnce Bir Düşünce</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753483476</t>
+          <t>9789753481144</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
+          <t>Umut Peşinde Mina Urgan’dan Manol Usta’ya (Portreler, Yaşam Öyküleri)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753484145</t>
+          <t>9789753482189</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Altı Diriliş</t>
+          <t>Tuncay Terzihanesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753484060</t>
+          <t>9789753480574</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Hayalet Arkadaş (Ciltli)</t>
+          <t>Şükran Kurdakul</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753483933</t>
+          <t>9789753480819</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Raydan Çıkan Trenler</t>
+          <t>Su Mektupları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753483667</t>
+          <t>9789753481885</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benzemez Kimse Bana (4 Kitap Set)</t>
+          <t>Sözcük Sihirbazı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753482813</t>
+          <t>9789753480284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anne Kız, Harikasın</t>
+          <t>Sosyal Kadınlar Partisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753483834</t>
+          <t>9789753481403</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Günümüz Türkçesi Tam Metin)</t>
+          <t>Soluksuz Sıcaklarda</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753483117</t>
+          <t>9789753480093</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 2</t>
+          <t>Sınıf - Şiirler 1944</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753483209</t>
+          <t>9789753481458</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Luna</t>
+          <t>Seslerimiz Öpüşürken</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753483155</t>
+          <t>9789753481212</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 6</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753483193</t>
+          <t>9789753480147</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 4</t>
+          <t>Rüşvetin Alamancası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753483186</t>
+          <t>9789753480369</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 3</t>
+          <t>Rıfat Ilgaz Yaşamı / Kişiliği / Şairliği / Hikayeciliği / Romancılığı / Oyunları / Anıları ve Köşe Yazarlığı / Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753485456</t>
+          <t>9789753481779</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Penguenin Dertleri</t>
+          <t>Rendelenmiş Deyimler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753482967</t>
+          <t>9789753481496</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Acayip Moti'nin Tuhaf Maceraları</t>
+          <t>Pisuvar Tedirginliği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753482783</t>
+          <t>9789753481762</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İktidarsızlar</t>
+          <t>Pinokyo Kral Übü’nün Ülkesinde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753482714</t>
+          <t>9789753480796</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kedi</t>
+          <t>Perdelerden Caddelere Dökülüvermiş "Bir Festivalin On Yılı"</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753485135</t>
+          <t>9789753482240</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Labirentler - Akıllı Çocuk</t>
+          <t>Öykülere Gizlenen Çocuklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753485142</t>
+          <t>9789753481342</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olanı Bul - Akıllı Çocuk</t>
+          <t>Nükleere Geçtik Maşallah</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753485159</t>
+          <t>9789753481113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Oyunlar - Akıllı Çocuk</t>
+          <t>Minik Ayı Vadu’nun Canı Sıkılıyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753485067</t>
+          <t>9789753481175</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe... Harfler... Kelimeler... - Etkinlik Kitabı</t>
+          <t>Minik Ayı Vadu Babam Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753485432</t>
+          <t>9789753481106</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Kapıları</t>
+          <t>Minik Ayı Vadu Arkadaş Arıyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753484954</t>
+          <t>9789753482165</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Trenle Seyahatin Avantajları</t>
+          <t>Meraklı Bir Somon Balığının Serüvenleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753485081</t>
+          <t>9789753481519</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Klasik Polisiye Öyküler</t>
+          <t>Masal Mafya</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753484787</t>
+          <t>9789753482196</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Küçük Tay</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753485074</t>
+          <t>9789753482424</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Küçük Bir Kız Tanıyorum Yedi Yaşında</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753484596</t>
+          <t>9789753482448</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Kerberos</t>
+          <t>Küçük Bir Kız Tanıyorum Sekiz Yaşında</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753484572</t>
+          <t>9789753482479</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Suspus</t>
+          <t>Küçük Bir Kız Tanıyorum On Yaşında</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753484664</t>
+          <t>9789753482486</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mortina - Esrarengiz Gölde Tatil (Ciltli)</t>
+          <t>Küçük Bir Kız Tanıyorum On Bir Yaşında</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753484442</t>
+          <t>9789753482462</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayet</t>
+          <t>Küçük Bir Kız Tanıyorum Dokuz Yaşında</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753484879</t>
+          <t>9789753482417</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Derinlikler</t>
+          <t>Küçük Bir Kız Tanıyorum Altı Yaşında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753484008</t>
+          <t>9789753481311</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Zürafanın Dertleri</t>
+          <t>Kırmızı Işıkta Son Tango</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753483766</t>
+          <t>9789753482332</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum. Baban</t>
+          <t>Kedi Kız Minus</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753482905</t>
+          <t>9789753482356</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Karayel</t>
+          <t>Jip ile Janneke</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753482769</t>
+          <t>9789753483742</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kutusu</t>
+          <t>Japon Yapmış Türk Gezmiş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753483407</t>
+          <t>9789753482455</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Garibin Horozu</t>
+          <t>Japon Ne Yapmış</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753483087</t>
+          <t>9789753482318</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Betona</t>
+          <t>İstemiyorum İşte</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753482028</t>
+          <t>9789753482202</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Kokusu</t>
+          <t>İlköğretim Derslerinde Yaratıcı Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753486156</t>
+          <t>9789753482431</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulma Cesareti</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753486163</t>
+          <t>9789753480451</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Olur Öyle</t>
+          <t>Hoca Nasrettin ve Çömezleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753486149</t>
+          <t>9789753481571</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rodos’tan Karşıyaka’ya</t>
+          <t>Hikayeden Şiirler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753483988</t>
+          <t>9789753481892</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Soyka</t>
+          <t>Hava Atışı (Sporun Edebiyata, Edebiyatın Spora)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753484169</t>
+          <t>9789753482271</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Plan Paytak</t>
+          <t>Harflerimizin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753482615</t>
+          <t>9789753481533</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Tatil Köyünde</t>
+          <t>Düşmemiş Bir Uçağın Kara Kutusu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753483650</t>
+          <t>9789753482400</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Kiraz - Benzemez Kimse Bana</t>
+          <t>Dur Dünya Çocukları Bekle</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753483940</t>
+          <t>9789753480857</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cik!</t>
+          <t>Dış Kapının Dış Mandalı Dış Politika</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753482677</t>
+          <t>9789753481335</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Uyanıyor</t>
+          <t>Çömçe Gelin 1966 Gebe 1968 Hoyrat 1971</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753486132</t>
+          <t>9789753480741</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kadife Patiler</t>
+          <t>Çocuk Bahçesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753486125</t>
+          <t>9789753482233</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağın İnsanı</t>
+          <t>Çirkin Prenses</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753486118</t>
+          <t>3990000014377</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Duru’nun Minik Kuşları</t>
+          <t>Çeteden Özür Diliyoruz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753486101</t>
+          <t>9789753482264</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mektup Selam Söyle</t>
+          <t>Cellat Mezarlığı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753486095</t>
+          <t>9789753480024</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Robotların Düşüşü</t>
+          <t>Cart Curt</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753486088</t>
+          <t>9789753481717</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Çiçek</t>
+          <t>Bütün Şiirleri 1927-1991</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753486071</t>
+          <t>9789753480673</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri Bekçisi</t>
+          <t>Bir Yudum İnsan</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753486057</t>
+          <t>9789753481632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bean Fasulye</t>
+          <t>Bir Eroinmanın Annesi Olmak!</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753486064</t>
+          <t>9789753481465</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Orman</t>
+          <t>Beynim Yüreğim Ben Size Konuk Gelende Son Değil</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753486040</t>
+          <t>9789753482370</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beterin Daha Da Beteri</t>
+          <t>Balina Süleyman’ın Dokuz Yüz Otuz Birinci Dünya Turu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753486033</t>
+          <t>9789753482608</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo Kuzey Kutbu’na Gidiyor</t>
+          <t>Bacaksız Sigara Kaçakçısı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753486026</t>
+          <t>9789753481434</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo için Bir Sürpriz</t>
+          <t>Aşk-ı Salacak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753486019</t>
+          <t>9799753481853</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Kimindir?</t>
+          <t>Aşk-ı Hakiki</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753485999</t>
+          <t>9789753480987</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Valentina</t>
+          <t>Aşk ve Kuyruklu Yıldız</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753486002</t>
+          <t>9789753481991</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ne Münasebet!</t>
+          <t>Aşılı Kolum...</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753485982</t>
+          <t>9789753480567</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Teo</t>
+          <t>Aslan Sosyal Demokratlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753485975</t>
+          <t>9789753480598</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mahfaza</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753485968</t>
+          <t>9789753481731</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Geride Bıraktığım Sözcükler</t>
+          <t>Amerikanca Hayatımıza Türkçe Altyazılar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753485951</t>
+          <t>9789753482172</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yeter Artık! - Karlı Bir Hikaye</t>
+          <t>Alagün Çocukları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753485944</t>
+          <t>9789753482257</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eve Dön Artık</t>
+          <t>Alacağınız Olsun</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753485920</t>
+          <t>9789753480543</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uykum Zaten Kaçtı</t>
+          <t>Ağız Dalaşı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753485937</t>
+          <t>9789753481410</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Seni Zaten Seviyorum</t>
+          <t>Affedersin La Fontaine</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753485906</t>
+          <t>9789753481502</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ekranlara Alerjisi Olan Çocuk</t>
+          <t>Açık Kapıların Arkası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753485913</t>
+          <t>9789753481397</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şövalye Çocuk</t>
+          <t>Islaktı Gözleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753485883</t>
+          <t>9789753482363</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bulutçelen Kuşları</t>
+          <t>Japon Yapmış</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753485876</t>
+          <t>9789753482691</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ork - 2</t>
+          <t>İki Gözüm Despina</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753485890</t>
+          <t>9789753484084</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753485852</t>
+          <t>9789753483735</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Önce Okullar Kapandı</t>
+          <t>Shakespeare Uzaylılara Karşı - Yok Artık</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753485869</t>
+          <t>9789753483339</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Göğün Bütün Çeyrekleri</t>
+          <t>Çehovda Benim Gibi Bir Yazarmış</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753485845</t>
+          <t>9789753483261</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Gün</t>
+          <t>Pentagram Cinayetleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753485838</t>
+          <t>9789753483575</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Hazineleri</t>
+          <t>Sen Kimsin?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753485821</t>
+          <t>9789753483568</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 5 Zaman Makinesi</t>
+          <t>Küçük Kara Bulut</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753485814</t>
+          <t>9789753484961</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 4</t>
+          <t>Siyahlı Kadının Parfümü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753485807</t>
+          <t>9789753484626</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 3 Oyunlarla Renkleri Öğreniyorum</t>
+          <t>Angeliki ile Mehmet</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753485791</t>
+          <t>9789753482325</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 2 Oyunlarla Müzik Öğreniyorum</t>
+          <t>Kahraman Çino</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753485784</t>
+          <t>9789753484466</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kitaplar 1 Zeka Geliştiren Bulmacalar</t>
+          <t>Craven Malikanesi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753485777</t>
+          <t>9789753483827</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benim Tuhaf Matruşka Bebeklerim</t>
+          <t>Bay Limoni</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753485753</t>
+          <t>9789753484619</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Walt'u Beklerken</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753485760</t>
+          <t>9789753480017</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adım</t>
+          <t>Nerde Kalmıştık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753485739</t>
+          <t>9789753484350</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yırtılan Fotoğrafın Epey Hüzünlü Hikayesi ya da Dondurmadaki Anneanne</t>
+          <t>Her Şey Geçer</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753485746</t>
+          <t>9789753483995</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gaddar Öyküler</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753485722</t>
+          <t>9789753484701</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Kaybolan Zaman</t>
+          <t>Leziz Kadavralar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753485708</t>
+          <t>9789753483391</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Öncü Gücü</t>
+          <t>Alice Kuantum Diyarında</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753485654</t>
+          <t>9789753484220</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pufi &amp; Hilda</t>
+          <t>Agata Hayatı Keşfediyor</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753485630</t>
+          <t>9789753483780</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çelişki Bilmez Lezzet'in Geçmiş Zaman Maceraları</t>
+          <t>Pinokyo Kral Übü’nün Ülkesinde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753485715</t>
+          <t>9789753486194</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kale</t>
+          <t>Acayip Müzenin Oyunları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753485692</t>
+          <t>9789753486187</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mehtap Havuzu</t>
+          <t>Yapboz Şampiyonu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753485661</t>
+          <t>9789753486170</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gıcır &amp; Bıcır</t>
+          <t>Kırık Zaman Aynası</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753485678</t>
+          <t>9789753485555</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Drakula’nın Kedisi ve Diğer Şiirler</t>
+          <t>Olabildiğince Mutlu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753485685</t>
+          <t>9789753484190</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar</t>
+          <t>Kurdun Ağzında</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753485609</t>
+          <t>9789753484138</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gözü</t>
+          <t>Kısa Bir Cehennem Ziyareti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753485623</t>
+          <t>9789753483919</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dişi Aslanın İtirafı</t>
+          <t>Mortina (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753485616</t>
+          <t>9789753483902</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman  Benim Küçük Kardeşim Olacaksın</t>
+          <t>Mortina - Gıcık Kuzen (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753485579</t>
+          <t>9789753484312</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Paralaks</t>
+          <t>Klasik Korku Öyküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753485593</t>
+          <t>9789753481809</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İki Kere İyi Geceler</t>
+          <t>Tünel Korkusu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753485586</t>
+          <t>9789753482219</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Özgürlük Yolları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753485562</t>
+          <t>9789753483025</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Meteor!</t>
+          <t>Küçükçekmece Okyanusu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753485548</t>
+          <t>9789753481601</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bozulan Fenerin Biraz Hüzünlü Hikayesi ya da Aşk Tutması</t>
+          <t>Dokun! Sevgi Uyansın</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753485531</t>
+          <t>9789753483636</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yabani Ot Toplayıcısı</t>
+          <t>Dağınık Mıstık - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753485463</t>
+          <t>9789753483476</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Düşün, Söyle, Çiz, Boya</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753485524</t>
+          <t>9789753484145</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedinin Dertleri</t>
+          <t>Altı Diriliş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753485500</t>
+          <t>9789753484060</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Robotlar - Canım Kitabım 4</t>
+          <t>Mortina - Hayalet Arkadaş (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753485494</t>
+          <t>9789753483933</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası - Canım Kitabım 3</t>
+          <t>Raydan Çıkan Trenler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753485517</t>
+          <t>9789753483667</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Canım Kitabım 5</t>
+          <t>Benzemez Kimse Bana (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753485487</t>
+          <t>9789753482813</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Canavarlar Okulda - Canım Kitabım 2</t>
+          <t>Anne Kız, Harikasın</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753485470</t>
+          <t>9789753483834</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar - Canım Kitabım 1</t>
+          <t>İntibah (Günümüz Türkçesi Tam Metin)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753485401</t>
+          <t>9789753483117</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Nasıl ve Ne Zaman Çıkılır?</t>
+          <t>Bak ve Boya - 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753485449</t>
+          <t>9789753483209</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Balonun Peşinden</t>
+          <t>İyi Geceler Luna</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753485425</t>
+          <t>9789753483155</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çay Kitabı</t>
+          <t>Bak ve Boya - 6</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753485418</t>
+          <t>9789753483193</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Güzelork</t>
+          <t>Küçük Ressamın Boyama Kitabı - 4</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753485395</t>
+          <t>9789753483186</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Beterin Beteri</t>
+          <t>Küçük Ressamın Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753485371</t>
+          <t>9789753485456</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Pastası</t>
+          <t>Bir Penguenin Dertleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753485388</t>
+          <t>9789753482967</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunların Kumpası</t>
+          <t>Acayip Moti'nin Tuhaf Maceraları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753485364</t>
+          <t>9789753482783</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Datça’dan İpsala’ya</t>
+          <t>İktidarsızlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753485340</t>
+          <t>9789753482714</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gümbür Gümbür</t>
+          <t>Aşık Kedi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753485357</t>
+          <t>9789753485135</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Labirentler - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753485326</t>
+          <t>9789753485142</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kalan Elma Ağacı</t>
+          <t>Farklı Olanı Bul - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753485333</t>
+          <t>9789753485159</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nar ve Elma Kurdu</t>
+          <t>Zeka Geliştiren Oyunlar - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753485296</t>
+          <t>9789753485067</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler - Akıllı Çocuk 10</t>
+          <t>İngilizce Alfabe... Harfler... Kelimeler... - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753485289</t>
+          <t>9789753485432</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oynayarak Öğren - Akıllı Çocuk 9</t>
+          <t>Cehennemin Kapıları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753485272</t>
+          <t>9789753484954</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Matematik - Akıllı Çocuk 8</t>
+          <t>Trenle Seyahatin Avantajları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753485265</t>
+          <t>9789753485081</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Akıllı Çocuk 7</t>
+          <t>Klasik Polisiye Öyküler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753485302</t>
+          <t>9789753484787</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753485319</t>
+          <t>9789753485074</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Benim İnandığım</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753485227</t>
+          <t>9789753484596</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Boya - Akıllı Çocuk 6</t>
+          <t>Üç Başlı Kerberos</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753485210</t>
+          <t>9789753484572</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kaç Tane Var? - Akıllı Çocuk 5</t>
+          <t>Suspus</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753485203</t>
+          <t>9789753484664</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya - Akıllı Çocuk 4</t>
+          <t>Mortina - Esrarengiz Gölde Tatil (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753485234</t>
+          <t>9789753484442</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sonuncular</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753485258</t>
+          <t>9789753484879</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bodrum'daki Acayip Günlerim</t>
+          <t>Derinlikler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753485241</t>
+          <t>9789753484008</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir İşaret Göster</t>
+          <t>Bir Zürafanın Dertleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753485197</t>
+          <t>9789753483766</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tutkal Hanım'ın Kırık Kalpleri</t>
+          <t>Seni Seviyorum. Baban</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753485180</t>
+          <t>9789753482905</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Sarı Keçisi</t>
+          <t>Yıldız Karayel</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753485173</t>
+          <t>9789753482769</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne için Yaşadım</t>
+          <t>Şeker Kutusu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753485166</t>
+          <t>9789753483407</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Okumadan Kitap Eleştirileri</t>
+          <t>Garibin Horozu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753485111</t>
+          <t>9789753483087</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Miro İle Şino</t>
+          <t>Kumdan Betona</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753485128</t>
+          <t>9789753482028</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Yavru Maymun</t>
+          <t>Başkalarının Kokusu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753485104</t>
+          <t>9789753486156</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Çoraplar</t>
+          <t>Kendini Bulma Cesareti</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753485098</t>
+          <t>9789753486163</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Bir Bilet Lütfen!</t>
+          <t>Olur Öyle</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753485050</t>
+          <t>9789753486149</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Renkler - Etkinlik Kitabı</t>
+          <t>Rodos’tan Karşıyaka’ya</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753485036</t>
+          <t>9789753483988</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Bulmaca - Etkinlik Kitabı</t>
+          <t>Soyka</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753485043</t>
+          <t>9789753484169</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar - Etkinlik Kitabı</t>
+          <t>Plan Paytak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753485012</t>
+          <t>9789753482615</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çok Karanlık</t>
+          <t>Bacaksız Tatil Köyünde</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753485029</t>
+          <t>9789753483650</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çok Küçüğüm Daha Ben</t>
+          <t>Kararsız Kiraz - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753484985</t>
+          <t>9789753483940</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Denizler</t>
+          <t>Cik!</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753484992</t>
+          <t>9789753482677</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Zikzak</t>
+          <t>Hababam Sınıfı Uyanıyor</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753485005</t>
+          <t>9789753486132</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Paris Sokakları</t>
+          <t>Kadife Patiler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753484978</t>
+          <t>9789753486125</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Bu Çağın İnsanı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753484923</t>
+          <t>9789753486118</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Goldberg: Çeşitlemeler</t>
+          <t>Duru’nun Minik Kuşları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753484930</t>
+          <t>9789753486101</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kuşlar Uçtu</t>
+          <t>Mektup Selam Söyle</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753484947</t>
+          <t>9789753486095</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kuzenim Momo</t>
+          <t>Robotların Düşüşü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753484916</t>
+          <t>9789753486088</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nice Nine’nin Zeytini</t>
+          <t>Şaşkın Çiçek</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753484909</t>
+          <t>9789753486071</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Seslenmek Zordur</t>
+          <t>Deniz Feneri Bekçisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753484893</t>
+          <t>9789753486057</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üzerine</t>
+          <t>Bean Fasulye</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753484886</t>
+          <t>9789753486064</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kendime Ait Bir Oda</t>
+          <t>Büyülü Orman</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753484862</t>
+          <t>9789753486040</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Saatin Hiç de Hüzünlü Olmayan Hikayesi ya da Uzayda Nasıl Çay İçilir?</t>
+          <t>Beterin Daha Da Beteri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753484848</t>
+          <t>9789753486033</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bizon Raymon</t>
+          <t>Kütüphaneci Teo Kuzey Kutbu’na Gidiyor</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753484855</t>
+          <t>9789753486026</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Yolculuk</t>
+          <t>Kütüphaneci Teo için Bir Sürpriz</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753484831</t>
+          <t>9789753486019</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Bulutlar Kimindir?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753484824</t>
+          <t>9789753485999</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sarı Odanın Esrarı</t>
+          <t>Valentina</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753484817</t>
+          <t>9789753486002</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İntibah - Sergüzeşt-i Ali Bey</t>
+          <t>Ne Münasebet!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753484800</t>
+          <t>9789753485982</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kütüphaneci Teo</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753484770</t>
+          <t>9789753485975</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anormal</t>
+          <t>Mahfaza</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753484794</t>
+          <t>9789753485968</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Lea ve Fil</t>
+          <t>Geride Bıraktığım Sözcükler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753484732</t>
+          <t>9789753485951</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Balığım Burnumu Öptü</t>
+          <t>Yeter Artık! - Karlı Bir Hikaye</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753484756</t>
+          <t>9789753485944</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Eve Dön Artık</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753484725</t>
+          <t>9789753485920</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Meraklının El Kitabı</t>
+          <t>Uykum Zaten Kaçtı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753484749</t>
+          <t>9789753485937</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Altın Mısralar</t>
+          <t>Seni Zaten Seviyorum</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753484695</t>
+          <t>9789753485906</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Barnes'taki Mezarlık</t>
+          <t>Ekranlara Alerjisi Olan Çocuk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753484718</t>
+          <t>9789753485913</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Anna’yı Gören Var mı?</t>
+          <t>Şövalye Çocuk</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753484671</t>
+          <t>9789753485883</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Düşün, Bul, Çiz, Boya (Okul Öncesi Etkinlik Kitabım)</t>
+          <t>Bulutçelen Kuşları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753484640</t>
+          <t>9789753485876</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Güzel Ork - 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753484657</t>
+          <t>9789753485890</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kurtlar İmparatorluğu</t>
+          <t>Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753484633</t>
+          <t>9789753485852</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Zararsız Tek Büyük Şey</t>
+          <t>Önce Okullar Kapandı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753484602</t>
+          <t>9789753485869</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kösbek</t>
+          <t>Göğün Bütün Çeyrekleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753484589</t>
+          <t>9789753485845</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>En Güzel Gün</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753484565</t>
+          <t>9789753485838</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çöp Ev</t>
+          <t>Ormanın Hazineleri</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753484558</t>
+          <t>9789753485821</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çok Küçük Ne Kadar Büyüktür?</t>
+          <t>Güzel Kitaplar 5 Zaman Makinesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753484541</t>
+          <t>9789753485814</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Güzel Kitaplar 4</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753484510</t>
+          <t>9789753485807</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Güzel Kitaplar 3 Oyunlarla Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753484527</t>
+          <t>9789753485791</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Güzel Kitaplar 2 Oyunlarla Müzik Öğreniyorum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753484503</t>
+          <t>9789753485784</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Güzel Kitaplar 1 Zeka Geliştiren Bulmacalar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753484534</t>
+          <t>9789753485777</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Benim Tuhaf Matruşka Bebeklerim</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753484459</t>
+          <t>9789753485753</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Üç Mağara Dağı</t>
+          <t>Walt'u Beklerken</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753484473</t>
+          <t>9789753485760</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melekler Evi</t>
+          <t>Yanlış Adım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753484435</t>
+          <t>9789753485739</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kasabası</t>
+          <t>Yırtılan Fotoğrafın Epey Hüzünlü Hikayesi ya da Dondurmadaki Anneanne</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753484411</t>
+          <t>9789753485746</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar Kralı</t>
+          <t>Gaddar Öyküler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753484428</t>
+          <t>9789753485722</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Greta’nın Hikayesi</t>
+          <t>Jack ve Kaybolan Zaman</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753484381</t>
+          <t>9789753485708</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Cumhuriyet'in Öncü Gücü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753484404</t>
+          <t>9789753485654</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Pufi &amp; Hilda</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753484398</t>
+          <t>9789753485630</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Çelişki Bilmez Lezzet'in Geçmiş Zaman Maceraları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753484367</t>
+          <t>9789753485715</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Japon Balığı</t>
+          <t>Kumdan Kale</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753484374</t>
+          <t>9789753485692</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Geber Aşkım</t>
+          <t>Mehtap Havuzu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753484336</t>
+          <t>9789753485661</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Keçi</t>
+          <t>Gıcır &amp; Bıcır</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753484343</t>
+          <t>9789753485678</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluğun Şarkısı</t>
+          <t>Drakula’nın Kedisi ve Diğer Şiirler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753484299</t>
+          <t>9789753485685</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uçma Dersleri</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753484305</t>
+          <t>9789753485609</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gülme Makinesi</t>
+          <t>Kedi Gözü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753484275</t>
+          <t>9789753485623</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Oscar</t>
+          <t>Dişi Aslanın İtirafı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753484282</t>
+          <t>9789753485616</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Klasik Bilimkurgu Öyküleri</t>
+          <t>Her Zaman  Benim Küçük Kardeşim Olacaksın</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753484251</t>
+          <t>9789753485579</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sonrasız</t>
+          <t>Paralaks</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753484244</t>
+          <t>9789753485593</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Beden</t>
+          <t>İki Kere İyi Geceler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753484237</t>
+          <t>9789753485586</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kitap Nasıl Okunur?</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753484763</t>
+          <t>9789753485562</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Meteor!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753484213</t>
+          <t>9789753485548</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Akbabaların Ağıdı</t>
+          <t>Bozulan Fenerin Biraz Hüzünlü Hikayesi ya da Aşk Tutması</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753484183</t>
+          <t>9789753485531</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Yabani Ot Toplayıcısı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753484176</t>
+          <t>9789753485463</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Infernaliana</t>
+          <t>Düşün, Söyle, Çiz, Boya</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753484152</t>
+          <t>9789753485524</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Guguklu Saat</t>
+          <t>Bir Kedinin Dertleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753484114</t>
+          <t>9789753485500</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Beyaza Doğru</t>
+          <t>Eğlenceli Robotlar - Canım Kitabım 4</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753484121</t>
+          <t>9789753485494</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Son Sözler</t>
+          <t>Uzay Macerası - Canım Kitabım 3</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753484107</t>
+          <t>9789753485517</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Beynini Yemek</t>
+          <t>Sevimli Hayvanlar - Canım Kitabım 5</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753484091</t>
+          <t>9789753485487</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yakup Abla Beni Unutma</t>
+          <t>Sevimli Canavarlar Okulda - Canım Kitabım 2</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753484077</t>
+          <t>9789753485470</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Miri ve Zazo</t>
+          <t>Neşeli Sayılar - Canım Kitabım 1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753484022</t>
+          <t>9789753485401</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlık Mavi</t>
+          <t>Kitaptan Nasıl ve Ne Zaman Çıkılır?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753483971</t>
+          <t>9789753485449</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Birine Bir Şey Yapmaktan Korkuyorum</t>
+          <t>Bir Balonun Peşinden</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753484015</t>
+          <t>9789753485425</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Koru</t>
+          <t>Çay Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753484497</t>
+          <t>9789753485418</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları</t>
+          <t>Güzelork</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753483964</t>
+          <t>9789753485395</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Manken</t>
+          <t>Beterin Beteri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753483926</t>
+          <t>9789753485371</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Çıkan Kız</t>
+          <t>Fırtına Pastası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753482660</t>
+          <t>9789753485388</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Sınıfta Kaldı</t>
+          <t>Kuzgunların Kumpası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753483872</t>
+          <t>9789753485364</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Erdem'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Datça’dan İpsala’ya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753483889</t>
+          <t>9789753485340</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Özgür'ün Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Gümbür Gümbür</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753483841</t>
+          <t>9789753485357</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Adalet'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753483865</t>
+          <t>9789753485326</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Değer'in Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Yalnız Kalan Elma Ağacı</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753483858</t>
+          <t>9789753485333</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Kitabı - Hayatı Dokuyan İplikler</t>
+          <t>Nar ve Elma Kurdu</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753483803</t>
+          <t>9789753485296</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tomris Tantana ve Curcunacı Cadı</t>
+          <t>Şekiller ve Renkler - Akıllı Çocuk 10</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753483810</t>
+          <t>9789753485289</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Albatros Bir Okyanus Gezginidir</t>
+          <t>Oynayarak Öğren - Akıllı Çocuk 9</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753483797</t>
+          <t>9789753485272</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Müzede Canavar Yokmuş</t>
+          <t>Neşeli Matematik - Akıllı Çocuk 8</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753483773</t>
+          <t>9789753485265</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Babam Bir Çalıya Dönüştüğünde</t>
+          <t>Bul ve Boya - Akıllı Çocuk 7</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753483759</t>
+          <t>9789753485302</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Harfler Bizi Terk Etmeden</t>
+          <t>Karmakarışık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753483728</t>
+          <t>9789753485319</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han'la Bilek Güreşi - Yok Artık</t>
+          <t>Benim İnandığım</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753483698</t>
+          <t>9789753485227</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Macera Peşinde</t>
+          <t>Sayıları Boya - Akıllı Çocuk 6</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753483629</t>
+          <t>9789753485210</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Alıngan Nalan - Benzemez Kimse Bana</t>
+          <t>Kaç Tane Var? - Akıllı Çocuk 5</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753483643</t>
+          <t>9789753485203</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Aliş - Benzemez Kimse Bana</t>
+          <t>Çiz ve Boya - Akıllı Çocuk 4</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753483674</t>
+          <t>9789753485234</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İzmir'in İncisi</t>
+          <t>Sonuncular</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753483582</t>
+          <t>9789753485258</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ajar</t>
+          <t>Bodrum'daki Acayip Günlerim</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753483612</t>
+          <t>9789753485241</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kanlakarışık</t>
+          <t>Bana Bir İşaret Göster</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753483599</t>
+          <t>9789753485197</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler Var Hayal Gücüme Gidiyor!</t>
+          <t>Tutkal Hanım'ın Kırık Kalpleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753483605</t>
+          <t>9789753485180</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>El İzi</t>
+          <t>Büyükannemin Sarı Keçisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753482776</t>
+          <t>9789753485173</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Bölük</t>
+          <t>Nerede ve Ne için Yaşadım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753483513</t>
+          <t>9789753485166</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gitti Bu Çocuk?</t>
+          <t>Okumadan Kitap Eleştirileri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753483506</t>
+          <t>9789753485111</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Şehir Asansörleri</t>
+          <t>Miro İle Şino</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753483544</t>
+          <t>9789753485128</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Krallar ve Kurallar</t>
+          <t>Dedektif Yavru Maymun</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753483537</t>
+          <t>9789753485104</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yolunuz Açık Olsun</t>
+          <t>Uyumsuz Çoraplar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753483520</t>
+          <t>9789753485098</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhlar Senfonisi</t>
+          <t>Mars'a Bir Bilet Lütfen!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753484480</t>
+          <t>9789753485050</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>İngilizce Renkler - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753484329</t>
+          <t>9789753485036</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>İngilizce Bulmaca - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753483438</t>
+          <t>9789753485043</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mühürlü Masal</t>
+          <t>İngilizce Sayılar - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753483469</t>
+          <t>9789753485012</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Elmet</t>
+          <t>Çok Karanlık</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753483452</t>
+          <t>9789753485029</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein’a Sor</t>
+          <t>Çok Küçüğüm Daha Ben</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753483445</t>
+          <t>9789753484985</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Flamingo</t>
+          <t>Fırtınalı Denizler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753483421</t>
+          <t>9789753484992</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Çizgisine İki Bilet</t>
+          <t>Karanlıkta Zikzak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753483384</t>
+          <t>9789753485005</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Pistaçyo</t>
+          <t>Paris Sokakları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753483377</t>
+          <t>9789753484978</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Balık Bir Başka Balığa Onu Sevdiğini Söyler mi? (Ciltli)</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753483346</t>
+          <t>9789753484923</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundayız</t>
+          <t>Goldberg: Çeşitlemeler</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753483322</t>
+          <t>9789753484930</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Milias'ın Yok Halleri</t>
+          <t>Bazı Kuşlar Uçtu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753483308</t>
+          <t>9789753484947</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>Kuzenim Momo</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753482929</t>
+          <t>9789753484916</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Yılmaz</t>
+          <t>Nice Nine’nin Zeytini</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753483315</t>
+          <t>9789753484909</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Pia’nın Orman Kitabı</t>
+          <t>Kalbe Seslenmek Zordur</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753483285</t>
+          <t>9789753484893</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapta Öğretmen Var</t>
+          <t>Okuma Üzerine</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753483292</t>
+          <t>9789753484886</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Kedim</t>
+          <t>Kendime Ait Bir Oda</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753483278</t>
+          <t>9789753484862</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Kırılan Saatin Hiç de Hüzünlü Olmayan Hikayesi ya da Uzayda Nasıl Çay İçilir?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753483254</t>
+          <t>9789753484848</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Absürd Yeni Dünya</t>
+          <t>Bizon Raymon</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753483223</t>
+          <t>9789753484855</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Kitabı</t>
+          <t>Karanlığa Yolculuk</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753483230</t>
+          <t>9789753484831</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Denemeyenler</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753483247</t>
+          <t>9789753484824</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mavra Zamanı</t>
+          <t>Sarı Odanın Esrarı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753483179</t>
+          <t>9789753484817</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 2</t>
+          <t>İntibah - Sergüzeşt-i Ali Bey</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753483162</t>
+          <t>9789753484800</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamın Boyama Kitabı - 1</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753483148</t>
+          <t>9789753484770</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 5</t>
+          <t>Anormal</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753483131</t>
+          <t>9789753484794</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 4</t>
+          <t>Lea ve Fil</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753483124</t>
+          <t>9789753484732</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 3</t>
+          <t>Balığım Burnumu Öptü</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753483100</t>
+          <t>9789753484756</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - 1</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753483216</t>
+          <t>9789753484725</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Meraklının El Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753483094</t>
+          <t>9789753484749</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Koşarken Belli Olmaz</t>
+          <t>Altın Mısralar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753483063</t>
+          <t>9789753484695</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu</t>
+          <t>Barnes'taki Mezarlık</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753483056</t>
+          <t>9789753484718</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ah</t>
+          <t>Anna’yı Gören Var mı?</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753483049</t>
+          <t>9789753484671</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Aile</t>
+          <t>Düşün, Bul, Çiz, Boya (Okul Öncesi Etkinlik Kitabım)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753482936</t>
+          <t>9789753484640</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Civciv</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753483001</t>
+          <t>9789753484657</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çalış Osman Çiftlik Senin</t>
+          <t>Kızıl Kurtlar İmparatorluğu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753482981</t>
+          <t>9789753484633</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Peri Ürpertiler Ormanı'nda</t>
+          <t>Zararsız Tek Büyük Şey</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753482943</t>
+          <t>9789753484602</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hoca Nasrettin ve Çömezleri</t>
+          <t>Kösbek</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753482974</t>
+          <t>9789753484589</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar Dans Etmez</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753482950</t>
+          <t>9789753484565</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot İstanbul’da</t>
+          <t>Çöp Ev</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753482912</t>
+          <t>9789753484558</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurtlar Kenti</t>
+          <t>Çok Küçük Ne Kadar Büyüktür?</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753482875</t>
+          <t>9789753484541</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>1473</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753482882</t>
+          <t>9789753484510</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Kral</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753482868</t>
+          <t>9789753484527</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Zemheri</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753482844</t>
+          <t>9789753484503</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kalsana Dedi Bana</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753482806</t>
+          <t>9789753484534</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Apartıman Çocukları</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753482752</t>
+          <t>9789753484459</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Kesici</t>
+          <t>Üç Mağara Dağı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753482738</t>
+          <t>9789753484473</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi’nden Yükselirken Hüzün</t>
+          <t>Kanadı Kırık Melekler Evi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753482745</t>
+          <t>9789753484435</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Karartma Geceleri</t>
+          <t>Kaplumbağa Kasabası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753482721</t>
+          <t>9789753484411</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>ugh!</t>
+          <t>Fırtınalar Kralı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753482707</t>
+          <t>9789753484428</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Püf Lokmaları (Ciltli)</t>
+          <t>Greta’nın Hikayesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753482646</t>
+          <t>9789753484381</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı İcraatın İçinde</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753482592</t>
+          <t>9789753484404</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Paralı Atlet</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753482585</t>
+          <t>9789753484398</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Okulda</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753482516</t>
+          <t>9789753484367</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Mal Beyanı</t>
+          <t>Dedem Bir Japon Balığı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753482622</t>
+          <t>9789753484374</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Palyaço</t>
+          <t>Geber Aşkım</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753482837</t>
+          <t>9789753484336</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Rodoslu Ahter</t>
+          <t>Keçi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753481656</t>
+          <t>9789753484343</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sacayağı</t>
+          <t>Uykusuzluğun Şarkısı</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753483070</t>
+          <t>9789753484299</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı</t>
+          <t>Uçma Dersleri</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753482288</t>
+          <t>9789753484305</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kuzular</t>
+          <t>Gülme Makinesi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753481625</t>
+          <t>9789753484275</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Haber Yolla Bana</t>
+          <t>Mucizevi Oscar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753482110</t>
+          <t>9789753484282</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar mı Suçluydu?</t>
+          <t>Klasik Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753480345</t>
+          <t>9789753484251</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıkça - Şiirler 1948</t>
+          <t>Sonrasız</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753480079</t>
+          <t>9789753484244</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yarenlik - Şiirler 1943</t>
+          <t>Kütüphanedeki Beden</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753480048</t>
+          <t>9789753484237</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’da Sabah Oldu - Şiirler 1954</t>
+          <t>Kitap Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753482035</t>
+          <t>9789753484763</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tsunamide Sörf Olmaz</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753482349</t>
+          <t>9789753484213</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Süreduran Minik Öyküler</t>
+          <t>Akbabaların Ağıdı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753480154</t>
+          <t>9789753484183</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa Karakılçık Uzak Değil - Şiirler 1962-1969-1971</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753481908</t>
+          <t>9789753484176</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sınıf’ın Efsanesi</t>
+          <t>Infernaliana</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753481670</t>
+          <t>9789753484152</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Kadın Adları Gibi</t>
+          <t>Sandıktaki Guguklu Saat</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753480642</t>
+          <t>9789753484114</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Ilgaz’lı Yıllar</t>
+          <t>Beyaza Doğru</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753483360</t>
+          <t>9789753484121</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Radarın Anahtarı</t>
+          <t>Son Sözler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753482301</t>
+          <t>9789753484107</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Pullar Savaşı</t>
+          <t>Einstein’ın Beynini Yemek</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753482790</t>
+          <t>9789753484091</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Pijamalılar</t>
+          <t>Yakup Abla Beni Unutma</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753480109</t>
+          <t>9789753484077</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ocak Katırı Alagöz - Şiirler 1987</t>
+          <t>Miri ve Zazo</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753483032</t>
+          <t>9789753484022</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Usturalar</t>
+          <t>Bir Anlık Mavi</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753483353</t>
+          <t>9789753483971</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık</t>
+          <t>Birine Bir Şey Yapmaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753481595</t>
+          <t>9789753484015</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Markopaşa Gerçeği</t>
+          <t>Efsunlu Koru</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753482059</t>
+          <t>9789753484497</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Madem Öyle Pollyanna...</t>
+          <t>Huckleberry Finn’in Maceraları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753481793</t>
+          <t>9789753483964</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Lamba</t>
+          <t>Manken</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753480239</t>
+          <t>9789753483926</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kulağımız Kirişte - Şiirler 1983</t>
+          <t>Ateşten Çıkan Kız</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753481755</t>
+          <t>9789753482660</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Hababam Sınıfı Sınıfta Kaldı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753483414</t>
+          <t>9789753483872</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Önce Kırk Yıl Sonra</t>
+          <t>Erdem'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753482899</t>
+          <t>9789753483889</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Karadenizin Kıyıcığında</t>
+          <t>Özgür'ün Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753482554</t>
+          <t>9789753483841</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Çino</t>
+          <t>Adalet'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753482561</t>
+          <t>9789753483865</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Halime Kaptan</t>
+          <t>Değer'in Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753482653</t>
+          <t>9789753483858</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Baskında</t>
+          <t>Barış'ın Kitabı - Hayatı Dokuyan İplikler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753482639</t>
+          <t>9789753483803</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı</t>
+          <t>Tomris Tantana ve Curcunacı Cadı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753482226</t>
+          <t>9789753483810</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Güzelleme</t>
+          <t>Albatros Bir Okyanus Gezginidir</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753480086</t>
+          <t>9789753483797</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Uyur mu - Şiirler 1974</t>
+          <t>Müzede Canavar Yokmuş</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753481816</t>
+          <t>9789753483773</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çıkmazı</t>
+          <t>Babam Bir Çalıya Dönüştüğünde</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753482998</t>
+          <t>9789753483759</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Mazi</t>
+          <t>Harfler Bizi Terk Etmeden</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753482097</t>
+          <t>9789753483728</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Çizeri Çizginin Emekçisi Burhan Solukçu</t>
+          <t>Cengiz Han'la Bilek Güreşi - Yok Artık</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753482158</t>
+          <t>9789753483698</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Koca Çınarı Anısına Rıfat Ilgaz Sempozyumu</t>
+          <t>Bacaksız Macera Peşinde</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753482042</t>
+          <t>9789753483629</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 5 - Yalnız Ağaç</t>
+          <t>Alıngan Nalan - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753481953</t>
+          <t>9789753483643</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 4</t>
+          <t>Endişeli Aliş - Benzemez Kimse Bana</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753481878</t>
+          <t>9789753483674</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 3</t>
+          <t>İzmir'in İncisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753481618</t>
+          <t>9789753483582</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 2 - Akarsu</t>
+          <t>Ajar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753481861</t>
+          <t>9789753483612</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Düş Hekimi 1</t>
+          <t>Kanlakarışık</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753482295</t>
+          <t>9789753483599</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Durmak Yok</t>
+          <t>Bazı Şeyler Var Hayal Gücüme Gidiyor!</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753482547</t>
+          <t>9789753483605</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dostum Çino</t>
+          <t>El İzi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753482066</t>
+          <t>9789753482776</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dilimde Tüy Bitti</t>
+          <t>Dördüncü Bölük</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753480031</t>
+          <t>9789753483513</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Devam - Şiirler 1953</t>
+          <t>Nereye Gitti Bu Çocuk?</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753482851</t>
+          <t>9789753483506</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Limanıma Sığınan Foklar</t>
+          <t>Esrarengiz Şehir Asansörleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753482073</t>
+          <t>9789753483544</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çiziyorum 2005</t>
+          <t>Krallar ve Kurallar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753482080</t>
+          <t>9789753483537</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cilalı Taş Devri Ampulbank</t>
+          <t>Haydi Yolunuz Açık Olsun</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753482820</t>
+          <t>9789753483520</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk</t>
+          <t>Sürgün Ruhlar Senfonisi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753481694</t>
+          <t>9789753484480</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Özkıyımın Özü</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753482578</t>
+          <t>9789753484329</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bacaksız Kamyon Sürücüsü</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753482004</t>
+          <t>9789753483438</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aradaki</t>
+          <t>Yeşil Mühürlü Masal</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
+          <t>9789753483469</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Elmet</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789753483452</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein’a Sor</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789753483445</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Flamingo</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789753483421</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ufuk Çizgisine İki Bilet</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789753483384</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Pistaçyo</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789753483377</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Bir Balık Bir Başka Balığa Onu Sevdiğini Söyler mi? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789753483346</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Sonundayız</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789753483322</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Milias'ın Yok Halleri</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789753483308</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Sana Emanet</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789753482929</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Cankurtaran Yılmaz</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789753483315</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Pia’nın Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789753483285</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitapta Öğretmen Var</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789753483292</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Boncuk Kedim</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9789753483278</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789753483254</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Absürd Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789753483223</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Ruhlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789753483230</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Denemeyenler</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789753483247</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Mavra Zamanı</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789753483179</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ressamın Boyama Kitabı - 2</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789753483162</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ressamın Boyama Kitabı - 1</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789753483148</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Bak ve Boya - 5</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789753483131</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Bak ve Boya - 4</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789753483124</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Bak ve Boya - 3</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789753483100</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Bak ve Boya - 1</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789753483216</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789753483094</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Koşarken Belli Olmaz</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789753483063</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Uçtu Uçtu</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789753483056</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Ah</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9789753483049</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Aile</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9789753482936</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Civciv</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789753483001</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Çalış Osman Çiftlik Senin</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9789753482981</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Haylaz Peri Ürpertiler Ormanı'nda</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789753482943</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Hoca Nasrettin ve Çömezleri</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9789753482974</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Timsahlar Dans Etmez</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9789753482950</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot İstanbul’da</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9789753482912</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kurtlar Kenti</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789753482875</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>1473</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9789753482882</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Uykusu Kaçan Kral</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789753482868</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Zemheri</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789753482844</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Kalsana Dedi Bana</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789753482806</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Apartıman Çocukları</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789753482752</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Ağrı Kesici</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789753482738</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Beylerbeyi’nden Yükselirken Hüzün</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789753482745</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Karartma Geceleri</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789753482721</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>ugh!</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789753482707</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Püf Lokmaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789753482646</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Hababam Sınıfı İcraatın İçinde</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789753482592</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Bacaksız Paralı Atlet</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789753482585</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Bacaksız Okulda</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789753482516</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Mal Beyanı</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789753482622</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Palyaço</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789753482837</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Rodoslu Ahter</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9789753481656</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğin Sacayağı</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789753483070</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Yokuş Yukarı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789753482288</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Kuzular</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789753481625</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlardan Haber Yolla Bana</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789753482110</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar mı Suçluydu?</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9789753480345</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadıkça - Şiirler 1948</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789753480079</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Yarenlik - Şiirler 1943</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789753480048</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Üsküdar’da Sabah Oldu - Şiirler 1954</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789753482035</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Tsunamide Sörf Olmaz</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789753482349</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Süreduran Minik Öyküler</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789753480154</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Soluk Soluğa Karakılçık Uzak Değil - Şiirler 1962-1969-1971</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789753481908</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf’ın Efsanesi</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789753481670</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğim Kadın Adları Gibi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789753480642</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Rıfat Ilgaz’lı Yıllar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789753483360</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Radarın Anahtarı</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789753482301</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Pullar Savaşı</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789753482790</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Pijamalılar</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789753480109</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Ocak Katırı Alagöz - Şiirler 1987</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9789753483032</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Nerede O Eski Usturalar</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9789753483353</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Kalmıştık</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9789753481595</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Markopaşa Gerçeği</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789753482059</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Madem Öyle Pollyanna...</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9789753481793</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Lamba</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9789753480239</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Kulağımız Kirişte - Şiirler 1983</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9789753481755</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>İzler</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9789753483414</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yıl Önce Kırk Yıl Sonra</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9789753482899</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Karadenizin Kıyıcığında</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9789753482554</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Çino</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9789753482561</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Halime Kaptan</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9789753482653</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Hababam Sınıfı Baskında</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9789753482639</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Hababam Sınıfı</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9789753482226</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Güzelleme</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9789753480086</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinim Uyur mu - Şiirler 1974</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9789753481816</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9789753482998</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişe Mazi</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789753482097</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Emeğin Çizeri Çizginin Emekçisi Burhan Solukçu</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789753482158</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatımızın Koca Çınarı Anısına Rıfat Ilgaz Sempozyumu</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9789753482042</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hekimi 5 - Yalnız Ağaç</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789753481953</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hekimi 4</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789753481878</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hekimi 3</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789753481618</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hekimi 2 - Akarsu</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9789753481861</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hekimi 1</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9789753482295</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Durmak Yok</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9789753482547</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Dostum Çino</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9789753482066</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Dilimde Tüy Bitti</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9789753480031</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Devam - Şiirler 1953</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789753482851</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Limanıma Sığınan Foklar</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9789753482073</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Çiziyorum 2005</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789753482080</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Cilalı Taş Devri Ampulbank</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789753482820</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Böcek Çocuk</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789753481694</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Bir Özkıyımın Özü</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789753482578</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Bacaksız Kamyon Sürücüsü</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9789753482004</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Aradaki</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
           <t>9789753482684</t>
         </is>
       </c>
-      <c r="B373" s="1" t="inlineStr">
+      <c r="B478" s="1" t="inlineStr">
         <is>
           <t>Sarı Yazma</t>
         </is>
       </c>
-      <c r="C373" s="1">
+      <c r="C478" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>