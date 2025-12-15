--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,9085 +85,9235 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255825315</t>
+          <t>9786255825391</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Leve Palestine</t>
+          <t>Düş Sokağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255825308</t>
+          <t>9786255825407</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Puslu Rüyalar Bekçisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255825322</t>
+          <t>9786255825384</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyemeyenler Kulübü</t>
+          <t>Aşktan Büyüktün</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255825223</t>
+          <t>9786255825414</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bacak</t>
+          <t>Yılların Ardından</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255825230</t>
+          <t>9786255825339</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kudret</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255825186</t>
+          <t>9786256222595</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Mahrem</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255825247</t>
+          <t>9786255825377</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beni Duyuyor Musun?</t>
+          <t>Bahar Uzak Mı?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255825254</t>
+          <t>9786255825346</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sayina</t>
+          <t>Nifaya</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255825193</t>
+          <t>9786255825353</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dirvas</t>
+          <t>Mimar Sinan - Taşların Şifresi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255825209</t>
+          <t>9786255825360</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohum Ek İnsan Olsun</t>
+          <t>Farkındalık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255825216</t>
+          <t>9786255825315</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Devrim Dede ve TOGG</t>
+          <t>Leve Palestine</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255825148</t>
+          <t>9786255825308</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kokuların Kaybolduğu Gün</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255825179</t>
+          <t>9786255825322</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mino ve Pırıl</t>
+          <t>Hayır Diyemeyenler Kulübü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255825131</t>
+          <t>9786255825223</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çilsiz Horoz ve Miskin Kedi</t>
+          <t>Uzun Bacak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255825162</t>
+          <t>9786255825230</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Sinekler</t>
+          <t>Yitik Kudret</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255825155</t>
+          <t>9786255825186</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256222960</t>
+          <t>9786255825247</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Beni Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256222984</t>
+          <t>9786255825254</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Sayina</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256222106</t>
+          <t>9786255825193</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu Yeniden Doğuş</t>
+          <t>Dirvas</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256222199</t>
+          <t>9786255825209</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Aşçısı Dede Niyazi</t>
+          <t>Bir Tohum Ek İnsan Olsun</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256222823</t>
+          <t>9786255825216</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Gözüyle Cihad</t>
+          <t>Devrim Dede ve TOGG</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256222939</t>
+          <t>9786255825148</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub'un Bakışıyla Hristiyanlık</t>
+          <t>Kokuların Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256222830</t>
+          <t>9786255825179</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uçuran Kardeşlik</t>
+          <t>Mino ve Pırıl</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256222946</t>
+          <t>9786255825131</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Yazdım</t>
+          <t>Çilsiz Horoz ve Miskin Kedi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052232071</t>
+          <t>9786255825162</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Bacısı</t>
+          <t>Karanlıktan Korkan Sinekler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055563417</t>
+          <t>9786255825155</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Kaptan Olacağım</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257131032</t>
+          <t>9786256222960</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Genç Arkadaş</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257131165</t>
+          <t>9786256222984</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayata Küçük Dokunuşlar</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256222120</t>
+          <t>9786256222106</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bülbüller Ağlamaz</t>
+          <t>Anka Kuşu Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258319507</t>
+          <t>9786256222199</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Ömür</t>
+          <t>Atatürk'ün Aşçısı Dede Niyazi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055563714</t>
+          <t>9786256222823</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz.Musa-Kızıl Denizde Bir Secde</t>
+          <t>Bir Papazın Gözüyle Cihad</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258456066</t>
+          <t>9786256222939</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kumru</t>
+          <t>Seyyid Kutub'un Bakışıyla Hristiyanlık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052232217</t>
+          <t>9786256222830</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Seyyah - Sır Defteri 1</t>
+          <t>Uçuran Kardeşlik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052232026</t>
+          <t>9786256222946</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Yüreğime Yazdım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052232088</t>
+          <t>9786052232071</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anne Sohbetleri</t>
+          <t>Selçuklu Bacısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052232101</t>
+          <t>9786055563417</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Travmatik Ben</t>
+          <t>Büyüyünce Kaptan Olacağım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052232118</t>
+          <t>9786257131032</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vakıf İş Kümesi</t>
+          <t>Genç Arkadaş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055563998</t>
+          <t>9786257131165</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yalnızlıklar</t>
+          <t>Hayata Küçük Dokunuşlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052232019</t>
+          <t>9786256222120</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yüzük Krallığı</t>
+          <t>Bülbüller Ağlamaz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052232057</t>
+          <t>9786258319507</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Harik - Onlar Tanışmaya Geliyorlar 1</t>
+          <t>Bir Tutam Ömür</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055563882</t>
+          <t>9786055563714</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hukuk,İdare / Yönetim ve Sosyo Kültürel Alanda Perspektif Kodları – 1</t>
+          <t>Hz.Musa-Kızıl Denizde Bir Secde</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052232255</t>
+          <t>9786258456066</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vuslat - Hümeyra 3</t>
+          <t>Kumru</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052232125</t>
+          <t>9786052232217</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurşun</t>
+          <t>Seyyah - Sır Defteri 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>205</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055563967</t>
+          <t>9786052232026</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hey Siri Bana Bir Yol Çizermisin?</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055563974</t>
+          <t>9786052232088</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu Açıldı</t>
+          <t>Anne Sohbetleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055563868</t>
+          <t>9786052232101</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rana</t>
+          <t>Travmatik Ben</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055563929</t>
+          <t>9786052232118</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Elveda Çerkesya</t>
+          <t>Vakıf İş Kümesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055563844</t>
+          <t>9786055563998</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Turna Fırtınası (Ciltli)</t>
+          <t>Uzak Yalnızlıklar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055563745</t>
+          <t>9786052232019</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Duam</t>
+          <t>Yüzük Krallığı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055563684</t>
+          <t>9786052232057</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yitik Oyun</t>
+          <t>Harik - Onlar Tanışmaya Geliyorlar 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052232033</t>
+          <t>9786055563882</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra 1 - Umut Öyküleri Serisi 1</t>
+          <t>Hukuk,İdare / Yönetim ve Sosyo Kültürel Alanda Perspektif Kodları – 1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055563950</t>
+          <t>9786052232255</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uyu Yorum / Nokta-i Kemal</t>
+          <t>Vuslat - Hümeyra 3</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055563936</t>
+          <t>9786052232125</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra - Umut Öyküleri Serisi 2</t>
+          <t>İlk Kurşun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055563660</t>
+          <t>9786055563967</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kahvesi</t>
+          <t>Hey Siri Bana Bir Yol Çizermisin?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>355</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055563691</t>
+          <t>9786055563974</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İnsan Karakterinin Oluşumunda Burçlar</t>
+          <t>Pandora’nın Kutusu Açıldı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055563493</t>
+          <t>9786055563868</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 5</t>
+          <t>Rana</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055563486</t>
+          <t>9786055563929</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 4</t>
+          <t>Elveda Çerkesya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055563820</t>
+          <t>9786055563844</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dört Mevsimi</t>
+          <t>Turna Fırtınası (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055563646</t>
+          <t>9786055563745</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğimle Söyleşirken Kendimle</t>
+          <t>Bitmeyen Duam</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055563622</t>
+          <t>9786055563684</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Esma Ağacı</t>
+          <t>Yitik Oyun</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055563639</t>
+          <t>9786052232033</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gara Bilal</t>
+          <t>Hümeyra 1 - Umut Öyküleri Serisi 1</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055563615</t>
+          <t>9786055563950</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rabbinin Adıyla Yaşa</t>
+          <t>Uyu Yorum / Nokta-i Kemal</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055563721</t>
+          <t>9786055563936</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beni Kaç Harf Sevdin</t>
+          <t>Hümeyra - Umut Öyküleri Serisi 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055563738</t>
+          <t>9786055563660</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>Çikolata Kahvesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>355</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055563264</t>
+          <t>9786055563691</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 3</t>
+          <t>İnsan Karakterinin Oluşumunda Burçlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055563240</t>
+          <t>9786055563493</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 1</t>
+          <t>Boyamaya Doyama 5</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055563257</t>
+          <t>9786055563486</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 2</t>
+          <t>Boyamaya Doyama 4</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055563271</t>
+          <t>9786055563820</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Davranış Reçetesi</t>
+          <t>Aşkın Dört Mevsimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055563288</t>
+          <t>9786055563646</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet İkliminde Çocuk Olmak</t>
+          <t>Sensizliğimle Söyleşirken Kendimle</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055563752</t>
+          <t>9786055563622</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile</t>
+          <t>Esma Ağacı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055563301</t>
+          <t>9786055563639</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tarih Çeşmesinden Katreler</t>
+          <t>Gara Bilal</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055563295</t>
+          <t>9786055563615</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Keskin Zeka Küpleri</t>
+          <t>Rabbinin Adıyla Yaşa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055563394</t>
+          <t>9786055563721</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çok Normal</t>
+          <t>Beni Kaç Harf Sevdin</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055563387</t>
+          <t>9786055563738</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yufesta ile Şibenza</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055563363</t>
+          <t>9786055563264</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İki Gönül Bir Olunca</t>
+          <t>Boyamaya Doyama 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055563554</t>
+          <t>9786055563240</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Krallar Avlayan Türk</t>
+          <t>Boyamaya Doyama 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055563561</t>
+          <t>9786055563257</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Efsane İmparatoru Cengiz Han</t>
+          <t>Boyamaya Doyama 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055563592</t>
+          <t>9786055563271</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Davranış Reçetesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055563400</t>
+          <t>9786055563288</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Doktor Olacağım</t>
+          <t>Asr-ı Saadet İkliminde Çocuk Olmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055563462</t>
+          <t>9786055563752</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Öğretmen Olacağım</t>
+          <t>Bilinçli Aile</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055563424</t>
+          <t>9786055563301</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Mühendis Olacağım</t>
+          <t>Tarih Çeşmesinden Katreler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055563448</t>
+          <t>9786055563295</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Polis Olacağım</t>
+          <t>Keskin Zeka Küpleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055563431</t>
+          <t>9786055563394</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Pilot Olacağım</t>
+          <t>Çok Normal</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055563455</t>
+          <t>9786055563387</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Veteriner Olacağım</t>
+          <t>Yufesta ile Şibenza</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257131421</t>
+          <t>9786055563363</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim Kerteriz Defteri</t>
+          <t>İki Gönül Bir Olunca</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257131438</t>
+          <t>9786055563554</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sekiz'in Yediverenleri</t>
+          <t>Krallar Avlayan Türk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052232743</t>
+          <t>9786055563561</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Milli Harekat - Kılıç Kınından Çıktı</t>
+          <t>Moğolların Efsane İmparatoru Cengiz Han</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257131216</t>
+          <t>9786055563592</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Eğitimi</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052232903</t>
+          <t>9786055563400</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı Aslanhan Seti (5 Kitap Takım)</t>
+          <t>Büyüyünce Doktor Olacağım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052232392</t>
+          <t>9786055563462</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Kalesi</t>
+          <t>Büyüyünce Öğretmen Olacağım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052232477</t>
+          <t>9786055563424</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Adı: Mutluluk</t>
+          <t>Büyüyünce Mühendis Olacağım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052232989</t>
+          <t>9786055563448</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ayla</t>
+          <t>Büyüyünce Polis Olacağım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052232750</t>
+          <t>9786055563431</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beşik Kertmesi</t>
+          <t>Büyüyünce Pilot Olacağım</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052232606</t>
+          <t>9786055563455</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerin Doğuşu</t>
+          <t>Büyüyünce Veteriner Olacağım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257131551</t>
+          <t>9786257131421</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kaleler</t>
+          <t>Özel Eğitim Kerteriz Defteri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257131056</t>
+          <t>9786257131438</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylül Hikayesi</t>
+          <t>Kırık Sekiz'in Yediverenleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257131070</t>
+          <t>9786052232743</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolları Tuttu</t>
+          <t>Milli Harekat - Kılıç Kınından Çıktı</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052232781</t>
+          <t>9786257131216</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan</t>
+          <t>Ruhun Eğitimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052232200</t>
+          <t>9786052232903</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2023 Büyük Plan Şah Mat</t>
+          <t>Sıtkı Aslanhan Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052232354</t>
+          <t>9786052232392</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Lider Neslin İnşası</t>
+          <t>İmparatorluğun Son Kalesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055563158</t>
+          <t>9786052232477</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Masallar</t>
+          <t>Adı: Mutluluk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055563103</t>
+          <t>9786052232989</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Unutulmaz Kahramanlar</t>
+          <t>Ayla</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055563073</t>
+          <t>9786052232750</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Yar</t>
+          <t>Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055563035</t>
+          <t>9786052232606</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Yar</t>
+          <t>Örgütlerin Doğuşu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055563110</t>
+          <t>9786257131551</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Siz Hiç Güneşi Ağlarken Gördünüz mü?</t>
+          <t>Kumdan Kaleler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055563097</t>
+          <t>9786257131056</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Masa Başı Minder Üstü</t>
+          <t>Bir Eylül Hikayesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055563226</t>
+          <t>9786257131070</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Keşke’lere Takılmayın</t>
+          <t>Aşk Yolları Tuttu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055563134</t>
+          <t>9786052232781</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Aşiyan</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055563080</t>
+          <t>9786052232200</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Evcilik Oynayalım</t>
+          <t>2023 Büyük Plan Şah Mat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055563066</t>
+          <t>9786052232354</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Lider Neslin İnşası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055563011</t>
+          <t>9786055563158</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Uykusuz Masallar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055563141</t>
+          <t>9786055563103</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Müjdelenen Komutan Fatih Sultan Mehmed Han</t>
+          <t>Unutulan Unutulmaz Kahramanlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055563202</t>
+          <t>9786055563073</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Eşeğine Ters Binen Bilge</t>
+          <t>Şehr-i Yar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055563042</t>
+          <t>9786055563035</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ben Bisiklet İstiyorum</t>
+          <t>Şehr-i Yar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055563172</t>
+          <t>9786055563110</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Denizden Masallar</t>
+          <t>Siz Hiç Güneşi Ağlarken Gördünüz mü?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055563196</t>
+          <t>9786055563097</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hidayet</t>
+          <t>Masa Başı Minder Üstü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052232361</t>
+          <t>9786055563226</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çin Rüyası - Küresel Güç Olma Sevdası</t>
+          <t>Keşke’lere Takılmayın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052232248</t>
+          <t>9786055563134</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dua ile Her Şey Mümkün</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256222922</t>
+          <t>9786055563080</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Soruların Peşinde - 1</t>
+          <t>Gel Beraber Evcilik Oynayalım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256222878</t>
+          <t>9786055563066</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Senfonisi</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256222953</t>
+          <t>9786055563011</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256222915</t>
+          <t>9786055563141</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Arzu İle Kamber</t>
+          <t>Müjdelenen Komutan Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256222885</t>
+          <t>9786055563202</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Eşeğine Ters Binen Bilge</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256222854</t>
+          <t>9786055563042</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nifaya Dert-Tasa-Şifa</t>
+          <t>Ben Bisiklet İstiyorum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256222892</t>
+          <t>9786055563172</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Denizden Masallar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256222861</t>
+          <t>9786055563196</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Taşları Ağlayan Şehir Kudüs</t>
+          <t>Aşk-ı Hidayet</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256222908</t>
+          <t>9786052232361</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Eşiğinde</t>
+          <t>Çin Rüyası - Küresel Güç Olma Sevdası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256222847</t>
+          <t>9786052232248</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde</t>
+          <t>Dua ile Her Şey Mümkün</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256222816</t>
+          <t>9786256222922</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kucağı</t>
+          <t>Soruların Peşinde - 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256222731</t>
+          <t>9786256222878</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan</t>
+          <t>Yalnızlığın Senfonisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256222793</t>
+          <t>9786256222953</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Boğazları Montrö Türk Boğazları Sözleşmesi</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256222786</t>
+          <t>9786256222915</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Turan Uygarlığına Giriş: 2 Turan Mefkuresi ve Tanrıcılık</t>
+          <t>Arzu İle Kamber</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256222779</t>
+          <t>9786256222885</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Turan Uygarlığına Giriş: 1 Turan Mefkuresi ve Tanrıcılık</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256222762</t>
+          <t>9786256222854</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi Politikaları</t>
+          <t>Nifaya Dert-Tasa-Şifa</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256222748</t>
+          <t>9786256222892</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Ses</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256222809</t>
+          <t>9786256222861</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ballar Balını Buldum</t>
+          <t>Taşları Ağlayan Şehir Kudüs</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256222755</t>
+          <t>9786256222908</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ayaz</t>
+          <t>Uçurumun Eşiğinde</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256222724</t>
+          <t>9786256222847</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Elfida</t>
+          <t>Gerçeğin Peşinde</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256222700</t>
+          <t>9786256222816</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Biriktir-Me</t>
+          <t>Annemin Kucağı</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256222618</t>
+          <t>9786256222731</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Modern Vesveseler</t>
+          <t>Ve İnsan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256222687</t>
+          <t>9786256222793</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Diş Kirası</t>
+          <t>Türk Boğazları Montrö Türk Boğazları Sözleşmesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256222694</t>
+          <t>9786256222786</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Vız Değil Dız</t>
+          <t>Turan Uygarlığına Giriş: 2 Turan Mefkuresi ve Tanrıcılık</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256222670</t>
+          <t>9786256222779</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>Turan Uygarlığına Giriş: 1 Turan Mefkuresi ve Tanrıcılık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256222717</t>
+          <t>9786256222762</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Tren Soru</t>
+          <t>Türkiye'de Din Eğitimi Politikaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258456127</t>
+          <t>9786256222748</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Şarkısı</t>
+          <t>Meçhul Ses</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>25</v>
+        <v>480</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256222649</t>
+          <t>9786256222809</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Darağacı</t>
+          <t>Ballar Balını Buldum</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256222632</t>
+          <t>9786256222755</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han/ Bozkırın Hükümdarı</t>
+          <t>Ayaz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256222601</t>
+          <t>9786256222724</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Günlükteki Yabancı</t>
+          <t>Elfida</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256222625</t>
+          <t>9786256222700</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Gül</t>
+          <t>Biriktir-Me</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256222656</t>
+          <t>9786256222618</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kabe-i Muazzama Tarihi ve Osmanlı Padişahlarının Hizmetleri</t>
+          <t>Modern Vesveseler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256222663</t>
+          <t>9786256222687</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağaçlarının Hikâyesi</t>
+          <t>Diş Kirası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256528918</t>
+          <t>9786256222694</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sanal Evrenden Kaçış</t>
+          <t>Vız Değil Dız</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256222564</t>
+          <t>9786256222670</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Anlam Okumaları/Estetiğin Dili -1</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256528895</t>
+          <t>9786256222717</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim Edebiyat</t>
+          <t>Bir Tren Soru</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256222571</t>
+          <t>9786258456127</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Heysem Işığın Peşinde</t>
+          <t>Güneşin Şarkısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256222540</t>
+          <t>9786256222649</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Edep Mektebi</t>
+          <t>Darağacı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256222557</t>
+          <t>9786256222632</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sözün Hakkı</t>
+          <t>Cengiz Han/ Bozkırın Hükümdarı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256222533</t>
+          <t>9786256222601</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yol Seni Yormasın</t>
+          <t>Günlükteki Yabancı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256222588</t>
+          <t>9786256222625</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak</t>
+          <t>Ateşte Açan Gül</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256222526</t>
+          <t>9786256222656</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uyanış/ İsrail'in Şifresi</t>
+          <t>Kabe-i Muazzama Tarihi ve Osmanlı Padişahlarının Hizmetleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256222502</t>
+          <t>9786256222663</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Benim Eşyalarım</t>
+          <t>Zeytin Ağaçlarının Hikâyesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256222472</t>
+          <t>9786256528918</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Benim Bedenim</t>
+          <t>Sanal Evrenden Kaçış</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256222489</t>
+          <t>9786256222564</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Benim Özelim</t>
+          <t>Anlam Okumaları/Estetiğin Dili -1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256222519</t>
+          <t>9786256528895</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Benim Aklım</t>
+          <t>Beş Mevsim Edebiyat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256222496</t>
+          <t>9786256222571</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Benim Varlığım</t>
+          <t>İbn-i Heysem Işığın Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256222458</t>
+          <t>9786256222540</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeteneğini Arayan Öykü</t>
+          <t>Edep Mektebi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256222441</t>
+          <t>9786256222557</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi</t>
+          <t>Sözün Hakkı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256222465</t>
+          <t>9786256222533</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aslan Paşa'nın Diş Ağrısı</t>
+          <t>Yol Seni Yormasın</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256222434</t>
+          <t>9786256222588</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Finduk</t>
+          <t>Panik Atak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256222380</t>
+          <t>9786256222526</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yollar İnsana Çıkar</t>
+          <t>Uyanış/ İsrail'in Şifresi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256222397</t>
+          <t>9786256222502</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Işığı Sönen Evler</t>
+          <t>Benim Eşyalarım</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256222410</t>
+          <t>9786256222472</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri 2</t>
+          <t>Benim Bedenim</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256222403</t>
+          <t>9786256222489</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri 1</t>
+          <t>Benim Özelim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256222427</t>
+          <t>9786256222519</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Benim Aklım</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256222182</t>
+          <t>9786256222496</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Âdab-ı Muaşeret Sözlüğü</t>
+          <t>Benim Varlığım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256222151</t>
+          <t>9786256222458</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu Sonsuzluk Arayışı</t>
+          <t>Yeteneğini Arayan Öykü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256222175</t>
+          <t>9786256222441</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Nokta Arası</t>
+          <t>Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256222205</t>
+          <t>9786256222465</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Romantik Bağlanma</t>
+          <t>Aslan Paşa'nın Diş Ağrısı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055563707</t>
+          <t>9786256222434</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Gülümse</t>
+          <t>Finduk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055563332</t>
+          <t>9786256222380</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dahi Hükümdar : Sultan 2. Abdülhamid Han</t>
+          <t>Bütün Yollar İnsana Çıkar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256222373</t>
+          <t>9786256222397</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Şahitleri</t>
+          <t>Işığı Sönen Evler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256222335</t>
+          <t>9786256222410</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mihrali Bey</t>
+          <t>İstanbul Öyküleri 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256222328</t>
+          <t>9786256222403</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Meyve Sepetindeki Zarf</t>
+          <t>İstanbul Öyküleri 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256222359</t>
+          <t>9786256222427</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lim Nehri'nde Kaldı Çocukluğum</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256222342</t>
+          <t>9786256222182</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Arılar</t>
+          <t>Âdab-ı Muaşeret Sözlüğü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256222311</t>
+          <t>9786256222151</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 3</t>
+          <t>Anka Kuşu Sonsuzluk Arayışı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256222298</t>
+          <t>9786256222175</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 1</t>
+          <t>Bir Nokta Arası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256222366</t>
+          <t>9786256222205</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Romantik Bağlanma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256222304</t>
+          <t>9786055563707</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 2</t>
+          <t>Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257131353</t>
+          <t>9786055563332</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Psikolojisi Bağlamında Narsistik Ben</t>
+          <t>Dahi Hükümdar : Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052232620</t>
+          <t>9786256222373</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yol</t>
+          <t>Tarihin Şahitleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257131261</t>
+          <t>9786256222335</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşi Hz. İbrahim</t>
+          <t>Mihrali Bey</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055563028</t>
+          <t>9786256222328</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Meyve Sepetindeki Zarf</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256222281</t>
+          <t>9786256222359</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Eğitim</t>
+          <t>Lim Nehri'nde Kaldı Çocukluğum</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256222113</t>
+          <t>9786256222342</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arzu Kız</t>
+          <t>Kahraman Arılar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256222274</t>
+          <t>9786256222311</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Denge ve Duygusal Özgürlük</t>
+          <t>Haylazlar Çetesi - 3</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256222137</t>
+          <t>9786256222298</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Engelli Kız</t>
+          <t>Haylazlar Çetesi - 1</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256222168</t>
+          <t>9786256222366</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arıları Sulama Vakfı</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256222144</t>
+          <t>9786256222304</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Maymun Gözünü Açtı</t>
+          <t>Haylazlar Çetesi - 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256222243</t>
+          <t>9786257131353</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Nerede?</t>
+          <t>Kendilik Psikolojisi Bağlamında Narsistik Ben</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256222250</t>
+          <t>9786052232620</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Masalı</t>
+          <t>Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256222267</t>
+          <t>9786257131261</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Postası</t>
+          <t>Aşkın Ateşi Hz. İbrahim</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256222236</t>
+          <t>9786055563028</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Düş Fırçam</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256222229</t>
+          <t>9786256222281</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Çocuk</t>
+          <t>Osmanlı'da Eğitim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256222212</t>
+          <t>9786256222113</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık</t>
+          <t>Arzu Kız</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256222076</t>
+          <t>9786256222274</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mem Ü Zin</t>
+          <t>Denge ve Duygusal Özgürlük</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256222052</t>
+          <t>9786256222137</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kuruluşları ve İmam Hatipler</t>
+          <t>Engelli Kız</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256222069</t>
+          <t>9786256222168</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Manifestosu</t>
+          <t>Arıları Sulama Vakfı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256222090</t>
+          <t>9786256222144</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Kadın Mutlu Anne</t>
+          <t>Maymun Gözünü Açtı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256222083</t>
+          <t>9786256222243</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sana Benzer Ay Yıldızı</t>
+          <t>Kalbim Nerede?</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256292178</t>
+          <t>9786256222250</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Bir Özgürlük Masalı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256292192</t>
+          <t>9786256222267</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Uçurtma Postası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256292260</t>
+          <t>9786256222236</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Düş Fırçam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256292246</t>
+          <t>9786256222229</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Anahtar Çocuk</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256292215</t>
+          <t>9786256222212</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Sarı Saltık</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256292253</t>
+          <t>9786256222076</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Mem Ü Zin</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256292185</t>
+          <t>9786256222052</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Sivil Toplum Kuruluşları ve İmam Hatipler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256292239</t>
+          <t>9786256222069</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Yalnızlığın Manifestosu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256292208</t>
+          <t>9786256222090</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Sağlıklı Kadın Mutlu Anne</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256292222</t>
+          <t>9786256222083</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Sana Benzer Ay Yıldızı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256292284</t>
+          <t>9786256292178</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kaydıraklı Cami</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256292277</t>
+          <t>9786256292192</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Cami</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256292130</t>
+          <t>9786256292260</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Son Turnalar</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256292116</t>
+          <t>9786256292246</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Yazılar</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256292161</t>
+          <t>9786256292215</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nezle Deyip Geçme!</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256292123</t>
+          <t>9786256292253</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kol Saatlerim</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256292147</t>
+          <t>9786256292185</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Senem</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256292154</t>
+          <t>9786256292239</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256292093</t>
+          <t>9786256292208</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Taş</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256292086</t>
+          <t>9786256292222</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Kadar Kudüs Gibi</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256292109</t>
+          <t>9786256292284</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Notaları Dökülen Kedi</t>
+          <t>Kaydıraklı Cami</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256292079</t>
+          <t>9786256292277</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Cuma Selamlığı</t>
+          <t>Çocuklu Cami</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256292055</t>
+          <t>9786256292130</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İran Zindanında - Hayatı Tabutta Arayanlar</t>
+          <t>Son Turnalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256292062</t>
+          <t>9786256292116</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İran Zindanında - Devrimin Travması</t>
+          <t>Öylesine Yazılar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055563943</t>
+          <t>9786256292161</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>On Bir Kılıç - Akıncı Günlükleri 1</t>
+          <t>Nezle Deyip Geçme!</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257131292</t>
+          <t>9786256292123</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tezhip - Desenlerin Özgün Dili</t>
+          <t>Sevgili Kol Saatlerim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256292000</t>
+          <t>9786256292147</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İş Olsun</t>
+          <t>Nazlı Senem</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256292031</t>
+          <t>9786256292154</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tutunacak Dalım mı Var?</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256292024</t>
+          <t>9786256292093</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Susmak</t>
+          <t>Mutlu Taş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256292017</t>
+          <t>9786256292086</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zindan</t>
+          <t>Kudüs Kadar Kudüs Gibi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256528932</t>
+          <t>9786256292109</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Tayfa</t>
+          <t>Notaları Dökülen Kedi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256528925</t>
+          <t>9786256292079</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kaplumbağa Tokito</t>
+          <t>Cuma Selamlığı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256528949</t>
+          <t>9786256292055</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostum</t>
+          <t>İran Zindanında - Hayatı Tabutta Arayanlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256528956</t>
+          <t>9786256292062</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Araftaki Kendine Yolculuk</t>
+          <t>İran Zindanında - Devrimin Travması</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052232187</t>
+          <t>9786055563943</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncı</t>
+          <t>On Bir Kılıç - Akıncı Günlükleri 1</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256528468</t>
+          <t>9786257131292</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Stratejik Yönetim-3</t>
+          <t>Tezhip - Desenlerin Özgün Dili</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256528963</t>
+          <t>9786256292000</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Fiyakalı Hayat</t>
+          <t>İş Olsun</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256528970</t>
+          <t>9786256292031</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Badem Yağlı Çif Cilalı</t>
+          <t>Tutunacak Dalım mı Var?</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256528987</t>
+          <t>9786256292024</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Üstünlük Söylemi</t>
+          <t>Zor Zamanda Susmak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256528994</t>
+          <t>9786256292017</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gözlü Benek Sultan</t>
+          <t>Zindan</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256528864</t>
+          <t>9786256528932</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Uçuk Kaçık Tayfa</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256528826</t>
+          <t>9786256528925</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Uçan Kaplumbağa Tokito</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256528871</t>
+          <t>9786256528949</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kütüphanesi</t>
+          <t>Minik Dostum</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256528888</t>
+          <t>9786256528956</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>En Mutlu Gün</t>
+          <t>Araftaki Kendine Yolculuk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256528758</t>
+          <t>9786052232187</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Neden Mi Yapıyorum? Çünkü…</t>
+          <t>Son Akıncı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256528857</t>
+          <t>9786256528468</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Mutluluk Kudüs</t>
+          <t>Kriz Döneminde Stratejik Yönetim-3</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256528840</t>
+          <t>9786256528963</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldiii!</t>
+          <t>Fiyakalı Hayat</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256528833</t>
+          <t>9786256528970</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ramazan'da Neler Yapıyorum?</t>
+          <t>Badem Yağlı Çif Cilalı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256528796</t>
+          <t>9786256528987</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kendin Gibi Yaşa!</t>
+          <t>Üstünlük Söylemi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256528635</t>
+          <t>9786256528994</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Yalnızlığımız</t>
+          <t>Güzel Gözlü Benek Sultan</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052232316</t>
+          <t>9786256528864</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Gece</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257131537</t>
+          <t>9786256528826</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sürgün Hz. Musa</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055563233</t>
+          <t>9786256528871</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sözün Kırgın Kanatları</t>
+          <t>Çiçek Kütüphanesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256528765</t>
+          <t>9786256528888</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yeryüzündeki Aynaları - 2</t>
+          <t>En Mutlu Gün</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256528772</t>
+          <t>9786256528758</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Anne Sofya'nın Gezi Listesi</t>
+          <t>Neden Mi Yapıyorum? Çünkü…</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256528734</t>
+          <t>9786256528857</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kiraz'ın Akıllı Kumbaraları</t>
+          <t>Sonsuz Mutluluk Kudüs</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256528741</t>
+          <t>9786256528840</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mira ve İzcimikler</t>
+          <t>Ramazan Geldi Hoş Geldiii!</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256528819</t>
+          <t>9786256528833</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Gök Kubbenin Altında</t>
+          <t>Ramazan'da Neler Yapıyorum?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256528789</t>
+          <t>9786256528796</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Emek Varsa Kıymet De Olmalı!</t>
+          <t>Kendin Gibi Yaşa!</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256528802</t>
+          <t>9786256528635</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Namazdaki Huzur</t>
+          <t>Heybetli Yalnızlığımız</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256528710</t>
+          <t>9786052232316</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Mizan</t>
+          <t>Sancılı Gece</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256528703</t>
+          <t>9786257131537</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kabul Ettim Emaneti</t>
+          <t>Aşka Sürgün Hz. Musa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256528666</t>
+          <t>9786055563233</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Annelik İbadettir</t>
+          <t>Sözün Kırgın Kanatları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256528680</t>
+          <t>9786256528765</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Habercisi Alparslan</t>
+          <t>Allah'ın Yeryüzündeki Aynaları - 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256528673</t>
+          <t>9786256528772</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Anne Sofya'nın Gezi Listesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256528697</t>
+          <t>9786256528734</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Sultan</t>
+          <t>Kiraz'ın Akıllı Kumbaraları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256528727</t>
+          <t>9786256528741</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Başkalarına Koşarken Kendine Geç Kalma!</t>
+          <t>Mira ve İzcimikler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256528642</t>
+          <t>9786256528819</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hedef Ben miyim?</t>
+          <t>Kuruluş Gök Kubbenin Altında</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256528611</t>
+          <t>9786256528789</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar Ülkesi</t>
+          <t>Emek Varsa Kıymet De Olmalı!</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256528628</t>
+          <t>9786256528802</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Rızkı Veren Hüda'dır</t>
+          <t>Namazdaki Huzur</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256528604</t>
+          <t>9786256528710</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitiminde Dönüşümcü Liderlik</t>
+          <t>İnsan ve Mizan</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256528659</t>
+          <t>9786256528703</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Uçuran Adam</t>
+          <t>Kabul Ettim Emaneti</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258319866</t>
+          <t>9786256528666</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Mutluluk İçin Fabrika Ayarlarımıza Dönüyoruz</t>
+          <t>Annelik İbadettir</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256528598</t>
+          <t>9786256528680</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Sultan ve Dönemi</t>
+          <t>Şafağın Habercisi Alparslan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256528529</t>
+          <t>9786256528673</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Sözler Kurulu Büyük Başkanı</t>
+          <t>Sahtekar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256528451</t>
+          <t>9786256528697</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Yedi Rengi</t>
+          <t>Şehzade Sultan</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256528550</t>
+          <t>9786256528727</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hiç Böyle Düşünmemiştim</t>
+          <t>Başkalarına Koşarken Kendine Geç Kalma!</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256528581</t>
+          <t>9786256528642</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sözle Direnmek</t>
+          <t>Hedef Ben miyim?</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256528567</t>
+          <t>9786256528611</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuğu Nasıl Yetiştirilir?</t>
+          <t>Yalnızlar Ülkesi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256528574</t>
+          <t>9786256528628</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sözün Eri</t>
+          <t>Rızkı Veren Hüda'dır</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256528543</t>
+          <t>9786256528604</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
+          <t>Yetişkin Eğitiminde Dönüşümcü Liderlik</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256528444</t>
+          <t>9786256528659</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tripoliçe'nin Külleri</t>
+          <t>Hayallerini Uçuran Adam</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256528536</t>
+          <t>9786258319866</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Koridor</t>
+          <t>Mutluluk ve Başarı için Fabrika Ayarlarımıza Dönüyoruz</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256528475</t>
+          <t>9786256528598</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kumru ve Kadın</t>
+          <t>Mahpeyker Kösem Sultan ve Dönemi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256528505</t>
+          <t>9786256528529</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Daldaki Adam</t>
+          <t>Akıllı Sözler Kurulu Büyük Başkanı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256528499</t>
+          <t>9786256528451</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Astrotürk</t>
+          <t>Sevginin Yedi Rengi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256528482</t>
+          <t>9786256528550</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gelincikler</t>
+          <t>Hiç Böyle Düşünmemiştim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256528512</t>
+          <t>9786256528581</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bed-i Besmele ve Amin Alayı</t>
+          <t>Sözle Direnmek</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256528437</t>
+          <t>9786256528567</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yıkayan Kadın</t>
+          <t>Erkek Çocuğu Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256528390</t>
+          <t>9786256528574</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Saçaklı Kökün Hayali</t>
+          <t>Sözün Eri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256528420</t>
+          <t>9786256528543</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256528406</t>
+          <t>9786256528444</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>On Yüz Bin Gözüm Olsa Her Şeyi Görebilir Miyim?</t>
+          <t>Tripoliçe'nin Külleri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256528352</t>
+          <t>9786256528536</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yeryüzündeki Aynaları - 1</t>
+          <t>Koridor</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256528369</t>
+          <t>9786256528475</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bağlan-ma</t>
+          <t>Kumru ve Kadın</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256528413</t>
+          <t>9786256528505</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Yönetim ve İletişim</t>
+          <t>Daldaki Adam</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256528383</t>
+          <t>9786256528499</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şifa Mektupları</t>
+          <t>Astrotürk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256528376</t>
+          <t>9786256528482</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye Dükkanı</t>
+          <t>Kırmızı Gelincikler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256528345</t>
+          <t>9786256528512</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aldatma!</t>
+          <t>Bed-i Besmele ve Amin Alayı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256528321</t>
+          <t>9786256528437</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Fülane</t>
+          <t>Her Şeyi Yıkayan Kadın</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256528307</t>
+          <t>9786256528390</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Saçaklı Kökün Hayali</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256528314</t>
+          <t>9786256528420</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Bizim Hikayemiz</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256528338</t>
+          <t>9786256528406</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Andaki Derinlik</t>
+          <t>On Yüz Bin Gözüm Olsa Her Şeyi Görebilir Miyim?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256513280</t>
+          <t>9786256528352</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Annelik Kimliği</t>
+          <t>Allah'ın Yeryüzündeki Aynaları - 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256513310</t>
+          <t>9786256528369</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kelamın Yenileşme Sürecinde Musa Carullah Bigiyef</t>
+          <t>Bağlan-ma</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256513303</t>
+          <t>9786256528413</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Odaklı Okul Öncesi Eğitim Kitabı</t>
+          <t>Kazandıran Yönetim ve İletişim</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256513297</t>
+          <t>9786256528383</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mardin Süryanileri</t>
+          <t>Şifa Mektupları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258319828</t>
+          <t>9786256528376</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Yükselen Ses</t>
+          <t>Tuhafiye Dükkanı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258319811</t>
+          <t>9786256528345</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>A Benim Çakrı Oğlum</t>
+          <t>Aldatma!</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258319897</t>
+          <t>9786256528321</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-2 Ateşin Frekansı</t>
+          <t>Fülane</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258319835</t>
+          <t>9786256528307</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258319880</t>
+          <t>9786256528314</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-3 Kıyametten Kaçış</t>
+          <t>İşte Bu Bizim Hikayemiz</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258319842</t>
+          <t>9786256528338</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kayadaki Kurt</t>
+          <t>Andaki Derinlik</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258319859</t>
+          <t>9786256513280</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ya Ben İstanbul’u Alacağım</t>
+          <t>Sosyal Medyada Annelik Kimliği</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258319873</t>
+          <t>9786256513310</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-1 Uzaydaki Hapishane</t>
+          <t>Kelamın Yenileşme Sürecinde Musa Carullah Bigiyef</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258319705</t>
+          <t>9786256513303</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Sana Bıraktım</t>
+          <t>Deneyim Odaklı Okul Öncesi Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258319699</t>
+          <t>9786256513297</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Cemre</t>
+          <t>Mardin Süryanileri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258319712</t>
+          <t>9786258319828</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Merkezli Eğitim</t>
+          <t>Anadolu’dan Yükselen Ses</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258319736</t>
+          <t>9786258319811</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Muallim</t>
+          <t>A Benim Çakrı Oğlum</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258319743</t>
+          <t>9786258319897</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Lider Sizsiniz</t>
+          <t>Fantastik İcatlar Koleksiyonu-2 Ateşin Frekansı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258319774</t>
+          <t>9786258319835</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çolpan Yıldızı</t>
+          <t>Çanakkale İçinde</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258319767</t>
+          <t>9786258319880</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Bilinci</t>
+          <t>Fantastik İcatlar Koleksiyonu-3 Kıyametten Kaçış</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258319750</t>
+          <t>9786258319842</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gül Olacaksın</t>
+          <t>Kayadaki Kurt</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258319729</t>
+          <t>9786258319859</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bin Yıl</t>
+          <t>Ya Ben İstanbul’u Alacağım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258319675</t>
+          <t>9786258319873</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Osmani Encümeni</t>
+          <t>Fantastik İcatlar Koleksiyonu-1 Uzaydaki Hapishane</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258319682</t>
+          <t>9786258319705</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Kelam Açısından Nefs ve Ahiret</t>
+          <t>Yüreğimi Sana Bıraktım</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258319781</t>
+          <t>9786258319699</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Yüreğimdeki Cemre</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258319798</t>
+          <t>9786258319712</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak Yasak</t>
+          <t>Yetenek Merkezli Eğitim</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258319637</t>
+          <t>9786258319736</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kara Eylül'ün Kırdığı Güller</t>
+          <t>Muallim</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258319668</t>
+          <t>9786258319743</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Üç Kalp Bir Hayat</t>
+          <t>Lider Sizsiniz</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258319644</t>
+          <t>9786258319774</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Denizin Solan Mavisi</t>
+          <t>Çolpan Yıldızı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258319613</t>
+          <t>9786258319767</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yitik Maceralar 2 - Mürdümük Definesi</t>
+          <t>Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258319606</t>
+          <t>9786258319750</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yitik Maceralar 1 - İkşut Elması</t>
+          <t>Gül Olacaksın</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258319590</t>
+          <t>9786258319729</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm</t>
+          <t>Seninle Bin Yıl</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258319569</t>
+          <t>9786258319675</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Şarkı Söyler Mi?</t>
+          <t>Tarih-i Osmani Encümeni</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258319521</t>
+          <t>9786258319682</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Göğü Delen Kuyu</t>
+          <t>Felsefe ve Kelam Açısından Nefs ve Ahiret</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258319576</t>
+          <t>9786258319781</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Vadi</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258319620</t>
+          <t>9786258319798</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açan Atkı</t>
+          <t>Ağlamak Yasak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258319583</t>
+          <t>9786258319637</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bal Arkadaşım</t>
+          <t>Kara Eylül'ün Kırdığı Güller</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258456035</t>
+          <t>9786258319668</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Öğretmenim</t>
+          <t>Üç Kalp Bir Hayat</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258456028</t>
+          <t>9786258319644</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet İkliminde Çocuk Eğitimi</t>
+          <t>Denizin Solan Mavisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258319538</t>
+          <t>9786258319613</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gelecek 25 Yıl</t>
+          <t>Yitik Maceralar 2 - Mürdümük Definesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258319552</t>
+          <t>9786258319606</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Kirli Yüzü</t>
+          <t>Yitik Maceralar 1 - İkşut Elması</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258319545</t>
+          <t>9786258319590</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Benim Sadık Yarim</t>
+          <t>Narsisizm</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258319514</t>
+          <t>9786258319569</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerin 1000 Yıllık Projesi</t>
+          <t>Gökyüzü Şarkı Söyler Mi?</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258319460</t>
+          <t>9786258319521</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Uçurtması</t>
+          <t>Göğü Delen Kuyu</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258913385</t>
+          <t>9786258319576</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Amiral Ahtapot Harekatı</t>
+          <t>Gizemli Vadi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258319491</t>
+          <t>9786258319620</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dilek Fenerleri</t>
+          <t>Çiçek Açan Atkı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258319415</t>
+          <t>9786258319583</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mete Han</t>
+          <t>Bal Arkadaşım</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258319408</t>
+          <t>9786258456035</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sana Seni Anlatmak</t>
+          <t>İyi ki Varsın Öğretmenim</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258913392</t>
+          <t>9786258456028</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ata Tohumlarının İzinde</t>
+          <t>Asr-ı Saadet İkliminde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258319484</t>
+          <t>9786258319538</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Evli Mutlu Çocuklu</t>
+          <t>Gelecek 25 Yıl</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258319439</t>
+          <t>9786258319552</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>ABD'nin Kirli Yüzü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258319477</t>
+          <t>9786258319545</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Benim Sadık Yarim</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258319378</t>
+          <t>9786258319514</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir Mubadilin Dilinden Ordu Kültürü (Ciltli)</t>
+          <t>Yahudilerin 1000 Yıllık Projesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258319453</t>
+          <t>9786258319460</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Alevi</t>
+          <t>Mutluluk Uçurtması</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258319422</t>
+          <t>9786258913385</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bahar Çiçekleri</t>
+          <t>Amiral Ahtapot Harekatı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258319446</t>
+          <t>9786258319491</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Stres-siz</t>
+          <t>Dilek Fenerleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258319354</t>
+          <t>9786258319415</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Hac</t>
+          <t>Mete Han</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258319330</t>
+          <t>9786258319408</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşen Dilimiz ve Kavramlarımız</t>
+          <t>Sana Seni Anlatmak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258319309</t>
+          <t>9786258913392</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Uyandırmak</t>
+          <t>Ata Tohumlarının İzinde</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258319293</t>
+          <t>9786258319484</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Tamirhanesi</t>
+          <t>Evli Mutlu Çocuklu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258319361</t>
+          <t>9786258319439</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Muştuları</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258319217</t>
+          <t>9786258319477</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Değerli Bir Şey</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258319347</t>
+          <t>9786258319378</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Zekat</t>
+          <t>Bir Mubadilin Dilinden Ordu Kültürü (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258319316</t>
+          <t>9786258319453</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personeline Yönelik Disiplin Soruşturması Süreci</t>
+          <t>Okyanusun Alevi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258319194</t>
+          <t>9786258319422</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Miki ve Komşuları</t>
+          <t>Bahar Çiçekleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258319323</t>
+          <t>9786258319446</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Stratejik Yönetim - 2</t>
+          <t>Stres-siz</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258319279</t>
+          <t>9786258319354</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ve İnatçı Rakamlar</t>
+          <t>Ruhumun İlacı Hac</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258319255</t>
+          <t>9786258319330</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sesin Peşinde</t>
+          <t>Sekülerleşen Dilimiz ve Kavramlarımız</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258319200</t>
+          <t>9786258319309</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İnci Kozalak - Kutadgu Bilig</t>
+          <t>Güneşi Uyandırmak</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258319262</t>
+          <t>9786258319293</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>2055'e Yolculuk</t>
+          <t>Oyuncak Tamirhanesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258319248</t>
+          <t>9786258319361</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ve Kurumsal Yaşamda Nezaket</t>
+          <t>Diriliş Muştuları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258319224</t>
+          <t>9786258319217</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Okunmamış Mektuplar</t>
+          <t>Değerli Bir Şey</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258319231</t>
+          <t>9786258319347</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Biz Varsak Korkma!</t>
+          <t>Ruhumun İlacı Zekat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258319286</t>
+          <t>9786258319316</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Ötesinde</t>
+          <t>Kamu Personeline Yönelik Disiplin Soruşturması Süreci</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258319187</t>
+          <t>9786258319194</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Enginar Sakladım</t>
+          <t>Miki ve Komşuları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258319064</t>
+          <t>9786258319323</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Tanıştın Mı?</t>
+          <t>Kriz Döneminde Stratejik Yönetim - 2</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258319170</t>
+          <t>9786258319279</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Gönül</t>
+          <t>Çılgın Ve İnatçı Rakamlar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258319132</t>
+          <t>9786258319255</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Herkes Bir Şey Söyler</t>
+          <t>Gizemli Sesin Peşinde</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258319101</t>
+          <t>9786258319200</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Seyr-i Hal</t>
+          <t>Kayıp İnci Kozalak - Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258319163</t>
+          <t>9786258319262</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ayraç-2 Hacker Netjettin</t>
+          <t>2055'e Yolculuk</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258319156</t>
+          <t>9786258319248</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Şumga’nın Şifresi</t>
+          <t>Sosyal Ve Kurumsal Yaşamda Nezaket</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258319125</t>
+          <t>9786258319224</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Keşf-i Hal</t>
+          <t>Çanakkale Okunmamış Mektuplar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258319149</t>
+          <t>9786258319231</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Pir Kemal Dede</t>
+          <t>Biz Varsak Korkma!</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258319095</t>
+          <t>9786258319286</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Songül</t>
+          <t>Yıldızların Ötesinde</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258319088</t>
+          <t>9786258319187</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Allah Seni Seviyor</t>
+          <t>Senin İçin Enginar Sakladım</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258319057</t>
+          <t>9786258319064</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Rahatla Gönlüm</t>
+          <t>Kendinle Tanıştın Mı?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258319071</t>
+          <t>9786258319170</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mu’nun Çocukları</t>
+          <t>Vazgeçme Gönül</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258319118</t>
+          <t>9786258319132</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kriz Deöneminde Stratejik Yönetim-1</t>
+          <t>Çünkü Herkes Bir Şey Söyler</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258456707</t>
+          <t>9786258319101</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Derdime Dermana Geldim</t>
+          <t>Seyr-i Hal</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257131872</t>
+          <t>9786258319163</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Elif Kuran Harflerini Boyuyor</t>
+          <t>Sihirli Ayraç-2 Hacker Netjettin</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258456813</t>
+          <t>9786258319156</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Namaz</t>
+          <t>Şumga’nın Şifresi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258456806</t>
+          <t>9786258319125</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Kelime-i Şahadet</t>
+          <t>Keşf-i Hal</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258456820</t>
+          <t>9786258319149</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Oruç</t>
+          <t>Pir Kemal Dede</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258319040</t>
+          <t>9786258319095</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gibisin</t>
+          <t>Songül</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258456653</t>
+          <t>9786258319088</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Koşullanma</t>
+          <t>Allah Seni Seviyor</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258456677</t>
+          <t>9786258319057</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Feda Mevsimi</t>
+          <t>Rahatla Gönlüm</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258456691</t>
+          <t>9786258319071</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Mu’nun Çocukları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258456646</t>
+          <t>9786258319118</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Lalihan</t>
+          <t>Kriz Deöneminde Stratejik Yönetim-1</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258456684</t>
+          <t>9786258456707</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yollarda Hüzün Bizi Bekler</t>
+          <t>Derdime Dermana Geldim</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258456660</t>
+          <t>9786257131872</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Sanatı</t>
+          <t>Ahmet İle Elif Kuran Harflerini Boyuyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257131933</t>
+          <t>9786258456813</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Diriliş: Mahşerin Galibi 1918-1925</t>
+          <t>Ruhumun İlacı Namaz</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055563899</t>
+          <t>9786258456806</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kırk Diyardan Masallar (Ciltli)</t>
+          <t>Ruhumun İlacı Kelime-i Şahadet</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055563677</t>
+          <t>9786258456820</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Akif'ten Gençliğe</t>
+          <t>Ruhumun İlacı Oruç</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055563509</t>
+          <t>9786258319040</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Krizantem</t>
+          <t>Yaralı Gibisin</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786058456189</t>
+          <t>9786258456653</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sen Gibi Oldum Mu?</t>
+          <t>Koşullanma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258456196</t>
+          <t>9786258456677</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ugan'ın Gizli Dünyası</t>
+          <t>Feda Mevsimi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258456219</t>
+          <t>9786258456691</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258456226</t>
+          <t>9786258456646</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Yusuf ve Lalihan</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258456240</t>
+          <t>9786258456684</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Yollarda Hüzün Bizi Bekler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258456202</t>
+          <t>9786258456660</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tek Kişilik Deliliktir</t>
+          <t>Gençlik Sanatı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258456233</t>
+          <t>9786257131933</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Diriliş: Mahşerin Galibi 1918-1925</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258456257</t>
+          <t>9786055563899</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kırk Diyardan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258456141</t>
+          <t>9786055563677</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>Akif'ten Gençliğe</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258456172</t>
+          <t>9786055563509</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk İçin Öneriler</t>
+          <t>Krizantem</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258456165</t>
+          <t>9786058456189</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Fatihi Karabekir</t>
+          <t>Sen Gibi Oldum Mu?</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258456134</t>
+          <t>9786258456196</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Turan Ülküsü’nden Türk Birliği’ne</t>
+          <t>Ugan'ın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258456042</t>
+          <t>9786258456219</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Vakit Nakit Değildir</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258456158</t>
+          <t>9786258456226</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Yarınlarına Dokunmak</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258456080</t>
+          <t>9786258456240</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Aşk</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258456103</t>
+          <t>9786258456202</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve İnsana Dair - Aforizmalarım</t>
+          <t>Aşk Tek Kişilik Deliliktir</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258456097</t>
+          <t>9786258456233</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258456110</t>
+          <t>9786258456257</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Bir Nefes</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258456059</t>
+          <t>9786258456141</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çöl - Yusuf İle Züleyha</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258456073</t>
+          <t>9786258456172</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk</t>
+          <t>Ailede Mutluluk İçin Öneriler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258456011</t>
+          <t>9786258456165</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Umudun Resmi</t>
+          <t>Doğu’nun Fatihi Karabekir</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257131957</t>
+          <t>9786258456134</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sır Perdesi</t>
+          <t>Turan Ülküsü’nden Türk Birliği’ne</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257131971</t>
+          <t>9786258456042</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Gölge Çiçeği</t>
+          <t>Vakit Nakit Değildir</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257131995</t>
+          <t>9786258456158</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Suyun Fısıltısı</t>
+          <t>Gençliğin Yarınlarına Dokunmak</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257131988</t>
+          <t>9786258456080</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Begonvil Rüyası</t>
+          <t>En Yakın Aşk</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258456004</t>
+          <t>9786258456103</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yası Tutulamayan Hayatlar</t>
+          <t>Hayata ve İnsana Dair - Aforizmalarım</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257131964</t>
+          <t>9786258456097</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah - Alamut Kalesi</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257131865</t>
+          <t>9786258456110</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Nadirane Gönül Sözü</t>
+          <t>Bir Adım Bir Nefes</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257131919</t>
+          <t>9786258456059</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki ve Medeni Boyutuyla Adab-ı Muaşeret</t>
+          <t>Mavi Çöl - Yusuf İle Züleyha</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257131926</t>
+          <t>9786258456073</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldi Sınav</t>
+          <t>Ey Aşk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257131900</t>
+          <t>9786258456011</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Göğe Yükselen Çınar</t>
+          <t>Umudun Resmi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257131902</t>
+          <t>9786257131957</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Ülküsü'nün Işığı Hoca Ahmet Yesevi</t>
+          <t>Sır Perdesi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>275</v>
+        <v>410</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257131896</t>
+          <t>9786257131971</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Avaz</t>
+          <t>Gölge Çiçeği</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257131834</t>
+          <t>9786257131995</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Derin Devleti</t>
+          <t>Suyun Fısıltısı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257131704</t>
+          <t>9786257131988</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Armegeddon</t>
+          <t>Begonvil Rüyası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257131681</t>
+          <t>9786258456004</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Yası Tutulamayan Hayatlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257131711</t>
+          <t>9786257131964</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Kanunları</t>
+          <t>Hasan Sabbah - Alamut Kalesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257131810</t>
+          <t>9786257131865</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Asia</t>
+          <t>Nadirane Gönül Sözü</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257131827</t>
+          <t>9786257131919</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Annemden Sonra</t>
+          <t>Ahlaki ve Medeni Boyutuyla Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257131803</t>
+          <t>9786257131926</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Masonlarla Mücadelesi</t>
+          <t>Hoş Geldi Sınav</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257131728</t>
+          <t>9786257131900</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor Ki!</t>
+          <t>Göğe Yükselen Çınar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257131841</t>
+          <t>9786257131902</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Allah'ım</t>
+          <t>Türk İslam Ülküsü'nün Işığı Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257131858</t>
+          <t>9786257131896</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Masonluk - Satanist Kuşatma</t>
+          <t>Avaz</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257131735</t>
+          <t>9786257131834</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İstihbarat</t>
+          <t>Amerika'nın Derin Devleti</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257131759</t>
+          <t>9786257131704</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Tabut</t>
+          <t>Armegeddon</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257131742</t>
+          <t>9786257131681</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Gizli Dili</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257131780</t>
+          <t>9786257131711</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İsrail'il A Planı</t>
+          <t>Tapınak Kanunları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257131773</t>
+          <t>9786257131810</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma Şuuru</t>
+          <t>Asia</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257131766</t>
+          <t>9786257131827</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Konsey</t>
+          <t>Annemden Sonra</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257131698</t>
+          <t>9786257131803</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hayır!</t>
+          <t>Atatürk'ün Masonlarla Mücadelesi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257131797</t>
+          <t>9786257131728</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Çalınmış Vatan Filistin</t>
+          <t>Şeytan Diyor Ki!</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257131650</t>
+          <t>9786257131841</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kavala Kurabiyecisi</t>
+          <t>Seni Seviyorum Allah'ım</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257131636</t>
+          <t>9786257131858</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Siyonizm ve Masonluk - Satanist Kuşatma</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257131582</t>
+          <t>9786257131735</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimizdeki Mutluluk</t>
+          <t>Metafizik İstihbarat</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257131599</t>
+          <t>9786257131759</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncılar</t>
+          <t>Kutsal Tabut</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257131612</t>
+          <t>9786257131742</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Piramit</t>
+          <t>Masonluğun Gizli Dili</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257131605</t>
+          <t>9786257131780</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçme Hikayeler</t>
+          <t>İsrail'il A Planı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257131674</t>
+          <t>9786257131773</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Lemurlar?</t>
+          <t>Kızıl Elma Şuuru</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257131667</t>
+          <t>9786257131766</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Pervin Hanım'ın Arabası</t>
+          <t>Konsey</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257131629</t>
+          <t>9786257131698</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Küresel Virüs Operasyonu</t>
+          <t>Hayır!</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257131490</t>
+          <t>9786257131797</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Şafak Süvarileri</t>
+          <t>Çalınmış Vatan Filistin</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257131483</t>
+          <t>9786257131650</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>100 Yüzlü İnsan</t>
+          <t>Kavala Kurabiyecisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257131575</t>
+          <t>9786257131636</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Dört Mevsimi</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257131476</t>
+          <t>9786257131582</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kumru Yuvası</t>
+          <t>Yüreğimizdeki Mutluluk</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257131506</t>
+          <t>9786257131599</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Son Akıncılar</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257131513</t>
+          <t>9786257131612</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Mevsimi</t>
+          <t>Piramit</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257131520</t>
+          <t>9786257131605</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bence Sevmek Güzel</t>
+          <t>Safahat'tan Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257131544</t>
+          <t>9786257131674</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Nereden Çıktı Bu Lemurlar?</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257131568</t>
+          <t>9786257131667</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kavak Ağacı</t>
+          <t>Pervin Hanım'ın Arabası</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257131339</t>
+          <t>9786257131629</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Beni Siz Delirttiniz</t>
+          <t>Küresel Virüs Operasyonu</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257131469</t>
+          <t>9786257131490</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Son Kalenin Burcundan</t>
+          <t>Şafak Süvarileri</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257131452</t>
+          <t>9786257131483</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kara Osman Beg</t>
+          <t>100 Yüzlü İnsan</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257131445</t>
+          <t>9786257131575</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kerim</t>
+          <t>Ömrümün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257131308</t>
+          <t>9786257131476</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadislerden Hikmetli Sözler</t>
+          <t>Kumru Yuvası</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257137346</t>
+          <t>9786257131506</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tüketme Şükret</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257131377</t>
+          <t>9786257131513</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Unutmak İşime Geliyor</t>
+          <t>Kardelen Mevsimi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257131360</t>
+          <t>9786257131520</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Aşk Güncesi</t>
+          <t>Bence Sevmek Güzel</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257131322</t>
+          <t>9786257131544</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bismillah</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257131414</t>
+          <t>9786257131568</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seyyahı</t>
+          <t>Kavak Ağacı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257131407</t>
+          <t>9786257131339</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sultan Murat</t>
+          <t>Beni Siz Delirttiniz</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257131391</t>
+          <t>9786257131469</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Osmanlı Şehzadeleri</t>
+          <t>Son Kalenin Burcundan</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257131278</t>
+          <t>9786257131452</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Aşka Mahkum Hz. Yusuf</t>
+          <t>Kara Osman Beg</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257131285</t>
+          <t>9786257131445</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Alemdar</t>
+          <t>Kerim</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786057131225</t>
+          <t>9786257131308</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dost Seçme Sanatı</t>
+          <t>Kur'an-ı Kerim ve Hadislerden Hikmetli Sözler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257131193</t>
+          <t>9786257137346</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Tüketme Şükret</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257131209</t>
+          <t>9786257131377</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostum</t>
+          <t>Unutmak İşime Geliyor</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257131254</t>
+          <t>9786257131360</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Yazılmamış Aşk Güncesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257131230</t>
+          <t>9786257131322</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Dua Et (Ciltli)</t>
+          <t>Yeniden Bismillah</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257131247</t>
+          <t>9786257131414</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Derin Kabus</t>
+          <t>Aşk Seyyahı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257131148</t>
+          <t>9786257131407</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Elveda Sultan Murat</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257131100</t>
+          <t>9786257131391</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman</t>
+          <t>Sıradışı Osmanlı Şehzadeleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257131094</t>
+          <t>9786257131278</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Son Yeniçeri</t>
+          <t>Aşka Mahkum Hz. Yusuf</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257131155</t>
+          <t>9786257131285</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm'in ve Yahudiliğin Gizli Tarihi</t>
+          <t>Alemdar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257131162</t>
+          <t>9786057131225</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Derin Güçler</t>
+          <t>Dost Seçme Sanatı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257131179</t>
+          <t>9786257131193</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'nin Yeni Dünya Düzeni</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257131131</t>
+          <t>9786257131209</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hasankeyf Ağladı</t>
+          <t>Sevimli Dostum</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257131124</t>
+          <t>9786257131254</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yönetenlerin Günah Dosyaları</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257131117</t>
+          <t>9786257131230</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Derin Suikastler</t>
+          <t>Dert Etme Dua Et (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257131186</t>
+          <t>9786257131247</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit ve Sarayındaki Amerikalı</t>
+          <t>Derin Kabus</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257131063</t>
+          <t>9786257131148</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İsminiz Kaderinizdir</t>
+          <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257131087</t>
+          <t>9786257131100</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çember</t>
+          <t>Yitik Zaman</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052232873</t>
+          <t>9786257131094</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (5 Kitap Takım)</t>
+          <t>Son Yeniçeri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>1660</v>
+        <v>370</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052232804</t>
+          <t>9786257131155</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (5 Kitap Takım)</t>
+          <t>Siyonizm'in ve Yahudiliğin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052232897</t>
+          <t>9786257131162</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
+          <t>Osmanlı'dan Günümüze Derin Güçler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>1500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052232866</t>
+          <t>9786257131179</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler Seti (4 Kitap Takım)</t>
+          <t>İlluminati'nin Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>1310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052232859</t>
+          <t>9786257131131</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası Seti (5 Kitap Takım)</t>
+          <t>Hasankeyf Ağladı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>1320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052232842</t>
+          <t>9786257131124</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hazine Seti (10 Kitap Takım)</t>
+          <t>Dünyayı Yönetenlerin Günah Dosyaları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>2800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052232835</t>
+          <t>9786257131117</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Seti (5 Kitap Takım)</t>
+          <t>Derin Suikastler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>1270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052232828</t>
+          <t>9786257131186</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Seti (4 Kitap Takım)</t>
+          <t>Abdülhamit ve Sarayındaki Amerikalı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>1020</v>
+        <v>230</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052232880</t>
+          <t>9786257131063</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitim Seti (5 Kitap Takım)</t>
+          <t>İsminiz Kaderinizdir</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052232811</t>
+          <t>9786257131087</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan Seti (5 Kitap Takım)</t>
+          <t>Kızıl Çember</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>1570</v>
+        <v>380</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052232965</t>
+          <t>9786052232873</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Dünya Tarihi</t>
+          <t>Tarih Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052232941</t>
+          <t>9786052232804</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yakaza Adamları</t>
+          <t>Stefan Zweig Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257131001</t>
+          <t>9786052232897</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kartalın Sırrı</t>
+          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>130</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052232910</t>
+          <t>9786052232866</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sana Emanet</t>
+          <t>Saklı Gerçekler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>480</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052232934</t>
+          <t>9786052232859</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Nil Mevsimi</t>
+          <t>Perde Arkası Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>380</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257131025</t>
+          <t>9786052232842</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Padişah Anaları - Mühr-i Muazzam</t>
+          <t>Hazine Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>370</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052232927</t>
+          <t>9786052232835</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Devlet İçin Devlete Rağmen</t>
+          <t>Gelişim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>420</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052232996</t>
+          <t>9786052232828</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bana Yüreğinle Gel</t>
+          <t>Fenomen Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>330</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052232972</t>
+          <t>9786052232880</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Çocuk Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>320</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052232958</t>
+          <t>9786052232811</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yeraltının Saklı Hazineleri</t>
+          <t>Arka Plan Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>340</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052232682</t>
+          <t>9786052232965</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sözhapsi</t>
+          <t>Gizlenen Dünya Tarihi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052232705</t>
+          <t>9786052232941</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Yakaza Adamları</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052232675</t>
+          <t>9786257131001</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mahrem-i Esrar</t>
+          <t>Beyaz Kartalın Sırrı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052232668</t>
+          <t>9786052232910</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Leylekli Konak</t>
+          <t>Sevdam Sana Emanet</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052232699</t>
+          <t>9786052232934</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Nil Mevsimi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052232644</t>
+          <t>9786257131025</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Elma Kuşları</t>
+          <t>Padişah Anaları - Mühr-i Muazzam</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052232651</t>
+          <t>9786052232927</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Köy Saatçisi</t>
+          <t>Devlet İçin Devlete Rağmen</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052232637</t>
+          <t>9786052232996</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Kuyu</t>
+          <t>Bana Yüreğinle Gel</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052232712</t>
+          <t>9786052232972</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Bir Yüreğin Ölümü</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052232729</t>
+          <t>9786052232958</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının 24 Saati</t>
+          <t>Yeraltının Saklı Hazineleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052232736</t>
+          <t>9786052232682</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Sözhapsi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052232583</t>
+          <t>9786052232705</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İst1hbarat</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052232590</t>
+          <t>9786052232675</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Kurt Kapanı</t>
+          <t>Mahrem-i Esrar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052232576</t>
+          <t>9786052232668</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Son İşgal</t>
+          <t>Leylekli Konak</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052232569</t>
+          <t>9786052232699</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Petrol Kime Saklanıyor</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052232545</t>
+          <t>9786052232644</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İllüminati Deşifresi</t>
+          <t>Elma Kuşları</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052232552</t>
+          <t>9786052232651</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Cennete Açılan Kapı Ayasofya</t>
+          <t>Köy Saatçisi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052232422</t>
+          <t>9786052232637</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Kartalı</t>
+          <t>Dipsiz Kuyu</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052232460</t>
+          <t>9786052232712</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yasaklar</t>
+          <t>Bir Yüreğin Ölümü</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052232224</t>
+          <t>9786052232729</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Su Rengi</t>
+          <t>Bir Kadının 24 Saati</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052232439</t>
+          <t>9786052232736</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kırık Vazo</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052232507</t>
+          <t>9786052232583</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>İst1hbarat</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052232521</t>
+          <t>9786052232590</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Siyasette Kurt Kapanı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052232514</t>
+          <t>9786052232576</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gloria Scott Gemisi</t>
+          <t>Son İşgal</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052232491</t>
+          <t>9786052232569</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Türkiye'de Petrol Kime Saklanıyor</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052232538</t>
+          <t>9786052232545</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>İllüminati Deşifresi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052232484</t>
+          <t>9786052232552</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Uzaklarda Azalmasın</t>
+          <t>Cennete Açılan Kapı Ayasofya</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052232453</t>
+          <t>9786052232422</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ukde 3</t>
+          <t>Selçuklu Kartalı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052232446</t>
+          <t>9786052232460</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Ukde 2</t>
+          <t>Osmanlı'da Yasaklar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052232408</t>
+          <t>9786052232224</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Ben</t>
+          <t>Su Rengi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052232378</t>
+          <t>9786052232439</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Minibüs</t>
+          <t>Kırık Vazo</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052232385</t>
+          <t>9786052232507</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Elveda Rumeli</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052232330</t>
+          <t>9786052232521</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Şehrinaz</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052232323</t>
+          <t>9786052232514</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ayraç</t>
+          <t>Sherlock Holmes - Gloria Scott Gemisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052232347</t>
+          <t>9786052232491</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Gül Yürekli Sevdalar</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052232309</t>
+          <t>9786052232538</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Kadarsın</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052232286</t>
+          <t>9786052232484</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Ben</t>
+          <t>Ömrüm Uzaklarda Azalmasın</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052232293</t>
+          <t>9786052232453</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Ukde 3</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052232262</t>
+          <t>9786052232446</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ukde 1</t>
+          <t>Ukde 2</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>600</v>
+        <v>540</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052232231</t>
+          <t>9786052232408</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Sevda</t>
+          <t>Nevrotik Ben</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052232156</t>
+          <t>9786052232378</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Umreye Gidiyorum (Ciltli)</t>
+          <t>Kırmızı Minibüs</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052232149</t>
+          <t>9786052232385</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Masallar</t>
+          <t>Elveda Rumeli</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052232170</t>
+          <t>9786052232330</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti</t>
+          <t>Şehrinaz</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>470</v>
+        <v>140</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052232163</t>
+          <t>9786052232323</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum Anne</t>
+          <t>Sihirli Ayraç</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052232194</t>
+          <t>9786052232347</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Olmazsa Olmaz</t>
+          <t>Gül Yürekli Sevdalar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052232095</t>
+          <t>9786052232309</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dosya: Sınırsızlar</t>
+          <t>İletişimin Kadarsın</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052232064</t>
+          <t>9786052232286</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Az Kaldı</t>
+          <t>Şizofrenik Ben</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052232040</t>
+          <t>9786052232293</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Duvak</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052232002</t>
+          <t>9786052232262</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Gözyaşları</t>
+          <t>Ukde 1</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055563905</t>
+          <t>9786052232231</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Taşlar</t>
+          <t>Gül ve Sevda</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055563912</t>
+          <t>9786052232156</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şiraze</t>
+          <t>Yaşasın Umreye Gidiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786055563875</t>
+          <t>9786052232149</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Elif Kur'an Okumayı Öğreniyor</t>
+          <t>Sihirli Masallar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055563769</t>
+          <t>9786052232170</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İhtimaller Dahilinde</t>
+          <t>Seher Vakti</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055563813</t>
+          <t>9786052232163</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Düzene</t>
+          <t>Korkuyorum Anne</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786055563837</t>
+          <t>9786052232194</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Kimim?</t>
+          <t>Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055563806</t>
+          <t>9786052232095</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Özünüzde İyilik Var (Ciltli)</t>
+          <t>Gizli Dosya: Sınırsızlar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786055563790</t>
+          <t>9786052232064</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kaptan-ı Derya Barbaros Hayreddin</t>
+          <t>Az Kaldı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786055563776</t>
+          <t>9786052232040</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Protokol ve Kurumsal Davranış Kuralları</t>
+          <t>Duvak</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055563783</t>
+          <t>9786052232002</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Kahve</t>
+          <t>Kehribar Gözyaşları</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055563370</t>
+          <t>9786055563905</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ve...Tek Hece Aşk!</t>
+          <t>Şifalı Taşlar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>270</v>
+        <v>950</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786055563608</t>
+          <t>9786055563912</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Fırtına - Kod Adı Ceyda 1</t>
+          <t>Şiraze</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055563516</t>
+          <t>9786055563875</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Abide Şahsiyet - Mehmet Akif Ersoy</t>
+          <t>Ahmet İle Elif Kur'an Okumayı Öğreniyor</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055563530</t>
+          <t>9786055563769</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Seni En Güzel Ben Sevdim</t>
+          <t>İhtimaller Dahilinde</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055563165</t>
+          <t>9786055563813</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Keşke’lere Takılmayın</t>
+          <t>Kaostan Düzene</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>325</v>
+        <v>480</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055563004</t>
+          <t>9786055563837</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler İçin</t>
+          <t>Anne Ben Kimim?</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055563547</t>
+          <t>9786055563806</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Aşk Beni Bulur</t>
+          <t>Özünüzde İyilik Var (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
+          <t>9786055563790</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan-ı Derya Barbaros Hayreddin</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786055563776</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Protokol ve Kurumsal Davranış Kuralları</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786055563783</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Karanfilli Kahve</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786055563370</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Ve...Tek Hece Aşk!</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786055563608</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına - Kod Adı Ceyda 1</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786055563516</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Abide Şahsiyet - Mehmet Akif Ersoy</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786055563530</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Seni En Güzel Ben Sevdim</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786055563165</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Keşke’lere Takılmayın</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786055563004</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Düşünenler İçin</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786055563547</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Beni Bulur</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
           <t>9786055563585</t>
         </is>
       </c>
-      <c r="B604" s="1" t="inlineStr">
+      <c r="B614" s="1" t="inlineStr">
         <is>
           <t>Cem Sultan</t>
         </is>
       </c>
-      <c r="C604" s="1">
+      <c r="C614" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>