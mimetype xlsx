--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,9235 +85,9580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255825391</t>
+          <t>9786255825728</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Düş Sokağı</t>
+          <t>Hüzün Çatlağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255825407</t>
+          <t>9786255825599</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Puslu Rüyalar Bekçisi</t>
+          <t>Zamansız Ruh: 2 Yeni Nizam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255825384</t>
+          <t>9786255825629</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Büyüktün</t>
+          <t>Oruçla Otuz Gün</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255825414</t>
+          <t>9786255825582</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yılların Ardından</t>
+          <t>Zamansız Ruh: 1 Obaya Dönüş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255825339</t>
+          <t>9786255825605</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tabu</t>
+          <t>Her Yol O'nun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256222595</t>
+          <t>9786255825612</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mahrem</t>
+          <t>Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255825377</t>
+          <t>9786255825575</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bahar Uzak Mı?</t>
+          <t>Huzurun Şifresi Aile</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255825346</t>
+          <t>9786255825551</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nifaya</t>
+          <t>Hırs ve Esaret</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255825353</t>
+          <t>9786255825568</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Taşların Şifresi</t>
+          <t>Yalnızlar Odası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255825360</t>
+          <t>9786252811199</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık</t>
+          <t>Gelişim Ajandası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255825315</t>
+          <t>9786255825544</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Leve Palestine</t>
+          <t>Bir Derdim Var</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255825308</t>
+          <t>9786255825469</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Aldım Kabul Ettim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255825322</t>
+          <t>9786255825490</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyemeyenler Kulübü</t>
+          <t>Yasemin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255825223</t>
+          <t>9786255825483</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bacak</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255825230</t>
+          <t>9786255825452</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kudret</t>
+          <t>Tütün Zamanı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255825186</t>
+          <t>9786255825476</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Evliliğe Yolculuk Metamorfoz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255825247</t>
+          <t>9786255825513</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beni Duyuyor Musun?</t>
+          <t>Göçebe Mektup</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255825254</t>
+          <t>9786255825278</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sayina</t>
+          <t>Katre - Damlada Saklı Deniz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255825193</t>
+          <t>9786255825261</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dirvas</t>
+          <t>Herkesin Göremediği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255825209</t>
+          <t>9786255825285</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Tohum Ek İnsan Olsun</t>
+          <t>Zaman Sarıcı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255825216</t>
+          <t>9786255825421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Devrim Dede ve TOGG</t>
+          <t>Ben Türkiyeyim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255825148</t>
+          <t>9786255825438</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kokuların Kaybolduğu Gün</t>
+          <t>Değerli Taşlar Apartmanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255825179</t>
+          <t>9786255825445</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mino ve Pırıl</t>
+          <t>Öykülerle Namaz Sureleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255825131</t>
+          <t>9786255825391</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çilsiz Horoz ve Miskin Kedi</t>
+          <t>Düş Sokağı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255825162</t>
+          <t>9786255825407</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Sinekler</t>
+          <t>Puslu Rüyalar Bekçisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255825155</t>
+          <t>9786255825384</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Aşktan Büyüktün</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256222960</t>
+          <t>9786255825414</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Yılların Ardından</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256222984</t>
+          <t>9786255825339</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256222106</t>
+          <t>9786256222595</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu Yeniden Doğuş</t>
+          <t>Mahrem</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256222199</t>
+          <t>9786255825377</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Aşçısı Dede Niyazi</t>
+          <t>Bahar Uzak Mı?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256222823</t>
+          <t>9786255825346</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Gözüyle Cihad</t>
+          <t>Nifaya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256222939</t>
+          <t>9786255825353</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub'un Bakışıyla Hristiyanlık</t>
+          <t>Mimar Sinan - Taşların Şifresi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256222830</t>
+          <t>9786255825360</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uçuran Kardeşlik</t>
+          <t>Farkındalık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256222946</t>
+          <t>9786255825315</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Yazdım</t>
+          <t>Leve Palestine</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052232071</t>
+          <t>9786255825308</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Bacısı</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055563417</t>
+          <t>9786255825322</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Kaptan Olacağım</t>
+          <t>Hayır Diyemeyenler Kulübü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257131032</t>
+          <t>9786255825223</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Genç Arkadaş</t>
+          <t>Uzun Bacak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257131165</t>
+          <t>9786255825230</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayata Küçük Dokunuşlar</t>
+          <t>Yitik Kudret</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256222120</t>
+          <t>9786255825186</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bülbüller Ağlamaz</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258319507</t>
+          <t>9786255825247</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Ömür</t>
+          <t>Beni Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055563714</t>
+          <t>9786255825254</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hz.Musa-Kızıl Denizde Bir Secde</t>
+          <t>Sayina</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258456066</t>
+          <t>9786255825193</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kumru</t>
+          <t>Dirvas</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052232217</t>
+          <t>9786255825209</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seyyah - Sır Defteri 1</t>
+          <t>Bir Tohum Ek İnsan Olsun</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052232026</t>
+          <t>9786255825216</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Devrim Dede ve TOGG</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052232088</t>
+          <t>9786255825148</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Anne Sohbetleri</t>
+          <t>Kokuların Kaybolduğu Gün</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052232101</t>
+          <t>9786255825179</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Travmatik Ben</t>
+          <t>Mino ve Pırıl</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052232118</t>
+          <t>9786255825131</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vakıf İş Kümesi</t>
+          <t>Çilsiz Horoz ve Miskin Kedi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055563998</t>
+          <t>9786255825162</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yalnızlıklar</t>
+          <t>Karanlıktan Korkan Sinekler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052232019</t>
+          <t>9786255825155</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yüzük Krallığı</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052232057</t>
+          <t>9786256222960</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Harik - Onlar Tanışmaya Geliyorlar 1</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055563882</t>
+          <t>9786256222984</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hukuk,İdare / Yönetim ve Sosyo Kültürel Alanda Perspektif Kodları – 1</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052232255</t>
+          <t>9786256222106</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vuslat - Hümeyra 3</t>
+          <t>Anka Kuşu Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052232125</t>
+          <t>9786256222199</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurşun</t>
+          <t>Atatürk'ün Aşçısı Dede Niyazi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055563967</t>
+          <t>9786256222823</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hey Siri Bana Bir Yol Çizermisin?</t>
+          <t>Bir Papazın Gözüyle Cihad</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055563974</t>
+          <t>9786256222939</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu Açıldı</t>
+          <t>Seyyid Kutub'un Bakışıyla Hristiyanlık</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055563868</t>
+          <t>9786256222830</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rana</t>
+          <t>Uçuran Kardeşlik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055563929</t>
+          <t>9786256222946</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Elveda Çerkesya</t>
+          <t>Yüreğime Yazdım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>205</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055563844</t>
+          <t>9786052232071</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Turna Fırtınası (Ciltli)</t>
+          <t>Selçuklu Bacısı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055563745</t>
+          <t>9786055563417</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Duam</t>
+          <t>Büyüyünce Kaptan Olacağım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055563684</t>
+          <t>9786257131032</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yitik Oyun</t>
+          <t>Genç Arkadaş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052232033</t>
+          <t>9786257131165</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra 1 - Umut Öyküleri Serisi 1</t>
+          <t>Hayata Küçük Dokunuşlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055563950</t>
+          <t>9786256222120</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uyu Yorum / Nokta-i Kemal</t>
+          <t>Bülbüller Ağlamaz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055563936</t>
+          <t>9786258319507</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra - Umut Öyküleri Serisi 2</t>
+          <t>Bir Tutam Ömür</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055563660</t>
+          <t>9786055563714</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kahvesi</t>
+          <t>Hz.Musa-Kızıl Denizde Bir Secde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>355</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055563691</t>
+          <t>9786258456066</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsan Karakterinin Oluşumunda Burçlar</t>
+          <t>Kumru</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055563493</t>
+          <t>9786052232217</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 5</t>
+          <t>Seyyah - Sır Defteri 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055563486</t>
+          <t>9786052232026</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 4</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055563820</t>
+          <t>9786052232088</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dört Mevsimi</t>
+          <t>Anne Sohbetleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055563646</t>
+          <t>9786052232101</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğimle Söyleşirken Kendimle</t>
+          <t>Travmatik Ben</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055563622</t>
+          <t>9786052232118</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Esma Ağacı</t>
+          <t>Vakıf İş Kümesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055563639</t>
+          <t>9786055563998</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gara Bilal</t>
+          <t>Uzak Yalnızlıklar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055563615</t>
+          <t>9786052232019</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rabbinin Adıyla Yaşa</t>
+          <t>Yüzük Krallığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055563721</t>
+          <t>9786052232057</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beni Kaç Harf Sevdin</t>
+          <t>Harik - Onlar Tanışmaya Geliyorlar 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055563738</t>
+          <t>9786055563882</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>Hukuk,İdare / Yönetim ve Sosyo Kültürel Alanda Perspektif Kodları – 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055563264</t>
+          <t>9786052232255</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 3</t>
+          <t>Vuslat - Hümeyra 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055563240</t>
+          <t>9786052232125</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 1</t>
+          <t>İlk Kurşun</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055563257</t>
+          <t>9786055563967</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Boyamaya Doyama 2</t>
+          <t>Hey Siri Bana Bir Yol Çizermisin?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055563271</t>
+          <t>9786055563974</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Davranış Reçetesi</t>
+          <t>Pandora’nın Kutusu Açıldı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055563288</t>
+          <t>9786055563868</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet İkliminde Çocuk Olmak</t>
+          <t>Rana</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055563752</t>
+          <t>9786055563929</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile</t>
+          <t>Elveda Çerkesya</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055563301</t>
+          <t>9786055563844</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarih Çeşmesinden Katreler</t>
+          <t>Turna Fırtınası (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055563295</t>
+          <t>9786055563745</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Keskin Zeka Küpleri</t>
+          <t>Bitmeyen Duam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055563394</t>
+          <t>9786055563684</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çok Normal</t>
+          <t>Yitik Oyun</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055563387</t>
+          <t>9786052232033</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yufesta ile Şibenza</t>
+          <t>Hümeyra 1 - Umut Öyküleri Serisi 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055563363</t>
+          <t>9786055563950</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İki Gönül Bir Olunca</t>
+          <t>Uyu Yorum / Nokta-i Kemal</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055563554</t>
+          <t>9786055563936</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Krallar Avlayan Türk</t>
+          <t>Hümeyra - Umut Öyküleri Serisi 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055563561</t>
+          <t>9786055563660</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Efsane İmparatoru Cengiz Han</t>
+          <t>Çikolata Kahvesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055563592</t>
+          <t>9786055563691</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>İnsan Karakterinin Oluşumunda Burçlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055563400</t>
+          <t>9786055563493</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Doktor Olacağım</t>
+          <t>Boyamaya Doyama 5</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055563462</t>
+          <t>9786055563486</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Öğretmen Olacağım</t>
+          <t>Boyamaya Doyama 4</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055563424</t>
+          <t>9786055563820</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Mühendis Olacağım</t>
+          <t>Aşkın Dört Mevsimi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055563448</t>
+          <t>9786055563646</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Polis Olacağım</t>
+          <t>Sensizliğimle Söyleşirken Kendimle</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055563431</t>
+          <t>9786055563622</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Pilot Olacağım</t>
+          <t>Esma Ağacı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055563455</t>
+          <t>9786055563639</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Veteriner Olacağım</t>
+          <t>Gara Bilal</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257131421</t>
+          <t>9786055563615</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim Kerteriz Defteri</t>
+          <t>Rabbinin Adıyla Yaşa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257131438</t>
+          <t>9786055563721</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sekiz'in Yediverenleri</t>
+          <t>Beni Kaç Harf Sevdin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052232743</t>
+          <t>9786055563738</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Milli Harekat - Kılıç Kınından Çıktı</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257131216</t>
+          <t>9786055563264</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Eğitimi</t>
+          <t>Boyamaya Doyama 3</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052232903</t>
+          <t>9786055563240</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı Aslanhan Seti (5 Kitap Takım)</t>
+          <t>Boyamaya Doyama 1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052232392</t>
+          <t>9786055563257</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Kalesi</t>
+          <t>Boyamaya Doyama 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052232477</t>
+          <t>9786055563271</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Adı: Mutluluk</t>
+          <t>Davranış Reçetesi</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052232989</t>
+          <t>9786055563288</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ayla</t>
+          <t>Asr-ı Saadet İkliminde Çocuk Olmak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052232750</t>
+          <t>9786055563752</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Beşik Kertmesi</t>
+          <t>Bilinçli Aile</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052232606</t>
+          <t>9786055563301</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerin Doğuşu</t>
+          <t>Tarih Çeşmesinden Katreler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257131551</t>
+          <t>9786055563295</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Kaleler</t>
+          <t>Keskin Zeka Küpleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257131056</t>
+          <t>9786055563394</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylül Hikayesi</t>
+          <t>Çok Normal</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257131070</t>
+          <t>9786055563387</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolları Tuttu</t>
+          <t>Yufesta ile Şibenza</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052232781</t>
+          <t>9786055563363</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan</t>
+          <t>İki Gönül Bir Olunca</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052232200</t>
+          <t>9786055563554</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2023 Büyük Plan Şah Mat</t>
+          <t>Krallar Avlayan Türk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052232354</t>
+          <t>9786055563561</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Lider Neslin İnşası</t>
+          <t>Moğolların Efsane İmparatoru Cengiz Han</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055563158</t>
+          <t>9786055563592</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Masallar</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055563103</t>
+          <t>9786055563400</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Unutulmaz Kahramanlar</t>
+          <t>Büyüyünce Doktor Olacağım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055563073</t>
+          <t>9786055563462</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Yar</t>
+          <t>Büyüyünce Öğretmen Olacağım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055563035</t>
+          <t>9786055563424</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Yar</t>
+          <t>Büyüyünce Mühendis Olacağım</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055563110</t>
+          <t>9786055563448</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Siz Hiç Güneşi Ağlarken Gördünüz mü?</t>
+          <t>Büyüyünce Polis Olacağım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055563097</t>
+          <t>9786055563431</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Masa Başı Minder Üstü</t>
+          <t>Büyüyünce Pilot Olacağım</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055563226</t>
+          <t>9786055563455</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Keşke’lere Takılmayın</t>
+          <t>Büyüyünce Veteriner Olacağım</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055563134</t>
+          <t>9786257131421</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Özel Eğitim Kerteriz Defteri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055563080</t>
+          <t>9786257131438</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Evcilik Oynayalım</t>
+          <t>Kırık Sekiz'in Yediverenleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055563066</t>
+          <t>9786052232743</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Milli Harekat - Kılıç Kınından Çıktı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055563011</t>
+          <t>9786257131216</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Ruhun Eğitimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055563141</t>
+          <t>9786052232903</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Müjdelenen Komutan Fatih Sultan Mehmed Han</t>
+          <t>Sıtkı Aslanhan Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055563202</t>
+          <t>9786052232392</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eşeğine Ters Binen Bilge</t>
+          <t>İmparatorluğun Son Kalesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055563042</t>
+          <t>9786052232477</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ben Bisiklet İstiyorum</t>
+          <t>Adı: Mutluluk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055563172</t>
+          <t>9786052232989</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Denizden Masallar</t>
+          <t>Ayla</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055563196</t>
+          <t>9786052232750</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hidayet</t>
+          <t>Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052232361</t>
+          <t>9786052232606</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çin Rüyası - Küresel Güç Olma Sevdası</t>
+          <t>Örgütlerin Doğuşu</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052232248</t>
+          <t>9786257131551</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dua ile Her Şey Mümkün</t>
+          <t>Kumdan Kaleler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256222922</t>
+          <t>9786257131056</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Soruların Peşinde - 1</t>
+          <t>Bir Eylül Hikayesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256222878</t>
+          <t>9786257131070</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Senfonisi</t>
+          <t>Aşk Yolları Tuttu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256222953</t>
+          <t>9786052232781</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Aşiyan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256222915</t>
+          <t>9786052232200</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arzu İle Kamber</t>
+          <t>2023 Büyük Plan Şah Mat</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256222885</t>
+          <t>9786052232354</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Lider Neslin İnşası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256222854</t>
+          <t>9786055563158</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Nifaya Dert-Tasa-Şifa</t>
+          <t>Uykusuz Masallar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256222892</t>
+          <t>9786055563103</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Unutulan Unutulmaz Kahramanlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256222861</t>
+          <t>9786055563073</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Taşları Ağlayan Şehir Kudüs</t>
+          <t>Şehr-i Yar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256222908</t>
+          <t>9786055563035</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Eşiğinde</t>
+          <t>Şehr-i Yar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256222847</t>
+          <t>9786055563110</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde</t>
+          <t>Siz Hiç Güneşi Ağlarken Gördünüz mü?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256222816</t>
+          <t>9786055563097</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kucağı</t>
+          <t>Masa Başı Minder Üstü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256222731</t>
+          <t>9786055563226</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan</t>
+          <t>Keşke’lere Takılmayın</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256222793</t>
+          <t>9786055563134</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Boğazları Montrö Türk Boğazları Sözleşmesi</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256222786</t>
+          <t>9786055563080</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Turan Uygarlığına Giriş: 2 Turan Mefkuresi ve Tanrıcılık</t>
+          <t>Gel Beraber Evcilik Oynayalım</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256222779</t>
+          <t>9786055563066</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Turan Uygarlığına Giriş: 1 Turan Mefkuresi ve Tanrıcılık</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256222762</t>
+          <t>9786055563011</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi Politikaları</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256222748</t>
+          <t>9786055563141</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Ses</t>
+          <t>Müjdelenen Komutan Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256222809</t>
+          <t>9786055563202</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ballar Balını Buldum</t>
+          <t>Eşeğine Ters Binen Bilge</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256222755</t>
+          <t>9786055563042</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ayaz</t>
+          <t>Ben Bisiklet İstiyorum</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256222724</t>
+          <t>9786055563172</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Elfida</t>
+          <t>Denizden Masallar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256222700</t>
+          <t>9786055563196</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Biriktir-Me</t>
+          <t>Aşk-ı Hidayet</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256222618</t>
+          <t>9786052232361</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Modern Vesveseler</t>
+          <t>Çin Rüyası - Küresel Güç Olma Sevdası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256222687</t>
+          <t>9786052232248</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Diş Kirası</t>
+          <t>Dua ile Her Şey Mümkün</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256222694</t>
+          <t>9786256222922</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Vız Değil Dız</t>
+          <t>Soruların Peşinde - 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256222670</t>
+          <t>9786256222878</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>Yalnızlığın Senfonisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256222717</t>
+          <t>9786256222953</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bir Tren Soru</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258456127</t>
+          <t>9786256222915</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Şarkısı</t>
+          <t>Arzu İle Kamber</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256222649</t>
+          <t>9786256222885</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Darağacı</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256222632</t>
+          <t>9786256222854</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han/ Bozkırın Hükümdarı</t>
+          <t>Nifaya Dert-Tasa-Şifa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256222601</t>
+          <t>9786256222892</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Günlükteki Yabancı</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256222625</t>
+          <t>9786256222861</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Gül</t>
+          <t>Taşları Ağlayan Şehir Kudüs</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256222656</t>
+          <t>9786256222908</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kabe-i Muazzama Tarihi ve Osmanlı Padişahlarının Hizmetleri</t>
+          <t>Uçurumun Eşiğinde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256222663</t>
+          <t>9786256222847</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağaçlarının Hikâyesi</t>
+          <t>Gerçeğin Peşinde</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256528918</t>
+          <t>9786256222816</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sanal Evrenden Kaçış</t>
+          <t>Annemin Kucağı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256222564</t>
+          <t>9786256222731</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anlam Okumaları/Estetiğin Dili -1</t>
+          <t>Ve İnsan</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256528895</t>
+          <t>9786256222793</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim Edebiyat</t>
+          <t>Türk Boğazları Montrö Türk Boğazları Sözleşmesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256222571</t>
+          <t>9786256222786</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Heysem Işığın Peşinde</t>
+          <t>Turan Uygarlığına Giriş: 2 Turan Mefkuresi ve Tanrıcılık</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256222540</t>
+          <t>9786256222779</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Edep Mektebi</t>
+          <t>Turan Uygarlığına Giriş: 1 Turan Mefkuresi ve Tanrıcılık</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256222557</t>
+          <t>9786256222762</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sözün Hakkı</t>
+          <t>Türkiye'de Din Eğitimi Politikaları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256222533</t>
+          <t>9786256222748</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yol Seni Yormasın</t>
+          <t>Meçhul Ses</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>155</v>
+        <v>480</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256222588</t>
+          <t>9786256222809</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak</t>
+          <t>Ballar Balını Buldum</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256222526</t>
+          <t>9786256222755</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uyanış/ İsrail'in Şifresi</t>
+          <t>Ayaz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256222502</t>
+          <t>9786256222724</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Benim Eşyalarım</t>
+          <t>Elfida</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256222472</t>
+          <t>9786256222700</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Benim Bedenim</t>
+          <t>Biriktir-Me</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256222489</t>
+          <t>9786256222618</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Benim Özelim</t>
+          <t>Modern Vesveseler</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256222519</t>
+          <t>9786256222687</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Benim Aklım</t>
+          <t>Diş Kirası</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256222496</t>
+          <t>9786256222694</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Benim Varlığım</t>
+          <t>Vız Değil Dız</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256222458</t>
+          <t>9786256222670</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeteneğini Arayan Öykü</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256222441</t>
+          <t>9786256222717</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi</t>
+          <t>Bir Tren Soru</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256222465</t>
+          <t>9786258456127</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aslan Paşa'nın Diş Ağrısı</t>
+          <t>Güneşin Şarkısı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256222434</t>
+          <t>9786256222649</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Finduk</t>
+          <t>Darağacı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256222380</t>
+          <t>9786256222632</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yollar İnsana Çıkar</t>
+          <t>Cengiz Han/ Bozkırın Hükümdarı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256222397</t>
+          <t>9786256222601</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Işığı Sönen Evler</t>
+          <t>Günlükteki Yabancı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256222410</t>
+          <t>9786256222625</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri 2</t>
+          <t>Ateşte Açan Gül</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256222403</t>
+          <t>9786256222656</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri 1</t>
+          <t>Kabe-i Muazzama Tarihi ve Osmanlı Padişahlarının Hizmetleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256222427</t>
+          <t>9786256222663</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Zeytin Ağaçlarının Hikâyesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256222182</t>
+          <t>9786256528918</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Âdab-ı Muaşeret Sözlüğü</t>
+          <t>Sanal Evrenden Kaçış</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256222151</t>
+          <t>9786256222564</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu Sonsuzluk Arayışı</t>
+          <t>Anlam Okumaları/Estetiğin Dili -1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256222175</t>
+          <t>9786256528895</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Nokta Arası</t>
+          <t>Beş Mevsim Edebiyat</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256222205</t>
+          <t>9786256222571</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Romantik Bağlanma</t>
+          <t>İbn-i Heysem Işığın Peşinde</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055563707</t>
+          <t>9786256222540</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Gülümse</t>
+          <t>Edep Mektebi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055563332</t>
+          <t>9786256222557</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dahi Hükümdar : Sultan 2. Abdülhamid Han</t>
+          <t>Sözün Hakkı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256222373</t>
+          <t>9786256222533</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Şahitleri</t>
+          <t>Yol Seni Yormasın</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>380</v>
+        <v>155</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256222335</t>
+          <t>9786256222588</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mihrali Bey</t>
+          <t>Panik Atak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256222328</t>
+          <t>9786256222526</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Meyve Sepetindeki Zarf</t>
+          <t>Uyanış/ İsrail'in Şifresi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256222359</t>
+          <t>9786256222502</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Lim Nehri'nde Kaldı Çocukluğum</t>
+          <t>Benim Eşyalarım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256222342</t>
+          <t>9786256222472</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Arılar</t>
+          <t>Benim Bedenim</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256222311</t>
+          <t>9786256222489</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 3</t>
+          <t>Benim Özelim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256222298</t>
+          <t>9786256222519</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 1</t>
+          <t>Benim Aklım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256222366</t>
+          <t>9786256222496</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Benim Varlığım</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256222304</t>
+          <t>9786256222458</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Çetesi - 2</t>
+          <t>Yeteneğini Arayan Öykü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257131353</t>
+          <t>9786256222441</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Psikolojisi Bağlamında Narsistik Ben</t>
+          <t>Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052232620</t>
+          <t>9786256222465</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yol</t>
+          <t>Aslan Paşa'nın Diş Ağrısı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257131261</t>
+          <t>9786256222434</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşi Hz. İbrahim</t>
+          <t>Finduk</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055563028</t>
+          <t>9786256222380</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bütün Yollar İnsana Çıkar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256222281</t>
+          <t>9786256222397</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Eğitim</t>
+          <t>Işığı Sönen Evler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256222113</t>
+          <t>9786256222410</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Arzu Kız</t>
+          <t>İstanbul Öyküleri 2</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256222274</t>
+          <t>9786256222403</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Denge ve Duygusal Özgürlük</t>
+          <t>İstanbul Öyküleri 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256222137</t>
+          <t>9786256222427</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Engelli Kız</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256222168</t>
+          <t>9786256222182</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Arıları Sulama Vakfı</t>
+          <t>Âdab-ı Muaşeret Sözlüğü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256222144</t>
+          <t>9786256222151</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Maymun Gözünü Açtı</t>
+          <t>Anka Kuşu Sonsuzluk Arayışı</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256222243</t>
+          <t>9786256222175</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Nerede?</t>
+          <t>Bir Nokta Arası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256222250</t>
+          <t>9786256222205</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Masalı</t>
+          <t>Romantik Bağlanma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256222267</t>
+          <t>9786055563707</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Postası</t>
+          <t>Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256222236</t>
+          <t>9786055563332</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Düş Fırçam</t>
+          <t>Dahi Hükümdar : Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256222229</t>
+          <t>9786256222373</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Çocuk</t>
+          <t>Tarihin Şahitleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256222212</t>
+          <t>9786256222335</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık</t>
+          <t>Mihrali Bey</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256222076</t>
+          <t>9786256222328</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mem Ü Zin</t>
+          <t>Meyve Sepetindeki Zarf</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256222052</t>
+          <t>9786256222359</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kuruluşları ve İmam Hatipler</t>
+          <t>Lim Nehri'nde Kaldı Çocukluğum</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256222069</t>
+          <t>9786256222342</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Manifestosu</t>
+          <t>Kahraman Arılar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256222090</t>
+          <t>9786256222311</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Kadın Mutlu Anne</t>
+          <t>Haylazlar Çetesi - 3</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256222083</t>
+          <t>9786256222298</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sana Benzer Ay Yıldızı</t>
+          <t>Haylazlar Çetesi - 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256292178</t>
+          <t>9786256222366</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256292192</t>
+          <t>9786256222304</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Haylazlar Çetesi - 2</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256292260</t>
+          <t>9786257131353</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Kendilik Psikolojisi Bağlamında Narsistik Ben</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256292246</t>
+          <t>9786052232620</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Başarıya Giden Yol</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256292215</t>
+          <t>9786257131261</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Aşkın Ateşi Hz. İbrahim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256292253</t>
+          <t>9786055563028</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256292185</t>
+          <t>9786256222281</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Osmanlı'da Eğitim</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256292239</t>
+          <t>9786256222113</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Arzu Kız</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256292208</t>
+          <t>9786256222274</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Denge ve Duygusal Özgürlük</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256292222</t>
+          <t>9786256222137</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Engelli Kız</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256292284</t>
+          <t>9786256222168</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kaydıraklı Cami</t>
+          <t>Arıları Sulama Vakfı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256292277</t>
+          <t>9786256222144</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Cami</t>
+          <t>Maymun Gözünü Açtı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256292130</t>
+          <t>9786256222243</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Son Turnalar</t>
+          <t>Kalbim Nerede?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256292116</t>
+          <t>9786256222250</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Yazılar</t>
+          <t>Bir Özgürlük Masalı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256292161</t>
+          <t>9786256222267</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nezle Deyip Geçme!</t>
+          <t>Uçurtma Postası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256292123</t>
+          <t>9786256222236</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kol Saatlerim</t>
+          <t>Düş Fırçam</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256292147</t>
+          <t>9786256222229</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Senem</t>
+          <t>Anahtar Çocuk</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256292154</t>
+          <t>9786256222212</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Sarı Saltık</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256292093</t>
+          <t>9786256222076</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Taş</t>
+          <t>Mem Ü Zin</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256292086</t>
+          <t>9786256222052</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Kadar Kudüs Gibi</t>
+          <t>Sivil Toplum Kuruluşları ve İmam Hatipler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256292109</t>
+          <t>9786256222069</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Notaları Dökülen Kedi</t>
+          <t>Yalnızlığın Manifestosu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256292079</t>
+          <t>9786256222090</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Cuma Selamlığı</t>
+          <t>Sağlıklı Kadın Mutlu Anne</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256292055</t>
+          <t>9786256222083</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İran Zindanında - Hayatı Tabutta Arayanlar</t>
+          <t>Sana Benzer Ay Yıldızı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256292062</t>
+          <t>9786256292178</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İran Zindanında - Devrimin Travması</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055563943</t>
+          <t>9786256292192</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>On Bir Kılıç - Akıncı Günlükleri 1</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257131292</t>
+          <t>9786256292260</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tezhip - Desenlerin Özgün Dili</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256292000</t>
+          <t>9786256292246</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İş Olsun</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256292031</t>
+          <t>9786256292215</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tutunacak Dalım mı Var?</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256292024</t>
+          <t>9786256292253</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Susmak</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256292017</t>
+          <t>9786256292185</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Zindan</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256528932</t>
+          <t>9786256292239</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Tayfa</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256528925</t>
+          <t>9786256292208</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kaplumbağa Tokito</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256528949</t>
+          <t>9786256292222</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostum</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256528956</t>
+          <t>9786256292284</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Araftaki Kendine Yolculuk</t>
+          <t>Kaydıraklı Cami</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052232187</t>
+          <t>9786256292277</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncı</t>
+          <t>Çocuklu Cami</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256528468</t>
+          <t>9786256292130</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Stratejik Yönetim-3</t>
+          <t>Son Turnalar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256528963</t>
+          <t>9786256292116</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Fiyakalı Hayat</t>
+          <t>Öylesine Yazılar</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256528970</t>
+          <t>9786256292161</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Badem Yağlı Çif Cilalı</t>
+          <t>Nezle Deyip Geçme!</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256528987</t>
+          <t>9786256292123</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Üstünlük Söylemi</t>
+          <t>Sevgili Kol Saatlerim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256528994</t>
+          <t>9786256292147</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gözlü Benek Sultan</t>
+          <t>Nazlı Senem</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256528864</t>
+          <t>9786256292154</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256528826</t>
+          <t>9786256292093</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Mutlu Taş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256528871</t>
+          <t>9786256292086</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kütüphanesi</t>
+          <t>Kudüs Kadar Kudüs Gibi</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256528888</t>
+          <t>9786256292109</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>En Mutlu Gün</t>
+          <t>Notaları Dökülen Kedi</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256528758</t>
+          <t>9786256292079</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Neden Mi Yapıyorum? Çünkü…</t>
+          <t>Cuma Selamlığı</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256528857</t>
+          <t>9786256292055</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Mutluluk Kudüs</t>
+          <t>İran Zindanında - Hayatı Tabutta Arayanlar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256528840</t>
+          <t>9786256292062</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldi Hoş Geldiii!</t>
+          <t>İran Zindanında - Devrimin Travması</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256528833</t>
+          <t>9786055563943</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ramazan'da Neler Yapıyorum?</t>
+          <t>On Bir Kılıç - Akıncı Günlükleri 1</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256528796</t>
+          <t>9786257131292</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kendin Gibi Yaşa!</t>
+          <t>Tezhip - Desenlerin Özgün Dili</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256528635</t>
+          <t>9786256292000</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Heybetli Yalnızlığımız</t>
+          <t>İş Olsun</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052232316</t>
+          <t>9786256292031</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Gece</t>
+          <t>Tutunacak Dalım mı Var?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257131537</t>
+          <t>9786256292024</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sürgün Hz. Musa</t>
+          <t>Zor Zamanda Susmak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055563233</t>
+          <t>9786256292017</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sözün Kırgın Kanatları</t>
+          <t>Zindan</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256528765</t>
+          <t>9786256528932</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yeryüzündeki Aynaları - 2</t>
+          <t>Uçuk Kaçık Tayfa</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256528772</t>
+          <t>9786256528925</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Anne Sofya'nın Gezi Listesi</t>
+          <t>Uçan Kaplumbağa Tokito</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256528734</t>
+          <t>9786256528949</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kiraz'ın Akıllı Kumbaraları</t>
+          <t>Minik Dostum</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256528741</t>
+          <t>9786256528956</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mira ve İzcimikler</t>
+          <t>Araftaki Kendine Yolculuk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256528819</t>
+          <t>9786052232187</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Gök Kubbenin Altında</t>
+          <t>Son Akıncı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256528789</t>
+          <t>9786256528468</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Emek Varsa Kıymet De Olmalı!</t>
+          <t>Kriz Döneminde Stratejik Yönetim-3</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256528802</t>
+          <t>9786256528963</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Namazdaki Huzur</t>
+          <t>Fiyakalı Hayat</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256528710</t>
+          <t>9786256528970</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Mizan</t>
+          <t>Badem Yağlı Çif Cilalı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256528703</t>
+          <t>9786256528987</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kabul Ettim Emaneti</t>
+          <t>Üstünlük Söylemi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256528666</t>
+          <t>9786256528994</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Annelik İbadettir</t>
+          <t>Güzel Gözlü Benek Sultan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256528680</t>
+          <t>9786256528864</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Habercisi Alparslan</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256528673</t>
+          <t>9786256528826</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256528697</t>
+          <t>9786256528871</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Sultan</t>
+          <t>Çiçek Kütüphanesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256528727</t>
+          <t>9786256528888</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Başkalarına Koşarken Kendine Geç Kalma!</t>
+          <t>En Mutlu Gün</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256528642</t>
+          <t>9786256528758</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hedef Ben miyim?</t>
+          <t>Neden Mi Yapıyorum? Çünkü…</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256528611</t>
+          <t>9786256528857</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar Ülkesi</t>
+          <t>Sonsuz Mutluluk Kudüs</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256528628</t>
+          <t>9786256528840</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Rızkı Veren Hüda'dır</t>
+          <t>Ramazan Geldi Hoş Geldiii!</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256528604</t>
+          <t>9786256528833</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitiminde Dönüşümcü Liderlik</t>
+          <t>Ramazan'da Neler Yapıyorum?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256528659</t>
+          <t>9786256528796</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Uçuran Adam</t>
+          <t>Kendin Gibi Yaşa!</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258319866</t>
+          <t>9786256528635</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Başarı için Fabrika Ayarlarımıza Dönüyoruz</t>
+          <t>Heybetli Yalnızlığımız</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256528598</t>
+          <t>9786052232316</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mahpeyker Kösem Sultan ve Dönemi</t>
+          <t>Sancılı Gece</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256528529</t>
+          <t>9786257131537</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Sözler Kurulu Büyük Başkanı</t>
+          <t>Aşka Sürgün Hz. Musa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256528451</t>
+          <t>9786055563233</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Yedi Rengi</t>
+          <t>Sözün Kırgın Kanatları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256528550</t>
+          <t>9786256528765</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hiç Böyle Düşünmemiştim</t>
+          <t>Allah'ın Yeryüzündeki Aynaları - 2</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256528581</t>
+          <t>9786256528772</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sözle Direnmek</t>
+          <t>Anne Sofya'nın Gezi Listesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256528567</t>
+          <t>9786256528734</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuğu Nasıl Yetiştirilir?</t>
+          <t>Kiraz'ın Akıllı Kumbaraları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256528574</t>
+          <t>9786256528741</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sözün Eri</t>
+          <t>Mira ve İzcimikler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256528543</t>
+          <t>9786256528819</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
+          <t>Kuruluş Gök Kubbenin Altında</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256528444</t>
+          <t>9786256528789</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tripoliçe'nin Külleri</t>
+          <t>Emek Varsa Kıymet De Olmalı!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256528536</t>
+          <t>9786256528802</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Koridor</t>
+          <t>Namazdaki Huzur</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256528475</t>
+          <t>9786256528710</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kumru ve Kadın</t>
+          <t>İnsan ve Mizan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256528505</t>
+          <t>9786256528703</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Daldaki Adam</t>
+          <t>Kabul Ettim Emaneti</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256528499</t>
+          <t>9786256528666</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Astrotürk</t>
+          <t>Annelik İbadettir</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256528482</t>
+          <t>9786256528680</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gelincikler</t>
+          <t>Şafağın Habercisi Alparslan</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256528512</t>
+          <t>9786256528673</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bed-i Besmele ve Amin Alayı</t>
+          <t>Sahtekar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256528437</t>
+          <t>9786256528697</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yıkayan Kadın</t>
+          <t>Şehzade Sultan</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256528390</t>
+          <t>9786256528727</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Saçaklı Kökün Hayali</t>
+          <t>Başkalarına Koşarken Kendine Geç Kalma!</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256528420</t>
+          <t>9786256528642</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Hedef Ben miyim?</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256528406</t>
+          <t>9786256528611</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>On Yüz Bin Gözüm Olsa Her Şeyi Görebilir Miyim?</t>
+          <t>Yalnızlar Ülkesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256528352</t>
+          <t>9786256528628</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yeryüzündeki Aynaları - 1</t>
+          <t>Rızkı Veren Hüda'dır</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256528369</t>
+          <t>9786256528604</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bağlan-ma</t>
+          <t>Yetişkin Eğitiminde Dönüşümcü Liderlik</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256528413</t>
+          <t>9786256528659</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Yönetim ve İletişim</t>
+          <t>Hayallerini Uçuran Adam</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256528383</t>
+          <t>9786258319866</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şifa Mektupları</t>
+          <t>Mutluluk ve Başarı için Fabrika Ayarlarımıza Dönüyoruz</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256528376</t>
+          <t>9786256528598</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiye Dükkanı</t>
+          <t>Mahpeyker Kösem Sultan ve Dönemi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256528345</t>
+          <t>9786256528529</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Aldatma!</t>
+          <t>Akıllı Sözler Kurulu Büyük Başkanı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256528321</t>
+          <t>9786256528451</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Fülane</t>
+          <t>Sevginin Yedi Rengi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256528307</t>
+          <t>9786256528550</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Hiç Böyle Düşünmemiştim</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256528314</t>
+          <t>9786256528581</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Bizim Hikayemiz</t>
+          <t>Sözle Direnmek</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256528338</t>
+          <t>9786256528567</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Andaki Derinlik</t>
+          <t>Erkek Çocuğu Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256513280</t>
+          <t>9786256528574</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Annelik Kimliği</t>
+          <t>Sözün Eri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256513310</t>
+          <t>9786256528543</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kelamın Yenileşme Sürecinde Musa Carullah Bigiyef</t>
+          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256513303</t>
+          <t>9786256528444</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Odaklı Okul Öncesi Eğitim Kitabı</t>
+          <t>Tripoliçe'nin Külleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256513297</t>
+          <t>9786256528536</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mardin Süryanileri</t>
+          <t>Koridor</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258319828</t>
+          <t>9786256528475</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Yükselen Ses</t>
+          <t>Kumru ve Kadın</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258319811</t>
+          <t>9786256528505</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>A Benim Çakrı Oğlum</t>
+          <t>Daldaki Adam</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258319897</t>
+          <t>9786256528499</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-2 Ateşin Frekansı</t>
+          <t>Astrotürk</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258319835</t>
+          <t>9786256528482</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde</t>
+          <t>Kırmızı Gelincikler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258319880</t>
+          <t>9786256528512</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-3 Kıyametten Kaçış</t>
+          <t>Bed-i Besmele ve Amin Alayı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258319842</t>
+          <t>9786256528437</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kayadaki Kurt</t>
+          <t>Her Şeyi Yıkayan Kadın</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258319859</t>
+          <t>9786256528390</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ya Ben İstanbul’u Alacağım</t>
+          <t>Saçaklı Kökün Hayali</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258319873</t>
+          <t>9786256528420</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Fantastik İcatlar Koleksiyonu-1 Uzaydaki Hapishane</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258319705</t>
+          <t>9786256528406</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimi Sana Bıraktım</t>
+          <t>On Yüz Bin Gözüm Olsa Her Şeyi Görebilir Miyim?</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258319699</t>
+          <t>9786256528352</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Cemre</t>
+          <t>Allah'ın Yeryüzündeki Aynaları - 1</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258319712</t>
+          <t>9786256528369</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Merkezli Eğitim</t>
+          <t>Bağlan-ma</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258319736</t>
+          <t>9786256528413</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Muallim</t>
+          <t>Kazandıran Yönetim ve İletişim</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258319743</t>
+          <t>9786256528383</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Lider Sizsiniz</t>
+          <t>Şifa Mektupları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258319774</t>
+          <t>9786256528376</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çolpan Yıldızı</t>
+          <t>Tuhafiye Dükkanı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258319767</t>
+          <t>9786256528345</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Bilinci</t>
+          <t>Aldatma!</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258319750</t>
+          <t>9786256528321</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gül Olacaksın</t>
+          <t>Fülane</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258319729</t>
+          <t>9786256528307</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bin Yıl</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258319675</t>
+          <t>9786256528314</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Osmani Encümeni</t>
+          <t>İşte Bu Bizim Hikayemiz</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258319682</t>
+          <t>9786256528338</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Kelam Açısından Nefs ve Ahiret</t>
+          <t>Andaki Derinlik</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258319781</t>
+          <t>9786256513280</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Sosyal Medyada Annelik Kimliği</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258319798</t>
+          <t>9786256513310</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak Yasak</t>
+          <t>Kelamın Yenileşme Sürecinde Musa Carullah Bigiyef</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258319637</t>
+          <t>9786256513303</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kara Eylül'ün Kırdığı Güller</t>
+          <t>Deneyim Odaklı Okul Öncesi Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258319668</t>
+          <t>9786256513297</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Üç Kalp Bir Hayat</t>
+          <t>Mardin Süryanileri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258319644</t>
+          <t>9786258319828</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Denizin Solan Mavisi</t>
+          <t>Anadolu’dan Yükselen Ses</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258319613</t>
+          <t>9786258319811</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yitik Maceralar 2 - Mürdümük Definesi</t>
+          <t>A Benim Çakrı Oğlum</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258319606</t>
+          <t>9786258319897</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yitik Maceralar 1 - İkşut Elması</t>
+          <t>Fantastik İcatlar Koleksiyonu-2 Ateşin Frekansı</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258319590</t>
+          <t>9786258319835</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm</t>
+          <t>Çanakkale İçinde</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258319569</t>
+          <t>9786258319880</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Şarkı Söyler Mi?</t>
+          <t>Fantastik İcatlar Koleksiyonu-3 Kıyametten Kaçış</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258319521</t>
+          <t>9786258319842</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Göğü Delen Kuyu</t>
+          <t>Kayadaki Kurt</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258319576</t>
+          <t>9786258319859</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Vadi</t>
+          <t>Ya Ben İstanbul’u Alacağım</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258319620</t>
+          <t>9786258319873</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açan Atkı</t>
+          <t>Fantastik İcatlar Koleksiyonu-1 Uzaydaki Hapishane</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258319583</t>
+          <t>9786258319705</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bal Arkadaşım</t>
+          <t>Yüreğimi Sana Bıraktım</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258456035</t>
+          <t>9786258319699</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Öğretmenim</t>
+          <t>Yüreğimdeki Cemre</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258456028</t>
+          <t>9786258319712</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet İkliminde Çocuk Eğitimi</t>
+          <t>Yetenek Merkezli Eğitim</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258319538</t>
+          <t>9786258319736</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Gelecek 25 Yıl</t>
+          <t>Muallim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258319552</t>
+          <t>9786258319743</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Kirli Yüzü</t>
+          <t>Lider Sizsiniz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258319545</t>
+          <t>9786258319774</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Benim Sadık Yarim</t>
+          <t>Çolpan Yıldızı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258319514</t>
+          <t>9786258319767</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerin 1000 Yıllık Projesi</t>
+          <t>Farkındalık Bilinci</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258319460</t>
+          <t>9786258319750</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Uçurtması</t>
+          <t>Gül Olacaksın</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258913385</t>
+          <t>9786258319729</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Amiral Ahtapot Harekatı</t>
+          <t>Seninle Bin Yıl</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258319491</t>
+          <t>9786258319675</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dilek Fenerleri</t>
+          <t>Tarih-i Osmani Encümeni</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258319415</t>
+          <t>9786258319682</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mete Han</t>
+          <t>Felsefe ve Kelam Açısından Nefs ve Ahiret</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258319408</t>
+          <t>9786258319781</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sana Seni Anlatmak</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258913392</t>
+          <t>9786258319798</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ata Tohumlarının İzinde</t>
+          <t>Ağlamak Yasak</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258319484</t>
+          <t>9786258319637</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Evli Mutlu Çocuklu</t>
+          <t>Kara Eylül'ün Kırdığı Güller</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258319439</t>
+          <t>9786258319668</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Üç Kalp Bir Hayat</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258319477</t>
+          <t>9786258319644</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Denizin Solan Mavisi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258319378</t>
+          <t>9786258319613</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bir Mubadilin Dilinden Ordu Kültürü (Ciltli)</t>
+          <t>Yitik Maceralar 2 - Mürdümük Definesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258319453</t>
+          <t>9786258319606</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Alevi</t>
+          <t>Yitik Maceralar 1 - İkşut Elması</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258319422</t>
+          <t>9786258319590</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bahar Çiçekleri</t>
+          <t>Narsisizm</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258319446</t>
+          <t>9786258319569</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Stres-siz</t>
+          <t>Gökyüzü Şarkı Söyler Mi?</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258319354</t>
+          <t>9786258319521</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Hac</t>
+          <t>Göğü Delen Kuyu</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258319330</t>
+          <t>9786258319576</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşen Dilimiz ve Kavramlarımız</t>
+          <t>Gizemli Vadi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258319309</t>
+          <t>9786258319620</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Uyandırmak</t>
+          <t>Çiçek Açan Atkı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258319293</t>
+          <t>9786258319583</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Tamirhanesi</t>
+          <t>Bal Arkadaşım</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258319361</t>
+          <t>9786258456035</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Muştuları</t>
+          <t>İyi ki Varsın Öğretmenim</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258319217</t>
+          <t>9786258456028</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Değerli Bir Şey</t>
+          <t>Asr-ı Saadet İkliminde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258319347</t>
+          <t>9786258319538</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Zekat</t>
+          <t>Gelecek 25 Yıl</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258319316</t>
+          <t>9786258319552</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personeline Yönelik Disiplin Soruşturması Süreci</t>
+          <t>ABD'nin Kirli Yüzü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258319194</t>
+          <t>9786258319545</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Miki ve Komşuları</t>
+          <t>Benim Sadık Yarim</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258319323</t>
+          <t>9786258319514</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Stratejik Yönetim - 2</t>
+          <t>Yahudilerin 1000 Yıllık Projesi</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258319279</t>
+          <t>9786258319460</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ve İnatçı Rakamlar</t>
+          <t>Mutluluk Uçurtması</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258319255</t>
+          <t>9786258913385</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sesin Peşinde</t>
+          <t>Amiral Ahtapot Harekatı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258319200</t>
+          <t>9786258319491</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İnci Kozalak - Kutadgu Bilig</t>
+          <t>Dilek Fenerleri</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258319262</t>
+          <t>9786258319415</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>2055'e Yolculuk</t>
+          <t>Mete Han</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258319248</t>
+          <t>9786258319408</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ve Kurumsal Yaşamda Nezaket</t>
+          <t>Sana Seni Anlatmak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258319224</t>
+          <t>9786258913392</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Okunmamış Mektuplar</t>
+          <t>Ata Tohumlarının İzinde</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258319231</t>
+          <t>9786258319484</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Biz Varsak Korkma!</t>
+          <t>Evli Mutlu Çocuklu</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258319286</t>
+          <t>9786258319439</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Ötesinde</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258319187</t>
+          <t>9786258319477</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Enginar Sakladım</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258319064</t>
+          <t>9786258319378</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Tanıştın Mı?</t>
+          <t>Bir Mubadilin Dilinden Ordu Kültürü (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258319170</t>
+          <t>9786258319453</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Gönül</t>
+          <t>Okyanusun Alevi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258319132</t>
+          <t>9786258319422</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Herkes Bir Şey Söyler</t>
+          <t>Bahar Çiçekleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258319101</t>
+          <t>9786258319446</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Seyr-i Hal</t>
+          <t>Stres-siz</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258319163</t>
+          <t>9786258319354</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ayraç-2 Hacker Netjettin</t>
+          <t>Ruhumun İlacı Hac</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258319156</t>
+          <t>9786258319330</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şumga’nın Şifresi</t>
+          <t>Sekülerleşen Dilimiz ve Kavramlarımız</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258319125</t>
+          <t>9786258319309</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Keşf-i Hal</t>
+          <t>Güneşi Uyandırmak</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258319149</t>
+          <t>9786258319293</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Pir Kemal Dede</t>
+          <t>Oyuncak Tamirhanesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258319095</t>
+          <t>9786258319361</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Songül</t>
+          <t>Diriliş Muştuları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258319088</t>
+          <t>9786258319217</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Allah Seni Seviyor</t>
+          <t>Değerli Bir Şey</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258319057</t>
+          <t>9786258319347</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Rahatla Gönlüm</t>
+          <t>Ruhumun İlacı Zekat</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258319071</t>
+          <t>9786258319316</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mu’nun Çocukları</t>
+          <t>Kamu Personeline Yönelik Disiplin Soruşturması Süreci</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258319118</t>
+          <t>9786258319194</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kriz Deöneminde Stratejik Yönetim-1</t>
+          <t>Miki ve Komşuları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258456707</t>
+          <t>9786258319323</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Derdime Dermana Geldim</t>
+          <t>Kriz Döneminde Stratejik Yönetim - 2</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257131872</t>
+          <t>9786258319279</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Elif Kuran Harflerini Boyuyor</t>
+          <t>Çılgın Ve İnatçı Rakamlar</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258456813</t>
+          <t>9786258319255</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Namaz</t>
+          <t>Gizemli Sesin Peşinde</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258456806</t>
+          <t>9786258319200</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Kelime-i Şahadet</t>
+          <t>Kayıp İnci Kozalak - Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258456820</t>
+          <t>9786258319262</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun İlacı Oruç</t>
+          <t>2055'e Yolculuk</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258319040</t>
+          <t>9786258319248</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gibisin</t>
+          <t>Sosyal Ve Kurumsal Yaşamda Nezaket</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258456653</t>
+          <t>9786258319224</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Koşullanma</t>
+          <t>Çanakkale Okunmamış Mektuplar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258456677</t>
+          <t>9786258319231</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Feda Mevsimi</t>
+          <t>Biz Varsak Korkma!</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258456691</t>
+          <t>9786258319286</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Yıldızların Ötesinde</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258456646</t>
+          <t>9786258319187</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Lalihan</t>
+          <t>Senin İçin Enginar Sakladım</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258456684</t>
+          <t>9786258319064</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yollarda Hüzün Bizi Bekler</t>
+          <t>Kendinle Tanıştın Mı?</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258456660</t>
+          <t>9786258319170</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Sanatı</t>
+          <t>Vazgeçme Gönül</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257131933</t>
+          <t>9786258319132</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Diriliş: Mahşerin Galibi 1918-1925</t>
+          <t>Çünkü Herkes Bir Şey Söyler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055563899</t>
+          <t>9786258319101</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kırk Diyardan Masallar (Ciltli)</t>
+          <t>Seyr-i Hal</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055563677</t>
+          <t>9786258319163</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Akif'ten Gençliğe</t>
+          <t>Sihirli Ayraç-2 Hacker Netjettin</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055563509</t>
+          <t>9786258319156</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Krizantem</t>
+          <t>Şumga’nın Şifresi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786058456189</t>
+          <t>9786258319125</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sen Gibi Oldum Mu?</t>
+          <t>Keşf-i Hal</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258456196</t>
+          <t>9786258319149</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ugan'ın Gizli Dünyası</t>
+          <t>Pir Kemal Dede</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258456219</t>
+          <t>9786258319095</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Songül</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258456226</t>
+          <t>9786258319088</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Allah Seni Seviyor</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258456240</t>
+          <t>9786258319057</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Rahatla Gönlüm</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258456202</t>
+          <t>9786258319071</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tek Kişilik Deliliktir</t>
+          <t>Mu’nun Çocukları</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258456233</t>
+          <t>9786258319118</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Kriz Deöneminde Stratejik Yönetim-1</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258456257</t>
+          <t>9786258456707</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Derdime Dermana Geldim</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258456141</t>
+          <t>9786257131872</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>Ahmet İle Elif Kuran Harflerini Boyuyor</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258456172</t>
+          <t>9786258456813</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk İçin Öneriler</t>
+          <t>Ruhumun İlacı Namaz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258456165</t>
+          <t>9786258456806</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Fatihi Karabekir</t>
+          <t>Ruhumun İlacı Kelime-i Şahadet</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258456134</t>
+          <t>9786258456820</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Turan Ülküsü’nden Türk Birliği’ne</t>
+          <t>Ruhumun İlacı Oruç</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258456042</t>
+          <t>9786258319040</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Vakit Nakit Değildir</t>
+          <t>Yaralı Gibisin</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258456158</t>
+          <t>9786258456653</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Yarınlarına Dokunmak</t>
+          <t>Koşullanma</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258456080</t>
+          <t>9786258456677</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Aşk</t>
+          <t>Feda Mevsimi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258456103</t>
+          <t>9786258456691</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve İnsana Dair - Aforizmalarım</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258456097</t>
+          <t>9786258456646</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Yusuf ve Lalihan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258456110</t>
+          <t>9786258456684</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Bir Nefes</t>
+          <t>Yollarda Hüzün Bizi Bekler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258456059</t>
+          <t>9786258456660</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çöl - Yusuf İle Züleyha</t>
+          <t>Gençlik Sanatı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258456073</t>
+          <t>9786257131933</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk</t>
+          <t>Diriliş: Mahşerin Galibi 1918-1925</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258456011</t>
+          <t>9786055563899</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Umudun Resmi</t>
+          <t>Kırk Diyardan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257131957</t>
+          <t>9786055563677</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sır Perdesi</t>
+          <t>Akif'ten Gençliğe</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257131971</t>
+          <t>9786055563509</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gölge Çiçeği</t>
+          <t>Krizantem</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257131995</t>
+          <t>9786058456189</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Suyun Fısıltısı</t>
+          <t>Sen Gibi Oldum Mu?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257131988</t>
+          <t>9786258456196</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Begonvil Rüyası</t>
+          <t>Ugan'ın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258456004</t>
+          <t>9786258456219</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yası Tutulamayan Hayatlar</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257131964</t>
+          <t>9786258456226</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah - Alamut Kalesi</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257131865</t>
+          <t>9786258456240</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nadirane Gönül Sözü</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257131919</t>
+          <t>9786258456202</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki ve Medeni Boyutuyla Adab-ı Muaşeret</t>
+          <t>Aşk Tek Kişilik Deliliktir</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257131926</t>
+          <t>9786258456233</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldi Sınav</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257131900</t>
+          <t>9786258456257</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Göğe Yükselen Çınar</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257131902</t>
+          <t>9786258456141</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Ülküsü'nün Işığı Hoca Ahmet Yesevi</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257131896</t>
+          <t>9786258456172</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Avaz</t>
+          <t>Ailede Mutluluk İçin Öneriler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257131834</t>
+          <t>9786258456165</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Derin Devleti</t>
+          <t>Doğu’nun Fatihi Karabekir</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257131704</t>
+          <t>9786258456134</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Armegeddon</t>
+          <t>Turan Ülküsü’nden Türk Birliği’ne</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257131681</t>
+          <t>9786258456042</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Vakit Nakit Değildir</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257131711</t>
+          <t>9786258456158</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Kanunları</t>
+          <t>Gençliğin Yarınlarına Dokunmak</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>420</v>
+        <v>225</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257131810</t>
+          <t>9786258456080</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Asia</t>
+          <t>En Yakın Aşk</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257131827</t>
+          <t>9786258456103</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Annemden Sonra</t>
+          <t>Hayata ve İnsana Dair - Aforizmalarım</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257131803</t>
+          <t>9786258456097</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Masonlarla Mücadelesi</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257131728</t>
+          <t>9786258456110</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor Ki!</t>
+          <t>Bir Adım Bir Nefes</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257131841</t>
+          <t>9786258456059</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Allah'ım</t>
+          <t>Mavi Çöl - Yusuf İle Züleyha</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257131858</t>
+          <t>9786258456073</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Masonluk - Satanist Kuşatma</t>
+          <t>Ey Aşk</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257131735</t>
+          <t>9786258456011</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İstihbarat</t>
+          <t>Umudun Resmi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257131759</t>
+          <t>9786257131957</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Tabut</t>
+          <t>Sır Perdesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257131742</t>
+          <t>9786257131971</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Masonluğun Gizli Dili</t>
+          <t>Gölge Çiçeği</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257131780</t>
+          <t>9786257131995</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İsrail'il A Planı</t>
+          <t>Suyun Fısıltısı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257131773</t>
+          <t>9786257131988</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma Şuuru</t>
+          <t>Begonvil Rüyası</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257131766</t>
+          <t>9786258456004</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Konsey</t>
+          <t>Yası Tutulamayan Hayatlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257131698</t>
+          <t>9786257131964</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Hayır!</t>
+          <t>Hasan Sabbah - Alamut Kalesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257131797</t>
+          <t>9786257131865</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çalınmış Vatan Filistin</t>
+          <t>Nadirane Gönül Sözü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257131650</t>
+          <t>9786257131919</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kavala Kurabiyecisi</t>
+          <t>Ahlaki ve Medeni Boyutuyla Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257131636</t>
+          <t>9786257131926</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Hoş Geldi Sınav</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257131582</t>
+          <t>9786257131900</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimizdeki Mutluluk</t>
+          <t>Göğe Yükselen Çınar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257131599</t>
+          <t>9786257131902</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncılar</t>
+          <t>Türk İslam Ülküsü'nün Işığı Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257131612</t>
+          <t>9786257131896</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Piramit</t>
+          <t>Avaz</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257131605</t>
+          <t>9786257131834</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçme Hikayeler</t>
+          <t>Amerika'nın Derin Devleti</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257131674</t>
+          <t>9786257131704</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Lemurlar?</t>
+          <t>Armegeddon</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257131667</t>
+          <t>9786257131681</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Pervin Hanım'ın Arabası</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257131629</t>
+          <t>9786257131711</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Küresel Virüs Operasyonu</t>
+          <t>Tapınak Kanunları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257131490</t>
+          <t>9786257131810</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Şafak Süvarileri</t>
+          <t>Asia</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257131483</t>
+          <t>9786257131827</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>100 Yüzlü İnsan</t>
+          <t>Annemden Sonra</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257131575</t>
+          <t>9786257131803</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Dört Mevsimi</t>
+          <t>Atatürk'ün Masonlarla Mücadelesi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257131476</t>
+          <t>9786257131728</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kumru Yuvası</t>
+          <t>Şeytan Diyor Ki!</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257131506</t>
+          <t>9786257131841</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Seni Seviyorum Allah'ım</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257131513</t>
+          <t>9786257131858</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Mevsimi</t>
+          <t>Siyonizm ve Masonluk - Satanist Kuşatma</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257131520</t>
+          <t>9786257131735</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bence Sevmek Güzel</t>
+          <t>Metafizik İstihbarat</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257131544</t>
+          <t>9786257131759</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Kutsal Tabut</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257131568</t>
+          <t>9786257131742</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kavak Ağacı</t>
+          <t>Masonluğun Gizli Dili</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257131339</t>
+          <t>9786257131780</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Beni Siz Delirttiniz</t>
+          <t>İsrail'il A Planı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257131469</t>
+          <t>9786257131773</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Son Kalenin Burcundan</t>
+          <t>Kızıl Elma Şuuru</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257131452</t>
+          <t>9786257131766</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kara Osman Beg</t>
+          <t>Konsey</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257131445</t>
+          <t>9786257131698</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kerim</t>
+          <t>Hayır!</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257131308</t>
+          <t>9786257131797</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadislerden Hikmetli Sözler</t>
+          <t>Çalınmış Vatan Filistin</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257137346</t>
+          <t>9786257131650</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tüketme Şükret</t>
+          <t>Kavala Kurabiyecisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257131377</t>
+          <t>9786257131636</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Unutmak İşime Geliyor</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257131360</t>
+          <t>9786257131582</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Aşk Güncesi</t>
+          <t>Yüreğimizdeki Mutluluk</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257131322</t>
+          <t>9786257131599</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Bismillah</t>
+          <t>Son Akıncılar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257131414</t>
+          <t>9786257131612</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seyyahı</t>
+          <t>Piramit</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257131407</t>
+          <t>9786257131605</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sultan Murat</t>
+          <t>Safahat'tan Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257131391</t>
+          <t>9786257131674</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Osmanlı Şehzadeleri</t>
+          <t>Nereden Çıktı Bu Lemurlar?</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257131278</t>
+          <t>9786257131667</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Aşka Mahkum Hz. Yusuf</t>
+          <t>Pervin Hanım'ın Arabası</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257131285</t>
+          <t>9786257131629</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Alemdar</t>
+          <t>Küresel Virüs Operasyonu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057131225</t>
+          <t>9786257131490</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Dost Seçme Sanatı</t>
+          <t>Şafak Süvarileri</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257131193</t>
+          <t>9786257131483</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>100 Yüzlü İnsan</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257131209</t>
+          <t>9786257131575</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostum</t>
+          <t>Ömrümün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257131254</t>
+          <t>9786257131476</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Kumru Yuvası</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257131230</t>
+          <t>9786257131506</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Dua Et (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257131247</t>
+          <t>9786257131513</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Derin Kabus</t>
+          <t>Kardelen Mevsimi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257131148</t>
+          <t>9786257131520</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrolü</t>
+          <t>Bence Sevmek Güzel</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257131100</t>
+          <t>9786257131544</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257131094</t>
+          <t>9786257131568</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Son Yeniçeri</t>
+          <t>Kavak Ağacı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257131155</t>
+          <t>9786257131339</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm'in ve Yahudiliğin Gizli Tarihi</t>
+          <t>Beni Siz Delirttiniz</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257131162</t>
+          <t>9786257131469</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Derin Güçler</t>
+          <t>Son Kalenin Burcundan</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257131179</t>
+          <t>9786257131452</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İlluminati'nin Yeni Dünya Düzeni</t>
+          <t>Kara Osman Beg</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257131131</t>
+          <t>9786257131445</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Hasankeyf Ağladı</t>
+          <t>Kerim</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257131124</t>
+          <t>9786257131308</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yönetenlerin Günah Dosyaları</t>
+          <t>Kur'an-ı Kerim ve Hadislerden Hikmetli Sözler</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257131117</t>
+          <t>9786257137346</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Derin Suikastler</t>
+          <t>Tüketme Şükret</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257131186</t>
+          <t>9786257131377</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit ve Sarayındaki Amerikalı</t>
+          <t>Unutmak İşime Geliyor</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257131063</t>
+          <t>9786257131360</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İsminiz Kaderinizdir</t>
+          <t>Yazılmamış Aşk Güncesi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257131087</t>
+          <t>9786257131322</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çember</t>
+          <t>Yeniden Bismillah</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052232873</t>
+          <t>9786257131414</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (5 Kitap Takım)</t>
+          <t>Aşk Seyyahı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1660</v>
+        <v>170</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052232804</t>
+          <t>9786257131407</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (5 Kitap Takım)</t>
+          <t>Elveda Sultan Murat</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052232897</t>
+          <t>9786257131391</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
+          <t>Sıradışı Osmanlı Şehzadeleri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>1500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052232866</t>
+          <t>9786257131278</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler Seti (4 Kitap Takım)</t>
+          <t>Aşka Mahkum Hz. Yusuf</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>1310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052232859</t>
+          <t>9786257131285</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası Seti (5 Kitap Takım)</t>
+          <t>Alemdar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>1320</v>
+        <v>320</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052232842</t>
+          <t>9786057131225</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Hazine Seti (10 Kitap Takım)</t>
+          <t>Dost Seçme Sanatı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>2800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052232835</t>
+          <t>9786257131193</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Seti (5 Kitap Takım)</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>1270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052232828</t>
+          <t>9786257131209</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Seti (4 Kitap Takım)</t>
+          <t>Sevimli Dostum</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>1020</v>
+        <v>160</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052232880</t>
+          <t>9786257131254</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitim Seti (5 Kitap Takım)</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>1215</v>
+        <v>410</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052232811</t>
+          <t>9786257131230</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan Seti (5 Kitap Takım)</t>
+          <t>Dert Etme Dua Et (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>1570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052232965</t>
+          <t>9786257131247</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Dünya Tarihi</t>
+          <t>Derin Kabus</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052232941</t>
+          <t>9786257131148</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yakaza Adamları</t>
+          <t>Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257131001</t>
+          <t>9786257131100</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kartalın Sırrı</t>
+          <t>Yitik Zaman</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052232910</t>
+          <t>9786257131094</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sana Emanet</t>
+          <t>Son Yeniçeri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052232934</t>
+          <t>9786257131155</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Nil Mevsimi</t>
+          <t>Siyonizm'in ve Yahudiliğin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257131025</t>
+          <t>9786257131162</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Padişah Anaları - Mühr-i Muazzam</t>
+          <t>Osmanlı'dan Günümüze Derin Güçler</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052232927</t>
+          <t>9786257131179</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Devlet İçin Devlete Rağmen</t>
+          <t>İlluminati'nin Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052232996</t>
+          <t>9786257131131</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Bana Yüreğinle Gel</t>
+          <t>Hasankeyf Ağladı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052232972</t>
+          <t>9786257131124</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Dünyayı Yönetenlerin Günah Dosyaları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052232958</t>
+          <t>9786257131117</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yeraltının Saklı Hazineleri</t>
+          <t>Derin Suikastler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052232682</t>
+          <t>9786257131186</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sözhapsi</t>
+          <t>Abdülhamit ve Sarayındaki Amerikalı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052232705</t>
+          <t>9786257131063</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İsminiz Kaderinizdir</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052232675</t>
+          <t>9786257131087</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Mahrem-i Esrar</t>
+          <t>Kızıl Çember</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052232668</t>
+          <t>9786052232873</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Leylekli Konak</t>
+          <t>Tarih Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052232699</t>
+          <t>9786052232804</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Stefan Zweig Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052232644</t>
+          <t>9786052232897</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Elma Kuşları</t>
+          <t>Sherlock Holmes Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>170</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052232651</t>
+          <t>9786052232866</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Köy Saatçisi</t>
+          <t>Saklı Gerçekler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052232637</t>
+          <t>9786052232859</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Kuyu</t>
+          <t>Perde Arkası Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>230</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052232712</t>
+          <t>9786052232842</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bir Yüreğin Ölümü</t>
+          <t>Hazine Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052232729</t>
+          <t>9786052232835</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının 24 Saati</t>
+          <t>Gelişim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>120</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052232736</t>
+          <t>9786052232828</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Fenomen Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>120</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052232583</t>
+          <t>9786052232880</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İst1hbarat</t>
+          <t>Çocuk Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>260</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052232590</t>
+          <t>9786052232811</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Kurt Kapanı</t>
+          <t>Arka Plan Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>410</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052232576</t>
+          <t>9786052232965</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Son İşgal</t>
+          <t>Gizlenen Dünya Tarihi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052232569</t>
+          <t>9786052232941</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Petrol Kime Saklanıyor</t>
+          <t>Yakaza Adamları</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052232545</t>
+          <t>9786257131001</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İllüminati Deşifresi</t>
+          <t>Beyaz Kartalın Sırrı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052232552</t>
+          <t>9786052232910</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Cennete Açılan Kapı Ayasofya</t>
+          <t>Sevdam Sana Emanet</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052232422</t>
+          <t>9786052232934</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Kartalı</t>
+          <t>Nil Mevsimi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052232460</t>
+          <t>9786257131025</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yasaklar</t>
+          <t>Padişah Anaları - Mühr-i Muazzam</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052232224</t>
+          <t>9786052232927</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Su Rengi</t>
+          <t>Devlet İçin Devlete Rağmen</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052232439</t>
+          <t>9786052232996</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kırık Vazo</t>
+          <t>Bana Yüreğinle Gel</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052232507</t>
+          <t>9786052232972</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052232521</t>
+          <t>9786052232958</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Yeraltının Saklı Hazineleri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052232514</t>
+          <t>9786052232682</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gloria Scott Gemisi</t>
+          <t>Sözhapsi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052232491</t>
+          <t>9786052232705</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052232538</t>
+          <t>9786052232675</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Mahrem-i Esrar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052232484</t>
+          <t>9786052232668</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Uzaklarda Azalmasın</t>
+          <t>Leylekli Konak</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052232453</t>
+          <t>9786052232699</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ukde 3</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052232446</t>
+          <t>9786052232644</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ukde 2</t>
+          <t>Elma Kuşları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>540</v>
+        <v>170</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052232408</t>
+          <t>9786052232651</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Ben</t>
+          <t>Köy Saatçisi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052232378</t>
+          <t>9786052232637</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Minibüs</t>
+          <t>Dipsiz Kuyu</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052232385</t>
+          <t>9786052232712</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Elveda Rumeli</t>
+          <t>Bir Yüreğin Ölümü</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052232330</t>
+          <t>9786052232729</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Şehrinaz</t>
+          <t>Bir Kadının 24 Saati</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052232323</t>
+          <t>9786052232736</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ayraç</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052232347</t>
+          <t>9786052232583</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Gül Yürekli Sevdalar</t>
+          <t>İst1hbarat</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052232309</t>
+          <t>9786052232590</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Kadarsın</t>
+          <t>Siyasette Kurt Kapanı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052232286</t>
+          <t>9786052232576</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Ben</t>
+          <t>Son İşgal</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052232293</t>
+          <t>9786052232569</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Türkiye'de Petrol Kime Saklanıyor</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052232262</t>
+          <t>9786052232545</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ukde 1</t>
+          <t>İllüminati Deşifresi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052232231</t>
+          <t>9786052232552</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Sevda</t>
+          <t>Cennete Açılan Kapı Ayasofya</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052232156</t>
+          <t>9786052232422</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Umreye Gidiyorum (Ciltli)</t>
+          <t>Selçuklu Kartalı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052232149</t>
+          <t>9786052232460</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Masallar</t>
+          <t>Osmanlı'da Yasaklar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052232170</t>
+          <t>9786052232224</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti</t>
+          <t>Su Rengi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052232163</t>
+          <t>9786052232439</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum Anne</t>
+          <t>Kırık Vazo</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052232194</t>
+          <t>9786052232507</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Olmazsa Olmaz</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052232095</t>
+          <t>9786052232521</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dosya: Sınırsızlar</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052232064</t>
+          <t>9786052232514</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Az Kaldı</t>
+          <t>Sherlock Holmes - Gloria Scott Gemisi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052232040</t>
+          <t>9786052232491</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Duvak</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052232002</t>
+          <t>9786052232538</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Gözyaşları</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055563905</t>
+          <t>9786052232484</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Taşlar</t>
+          <t>Ömrüm Uzaklarda Azalmasın</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>950</v>
+        <v>280</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786055563912</t>
+          <t>9786052232453</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Şiraze</t>
+          <t>Ukde 3</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055563875</t>
+          <t>9786052232446</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Elif Kur'an Okumayı Öğreniyor</t>
+          <t>Ukde 2</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055563769</t>
+          <t>9786052232408</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>İhtimaller Dahilinde</t>
+          <t>Nevrotik Ben</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055563813</t>
+          <t>9786052232378</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Düzene</t>
+          <t>Kırmızı Minibüs</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055563837</t>
+          <t>9786052232385</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Kimim?</t>
+          <t>Elveda Rumeli</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055563806</t>
+          <t>9786052232330</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Özünüzde İyilik Var (Ciltli)</t>
+          <t>Şehrinaz</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055563790</t>
+          <t>9786052232323</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kaptan-ı Derya Barbaros Hayreddin</t>
+          <t>Sihirli Ayraç</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786055563776</t>
+          <t>9786052232347</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Protokol ve Kurumsal Davranış Kuralları</t>
+          <t>Gül Yürekli Sevdalar</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786055563783</t>
+          <t>9786052232309</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Kahve</t>
+          <t>İletişimin Kadarsın</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055563370</t>
+          <t>9786052232286</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ve...Tek Hece Aşk!</t>
+          <t>Şizofrenik Ben</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786055563608</t>
+          <t>9786052232293</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Fırtına - Kod Adı Ceyda 1</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055563516</t>
+          <t>9786052232262</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Abide Şahsiyet - Mehmet Akif Ersoy</t>
+          <t>Ukde 1</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786055563530</t>
+          <t>9786052232231</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Seni En Güzel Ben Sevdim</t>
+          <t>Gül ve Sevda</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055563165</t>
+          <t>9786052232156</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Keşke’lere Takılmayın</t>
+          <t>Yaşasın Umreye Gidiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>325</v>
+        <v>700</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786055563004</t>
+          <t>9786052232149</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler İçin</t>
+          <t>Sihirli Masallar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786055563547</t>
+          <t>9786052232170</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Aşk Beni Bulur</t>
+          <t>Seher Vakti</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
+          <t>9786052232163</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Korkuyorum Anne</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786052232194</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Olmazsa Olmaz</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786052232095</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Dosya: Sınırsızlar</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786052232064</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Az Kaldı</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786052232040</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Duvak</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786052232002</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Kehribar Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786055563905</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Taşlar</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786055563912</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Şiraze</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786055563875</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet İle Elif Kur'an Okumayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786055563769</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>İhtimaller Dahilinde</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786055563813</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Kaostan Düzene</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786055563837</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Anne Ben Kimim?</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786055563806</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Özünüzde İyilik Var (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786055563790</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan-ı Derya Barbaros Hayreddin</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786055563776</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Protokol ve Kurumsal Davranış Kuralları</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786055563783</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Karanfilli Kahve</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786055563370</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Ve...Tek Hece Aşk!</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786055563608</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına - Kod Adı Ceyda 1</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786055563516</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Abide Şahsiyet - Mehmet Akif Ersoy</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786055563530</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Seni En Güzel Ben Sevdim</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786055563165</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Keşke’lere Takılmayın</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786055563004</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Düşünenler İçin</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786055563547</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Beni Bulur</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
           <t>9786055563585</t>
         </is>
       </c>
-      <c r="B614" s="1" t="inlineStr">
+      <c r="B637" s="1" t="inlineStr">
         <is>
           <t>Cem Sultan</t>
         </is>
       </c>
-      <c r="C614" s="1">
+      <c r="C637" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>