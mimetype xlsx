--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,14050 +85,14275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255793461</t>
+          <t>9786256160996</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kitaba Övgü</t>
+          <t>Din ve Dil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256160927</t>
+          <t>9786059477369</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Mayınlı Tarlası</t>
+          <t>Zübdetü'l - İrfanı Fi Tedkiki'l - İtkan Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255724090</t>
+          <t>9786257413237</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Monologlar</t>
+          <t>Zübdetü'l-İrfan Fi Tedkiki'l-İtkan / Cilt 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256160965</t>
+          <t>9786256107816</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Olmasaydın Olmazdık</t>
+          <t>Açık Parantez</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256160941</t>
+          <t>9786255724137</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 1. Cilt</t>
+          <t>Esmerliğime Bakma</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256160958</t>
+          <t>9786259364308</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 2. Cilt</t>
+          <t>Samirî'nin Altın Buzağısından Fetullah'ın Altın Nesli'ne</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255724113</t>
+          <t>9786259382807</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Senden Güzeli Mi Var?</t>
+          <t>Türk Mitolojisi Kahramanlar ve Yaratıklar Serisi1 - Arçura</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255724106</t>
+          <t>9786255724120</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Buna Can Dayanır Mı?</t>
+          <t>Öğretme Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259758985</t>
+          <t>9786256107854</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beleki Bıdri ve Şeğo Aşiretleri</t>
+          <t>Poetika Akademisi 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786353179600</t>
+          <t>9786259382821</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İnsan Hakları Kuramı</t>
+          <t>Kamyon Arkası Aforizmaları</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255793447</t>
+          <t>9786256160354</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pael’ - Ruhlar Okulu</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255724083</t>
+          <t>9786256160361</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahit Sandığı</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256107793</t>
+          <t>9786256160309</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rüya Defteri</t>
+          <t>Öznesiz Hayatlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256107809</t>
+          <t>9786256252769</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Yürüyüşü</t>
+          <t>Merhaleler ve Merhabalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786353282300</t>
+          <t>9786057185686</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aşk Terapi</t>
+          <t>Selçuklu Hanedanının Asi Melikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259635453</t>
+          <t>9786052152188</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Değerler Eğitimi</t>
+          <t>İmam Şafiinin Kavl i Kadim ve Kavl i Cedidi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256160897</t>
+          <t>9786059853606</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözden Önceki Söz Sen Kimsin?</t>
+          <t>El-Edebu’s-Sağir ve’l-Edebu’l-Kebir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256252813</t>
+          <t>9786257009935</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>İbn Haldun’un Enetelektüel Portresi ve Din Felsefesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256160880</t>
+          <t>9786256045422</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İki Nefes Arası Hayat</t>
+          <t>Halit Paşa</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256160620</t>
+          <t>9786259419220</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Hazinesi</t>
+          <t>Şiir Düştü Toprağa</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256107786</t>
+          <t>9786259946184</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Tren Sesi</t>
+          <t>Kişisel Gerilim Hikayeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059686013</t>
+          <t>9786259946146</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kavramlar ve Düzenler</t>
+          <t>Hanzala - Avucumdaki Taşlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256107779</t>
+          <t>9786258205077</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Yol İşaretleri</t>
+          <t>Adıyaman’ın Manevi Gülleri ve Kanaat Önderleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256107762</t>
+          <t>9786257413992</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metinden Yoruma Eleştirel Okumalar</t>
+          <t>Kur'an Penceresinden Gündemdeki Konulara Bakış</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256252806</t>
+          <t>9786353140600</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve Yalnızlık</t>
+          <t>İman ve Bilinç</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256252820</t>
+          <t>9786353250200</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eğilir Her Şey Aşkla</t>
+          <t>Hayret Makamı - Meqame Heyrete</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256252837</t>
+          <t>9786353155000</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Asriler</t>
+          <t>Hedefteki Ülke İran</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256160521</t>
+          <t>9786059853330</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Erillik Dişilik</t>
+          <t>Nikah Medeniyeti</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256252790</t>
+          <t>9786059477253</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Elbet</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256160606</t>
+          <t>9786059853750</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Temelli Çocuk Eğitimi</t>
+          <t>Mütevatir Hadisler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256252776</t>
+          <t>9786257324786</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Benna Kutub ve İhvan</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259588377</t>
+          <t>9786257413633</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben Değerli Bir Çocuğum</t>
+          <t>Çığlıkları Tüketmek</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256107724</t>
+          <t>9786257413251</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Sesler</t>
+          <t>İslam Bilim Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257324823</t>
+          <t>9786257324090</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Arasında - Sanatın İzi</t>
+          <t>Akıl ve Bilim Işığında Açıklamalı Kur’an Meali</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786353942000</t>
+          <t>9786059686488</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Basri</t>
+          <t>Çocuğun Dini Eğitimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786353332005</t>
+          <t>9786052152553</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle ve Tarihle Güncellenmek</t>
+          <t>Kanlı Tarih Atlası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786353979002</t>
+          <t>9786057901606</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket</t>
+          <t>Kutsal Kitapların Sümer ve Babil'deki Yansımaları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054913954</t>
+          <t>9786256107823</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Umut Postası</t>
+          <t>Ömrüm Boyunca Düştüğüm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256107717</t>
+          <t>9786256107861</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Sahip</t>
+          <t>Yaşamak Deyince</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256160491</t>
+          <t>9786259758992</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
+          <t>Türkiye Üzerine Tanıklık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259608662</t>
+          <t>9786259382814</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Ökkeş Ede Fıkraları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259608648</t>
+          <t>9786256160972</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Cümlem Var</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259758978</t>
+          <t>9786256160989</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Ajandasından Türkiye Yüzyılı</t>
+          <t>Üniversiteli Su</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256160453</t>
+          <t>9786256160927</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Z-Kuşağında Eğitim ve Sınavlar</t>
+          <t>Geleneğin Mayınlı Tarlası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256160477</t>
+          <t>9786255724090</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Bilal</t>
+          <t>Münzevi Monologlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256160460</t>
+          <t>9786256160965</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kenan Diyarında Siyonizm Sorunu</t>
+          <t>Olmasaydın Olmazdık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256160484</t>
+          <t>9786256160941</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Kuşları</t>
+          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 1. Cilt</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256252752</t>
+          <t>9786256160958</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kim Kavgam</t>
+          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 2. Cilt</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259758961</t>
+          <t>9786255724113</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergi Suç ve Kabahatleri</t>
+          <t>Senden Güzeli Mi Var?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259608624</t>
+          <t>9786255724106</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Şehrine Açılan Kapılar</t>
+          <t>Buna Can Dayanır Mı?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256160323</t>
+          <t>9786259758985</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Kur’an Öğrenme Rehberi</t>
+          <t>Beleki Bıdri ve Şeğo Aşiretleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256160378</t>
+          <t>9786353179600</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müslüman’ın Anlam Arayışı</t>
+          <t>Alternatif İnsan Hakları Kuramı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256252745</t>
+          <t>9786255793447</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İçerden Sesler</t>
+          <t>Pael’ - Ruhlar Okulu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256160446</t>
+          <t>9786255724083</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mitra’dan, Mehdi’ye Zerdüşt’ten, Humeyni’ye İran</t>
+          <t>Ahit Sandığı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256160439</t>
+          <t>9786256107793</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bağlılık Kuramı</t>
+          <t>Rüya Defteri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256107403</t>
+          <t>9786256107809</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Acele Cevap Beklerim</t>
+          <t>Ayrılık Yürüyüşü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259495460</t>
+          <t>9786353282300</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Macera Günlüğü</t>
+          <t>Aşk Terapi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055152782</t>
+          <t>9786259635453</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gökte Asılı Şarkılar</t>
+          <t>Ayet ve Hadislerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259495446</t>
+          <t>9786256160897</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Sav)</t>
+          <t>İlk Sözden Önceki Söz Sen Kimsin?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259495453</t>
+          <t>9786256252813</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meryem Dünya Kardeşlik Elçisi</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259580371</t>
+          <t>9786256160880</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Renkleri</t>
+          <t>İki Nefes Arası Hayat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259580364</t>
+          <t>9786256160620</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Siz Aysınız Ben Sizin Güneş Olmanızı İstiyorum</t>
+          <t>Erdemler Hazinesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256252738</t>
+          <t>9786256107786</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Umut Hüzmesi</t>
+          <t>Uzakta Bir Tren Sesi</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256160385</t>
+          <t>9786059686013</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dilinden Ademoğlu</t>
+          <t>Çağdaş Kavramlar ve Düzenler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256160279</t>
+          <t>9786256107779</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık Karşısında Kürtler</t>
+          <t>Şiirin Yol İşaretleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256252721</t>
+          <t>9786256107762</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arasta</t>
+          <t>Metinden Yoruma Eleştirel Okumalar</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256107397</t>
+          <t>9786256252806</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şehir Yürüyüşleri</t>
+          <t>Şehirler ve Yalnızlık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256107380</t>
+          <t>9786256252820</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Çocukları Olmak</t>
+          <t>Eğilir Her Şey Aşkla</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259758916</t>
+          <t>9786256252837</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mesih’i Yeryüzüne Getirme İttifakı Siyonizm ile Chabad</t>
+          <t>Asriler</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256107373</t>
+          <t>9786256160521</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Borges Borges</t>
+          <t>Erillik Dişilik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256252714</t>
+          <t>9786256252790</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hüzün-Baz Şiirler</t>
+          <t>Bir Gün Elbet</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259758947</t>
+          <t>9786256160606</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi’nin Siyaset Dahisi Kardeşi Melik Adil</t>
+          <t>Ahlak Temelli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259758954</t>
+          <t>9786256252776</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Son Fatımi Halifesi Adıd-Lidinillah</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256107359</t>
+          <t>9786259588377</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kara Dehlizlerde Ben</t>
+          <t>Ben Değerli Bir Çocuğum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259758930</t>
+          <t>9786256107724</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Humus Eyyubi Beyliği</t>
+          <t>Ömürlük Sesler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259758923</t>
+          <t>9786257324823</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Kölelik Sistemine ve Kölelere Yaklaşımı</t>
+          <t>Yer Gök Arasında - Sanatın İzi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256107366</t>
+          <t>9786353942000</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Köseği</t>
+          <t>Hasan El-Basri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256107342</t>
+          <t>9786353332005</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Irmakları</t>
+          <t>Vahiyle ve Tarihle Güncellenmek</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256252707</t>
+          <t>9786353979002</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Hatıralar Dehlizi</t>
+          <t>İslami Hareket</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256160293</t>
+          <t>9786054913954</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Başucu Ayetleri</t>
+          <t>Umut Postası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256252677</t>
+          <t>9786256107717</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünden İnsan Manzaraları</t>
+          <t>Yedinci Sahip</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256107311</t>
+          <t>9786256160491</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Peygamberler Tarihi</t>
+          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256160286</t>
+          <t>9786259758978</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Biz Ki: Oruç Tutarız Bizi Kimse Tutamaz</t>
+          <t>Endülüs Ajandasından Türkiye Yüzyılı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256252691</t>
+          <t>9786256160453</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarihi İstanbul</t>
+          <t>Z-Kuşağında Eğitim ve Sınavlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256107328</t>
+          <t>9786256160477</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Geceye Sürgün Sesim</t>
+          <t>Seyyid Bilal</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256107335</t>
+          <t>9786256160460</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sonra Akşam</t>
+          <t>Kenan Diyarında Siyonizm Sorunu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256107304</t>
+          <t>9786256160484</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Ne Olacak</t>
+          <t>İbrahim’in Kuşları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256160262</t>
+          <t>9786256252752</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rol Model Kadınlar</t>
+          <t>Kim Kavgam</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256160095</t>
+          <t>9786259758961</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece 4 Cennet Yolcuları</t>
+          <t>Türk Hukukunda Vergi Suç ve Kabahatleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256160125</t>
+          <t>9786256160323</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Aşka Adanmış Hayat Hz. Ali</t>
+          <t>En Kolay Kur’an Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256160057</t>
+          <t>9786256160378</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Vahiy / Akıl Işığında Dinlerin Tahrif Edenlere Bakış</t>
+          <t>Müslüman’ın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258205893</t>
+          <t>9786256252745</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Doğan Hoca</t>
+          <t>İçerden Sesler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258205879</t>
+          <t>9786256160446</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Modern Ulus Devlet</t>
+          <t>Mitra’dan, Mehdi’ye Zerdüşt’ten, Humeyni’ye İran</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258205787</t>
+          <t>9786256160439</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yüzyılı Hakkında Ne Dediler?</t>
+          <t>Bağlılık Kuramı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258205770</t>
+          <t>9786256107403</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>El Beyan ve-l Mizan ve-l Hadid</t>
+          <t>Acele Cevap Beklerim</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258205725</t>
+          <t>9786259495460</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cemel Vak’ası</t>
+          <t>Macera Günlüğü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258205626</t>
+          <t>9786055152782</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Umrecinin Yol Haritası</t>
+          <t>Gökte Asılı Şarkılar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258205619</t>
+          <t>9786259495446</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ömre Bedel Bir Umre</t>
+          <t>Hz. Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258205435</t>
+          <t>9786259495453</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Aldatanlar</t>
+          <t>Meryem Dünya Kardeşlik Elçisi</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258205350</t>
+          <t>9786256252738</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hac - Umre Rehberi</t>
+          <t>Umut Hüzmesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258205206</t>
+          <t>9786256160385</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Deizm ve Sekülerizm</t>
+          <t>Vahyin Dilinden Ademoğlu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258422238</t>
+          <t>9786256160279</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Rahmet Yağmuru Ramazan</t>
+          <t>Irkçılık Karşısında Kürtler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054913930</t>
+          <t>9786256252721</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kuşağa Mektup</t>
+          <t>Arasta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057901200</t>
+          <t>9786256107397</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ey Emaneti Yüklenen İnsan</t>
+          <t>Şehir Yürüyüşleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059853569</t>
+          <t>9786256107380</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle Yürümek</t>
+          <t>Cennetin Çocukları Olmak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786353229800</t>
+          <t>9786259758916</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler ve Devrimler</t>
+          <t>Mesih’i Yeryüzüne Getirme İttifakı Siyonizm ile Chabad</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054913466</t>
+          <t>9786256107373</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l Kalb</t>
+          <t>Borges Borges</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756353400</t>
+          <t>9786256252714</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İsyan Notaları</t>
+          <t>Hüzün-Baz Şiirler</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054913794</t>
+          <t>9786259758947</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Çağrısı</t>
+          <t>Selahaddin Eyyubi’nin Siyaset Dahisi Kardeşi Melik Adil</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786353157400</t>
+          <t>9786259758954</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İslami Davete Dair</t>
+          <t>Son Fatımi Halifesi Adıd-Lidinillah</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059686631</t>
+          <t>9786256107359</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil</t>
+          <t>Kara Dehlizlerde Ben</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059686112</t>
+          <t>9786259758930</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Humus Eyyubi Beyliği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786353942006</t>
+          <t>9786259758923</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Basri</t>
+          <t>Hz. Peygamber’in Kölelik Sistemine ve Kölelere Yaklaşımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052152584</t>
+          <t>9786256107366</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Namaz Vaktin Nöbetini Tutrmaktır</t>
+          <t>Köseği</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059477147</t>
+          <t>9786256107342</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tevhidi Toplum Özlemi</t>
+          <t>Dünyanın Bütün Irmakları</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059853002</t>
+          <t>9786256252707</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu ve İrade Davası</t>
+          <t>Kırgın Hatıralar Dehlizi</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059477604</t>
+          <t>9786256160293</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kavramları Sözlüğü - Müfredat (Ciltli)</t>
+          <t>Başucu Ayetleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059686594</t>
+          <t>9786256252677</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ben Rabbime Gidiyorum</t>
+          <t>Yeryüzünden İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059853859</t>
+          <t>9786256107311</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>Şiirlerle Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059686174</t>
+          <t>9786256160286</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Yusuf</t>
+          <t>Biz Ki: Oruç Tutarız Bizi Kimse Tutamaz</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054913992</t>
+          <t>9786256252691</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Ahlakı</t>
+          <t>Tarihi İstanbul</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059686976</t>
+          <t>9786256107328</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Nikah Bir İbadettir</t>
+          <t>Geceye Sürgün Sesim</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054913022</t>
+          <t>9786256107335</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Bir Eylem Davet</t>
+          <t>Sonra Akşam</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054913749</t>
+          <t>9786256107304</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an-ı Kerim'in Türkçe Anlamı (1. Hamur)</t>
+          <t>Şimdi Ne Olacak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059853620</t>
+          <t>9786256160262</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Psikoloji</t>
+          <t>Rol Model Kadınlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257324083</t>
+          <t>9786256160095</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yoldakiler</t>
+          <t>Kabirde İlk Gece 4 Cennet Yolcuları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257324779</t>
+          <t>9786256160125</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İleri Karakol</t>
+          <t>Zülfikar Aşka Adanmış Hayat Hz. Ali</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257413121</t>
+          <t>9786256160057</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası Toplum - Posthümanism</t>
+          <t>Vahiy / Akıl Işığında Dinlerin Tahrif Edenlere Bakış</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257009140</t>
+          <t>9786258205893</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen İhanet: Emperyalizmin Gölgesinde Filistin Sorunu ve Uluslararası Hukuk</t>
+          <t>Ahmet Doğan Hoca</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059477192</t>
+          <t>9786258205879</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri ve Surelerin Özeti</t>
+          <t>Modern Ulus Devlet</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756353028</t>
+          <t>9786258205787</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe Arasında İslam Tasavvufu</t>
+          <t>Cumhuriyetin İlk Yüzyılı Hakkında Ne Dediler?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786353262500</t>
+          <t>9786258205770</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Yolu</t>
+          <t>El Beyan ve-l Mizan ve-l Hadid</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756353103</t>
+          <t>9786258205725</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ömer bin Abdülaziz</t>
+          <t>Cemel Vak’ası</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786353328701</t>
+          <t>9786258205626</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>31 Mart’tan 28 Şubat’a - Karanlık Yıllar</t>
+          <t>Umrecinin Yol Haritası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>282</v>
+        <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786353266300</t>
+          <t>9786258205619</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’ın Çözülen Kodları</t>
+          <t>Ömre Bedel Bir Umre</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257009539</t>
+          <t>9786258205435</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tasarımın İhtişamı Evrimin Tutarsızlığı</t>
+          <t>Dünyayı Aldatanlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257009065</t>
+          <t>9786258205350</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Şehirler ve Şiirler</t>
+          <t>Hac - Umre Rehberi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256252547</t>
+          <t>9786258205206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yolcu</t>
+          <t>Teoriden Pratiğe Deizm ve Sekülerizm</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259443560</t>
+          <t>9786258422238</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kafesi Gazze’de Baba Olmak</t>
+          <t>Ayet ve Hadislerle Rahmet Yağmuru Ramazan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259419213</t>
+          <t>9786054913930</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Ağaç Kabukları</t>
+          <t>Kayıp Kuşağa Mektup</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259946191</t>
+          <t>9786057901200</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Öfke</t>
+          <t>Ey Emaneti Yüklenen İnsan</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057312549</t>
+          <t>9786059853569</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cihan Sultanı Melikşah</t>
+          <t>Vahiyle Yürümek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786353167300</t>
+          <t>9786353229800</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şifa Bulmaz Hastalıklar Üzerine Aforizmalar</t>
+          <t>Toplumsal Hareketler ve Devrimler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258422399</t>
+          <t>9786054913466</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Harika Beşli - 1</t>
+          <t>Kitabu’l Kalb</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257413282</t>
+          <t>9789756353400</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sultan Melikşah</t>
+          <t>İsyan Notaları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259862934</t>
+          <t>9786054913794</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hişt Allah’ın Kamerası Kayıtta</t>
+          <t>Kardeşlik Çağrısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057234339</t>
+          <t>9786353157400</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hazırsan Başlayalım</t>
+          <t>İslami Davete Dair</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258422566</t>
+          <t>9786059686631</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Aşkar'ın Peşinde</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057901057</t>
+          <t>9786059686112</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan İzler</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052152652</t>
+          <t>9786353942006</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Vahiy - Akıl Dengesinde Dini Doğru Yaşamak</t>
+          <t>Hasan el-Basri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057901545</t>
+          <t>9786052152584</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve İbn Sina</t>
+          <t>Namaz Vaktin Nöbetini Tutrmaktır</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052152669</t>
+          <t>9786059477147</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Vahiy - Akıl Işığında Dini Doğru Anlamak</t>
+          <t>Tevhidi Toplum Özlemi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257324557</t>
+          <t>9786059853002</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sınavı Kazandım</t>
+          <t>Nurettin Topçu ve İrade Davası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259802176</t>
+          <t>9786059477604</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba Şeyh Hamid-i Velî</t>
+          <t>Kur'an Kavramları Sözlüğü - Müfredat (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>800</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259405919</t>
+          <t>9786059686594</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hac Ahkamının Hadislerdeki Dayanakları</t>
+          <t>Ben Rabbime Gidiyorum</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057185679</t>
+          <t>9786059853859</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Dua Zamanı</t>
+          <t>Son Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059686136</t>
+          <t>9786059686174</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Namaz-Oruç Psikolojisi</t>
+          <t>Hüsn-i Yusuf</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059477437</t>
+          <t>9786054913992</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çağında Toplumsal Değerler</t>
+          <t>Evlilik Ahlakı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059477581</t>
+          <t>9786059686976</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İzzüddin b. Abdüsselam'ın İslam Hukuk Bilimindeki Yeri ve Önemi</t>
+          <t>Nikah Bir İbadettir</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059686082</t>
+          <t>9786054913022</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Psikoloijk Yöneliş</t>
+          <t>Nebevi Bir Eylem Davet</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000030761</t>
+          <t>9786054913749</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Cuma Suresi Tefsiri (Karton Kapak)</t>
+          <t>Nüzul Sırasına Göre Kur'an-ı Kerim'in Türkçe Anlamı (1. Hamur)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259855851</t>
+          <t>9786059853620</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Araftan Aşka</t>
+          <t>İslam ve Psikoloji</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256107267</t>
+          <t>9786257324083</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuytu Kuyu</t>
+          <t>Yoldakiler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259901831</t>
+          <t>9786257324779</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Su Yontusu</t>
+          <t>İleri Karakol</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256252684</t>
+          <t>9786257413121</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tütün Yaprağı</t>
+          <t>İnsan Sonrası Toplum - Posthümanism</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256252660</t>
+          <t>9786257009140</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İyi ihtimaller</t>
+          <t>Bitmeyen İhanet: Emperyalizmin Gölgesinde Filistin Sorunu ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256160255</t>
+          <t>9786059477192</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Misallerle Bi’dat, Hurafe, Safsata</t>
+          <t>Kur'an İlimleri ve Surelerin Özeti</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256252639</t>
+          <t>9789756353028</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçalar</t>
+          <t>Din ve Felsefe Arasında İslam Tasavvufu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256107281</t>
+          <t>9786353262500</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit Leyla</t>
+          <t>Cennetin Yolu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256252646</t>
+          <t>9789756353103</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bayat Çağla</t>
+          <t>Ömer bin Abdülaziz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256107298</t>
+          <t>9786353328701</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Mesel</t>
+          <t>31 Mart’tan 28 Şubat’a - Karanlık Yıllar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>282</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256252561</t>
+          <t>9786353266300</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran</t>
+          <t>28 Şubat’ın Çözülen Kodları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256252653</t>
+          <t>9786257009539</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Aşk Hikayesi</t>
+          <t>Tasarımın İhtişamı Evrimin Tutarsızlığı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786259733654</t>
+          <t>9786257009065</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Super Hero</t>
+          <t>Yerin Kulağı Şehirler ve Şiirler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786259733609</t>
+          <t>9786256252547</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Life</t>
+          <t>İçimdeki Yolcu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259733630</t>
+          <t>9786259443560</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Amber</t>
+          <t>Ölüm Kafesi Gazze’de Baba Olmak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786259733616</t>
+          <t>9786259419213</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>To be a Mother</t>
+          <t>Yaralı Ağaç Kabukları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259733647</t>
+          <t>9786259946191</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Longevity</t>
+          <t>Taş ve Öfke</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259733623</t>
+          <t>9786057312549</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Avicenna</t>
+          <t>Cihan Sultanı Melikşah</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259758909</t>
+          <t>9786353167300</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyasındaki Siyasi Hareketler</t>
+          <t>Şifa Bulmaz Hastalıklar Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256252622</t>
+          <t>9786259862934</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Kafiyesi</t>
+          <t>Hişt Hişt Allah’ın Kamerası Kayıtta</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256160248</t>
+          <t>9786057234339</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizi Uyandırmak</t>
+          <t>Hazırsan Başlayalım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256252608</t>
+          <t>9786258422566</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Ölümü</t>
+          <t>Battal Gazi - Aşkar'ın Peşinde</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256252592</t>
+          <t>9786057901057</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Yağmurdan İzler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256252585</t>
+          <t>9786052152652</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Sır</t>
+          <t>Vahiy - Akıl Dengesinde Dini Doğru Yaşamak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256252578</t>
+          <t>9786057901545</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Farabi ve İbn Sina</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256107274</t>
+          <t>9786052152669</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’nin Çığlığı</t>
+          <t>Vahiy - Akıl Işığında Dini Doğru Anlamak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256160156</t>
+          <t>9786257324557</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşın Kim?</t>
+          <t>Sınavı Kazandım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259416632</t>
+          <t>9786259802176</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Artık Bitti (Mi)</t>
+          <t>Somuncu Baba Şeyh Hamid-i Velî</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054913589</t>
+          <t>9786259405919</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Üzerine Tezler</t>
+          <t>Hac Ahkamının Hadislerdeki Dayanakları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256160224</t>
+          <t>9786057185679</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zekatımı Nereye Vermeliyim?</t>
+          <t>Şimdi Dua Zamanı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256160200</t>
+          <t>9786059686136</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 2</t>
+          <t>Namaz-Oruç Psikolojisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256160194</t>
+          <t>9786059477437</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 1</t>
+          <t>Küreselleşme Çağında Toplumsal Değerler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256160231</t>
+          <t>9786059477581</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yüreklerden Kopan Fırtınalar</t>
+          <t>İzzüddin b. Abdüsselam'ın İslam Hukuk Bilimindeki Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256160217</t>
+          <t>9786059686082</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş için Temel İslami Din Dersleri - Pratik ve Kolay</t>
+          <t>Kur'an'a Psikoloijk Yöneliş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256160170</t>
+          <t>3990000030761</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cuma Namazı</t>
+          <t>Cuma Suresi Tefsiri (Karton Kapak)</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256659872</t>
+          <t>9786259855851</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Fox’un Oyunu Kurt’un Planı</t>
+          <t>Araftan Aşka</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256160163</t>
+          <t>9786256107267</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İşin Hilesi Dürüstlüktür</t>
+          <t>Kuytu Kuyu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256107250</t>
+          <t>9786259901831</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Benim Kayıp Şairlerim</t>
+          <t>Su Yontusu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256107243</t>
+          <t>9786256252684</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayli Ne Çok</t>
+          <t>Tütün Yaprağı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256252554</t>
+          <t>9786256252660</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mühür</t>
+          <t>İyi ihtimaller</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256160040</t>
+          <t>9786256160255</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rasyonel Düşünce</t>
+          <t>Misallerle Bi’dat, Hurafe, Safsata</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256160064</t>
+          <t>9786256252639</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sistemin İnşası</t>
+          <t>Eksik Parçalar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256160088</t>
+          <t>9786256107281</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Yolcuları</t>
+          <t>Beş Vakit Leyla</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256107236</t>
+          <t>9786256252646</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dost(ç)a Beyitler</t>
+          <t>Bayat Çağla</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256160071</t>
+          <t>9786256107298</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mutluluk</t>
+          <t>Otuzüç Mesel</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256160118</t>
+          <t>9786256252561</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sevginin Şifreleri</t>
+          <t>Kıyıya Vuran</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256160101</t>
+          <t>9786256252653</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hüzün Biraz Tebessüm İşte Hayat</t>
+          <t>Kırık Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256107229</t>
+          <t>9786259733654</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eğer İçinizden Biri</t>
+          <t>Super Hero</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256160132</t>
+          <t>9786259733609</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kılavuzdan Yolcuya</t>
+          <t>Life</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256160149</t>
+          <t>9786259733630</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Peygamberinden Aşka Adanmış Kırk Söz</t>
+          <t>Amber</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256252530</t>
+          <t>9786259733616</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İlanı</t>
+          <t>To be a Mother</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256045774</t>
+          <t>9786259733647</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İslam, Devlet ve Aksa</t>
+          <t>Longevity</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256252523</t>
+          <t>9786259733623</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Yapraklar</t>
+          <t>Avicenna</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259802190</t>
+          <t>9786259758909</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Ruh Sağlığı ve Bozuklukları (Psikopatoloji)</t>
+          <t>İslam Coğrafyasındaki Siyasi Hareketler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256107212</t>
+          <t>9786256252622</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bahçelerde Yapayalnız</t>
+          <t>Güzellik Kafiyesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256659070</t>
+          <t>9786256160248</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Masalı</t>
+          <t>Kalbimizi Uyandırmak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256045750</t>
+          <t>9786256252608</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernite</t>
+          <t>Sırrın Ölümü</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256045781</t>
+          <t>9786256252592</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cuma ve Zuhr-i Ahir Risalesi</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256045798</t>
+          <t>9786256252585</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda İslam Ceza Hukuku</t>
+          <t>Ölümüne Sır</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256252516</t>
+          <t>9786256252578</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dosta Dostça</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786259802183</t>
+          <t>9786256107274</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Farklı Belediyecilik</t>
+          <t>Türkçe’nin Çığlığı</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256659889</t>
+          <t>9786256160156</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sanal İlişki Bağımlılığı</t>
+          <t>Arkadaşın Kim?</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786259802169</t>
+          <t>9786054913589</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Takriri Sünnet ve Değeri</t>
+          <t>Yeni Türkiye Üzerine Tezler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256045095</t>
+          <t>9786256160224</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anne Olabilmek</t>
+          <t>Zekatımı Nereye Vermeliyim?</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786259405933</t>
+          <t>9786256160200</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İntihar Anlayışı ve Kriz Anını Yönetme</t>
+          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 2</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256252493</t>
+          <t>9786256160194</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Laleler</t>
+          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 1</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256045088</t>
+          <t>9786256160231</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kimlik ve Grup Üyeliği</t>
+          <t>Yüreklerden Kopan Fırtınalar</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256252486</t>
+          <t>9786256160217</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İnsan Müzesi</t>
+          <t>Her Yaş için Temel İslami Din Dersleri - Pratik ve Kolay</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786259443584</t>
+          <t>9786256160170</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Cuma Namazı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256045057</t>
+          <t>9786256659872</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Mitoloji ve Fantastik</t>
+          <t>Fox’un Oyunu Kurt’un Planı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256659032</t>
+          <t>9786256160163</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Beni Niye Bulmadın?</t>
+          <t>İşin Hilesi Dürüstlüktür</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256045071</t>
+          <t>9786256107250</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktidar</t>
+          <t>Benim Kayıp Şairlerim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256045064</t>
+          <t>9786256107243</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Transformasyon Sinema ve İnsan</t>
+          <t>Bir Hayli Ne Çok</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256045040</t>
+          <t>9786256252554</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Umut Var</t>
+          <t>Mühür</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256045026</t>
+          <t>9786256160040</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Giriş Temel İlkeler 2</t>
+          <t>Rasyonel Düşünce</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256045019</t>
+          <t>9786256160064</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Giriş Temel İlkeler 1</t>
+          <t>Toplumsal Sistemin İnşası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256045002</t>
+          <t>9786256160088</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Sevdiği Kullardan Olmak</t>
+          <t>Cehennem Yolcuları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786259855875</t>
+          <t>9786256107236</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağusu</t>
+          <t>Dost(ç)a Beyitler</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786259855882</t>
+          <t>9786256160071</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>Sessiz Mutluluk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786353143700</t>
+          <t>9786256160118</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Namaz Devrimi</t>
+          <t>Kur’an’da Sevginin Şifreleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057901675</t>
+          <t>9786256160101</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İslam Eşya ve Borçlar Hukuku</t>
+          <t>Biraz Hüzün Biraz Tebessüm İşte Hayat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786259443577</t>
+          <t>9786256107229</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatta En Çok Engelimi Sevdim</t>
+          <t>Eğer İçinizden Biri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786259855844</t>
+          <t>9786256160132</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Modernite ve Beyaz Bayrak</t>
+          <t>Kılavuzdan Yolcuya</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786259443553</t>
+          <t>9786256160149</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İçimde Kalanlar</t>
+          <t>Allah’ın Peygamberinden Aşka Adanmış Kırk Söz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786259855837</t>
+          <t>9786256252530</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Başucunda Çiçekler Açmış</t>
+          <t>Kayıp İlanı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786259855820</t>
+          <t>9786256045774</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tenhalayın Kalbimi</t>
+          <t>İslam, Devlet ve Aksa</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786259855813</t>
+          <t>9786256252523</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Altı Çizili Satırlar</t>
+          <t>Konuşan Yapraklar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786259443539</t>
+          <t>9786259802190</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Nevbahar</t>
+          <t>Psikolojide Ruh Sağlığı ve Bozuklukları (Psikopatoloji)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786259443546</t>
+          <t>9786256107212</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Çiçek Açtı Mı</t>
+          <t>Bahçelerde Yapayalnız</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258422580</t>
+          <t>9786256659070</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Allah İlk Öğretmenim</t>
+          <t>Bir Göç Masalı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256659018</t>
+          <t>9786256045750</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Uzak Derler</t>
+          <t>Gelenek ve Modernite</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258422603</t>
+          <t>9786256045781</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ölüm</t>
+          <t>Cuma ve Zuhr-i Ahir Risalesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258205497</t>
+          <t>9786256045798</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sırat Köprüsünde Heyecan</t>
+          <t>Modern Çağda İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258205992</t>
+          <t>9786256252516</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Seyri</t>
+          <t>Dosta Dostça</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258205978</t>
+          <t>9786259802183</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Farklı Belediyecilik</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258205251</t>
+          <t>9786256659889</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Beni Dinler Misiniz?</t>
+          <t>Sanal İlişki Bağımlılığı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258205916</t>
+          <t>9786259802169</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı İnsanın Değeri</t>
+          <t>Takriri Sünnet ve Değeri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786259443522</t>
+          <t>9786256045095</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Terapist - Bir Aile Terapistinin Notları</t>
+          <t>Anne Olabilmek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258205985</t>
+          <t>9786259405933</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Seyri</t>
+          <t>İntihar Anlayışı ve Kriz Anını Yönetme</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258205954</t>
+          <t>9786256252493</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Derin Notlar</t>
+          <t>Kanayan Laleler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258205930</t>
+          <t>9786256045088</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Sevda</t>
+          <t>Sosyal Kimlik ve Grup Üyeliği</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258205923</t>
+          <t>9786256252486</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre İlmihali</t>
+          <t>İnsan Müzesi</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258205947</t>
+          <t>9786259443584</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kaderdir</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786259405926</t>
+          <t>9786256045057</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeni Harflerle Dualar ve Sureler</t>
+          <t>Yaşar Kemal Mitoloji ve Fantastik</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258205961</t>
+          <t>9786256045071</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Cevamiu's Sire</t>
+          <t>Siyasal İktidar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258205909</t>
+          <t>9786256045064</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İslam İktisadı</t>
+          <t>Transformasyon Sinema ve İnsan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786259855806</t>
+          <t>9786256045040</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Seni Beklerken Ben Böyle</t>
+          <t>Her Zaman Umut Var</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786259419251</t>
+          <t>9786256045026</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Atlar Harabesi</t>
+          <t>Giriş Temel İlkeler 2</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786259419268</t>
+          <t>9786256045019</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yürüyenler</t>
+          <t>Giriş Temel İlkeler 1</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786259419299</t>
+          <t>9786256045002</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ben Ayşe Adile</t>
+          <t>Allah’ın Sevdiği Kullardan Olmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786259419282</t>
+          <t>9786259855875</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Aşk Ağusu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259419275</t>
+          <t>9786259855882</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786259443508</t>
+          <t>9786353143700</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Dilbace’si</t>
+          <t>Namaz Devrimi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786259901893</t>
+          <t>9786057901675</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>İslam Eşya ve Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258205831</t>
+          <t>9786259443577</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şehre Dair</t>
+          <t>Bu Hayatta En Çok Engelimi Sevdim</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258205848</t>
+          <t>9786259855844</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Öykü</t>
+          <t>Modernite ve Beyaz Bayrak</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258205855</t>
+          <t>9786259443553</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Neler Gördük Neler</t>
+          <t>İçimde Kalanlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258205862</t>
+          <t>9786259855837</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Seyri</t>
+          <t>Başucunda Çiçekler Açmış</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258205824</t>
+          <t>9786259855820</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Kaosta Kıble Arayışı</t>
+          <t>Tenhalayın Kalbimi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257413374</t>
+          <t>9786259855813</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hinek Nişanen Di Re De</t>
+          <t>Altı Çizili Satırlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052152072</t>
+          <t>9786259443539</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bilinç İnşası</t>
+          <t>Nevbahar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059853019</t>
+          <t>9786259443546</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yokoluşun Girdabında Tevhidi Varoluş</t>
+          <t>Ağaçlar Çiçek Açtı Mı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789756353035</t>
+          <t>9786258422580</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle Doğrulmak</t>
+          <t>Allah İlk Öğretmenim</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786353748004</t>
+          <t>9786258422603</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yazıları 2</t>
+          <t>Sessiz Ölüm</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786353299100</t>
+          <t>9786258205497</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tarih Toplum ve Gelenek</t>
+          <t>Sırat Köprüsünde Heyecan</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786353243400</t>
+          <t>9786258205992</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tanıkları, Mağdurlarıyla Bir Zihniyet Kodlaması: 12 Eylül</t>
+          <t>Siyasetin Seyri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059853514</t>
+          <t>9786258205978</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Anayasal Niteliği</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786353175800</t>
+          <t>9786258205251</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Son Nebi Hz. Muhammed (SAV)</t>
+          <t>Anne Baba Beni Dinler Misiniz?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059477840</t>
+          <t>9786258205916</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Arasındaki Siyasi İhtilaflar</t>
+          <t>Hayatın Anlamı İnsanın Değeri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786353933004</t>
+          <t>9786259443522</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ona (s.a.v) Yolculuk</t>
+          <t>Terapist - Bir Aile Terapistinin Notları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054913947</t>
+          <t>9786258205985</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmanın Neyi Olur</t>
+          <t>Dirilişin Seyri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786353277900</t>
+          <t>9786258205954</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Nuhun Gemisine Binmek</t>
+          <t>Derin Notlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054913596</t>
+          <t>9786258205930</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Savaşçı</t>
+          <t>Yarım Kalan Sevda</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257324748</t>
+          <t>9786258205923</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Nereye?</t>
+          <t>Hac ve Umre İlmihali</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786353295300</t>
+          <t>9786258205947</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kutsala Tarihe ve Hayata Dönüş</t>
+          <t>Aşk Kaderdir</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059853651</t>
+          <t>9786259405926</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu</t>
+          <t>Yeni Harflerle Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052152010</t>
+          <t>9786258205961</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Önerdiği Vasat Ümmet</t>
+          <t>Cevamiu's Sire</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059477338</t>
+          <t>9786258205909</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’i Sevdirme Yolları</t>
+          <t>40 Ayette İslam İktisadı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054913381</t>
+          <t>9786259855806</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Huzur ve Sükun</t>
+          <t>Seni Beklerken Ben Böyle</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786353279300</t>
+          <t>9786259419251</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Üzerine</t>
+          <t>Atlar Harabesi</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9799756353539</t>
+          <t>9786259419268</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mesajında Muhammed Esed</t>
+          <t>Yürüyenler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786353263200</t>
+          <t>9786259419299</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kur’an- ı Kerim’in Türkçe Anlamı</t>
+          <t>Ben Ayşe Adile</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059686259</t>
+          <t>9786259419282</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlere Giriş - Mantık ve Felsefe</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756353172</t>
+          <t>9786259419275</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Hicret</t>
+          <t>İbni Sina</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054913572</t>
+          <t>9786259443508</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Giyim ve Tesettür</t>
+          <t>Osmanlı’nın Dilbace’si</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054913732</t>
+          <t>9786259901893</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İslam İtikadında Sünnet</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789756353233</t>
+          <t>9786258205831</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Din - Felsefe - Vahiy - Akıl İlişkisi</t>
+          <t>Şehre Dair</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786353138300</t>
+          <t>9786258205848</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İslam’dan Korkmalı mıyız?</t>
+          <t>Kayıp Öykü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789756353219</t>
+          <t>9786258205855</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Düşünce Sorunları</t>
+          <t>Neler Gördük Neler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789756353257</t>
+          <t>9786258205862</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetinin Esasları</t>
+          <t>Sabahın Seyri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9756353589006</t>
+          <t>9786258205824</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İman ve Şirk</t>
+          <t>Postmodern Kaosta Kıble Arayışı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054913091</t>
+          <t>9786257413374</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İbadet Gerçeği</t>
+          <t>Hinek Nişanen Di Re De</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059853996</t>
+          <t>9786052152072</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Bilinç İnşası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057901019</t>
+          <t>9786059853019</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Usve-i Hasene Hz. Muhammed</t>
+          <t>Yokoluşun Girdabında Tevhidi Varoluş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054913459</t>
+          <t>9789756353035</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir</t>
+          <t>Vahiyle Doğrulmak</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054913534</t>
+          <t>9786353748004</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Mektup Emirname ve Tavsiyelerinden Seçmeler</t>
+          <t>Tefekkür Yazıları 2</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756353684</t>
+          <t>9786353299100</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Tarih Toplum ve Gelenek</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059477833</t>
+          <t>9786353243400</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Huzura Daha Yakın</t>
+          <t>Tanıkları, Mağdurlarıyla Bir Zihniyet Kodlaması: 12 Eylül</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756353158</t>
+          <t>9786059853514</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tutkusu</t>
+          <t>Sünnetin Anayasal Niteliği</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786353168000</t>
+          <t>9786353175800</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Göçün ve Kentin İktidarı</t>
+          <t>Son Nebi Hz. Muhammed (SAV)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257413244</t>
+          <t>9786059477840</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernizme</t>
+          <t>Sahabe Arasındaki Siyasi İhtilaflar</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054913497</t>
+          <t>9786353933004</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Geleneksellik ve Modernizm Kıskacında Kadın’ın Üç Rolü</t>
+          <t>Ona (s.a.v) Yolculuk</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786353784002</t>
+          <t>9786054913947</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüz</t>
+          <t>Okuma Yazmanın Neyi Olur</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052152270</t>
+          <t>9786353277900</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihinde Bir Sonbahar</t>
+          <t>Nuhun Gemisine Binmek</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054913916</t>
+          <t>9786054913596</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hac Postası</t>
+          <t>Müslüman Savaşçı</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057901866</t>
+          <t>9786257324748</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Devlet Versin</t>
+          <t>Kürtler Nereye?</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258205886</t>
+          <t>9786353295300</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Irkçılık, Milliyetçilik ve İslamofobi</t>
+          <t>Kutsala Tarihe ve Hayata Dönüş</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786259443515</t>
+          <t>9786059853651</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk ve Diğer Şeyler</t>
+          <t>Kurtuluş Yolu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259862927</t>
+          <t>9786052152010</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli’nin Gönül Eczanesinden Manevi Reçeteler ve Öğütler</t>
+          <t>Kur’an’ın Önerdiği Vasat Ümmet</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258205817</t>
+          <t>9786059477338</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Öğretmenleri</t>
+          <t>Kur’an-ı Kerim’i Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259862903</t>
+          <t>9786054913381</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>Kur’an’da Huzur ve Sükun</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258205800</t>
+          <t>9786353279300</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Kur’an ve Sünnet Üzerine</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259419244</t>
+          <t>9799756353539</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kadar</t>
+          <t>Kur’an Mesajında Muhammed Esed</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057194039</t>
+          <t>9786353263200</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Arasında</t>
+          <t>Kur’an- ı Kerim’in Türkçe Anlamı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786259419237</t>
+          <t>9786059686259</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sabahçı Kahvesi</t>
+          <t>İslami İlimlere Giriş - Mantık ve Felsefe</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258205794</t>
+          <t>9789756353172</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler</t>
+          <t>Kur’an’a Hicret</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258205718</t>
+          <t>9786054913572</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hac’daki Tarihi Mekânlar, Tarihi Olaylar ve Tarihi Şahıslar</t>
+          <t>İslam’da Giyim ve Tesettür</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258205572</t>
+          <t>9786054913732</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yoksa! Sen Yusuf Musun?</t>
+          <t>İslam İtikadında Sünnet</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259901886</t>
+          <t>9789756353233</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gül Aydınlığı</t>
+          <t>İslam Düşüncesinde Din - Felsefe - Vahiy - Akıl İlişkisi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259901879</t>
+          <t>9786353138300</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yazıyla Söylenmiş Eski Türkçe Şiirler</t>
+          <t>İslam’dan Korkmalı mıyız?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258205763</t>
+          <t>9789756353219</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Akça Ansiklopedik Sözlük (M-Z)</t>
+          <t>İslam Dünyasında Düşünce Sorunları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258205756</t>
+          <t>9789756353257</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Akça Ansiklopedik Sözlük (A-L)</t>
+          <t>İslam Davetinin Esasları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>900</v>
+        <v>425</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057231130</t>
+          <t>9756353589006</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa</t>
+          <t>İman ve Şirk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258205749</t>
+          <t>9786054913091</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol</t>
+          <t>İbadet Gerçeği</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786259901862</t>
+          <t>9786059853996</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Mevsime Sığmıyor Kuşlar</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057312594</t>
+          <t>9786057901019</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu - Yunus Emre</t>
+          <t>En Güzel Örnek Usve-i Hasene Hz. Muhammed</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057185693</t>
+          <t>9786054913459</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sartre’ın Özgürlük Etiğinin Oluşumu</t>
+          <t>Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786259405902</t>
+          <t>9786054913534</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze Felsefesinde Özne-Oluş’un Ontolojik Tasarımı</t>
+          <t>Hz. Ali’nin Mektup Emirname ve Tavsiyelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786259931784</t>
+          <t>9789756353684</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Şu Kısacık Konukluk</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258205657</t>
+          <t>9786059477833</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Em Ji Bo Zimanee Xwe Çi Dixwazin?</t>
+          <t>Huzura Daha Yakın</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259946160</t>
+          <t>9789756353158</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Depremden Öte - İnsanlığın Ağıtı</t>
+          <t>Hayal Tutkusu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259946115</t>
+          <t>9786353168000</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tek Kelimelik Hikâyeler</t>
+          <t>Göçün ve Kentin İktidarı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786259946153</t>
+          <t>9786257413244</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Kal</t>
+          <t>Gelenekten Modernizme</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786259946177</t>
+          <t>9786054913497</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Suda Yanan Ayetler</t>
+          <t>Geleneksellik ve Modernizm Kıskacında Kadın’ın Üç Rolü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786259903798</t>
+          <t>9786353784002</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kentte - Yarım Kalan Hatıra</t>
+          <t>Yüz Yüz</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258205695</t>
+          <t>9786052152270</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kıssalarla Düşünce İklimi</t>
+          <t>Türkiye Tarihinde Bir Sonbahar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258205671</t>
+          <t>9786054913916</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Usul ve Esasları</t>
+          <t>Hac Postası</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258205664</t>
+          <t>9786057901866</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sıffın Savaşı</t>
+          <t>Devlet Versin</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258205732</t>
+          <t>9786258205886</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Tarihten Günümüze Irkçılık, Milliyetçilik ve İslamofobi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258205701</t>
+          <t>9786259443515</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Demokrasinin Meşruiyet Problemi</t>
+          <t>Yolculuk ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258205688</t>
+          <t>9786259862927</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Vahdet Sorunu</t>
+          <t>Hacı Bektaş Veli’nin Gönül Eczanesinden Manevi Reçeteler ve Öğütler</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786259946139</t>
+          <t>9786258205817</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İmza</t>
+          <t>Yeryüzü Öğretmenleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259946108</t>
+          <t>9786259862903</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Hiç Solmasın</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786259946122</t>
+          <t>9786258205800</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Beyaz ve Kara</t>
+          <t>Anarşizm</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786259901855</t>
+          <t>9786259419244</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Güneşi İpe Astık</t>
+          <t>Kelimeler Kadar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786259931722</t>
+          <t>9786057194039</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Siz Siz</t>
+          <t>Yer Gök Arasında</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786259901848</t>
+          <t>9786259419237</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ölümsüz Anılar</t>
+          <t>Sabahçı Kahvesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786259903781</t>
+          <t>9786258205794</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yine Bekleriz</t>
+          <t>Türkiye’deki Suriyeliler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057234360</t>
+          <t>9786258205718</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kaplana Karşı</t>
+          <t>Hac’daki Tarihi Mekânlar, Tarihi Olaylar ve Tarihi Şahıslar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057234391</t>
+          <t>9786258205572</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şarkın En Sevgili Sultanı</t>
+          <t>Yoksa! Sen Yusuf Musun?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258205640</t>
+          <t>9786259901886</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Hac Rehberi</t>
+          <t>Gül Aydınlığı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057234384</t>
+          <t>9786259901879</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Anadolu</t>
+          <t>Yeni Yazıyla Söylenmiş Eski Türkçe Şiirler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258205633</t>
+          <t>9786258205763</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Akça Ansiklopedik Sözlük (M-Z)</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786259903774</t>
+          <t>9786258205756</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Gazete Manşetlerinde Eski İstanbul</t>
+          <t>Akça Ansiklopedik Sözlük (A-L)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258205602</t>
+          <t>9786057231130</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>The Power Of Brotherhood Tur(k)urd</t>
+          <t>Gazi Paşa</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258205558</t>
+          <t>9786258205749</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Dini Anlama Rehberi</t>
+          <t>Cennete Giden Yol</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786259903767</t>
+          <t>9786259901862</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Dua</t>
+          <t>Hiçbir Mevsime Sığmıyor Kuşlar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257413381</t>
+          <t>9786057312594</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile ve Temel Dinamikleri</t>
+          <t>Böyle Buyurdu - Yunus Emre</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057299871</t>
+          <t>9786057185693</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sabahsız Gece</t>
+          <t>Sartre’ın Özgürlük Etiğinin Oluşumu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258205527</t>
+          <t>9786259405902</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Nur’un İnkişafı</t>
+          <t>Gilles Deleuze Felsefesinde Özne-Oluş’un Ontolojik Tasarımı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786259903743</t>
+          <t>9786258205657</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Peygamber</t>
+          <t>Em Ji Bo Zimanee Xwe Çi Dixwazin?</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258205589</t>
+          <t>9786259946160</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kentten Akıllı Kente - Şehir ve Kutsal</t>
+          <t>Depremden Öte - İnsanlığın Ağıtı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258205596</t>
+          <t>9786259946115</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tartışmalı Konular</t>
+          <t>Tek Kelimelik Hikâyeler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786259903729</t>
+          <t>9786259946153</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Cüzleri</t>
+          <t>Çocukça Kal</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786259903736</t>
+          <t>9786259946177</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Uğruna Yola Çıkmaya Değer</t>
+          <t>Suda Yanan Ayetler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786259901824</t>
+          <t>9786259903798</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Kadim Kentte - Yarım Kalan Hatıra</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786259903750</t>
+          <t>9786258205695</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yer Uykuları</t>
+          <t>Kıssalarla Düşünce İklimi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258205565</t>
+          <t>9786258205671</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Bakış ile Ortadoğu’nun Analizi</t>
+          <t>Siyasetin Usul ve Esasları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057234377</t>
+          <t>9786258205664</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Zehra’nın Sevgisi - Medine</t>
+          <t>Sıffın Savaşı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258205534</t>
+          <t>9786258205732</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Para Neyimiz Olur?</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258205503</t>
+          <t>9786258205701</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Müminlere İki Dünya Öğütleri</t>
+          <t>İslam Dünyasında Demokrasinin Meşruiyet Problemi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057185655</t>
+          <t>9786258205688</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasının Son Yüzyılı</t>
+          <t>Müslümanların Vahdet Sorunu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258205541</t>
+          <t>9786259946139</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Resulüm De Ki: …</t>
+          <t>İmza</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258205510</t>
+          <t>9786259946108</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Sadaka Hayat Kurtarır</t>
+          <t>Çiçekler Hiç Solmasın</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057185648</t>
+          <t>9786259946122</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Necm Suresinin Arap Dili ve Belagatı Açısından İncelenmesi</t>
+          <t>Beyaz ve Kara</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786259903712</t>
+          <t>9786259901855</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetin Gölgesinde Tarihi Belge</t>
+          <t>Güneşi İpe Astık</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258205411</t>
+          <t>9786259901848</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Müteahhitler Cehennemi -Deprem-</t>
+          <t>Uzak Ölümsüz Anılar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258205459</t>
+          <t>9786259903781</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Analizler</t>
+          <t>Yine Bekleriz</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258205442</t>
+          <t>9786057234360</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Kurt Kaplana Karşı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786259903705</t>
+          <t>9786057234391</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Asım Haluk’un Ellerinden Tuttu</t>
+          <t>Şarkın En Sevgili Sultanı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258205428</t>
+          <t>9786258205640</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Homo İslamicus</t>
+          <t>En Kolay Hac Rehberi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258205466</t>
+          <t>9786057234384</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Kürt Olmak</t>
+          <t>Merhaba Anadolu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057299888</t>
+          <t>9786258205633</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Göç</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057299895</t>
+          <t>9786259903774</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gömü Gömen Adam</t>
+          <t>Gazete Manşetlerinde Eski İstanbul</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258205404</t>
+          <t>9786258205602</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Siyer’de Aramak</t>
+          <t>The Power Of Brotherhood Tur(k)urd</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258205398</t>
+          <t>9786258205558</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssaları</t>
+          <t>Kur’an Işığında Dini Anlama Rehberi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258205367</t>
+          <t>9786259903767</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kalem ve Kelam</t>
+          <t>Sabırsız Dua</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258205374</t>
+          <t>9786257413381</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sapan ve Saptıran Mihraklar</t>
+          <t>Mutlu Aile ve Temel Dinamikleri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258205381</t>
+          <t>9786057299871</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Diğerleri</t>
+          <t>Sabahsız Gece</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057234322</t>
+          <t>9786258205527</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gençler Mesaj Kutunuza Bakınız</t>
+          <t>Nur’un İnkişafı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057222053</t>
+          <t>9786259903743</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Zamanlar</t>
+          <t>Peygamber</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057299840</t>
+          <t>9786258205589</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Vefa Muhiti</t>
+          <t>Kadim Kentten Akıllı Kente - Şehir ve Kutsal</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059686327</t>
+          <t>9786258205596</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Okumayı Sevdirme Yolları</t>
+          <t>İslam’da Tartışmalı Konular</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059477239</t>
+          <t>9786259903729</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarılı Olmanın İncelikleri</t>
+          <t>Yolculuk Cüzleri</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059686440</t>
+          <t>9786259903736</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükçü Pedagoji</t>
+          <t>Uğruna Yola Çıkmaya Değer</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057194077</t>
+          <t>9786259901824</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Geçti Aynalardan</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057299857</t>
+          <t>9786259903750</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Galata’nın Esrar’ı</t>
+          <t>Yer Uykuları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057299864</t>
+          <t>9786258205565</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimde Öyküler</t>
+          <t>Bir Genç Bakış ile Ortadoğu’nun Analizi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258205312</t>
+          <t>9786057234377</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Neden Kabul Edilmediler?</t>
+          <t>Zehra’nın Sevgisi - Medine</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057222046</t>
+          <t>9786258205534</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Duvardan Önce Feraset</t>
+          <t>Para Neyimiz Olur?</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057234308</t>
+          <t>9786258205503</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Zehra’nın Sevgisi - Arayış</t>
+          <t>Müminlere İki Dünya Öğütleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258205329</t>
+          <t>9786057185655</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin İçtima Vaktidir Ramazan (Oruç)</t>
+          <t>Arap Dünyasının Son Yüzyılı</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057234315</t>
+          <t>9786258205541</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Masallar Aydınlatırdı Gecelerimizi - Anonim Kürt Masalları</t>
+          <t>Resulüm De Ki: …</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057194053</t>
+          <t>9786258205510</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tecrit Notları</t>
+          <t>Dua ve Sadaka Hayat Kurtarır</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057299833</t>
+          <t>9786057185648</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Derd-i Nihan</t>
+          <t>Necm Suresinin Arap Dili ve Belagatı Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057194046</t>
+          <t>9786259903712</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yatağı Küften Bir Çocuk</t>
+          <t>Meşrutiyetin Gölgesinde Tarihi Belge</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057222022</t>
+          <t>9786258205411</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bakü-1501</t>
+          <t>Müteahhitler Cehennemi -Deprem-</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057194060</t>
+          <t>9786258205459</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Mistisizm</t>
+          <t>Felsefi Analizler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258205336</t>
+          <t>9786258205442</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Maske Mesafe Hikaye</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258205299</t>
+          <t>9786259903705</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Payı</t>
+          <t>Asım Haluk’un Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258205282</t>
+          <t>9786258205428</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Homo İslamicus</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257009089</t>
+          <t>9786258205466</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat, Şahsiyet ve Bunları İfsad</t>
+          <t>İstanbul’da Kürt Olmak</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258422702</t>
+          <t>9786057299888</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ahlakname</t>
+          <t>Aşk ve Göç</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258205268</t>
+          <t>9786057299895</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Biz Müslüman Mıyız?</t>
+          <t>Gömü Gömen Adam</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258205244</t>
+          <t>9786258205404</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Redd-i Miras</t>
+          <t>Kendimizi Siyer’de Aramak</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057312587</t>
+          <t>9786258205398</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sen Sor Ben Söyleyeyim</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258422344</t>
+          <t>9786258205367</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Er-Razi'de İnsan Fiilleri</t>
+          <t>Kalem ve Kelam</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057312570</t>
+          <t>9786258205374</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Çöküş Döneminde Bir İslamcı</t>
+          <t>Sapan ve Saptıran Mihraklar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057312563</t>
+          <t>9786258205381</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Sözlük - Kavramlar</t>
+          <t>İslam ve Diğerleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057299826</t>
+          <t>9786057234322</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Fecir</t>
+          <t>Gençler Mesaj Kutunuza Bakınız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258205237</t>
+          <t>9786057299840</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Peltek Düşünceler</t>
+          <t>Vefa Muhiti</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057185631</t>
+          <t>9786059686327</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Tarihi</t>
+          <t>Gençlere Okumayı Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258205190</t>
+          <t>9786059477239</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kalbi</t>
+          <t>Sınavlarda Başarılı Olmanın İncelikleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258205121</t>
+          <t>9786059686440</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kur'ân-ı Kerim'de Yaratılışın Birliği</t>
+          <t>Özgürlükçü Pedagoji</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258205152</t>
+          <t>9786057194077</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (1)</t>
+          <t>İnsanlar Geçti Aynalardan</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258205138</t>
+          <t>9786057299857</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İslam Hümanizminin Dinamikleri</t>
+          <t>Galata’nın Esrar’ı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258205169</t>
+          <t>9786057299864</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Kıskacında Aile ve Kadın</t>
+          <t>Gözlerimde Öyküler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258205145</t>
+          <t>9786258205312</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (2)</t>
+          <t>Peygamberler Neden Kabul Edilmediler?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057299819</t>
+          <t>9786057234308</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bağırma! Kalpleri Uzaklaştırma</t>
+          <t>Zehra’nın Sevgisi - Arayış</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057185624</t>
+          <t>9786258205329</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Göç Dini Ağlar ve Entegrasyon</t>
+          <t>Ümmetin İçtima Vaktidir Ramazan (Oruç)</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258205176</t>
+          <t>9786057234315</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanan Hayat Futbolizm</t>
+          <t>Masallar Aydınlatırdı Gecelerimizi - Anonim Kürt Masalları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057194022</t>
+          <t>9786057194053</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bana Şahdamarımı Getir</t>
+          <t>Tecrit Notları</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057194015</t>
+          <t>9786057299833</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ziyan</t>
+          <t>Derd-i Nihan</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057312525</t>
+          <t>9786057194046</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Son Harzemşah: Celaleddin</t>
+          <t>Yatağı Küften Bir Çocuk</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057312501</t>
+          <t>9786057194060</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sultan Süleymanşah</t>
+          <t>Şiir ve Mistisizm</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057312532</t>
+          <t>9786258205336</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmud</t>
+          <t>Maske Mesafe Hikaye</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057312518</t>
+          <t>9786258205299</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Kılıçarslan</t>
+          <t>Kardeş Payı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057312556</t>
+          <t>9786258205282</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Berke Han</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057299802</t>
+          <t>9786257009089</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kırık Fincan</t>
+          <t>Fıtrat, Şahsiyet ve Bunları İfsad</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258205107</t>
+          <t>9786258422702</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Neden Buradayız?</t>
+          <t>Ahlakname</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258205183</t>
+          <t>9786258205268</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin Çetin Sınavları</t>
+          <t>Biz Müslüman Mıyız?</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057185600</t>
+          <t>9786258205244</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sakal ve Bıyık</t>
+          <t>Redd-i Miras</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258205046</t>
+          <t>9786057312587</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün En Gözde Yıldızı Hz. Ebu Bekir (Ciltli)</t>
+          <t>Sen Sor Ben Söyleyeyim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258205053</t>
+          <t>9786258422344</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hasan El Benna ve Davanın Esasları</t>
+          <t>Fahreddin Er-Razi'de İnsan Fiilleri</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258205114</t>
+          <t>9786057312570</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Osmaniye</t>
+          <t>Said Halim Paşa - Çöküş Döneminde Bir İslamcı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057194008</t>
+          <t>9786057312563</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Artık Evimize Dönmek İstiyoruz</t>
+          <t>Yaşayan Sözlük - Kavramlar</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258205060</t>
+          <t>9786057299826</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bir Deistin Hidayeti</t>
+          <t>Fecir</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057313683</t>
+          <t>9786258205237</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ufuktaki Güneş</t>
+          <t>Peltek Düşünceler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258205091</t>
+          <t>9786057185631</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Cihad</t>
+          <t>Karamanoğulları Tarihi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258205084</t>
+          <t>9786258205190</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Gelecek ki ve Kıyametin Ayak Sesleri</t>
+          <t>Gecenin Kalbi</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258205008</t>
+          <t>9786258205121</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sevda Durağı</t>
+          <t>Kur'ân-ı Kerim'de Yaratılışın Birliği</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258422733</t>
+          <t>9786258205152</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayatı ve Ölüm Gerçeği</t>
+          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (1)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258422986</t>
+          <t>9786258205138</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kabir Hayatı ve Yeniden Diriliş</t>
+          <t>İslam Hümanizminin Dinamikleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258422740</t>
+          <t>9786258205169</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dokunabilseydim Güneş’e</t>
+          <t>Doğu Batı Kıskacında Aile ve Kadın</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258422856</t>
+          <t>9786258205145</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kambur</t>
+          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (2)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258422955</t>
+          <t>9786057299819</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Münhasır</t>
+          <t>Bağırma! Kalpleri Uzaklaştırma</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258422825</t>
+          <t>9786057185624</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarından İnci Damlaları</t>
+          <t>Göç Dini Ağlar ve Entegrasyon</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258422917</t>
+          <t>9786258205176</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Varoluş</t>
+          <t>Yuvarlanan Hayat Futbolizm</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258422313</t>
+          <t>9786057194022</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Beklerken Söylenen</t>
+          <t>Bana Şahdamarımı Getir</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258422597</t>
+          <t>9786057194015</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ve Terör Sarmalında Yıkılan Köyler</t>
+          <t>Ziyan</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258422719</t>
+          <t>9786057312525</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesinde Hükümsüz Kalan İntizarlar ve Söylemler</t>
+          <t>Son Harzemşah: Celaleddin</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258422528</t>
+          <t>9786057312501</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mekanım - Arayışlar</t>
+          <t>Sultan Süleymanşah</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258422801</t>
+          <t>9786057312532</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Ülkeden Sevda Şiirleri - 1: Esbabını Bulutlara Asan Şair</t>
+          <t>Gazneli Mahmud</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258422818</t>
+          <t>9786057312518</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Niçin İman ve İbadet Etmeliyiz?</t>
+          <t>Sultan II. Kılıçarslan</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258422559</t>
+          <t>9786057312556</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Bilginin Peşinde</t>
+          <t>Berke Han</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258422573</t>
+          <t>9786057299802</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Dokuz Kitap</t>
+          <t>Kırık Fincan</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258422535</t>
+          <t>9786258205107</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>Neden Buradayız?</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258422696</t>
+          <t>9786258205183</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Ahiretin Çetin Sınavları</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258422542</t>
+          <t>9786057185600</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>İslam Hukukunda Sakal ve Bıyık</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258422672</t>
+          <t>9786258205046</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
+          <t>Yeryüzünün En Gözde Yıldızı Hz. Ebu Bekir (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258422771</t>
+          <t>9786258205053</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Adem’in İki Oğlunun Haberi</t>
+          <t>Hasan El Benna ve Davanın Esasları</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258422757</t>
+          <t>9786258205114</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Hira’ya İnen İlk İslam’a Hicret</t>
+          <t>Adım Adım Osmaniye</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258422474</t>
+          <t>9786057194008</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Artık Evimize Dönmek İstiyoruz</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258422610</t>
+          <t>9786258205060</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bürokratik İktidar</t>
+          <t>Bir Deistin Hidayeti</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258422634</t>
+          <t>9786258205091</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Revan</t>
+          <t>Cihad</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258422627</t>
+          <t>9786258205084</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Sosyolog - 2</t>
+          <t>Öyle Bir Gelecek ki ve Kıyametin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258422498</t>
+          <t>9786258205008</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kuşun Kanadı</t>
+          <t>Sevda Durağı</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258422467</t>
+          <t>9786258422733</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ru Be Ru</t>
+          <t>Dünya Hayatı ve Ölüm Gerçeği</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258422504</t>
+          <t>9786258422986</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Keşke Toprak Olsaydım</t>
+          <t>Kabir Hayatı ve Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>4440000001074</t>
+          <t>9786258422740</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Üç Noktalı Yağmur</t>
+          <t>Dokunabilseydim Güneş’e</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258422214</t>
+          <t>9786258422856</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu 2. Cilt</t>
+          <t>Kambur</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>425</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258422177</t>
+          <t>9786258422955</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu 1. Cilt</t>
+          <t>Münhasır</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>425</v>
+        <v>160</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257413923</t>
+          <t>9786258422825</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kur'an'la Tefsiri ve Çağdaş Temsilcileri</t>
+          <t>Gönül Pınarından İnci Damlaları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258422184</t>
+          <t>9786258422917</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kart Kurt Kürt Masalları</t>
+          <t>Müslümanca Varoluş</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258422023</t>
+          <t>9786258422313</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İslamın Şahitleri</t>
+          <t>Beklerken Söylenen</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258422016</t>
+          <t>9786258422597</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İslam İle Şereflenenler</t>
+          <t>Kürt Meselesi ve Terör Sarmalında Yıkılan Köyler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258422030</t>
+          <t>9786258422719</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Aydınlığında</t>
+          <t>Kürt Meselesinde Hükümsüz Kalan İntizarlar ve Söylemler</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258422009</t>
+          <t>9786258422528</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Yolcuları</t>
+          <t>Mekanım - Arayışlar</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257413886</t>
+          <t>9786258422801</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Batıdan Yükselen İslam</t>
+          <t>Yitik Bir Ülkeden Sevda Şiirleri - 1: Esbabını Bulutlara Asan Şair</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>4440000001061</t>
+          <t>9786258422818</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hikayeleri</t>
+          <t>Niçin İman ve İbadet Etmeliyiz?</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258422382</t>
+          <t>9786258422559</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Harika Beşli - 2</t>
+          <t>Battal Gazi - Bilginin Peşinde</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258422191</t>
+          <t>9786258422573</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yanığı Düşler</t>
+          <t>Battal Gazi - Dokuz Kitap</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258422139</t>
+          <t>9786258422535</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma ve Anlama Kılavuzu</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258422115</t>
+          <t>9786258422696</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Ortak Koşmadan İnanma ve Yaşama Kılavuzu</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257413817</t>
+          <t>9786258422542</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Barışın Açmazı: Nefret Söylemi ve Linç</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257009645</t>
+          <t>9786258422672</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059686228</t>
+          <t>9786258422771</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dersleri (7 Cilt) (Ciltli)</t>
+          <t>Adem’in İki Oğlunun Haberi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>5500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059477871</t>
+          <t>9786258422757</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ucu Yanık Mektuplar</t>
+          <t>Gökyüzünden Hira’ya İnen İlk İslam’a Hicret</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257009652</t>
+          <t>9786258422474</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığı Yeniden Düşünmek</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257009737</t>
+          <t>9786258422610</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Çocuklar Galerisi</t>
+          <t>Bürokratik İktidar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257009768</t>
+          <t>9786258422634</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Demir Gelincik</t>
+          <t>Ab-ı Revan</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257009683</t>
+          <t>9786258422498</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çağı Ve Sonrası</t>
+          <t>Kuşun Kanadı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059477321</t>
+          <t>9786258422467</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Cuma Suresi Tefsiri Ciltli</t>
+          <t>Ru Be Ru</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052152904</t>
+          <t>9786258422504</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Modernizm</t>
+          <t>Keşke Toprak Olsaydım</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054913336</t>
+          <t>4440000001074</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Tevhid ve Akaid</t>
+          <t>Üç Noktalı Yağmur</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257009164</t>
+          <t>9786258422214</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Okuma Serüveni</t>
+          <t>Kürt Sorunu 2. Cilt</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059853880</t>
+          <t>9786258422177</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Meşhurların Kitap Okuma Alışkanlıkları</t>
+          <t>Kürt Sorunu 1. Cilt</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059686389</t>
+          <t>9786257413923</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sırrına Ermek</t>
+          <t>Kur'an'ın Kur'an'la Tefsiri ve Çağdaş Temsilcileri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059686303</t>
+          <t>9786258422184</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>İslami Şuur Demetleri</t>
+          <t>Kart Kurt Kürt Masalları</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059477994</t>
+          <t>9786258422023</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Adresine Ulaşmayan Mektuplar</t>
+          <t>İslamın Şahitleri</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>4440000001072</t>
+          <t>9786258422016</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ağrısı</t>
+          <t>İslam İle Şereflenenler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059477826</t>
+          <t>9786258422030</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve İnternet Deryasına Can Simidi</t>
+          <t>Hilalin Aydınlığında</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257324649</t>
+          <t>9786258422009</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Hidayet Yolcuları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786353215117</t>
+          <t>9786257413886</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Hasreti</t>
+          <t>Batıdan Yükselen İslam</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257009379</t>
+          <t>4440000001061</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze İmam Hatip Okullarının Programları ve Eğitim Yaklaşımları</t>
+          <t>Anadolu Hikayeleri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258422832</t>
+          <t>9786258422191</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Seslenenler</t>
+          <t>Güneş Yanığı Düşler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258422665</t>
+          <t>9786258422139</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bir Leyla Şarkısı</t>
+          <t>Kur'an-ı Kerim'i Okuma ve Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258422412</t>
+          <t>9786258422115</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Keşifleri</t>
+          <t>Allah’a Ortak Koşmadan İnanma ve Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258422450</t>
+          <t>9786257413817</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i İnsan</t>
+          <t>Toplumsal Barışın Açmazı: Nefret Söylemi ve Linç</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258422405</t>
+          <t>9786257009645</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Revaha</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258422436</t>
+          <t>9786059686228</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Orucu</t>
+          <t>Kur'an Dersleri (7 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>275</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258422207</t>
+          <t>9786059477871</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece</t>
+          <t>Ucu Yanık Mektuplar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257009805</t>
+          <t>9786257009652</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık Üzerine Okumalar</t>
+          <t>İslamcılığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258422368</t>
+          <t>9786257009737</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı ile Batı Ahlakı Mukayesesi</t>
+          <t>Öksüz Çocuklar Galerisi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258422375</t>
+          <t>9786257009768</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ey Müslüman Yıkma</t>
+          <t>Demir Gelincik</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257413725</t>
+          <t>9786257009683</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Aldanır Ama Aldatmaz</t>
+          <t>Osmanlı Çağı Ve Sonrası</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258422290</t>
+          <t>9786059477321</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Anılar Adres Sormaz</t>
+          <t>Cuma Suresi Tefsiri Ciltli</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258422320</t>
+          <t>9786052152904</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Dünden Yarına Su</t>
+          <t>Dine Karşı Modernizm</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258422122</t>
+          <t>9786054913336</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modernite</t>
+          <t>Sorularla Tevhid ve Akaid</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258422337</t>
+          <t>9786257009164</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Söz Konu Su</t>
+          <t>Okuma Serüveni</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257413947</t>
+          <t>9786059853880</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Hazan Çiçekleri</t>
+          <t>Meşhurların Kitap Okuma Alışkanlıkları</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258422160</t>
+          <t>9786059686389</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş Evreninde İnsan</t>
+          <t>Zamanın Sırrına Ermek</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258422047</t>
+          <t>9786059686303</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Gözyaşı</t>
+          <t>İslami Şuur Demetleri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257413862</t>
+          <t>9786059477994</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Şu Baş Belası Cinsellik</t>
+          <t>Adresine Ulaşmayan Mektuplar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258422078</t>
+          <t>4440000001072</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Sinema Eğitim Ve İnsan</t>
+          <t>Akıl Ağrısı</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258422108</t>
+          <t>9786059477826</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimiz Üslubumuz</t>
+          <t>Sosyal Medya ve İnternet Deryasına Can Simidi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258422061</t>
+          <t>9786257324649</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Küresel Mekanizmanın Kırılan Fay Hatları</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257413893</t>
+          <t>9786353215117</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Eşliğinde Yolcuya Işık Sohbetleri</t>
+          <t>Diriliş Hasreti</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257413954</t>
+          <t>9786257009379</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatlı Senfoni</t>
+          <t>Kuruluşundan Günümüze İmam Hatip Okullarının Programları ve Eğitim Yaklaşımları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257413930</t>
+          <t>9786258422832</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eksik Hikaye</t>
+          <t>Geleceğe Seslenenler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257413961</t>
+          <t>9786258422665</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sadak</t>
+          <t>Bir Leyla Şarkısı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257413978</t>
+          <t>9786258422450</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımı Geri Verin</t>
+          <t>Şerh-i İnsan</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257413909</t>
+          <t>9786258422405</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Susma Dersleri</t>
+          <t>Abdullah B. Revaha</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257413855</t>
+          <t>9786258422436</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim ve Yaşadıklarım</t>
+          <t>Evlilik Orucu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257413848</t>
+          <t>9786258422207</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Nebi’den İnsanlığa Son Çağrı</t>
+          <t>Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257413688</t>
+          <t>9786257009805</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut Kuş Tüyü Nasihatler 1</t>
+          <t>İslamcılık Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257413756</t>
+          <t>9786258422368</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Manevi Gelişim Yolculuğu</t>
+          <t>İslam Ahlakı ile Batı Ahlakı Mukayesesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257413763</t>
+          <t>9786258422375</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Gurbet</t>
+          <t>Ey Müslüman Yıkma</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257413800</t>
+          <t>9786257413725</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutkuya Dönüşmek</t>
+          <t>Kürtler Aldanır Ama Aldatmaz</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257413510</t>
+          <t>9786258422290</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Dava Erlerinin Tebliğ Stratejisi</t>
+          <t>Anılar Adres Sormaz</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257413787</t>
+          <t>9786258422320</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Uzak Liman</t>
+          <t>Dünden Yarına Su</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257413794</t>
+          <t>9786258422122</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Zihnin İnşası</t>
+          <t>Barbar Modernite</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257413718</t>
+          <t>9786258422337</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Serçenin Çığlığı</t>
+          <t>Söz Konu Su</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257413572</t>
+          <t>9786257413947</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’de Akıl-Vahiy İlişkisi</t>
+          <t>Hazan Çiçekleri</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257413664</t>
+          <t>9786258422160</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Gelen</t>
+          <t>Oluş ve Bozuluş Evreninde İnsan</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257413671</t>
+          <t>9786258422047</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Veriler</t>
+          <t>Turkuaz Gözyaşı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257413602</t>
+          <t>9786257413862</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyaset Tarihinde Milli Görüş</t>
+          <t>Şu Baş Belası Cinsellik</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257413640</t>
+          <t>9786258422078</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Hareketinin Temel Prensipleri</t>
+          <t>Sinema Eğitim Ve İnsan</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257413527</t>
+          <t>9786258422108</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İchitad-İhtilaf-Taassup Bileşeni</t>
+          <t>Değerlerimiz Üslubumuz</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257413657</t>
+          <t>9786258422061</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>İki Can Tek Yürek</t>
+          <t>Ortadoğu’da Küresel Mekanizmanın Kırılan Fay Hatları</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257413626</t>
+          <t>9786257413893</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ardına Bakmadan</t>
+          <t>Hikayeler Eşliğinde Yolcuya Işık Sohbetleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257413619</t>
+          <t>9786257413954</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kilden Baba</t>
+          <t>Tek Kanatlı Senfoni</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789756353981</t>
+          <t>9786257413930</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dünya Postası</t>
+          <t>Eksik Hikaye</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257413435</t>
+          <t>9786257413961</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Safvan Bin Muattal</t>
+          <t>Sadak</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257413442</t>
+          <t>9786257413909</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Mursi</t>
+          <t>Susma Dersleri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257413404</t>
+          <t>9786257413855</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyaset</t>
+          <t>Gördüklerim ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>1000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257413503</t>
+          <t>9786257413848</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da ve Günlük Hayatımızda İhlas ve İhsan</t>
+          <t>Kutlu Nebi’den İnsanlığa Son Çağrı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257413466</t>
+          <t>9786257413688</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Mezheplerin Hayatımıza Pozitif Etkileri</t>
+          <t>Ninem Korkut Kuş Tüyü Nasihatler 1</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257413428</t>
+          <t>9786257413756</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Manevi Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257413312</t>
+          <t>9786257413763</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bencilliği</t>
+          <t>İçimizdeki Gurbet</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257413459</t>
+          <t>9786257413800</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Silinmiş Emr-i Maruf Meydanda Bin Münker</t>
+          <t>Bir Tutkuya Dönüşmek</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257413480</t>
+          <t>9786257413510</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık İslam Medeniyetine Muhtaçtır</t>
+          <t>Dava Erlerinin Tebliğ Stratejisi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257413473</t>
+          <t>9786257413787</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kendini Arayan İnsan</t>
+          <t>Uzak Liman</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257413350</t>
+          <t>9786257413794</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçekleri</t>
+          <t>Müslüman Zihnin İnşası</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057901248</t>
+          <t>9786257413718</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Siyaset Düşüncesi ve Cihat Doktrini</t>
+          <t>Serçenin Çığlığı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257413398</t>
+          <t>9786257413572</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Zemahşeri’de Akıl-Vahiy İlişkisi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257413336</t>
+          <t>9786257413664</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Gelevera Deresi</t>
+          <t>Şiirle Gelen</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257413343</t>
+          <t>9786257413671</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Postası</t>
+          <t>Sayısal Veriler</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257413275</t>
+          <t>9786257413602</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Masalı Yıkmak</t>
+          <t>Türk Siyaset Tarihinde Milli Görüş</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257413220</t>
+          <t>9786257413640</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Maturidi’de Hidayet ve Dalalet Bağlamında Allah-İnsan İlişkisi</t>
+          <t>Milli Görüş Hareketinin Temel Prensipleri</t>
         </is>
       </c>
       <c r="C602" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257413213</t>
+          <t>9786257413527</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Müslüman Teolojisinde Tanrı Tasavvurlarının Karşılaştırılması</t>
+          <t>İslam Düşüncesinde İchitad-İhtilaf-Taassup Bileşeni</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257413268</t>
+          <t>9786257413657</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kelam: Kur'an</t>
+          <t>İki Can Tek Yürek</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257009249</t>
+          <t>9786257413626</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Komedyası</t>
+          <t>Ardına Bakmadan</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257413084</t>
+          <t>9786257413619</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şaire</t>
+          <t>Kilden Baba</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257413077</t>
+          <t>9789756353981</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm Vakit Dar</t>
+          <t>Dünya Postası</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257413176</t>
+          <t>9786257413435</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sonrası Toplum – Queer Teori</t>
+          <t>Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257413091</t>
+          <t>9786257413442</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aynasında Kendini Keşfet</t>
+          <t>Muhammed Mursi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257413046</t>
+          <t>9786257413404</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutkunun Serüveni</t>
+          <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257324915</t>
+          <t>9786257413503</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İnşa Eden Sorular</t>
+          <t>Kur'an'da ve Günlük Hayatımızda İhlas ve İhsan</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257413114</t>
+          <t>9786257413466</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Hace Yusuf Hemedani</t>
+          <t>Mezheplerin Hayatımıza Pozitif Etkileri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257413169</t>
+          <t>9786257413312</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gülü ve Dikenleri</t>
+          <t>Şiirin Bencilliği</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257413152</t>
+          <t>9786257413459</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul İyi Dinle</t>
+          <t>Silinmiş Emr-i Maruf Meydanda Bin Münker</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257413053</t>
+          <t>9786257413480</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Arayışlar Nasıl Yapmalı?</t>
+          <t>İnsanlık İslam Medeniyetine Muhtaçtır</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257324908</t>
+          <t>9786257413473</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da ve Günlük Hayatımızda Kulluk / İbadet</t>
+          <t>Kur’an’da Kendini Arayan İnsan</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257324953</t>
+          <t>9786257413350</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Öğreti 1 (Ciltli)</t>
+          <t>Umut Çiçekleri</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257324946</t>
+          <t>9786057901248</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının Delilleri</t>
+          <t>İbn Teymiyye'nin Siyaset Düşüncesi ve Cihat Doktrini</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257413008</t>
+          <t>9786257413398</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Hicret</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257413039</t>
+          <t>9786257413336</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Çok Okunan Az Anlaşılan Sureler-Aşırlar-Dualar ve Zikirler</t>
+          <t>Gelevera Deresi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257413015</t>
+          <t>9786257413343</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Cennet Endülüs</t>
+          <t>Kudüs Postası</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257324984</t>
+          <t>9786257413275</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bir Mahur Huzur’dan Pandemi’ye</t>
+          <t>Masalı Yıkmak</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257324960</t>
+          <t>9786257413220</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İrfanı</t>
+          <t>Maturidi’de Hidayet ve Dalalet Bağlamında Allah-İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257324878</t>
+          <t>9786257413213</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Pusulalar</t>
+          <t>Yahudi ve Müslüman Teolojisinde Tanrı Tasavvurlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257324861</t>
+          <t>9786257413268</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşka Vasıl Olmak</t>
+          <t>İlahi Kelam: Kur'an</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257324533</t>
+          <t>9786257009249</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Kur’an Öğreniyorum Elif-Be’si</t>
+          <t>Mutsuzluk Komedyası</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257324700</t>
+          <t>9786257413084</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Adem ile Havva Olabilmek</t>
+          <t>Şiirden Şaire</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257324717</t>
+          <t>9786257413077</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Üzgünüm Vakit Dar</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257324854</t>
+          <t>9786257413176</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım ve Yazdım</t>
+          <t>Ahlak Sonrası Toplum – Queer Teori</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257324830</t>
+          <t>9786257413091</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm’in Amentüsü</t>
+          <t>Kur'an Aynasında Kendini Keşfet</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257324328</t>
+          <t>9786257413046</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy Mesajlar</t>
+          <t>Bir Tutkunun Serüveni</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257324267</t>
+          <t>9786257324915</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç Mesajlar</t>
+          <t>İnşa Eden Sorular</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257324335</t>
+          <t>9786257413114</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Mevdudi Mesajlar</t>
+          <t>Hace Yusuf Hemedani</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257324373</t>
+          <t>9786257413169</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Mesajlar</t>
+          <t>Hayatın Gülü ve Dikenleri</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257324342</t>
+          <t>9786257413152</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Meşhur Mesajlar</t>
+          <t>Ey Oğul İyi Dinle</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257324359</t>
+          <t>9786257413053</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek Mesajlar</t>
+          <t>Siyasal Arayışlar Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257324380</t>
+          <t>9786257324908</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yusuf El-Karadavi Mesajlar</t>
+          <t>Kur’an’da ve Günlük Hayatımızda Kulluk / İbadet</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257324403</t>
+          <t>9786257324946</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu Mesajlar</t>
+          <t>Allah’ın Varlığının Delilleri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257324281</t>
+          <t>9786257413008</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Fethi Yelken Mesajlar</t>
+          <t>Vatan Yahut Hicret</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257324366</t>
+          <t>9786257413039</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Said Havva Mesajlar</t>
+          <t>Çok Okunan Az Anlaşılan Sureler-Aşırlar-Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257324298</t>
+          <t>9786257413015</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Hasan En-Nedvi Mesajlar</t>
+          <t>Kaybolan Cennet Endülüs</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257324250</t>
+          <t>9786257324960</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Başgil Mesajlar</t>
+          <t>İnsanın İrfanı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257324274</t>
+          <t>9786257324878</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç Mesajlar</t>
+          <t>Hayata Yön Veren Pusulalar</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257324311</t>
+          <t>9786257324861</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X Mesajlar</t>
+          <t>İlahi Aşka Vasıl Olmak</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257324397</t>
+          <t>9786257324533</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Benna Mesajlar</t>
+          <t>En Kolay Kur’an Öğreniyorum Elif-Be’si</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257324809</t>
+          <t>9786257324700</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Annemin Saati</t>
+          <t>Evlilikte Adem ile Havva Olabilmek</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257413816</t>
+          <t>9786257324717</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kuş Günlükleri</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257324694</t>
+          <t>9786257324854</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Beni Çağıran Kitaplar</t>
+          <t>Yaşadım ve Yazdım</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257324687</t>
+          <t>9786257324830</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yelesi</t>
+          <t>Siyonizm’in Amentüsü</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257324663</t>
+          <t>9786257324328</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Dindarız Diye Mi Yoksuluz? Yoksuluz Diye Mi Dindarız?</t>
+          <t>Mehmet Akif Ersoy Mesajlar</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257324625</t>
+          <t>9786257324267</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Siyasal Kültür</t>
+          <t>Aliya İzzetbegoviç Mesajlar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257324540</t>
+          <t>9786257324335</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Gölgesinde Hz. İbrahim</t>
+          <t>Mevdudi Mesajlar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257324502</t>
+          <t>9786257324373</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Yazgılar</t>
+          <t>Seyyid Kutub Mesajlar</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257324458</t>
+          <t>9786257324342</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Din ve Kürtler</t>
+          <t>Mustafa Meşhur Mesajlar</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257324427</t>
+          <t>9786257324359</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirasımızda Görgü ve Nezaket Metodolojisi</t>
+          <t>Necip Fazıl Kısakürek Mesajlar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257324489</t>
+          <t>9786257324380</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali’den Günümüze Mesajlar</t>
+          <t>Yusuf El-Karadavi Mesajlar</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257324496</t>
+          <t>9786257324403</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Diyaliz</t>
+          <t>Nurettin Topçu Mesajlar</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257324618</t>
+          <t>9786257324281</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ben De Öğretmendim</t>
+          <t>Fethi Yelken Mesajlar</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257324519</t>
+          <t>9786257324366</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İftiharı</t>
+          <t>Said Havva Mesajlar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>5500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257324601</t>
+          <t>9786257324298</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Odalar ve Perdeler</t>
+          <t>Hasan En-Nedvi Mesajlar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257324472</t>
+          <t>9786257324250</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar ve Biz</t>
+          <t>Ali Fuat Başgil Mesajlar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257324304</t>
+          <t>9786257324274</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk - Kur'an'da ve Günlük Hayatımızda</t>
+          <t>Cemil Meriç Mesajlar</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257324205</t>
+          <t>9786257324311</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Örtüyü Kuşanmak</t>
+          <t>Malcolm X Mesajlar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257324113</t>
+          <t>9786257324397</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ben Musab – Yusuf Yüzlü Öğretmen</t>
+          <t>Hasan El-Benna Mesajlar</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257324120</t>
+          <t>9786257324809</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Ben Habbab – İman Abidesi</t>
+          <t>Annemin Saati</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257324137</t>
+          <t>9786257413816</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ben Fatıma – Babasının Annesi</t>
+          <t>Kuş Günlükleri</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257324151</t>
+          <t>9786257324694</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ben Aişe – Ümmül Müminin</t>
+          <t>Beni Çağıran Kitaplar</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257324168</t>
+          <t>9786257324687</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Ben Talut ve Calut – İttiba ve İmtina Edilecek Liderler</t>
+          <t>Gecenin Yelesi</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257324175</t>
+          <t>9786257324663</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanları – İlim Hikmet Yolcuları</t>
+          <t>Dindarız Diye Mi Yoksuluz? Yoksuluz Diye Mi Dindarız?</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257324182</t>
+          <t>9786257324625</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Ben Süheyb – Bir Garip Yolcu</t>
+          <t>Toplumsal Cinsiyet ve Siyasal Kültür</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257324144</t>
+          <t>9786257324540</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ben Selman – Hidayet Yolcusu</t>
+          <t>Kur’an’ın Gölgesinde Hz. İbrahim</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786059686419</t>
+          <t>9786257324502</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Ben Sa’d İbn Muaz– Ensarın Efendisi</t>
+          <t>Sonu Olmayan Yazgılar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257324106</t>
+          <t>9786257324458</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ben Nuayman – İslam’ın Güldüren Yüzü</t>
+          <t>Milliyetçilik Din ve Kürtler</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257324236</t>
+          <t>9786257324427</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Kültür Mirasımızda Görgü ve Nezaket Metodolojisi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257324199</t>
+          <t>9786257324489</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Gün Batarken Heybemde</t>
+          <t>Şeyh Edebali’den Günümüze Mesajlar</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257324212</t>
+          <t>9786257324496</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Seyfuddin Amidi Mefkuresinde Allah’a İman</t>
+          <t>Bir Nefes Diyaliz</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257009997</t>
+          <t>9786257324618</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlüğü</t>
+          <t>Ben De Öğretmendim</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057901033</t>
+          <t>9786257324519</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Harikulade Hadiseler</t>
+          <t>Varlığın İftiharı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>190</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257324076</t>
+          <t>9786257324601</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Mitra</t>
+          <t>Odalar ve Perdeler</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257009942</t>
+          <t>9786257324472</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yarım Hurma</t>
+          <t>Gökteki Yıldızlar ve Biz</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786059853415</t>
+          <t>9786257324304</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dinamikliği ve Hz. Musa</t>
+          <t>Tevhid ve Şirk - Kur'an'da ve Günlük Hayatımızda</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257324069</t>
+          <t>9786257324205</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Medeniyet Endülüs</t>
+          <t>Örtüyü Kuşanmak</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257009966</t>
+          <t>9786257324113</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Tafsilatlı Ramazan, Oruç ve Teravih Rehberi</t>
+          <t>Ben Musab – Yusuf Yüzlü Öğretmen</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257009980</t>
+          <t>9786257324120</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Türkçe Tercümeleri</t>
+          <t>Ben Habbab – İman Abidesi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257009959</t>
+          <t>9786257324137</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Derin Çağrısı</t>
+          <t>Ben Fatıma – Babasının Annesi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786059853491</t>
+          <t>9786257324151</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ey Ruhum Kendini Sürgün Et</t>
+          <t>Ben Aişe – Ümmül Müminin</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257009638</t>
+          <t>9786257324168</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Zincirleme Hayal Tamlaması</t>
+          <t>Ben Talut ve Calut – İttiba ve İmtina Edilecek Liderler</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786059477185</t>
+          <t>9786257324175</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Diğer Semavi Kitaplara Göre Kölelik</t>
+          <t>Gönül Sultanları – İlim Hikmet Yolcuları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786059853422</t>
+          <t>9786257324182</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Ahlakı</t>
+          <t>Ben Süheyb – Bir Garip Yolcu</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786059477277</t>
+          <t>9786257324144</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yazıları</t>
+          <t>Ben Selman – Hidayet Yolcusu</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786059686433</t>
+          <t>9786059686419</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Oturduğumuz Ev</t>
+          <t>Ben Sa’d İbn Muaz– Ensarın Efendisi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052152645</t>
+          <t>9786257324106</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Rüzigar</t>
+          <t>Ben Nuayman – İslam’ın Güldüren Yüzü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057901576</t>
+          <t>9786257324212</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'daki İslam</t>
+          <t>Seyfuddin Amidi Mefkuresinde Allah’a İman</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786059686402</t>
+          <t>9786257009997</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuma Ahlakı</t>
+          <t>Karantina Günlüğü</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786059853446</t>
+          <t>9786057901033</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Sesler</t>
+          <t>İslam Düşüncesinde Harikulade Hadiseler</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786059853439</t>
+          <t>9786257324076</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sözün Közü</t>
+          <t>Mitra</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257009751</t>
+          <t>9786257009942</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bendine Dolan Irmak</t>
+          <t>Yarım Hurma</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257009775</t>
+          <t>9786059853415</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Cihad'la Aziz Olduk Terkettik Zelil Olduk</t>
+          <t>Vahyin Dinamikliği ve Hz. Musa</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257009713</t>
+          <t>9786257324069</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Güzellik ve Ziynet Kavramı</t>
+          <t>Yitik Bir Medeniyet Endülüs</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257009560</t>
+          <t>9786257009966</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hey Firak</t>
+          <t>Tafsilatlı Ramazan, Oruç ve Teravih Rehberi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257009706</t>
+          <t>9786257009980</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Arta Kalan</t>
+          <t>Kur’an’ın Türkçe Tercümeleri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257009591</t>
+          <t>9786257009959</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülüğün Kıskacındaki Gençlik</t>
+          <t>Toprağın Derin Çağrısı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786059477222</t>
+          <t>9786059853491</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kireci Kavlamış Duvar</t>
+          <t>Ey Ruhum Kendini Sürgün Et</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257009614</t>
+          <t>9786257009638</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Dersleri</t>
+          <t>Zincirleme Hayal Tamlaması</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786059853477</t>
+          <t>9786059477185</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sordum Söylediler</t>
+          <t>Kur’an ve Diğer Semavi Kitaplara Göre Kölelik</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059853460</t>
+          <t>9786059853422</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sordular Söyledim</t>
+          <t>Eleştiri Ahlakı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257009621</t>
+          <t>9786059477277</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Düş'e Yazdım</t>
+          <t>Kriz Yazıları</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257009607</t>
+          <t>9786059686433</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Cennete Götüren Aşk Şehadet</t>
+          <t>Kiralık Oturduğumuz Ev</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257009584</t>
+          <t>9786052152645</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Allah Adına Yönetmek</t>
+          <t>Rüzigar</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257009522</t>
+          <t>9786057901576</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Şehrin Kalbine Giren Adam Mersedes Kadir</t>
+          <t>Kur'an'daki İslam</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257009430</t>
+          <t>9786059686402</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kara Deliklerden Kıyamete Kur'an Kozmolojisi</t>
+          <t>Kur'an Okuma Ahlakı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257009515</t>
+          <t>9786059853446</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yüzyıl</t>
+          <t>Heybemdeki Sesler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257009485</t>
+          <t>9786059853439</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler Hareketi Kurucu Lideri İmam Hasan El Benna</t>
+          <t>Sözün Közü</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257009461</t>
+          <t>9786257009751</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hacer Günlüğü</t>
+          <t>Bendine Dolan Irmak</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257009454</t>
+          <t>9786257009775</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Araf Şiirleri</t>
+          <t>Cihad'la Aziz Olduk Terkettik Zelil Olduk</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257009331</t>
+          <t>9786257009713</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Seyyit Kutup - İslami Hareket ve Sosyal Adalet İnşası</t>
+          <t>Kur'an'da Güzellik ve Ziynet Kavramı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257009478</t>
+          <t>9786257009560</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Medine Sözleşmesi</t>
+          <t>Hey Firak</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257009447</t>
+          <t>9786257009706</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran Deniz</t>
+          <t>Arta Kalan</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257009157</t>
+          <t>9786257009591</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Hz. Adem ve İnsanın Yaratılış Serüveni</t>
+          <t>İyilik ve Kötülüğün Kıskacındaki Gençlik</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>595</v>
+        <v>190</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257009416</t>
+          <t>9786059477222</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Olmak Ama Nasıl?</t>
+          <t>Kireci Kavlamış Duvar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257009393</t>
+          <t>9786257009614</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kur'an Hz. Ali</t>
+          <t>Tecvid Dersleri</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257009386</t>
+          <t>9786059853477</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>3. Cumhuriyet'e Doğru</t>
+          <t>Sordum Söylediler</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257009409</t>
+          <t>9786059853460</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Müebbedin Güncesi</t>
+          <t>Sordular Söyledim</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257009300</t>
+          <t>9786257009621</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Mektuplar</t>
+          <t>Düş'e Yazdım</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257009324</t>
+          <t>9786257009607</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Birlik Olma İdealimiz (İttihad-ı İslam)</t>
+          <t>Cennete Götüren Aşk Şehadet</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257009317</t>
+          <t>9786257009584</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri ve Tarihselcilik</t>
+          <t>Allah Adına Yönetmek</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257009362</t>
+          <t>9786257009522</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gençliğin İnşası</t>
+          <t>Koca Bir Şehrin Kalbine Giren Adam Mersedes Kadir</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257009348</t>
+          <t>9786257009430</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bela ve Hastalıklara Sabredenlere Müjdeler</t>
+          <t>Kara Deliklerden Kıyamete Kur'an Kozmolojisi</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257009201</t>
+          <t>9786257009515</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi Akıl ve Aydınlanma</t>
+          <t>En Uzun Yüzyıl</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257009034</t>
+          <t>9786257009485</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis 40 Yazar</t>
+          <t>Müslüman Kardeşler Hareketi Kurucu Lideri İmam Hasan El Benna</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257009195</t>
+          <t>9786257009461</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Paslanmış</t>
+          <t>Hacer Günlüğü</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257009119</t>
+          <t>9786257009454</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Vakitler</t>
+          <t>Araf Şiirleri</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257009096</t>
+          <t>9786257009331</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Seyyit Kutup - İslami Hareket ve Sosyal Adalet İnşası</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257009102</t>
+          <t>9786257009478</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Şafak Buluşmaları Kudüs</t>
+          <t>Medine Sözleşmesi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>190</v>
+        <v>525</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257009072</t>
+          <t>9786257009447</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayşe Hikayesi</t>
+          <t>Kıyıya Vuran Deniz</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257009058</t>
+          <t>9786257009157</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Hüzün</t>
+          <t>Kur'an Işığında Hz. Adem ve İnsanın Yaratılış Serüveni</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>180</v>
+        <v>595</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052152935</t>
+          <t>9786257009416</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yakılmış Şiirler</t>
+          <t>Olmak Ama Nasıl?</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052152621</t>
+          <t>9786257009393</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif - Duruş ve Onur Abidesi</t>
+          <t>Konuşan Kur'an Hz. Ali</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786057901767</t>
+          <t>9786257009386</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Karınca Minibük ve Hazreti Süleyman</t>
+          <t>3. Cumhuriyet'e Doğru</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257009003</t>
+          <t>9786257009409</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerime Göre Evrenin Yapısı</t>
+          <t>Müebbedin Güncesi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257009041</t>
+          <t>9786257009300</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Bilgiye Mektuplar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059477307</t>
+          <t>9786257009324</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Sonra Aşk Olur Her Yenilgi</t>
+          <t>Birlik Olma İdealimiz (İttihad-ı İslam)</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786057901804</t>
+          <t>9786257009317</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İlk Medeniyetler - Kur'an ve Bilim Işığında İnsan Olurken 2</t>
+          <t>Kur'an İlimleri ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786057901996</t>
+          <t>9786257009362</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Arzın Arşa En Yakın Olduğu Şehit Kudüs</t>
+          <t>Müslüman Gençliğin İnşası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786057901880</t>
+          <t>9786257009348</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Oterite Tevhid</t>
+          <t>Bela ve Hastalıklara Sabredenlere Müjdeler</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786057901699</t>
+          <t>9786257009201</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kainat Saati</t>
+          <t>Said Nursi Akıl ve Aydınlanma</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786057901736</t>
+          <t>9786257009034</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfte Mükemmellik</t>
+          <t>40 Hadis 40 Yazar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786057901835</t>
+          <t>9786257009195</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut Hikayeleri 2</t>
+          <t>Ölümle Paslanmış</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786057901750</t>
+          <t>9786257009119</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aydın Perspektifinde Ulus Devlet ve Çözülemeyen Kürt Sorunu</t>
+          <t>Mühürlü Vakitler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786057901842</t>
+          <t>9786257009096</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Şuleler</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057901774</t>
+          <t>9786257009102</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sizin Yedi Güzel Adamınız Kim?</t>
+          <t>Şafak Buluşmaları Kudüs</t>
         </is>
       </c>
       <c r="C751" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786057901729</t>
+          <t>9786257009072</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Anda Yaşamak</t>
+          <t>Bir Ayşe Hikayesi</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786057901712</t>
+          <t>9786257009058</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Çetele</t>
+          <t>Geç Gelen Hüzün</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052152614</t>
+          <t>9786052152935</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Hicret - Doğru Yolda Kararlıyım</t>
+          <t>Yakılmış Şiirler</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057901682</t>
+          <t>9786052152621</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Boşluğu</t>
+          <t>Mehmet Akif - Duruş ve Onur Abidesi</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057901705</t>
+          <t>9786057901767</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Dağların Açık Yarası</t>
+          <t>Karınca Minibük ve Hazreti Süleyman</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786059686723</t>
+          <t>9786257009003</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>La-Bedri Divanı</t>
+          <t>Kur'an-ı Kerime Göre Evrenin Yapısı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057901620</t>
+          <t>9786257009041</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandi ve Abdulgaffar Han</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057901118</t>
+          <t>9786059477307</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kitabın İzi</t>
+          <t>Sonra Aşk Olur Her Yenilgi</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057901071</t>
+          <t>9786057901804</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Dünya Telaşı</t>
+          <t>İlk Medeniyetler - Kur'an ve Bilim Işığında İnsan Olurken 2</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057901125</t>
+          <t>9786057901996</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hayat Düşler Sokağı Gibiydi</t>
+          <t>Arzın Arşa En Yakın Olduğu Şehit Kudüs</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057901613</t>
+          <t>9786057901880</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Savaşın İnsanları</t>
+          <t>Özgürlük Oterite Tevhid</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057901262</t>
+          <t>9786057901699</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İlk Yaratılış - Kur'an ve Bilim Işığında İnsan Olurken 1</t>
+          <t>Kainat Saati</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052152775</t>
+          <t>9786057901736</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Din İnsandan Ne İster, İnsan Dinden Ne Bekler?</t>
+          <t>Tesadüfte Mükemmellik</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052152768</t>
+          <t>9786057901835</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Yeri</t>
+          <t>Ninem Korkut Hikayeleri 2</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052152850</t>
+          <t>9786057901750</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Çiçek Açtığında</t>
+          <t>Müslüman Aydın Perspektifinde Ulus Devlet ve Çözülemeyen Kürt Sorunu</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057901408</t>
+          <t>9786057901842</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Malik Bin Nebi</t>
+          <t>Güneşten Şuleler</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786057901378</t>
+          <t>9786057901774</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Arı</t>
+          <t>Sizin Yedi Güzel Adamınız Kim?</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057901514</t>
+          <t>9786057901729</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Dört Zindanı</t>
+          <t>Anda Yaşamak</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057901439</t>
+          <t>9786057901712</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Aliya - Bilge Yönetici İzzetbegoviç'in Entelektüel Dünyası</t>
+          <t>Çetele</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786057901422</t>
+          <t>9786052152614</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Gazali - Bir İslam Aliminin Entelektüel Portresi</t>
+          <t>Hicret - Doğru Yolda Kararlıyım</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786057901446</t>
+          <t>9786057901682</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Cabiri - Arap - İslam Aklını İnşa Projesi</t>
+          <t>Hüzün Boşluğu</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057901415</t>
+          <t>9786057901705</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Said</t>
+          <t>Dağların Açık Yarası</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786057901316</t>
+          <t>9786059686723</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Müçtehid İmamların Savunusu (Refu'l - Melam)</t>
+          <t>La-Bedri Divanı</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786057901583</t>
+          <t>9786057901620</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İncil'in Satır Aralarında Böyle Buyurdu İsa Mesih</t>
+          <t>Mahatma Gandi ve Abdulgaffar Han</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057901354</t>
+          <t>9786057901118</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir Belki</t>
+          <t>Kitabın İzi</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786057901347</t>
+          <t>9786057901071</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sıratı</t>
+          <t>Dünya Telaşı</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057901309</t>
+          <t>9786057901613</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İslami Söylem ve Ali Haydar Haksal</t>
+          <t>Savaşın İnsanları</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057901361</t>
+          <t>9786057901262</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var Aramızda</t>
+          <t>İlk Yaratılış - Kur'an ve Bilim Işığında İnsan Olurken 1</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052152447</t>
+          <t>9786052152775</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'la Yolculuk</t>
+          <t>Din İnsandan Ne İster, İnsan Dinden Ne Bekler?</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052152782</t>
+          <t>9786052152768</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Gökte Asılı Şarkılar</t>
+          <t>Dikiş Yeri</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052152966</t>
+          <t>9786052152850</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Aliya</t>
+          <t>Papatyalar Çiçek Açtığında</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786057901026</t>
+          <t>9786057901408</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İslam Temel Prensipleri</t>
+          <t>Malik Bin Nebi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052152720</t>
+          <t>9786057901378</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda İslamcılar</t>
+          <t>Kelebek ve Arı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786952152974</t>
+          <t>9786057901514</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kızım</t>
+          <t>İnsan ve Dört Zindanı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786057901064</t>
+          <t>9786057901439</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Belediyecilikte Milli Görüş</t>
+          <t>Aliya - Bilge Yönetici İzzetbegoviç'in Entelektüel Dünyası</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786057901224</t>
+          <t>9786057901422</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Fişekleyecek 60+1 Dakika</t>
+          <t>Gazali - Bir İslam Aliminin Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057901149</t>
+          <t>9786057901446</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık - Türkiye'de İslami Oluşumlar Ansiklopedisi</t>
+          <t>Cabiri - Arap - İslam Aklını İnşa Projesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>595</v>
+        <v>160</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057901101</t>
+          <t>9786057901415</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ruhuna Zehir Katanlar</t>
+          <t>Cevdet Said</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786059477987</t>
+          <t>9786057901316</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kıtabı Çağırır</t>
+          <t>Müçtehid İmamların Savunusu (Refu'l - Melam)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059477918</t>
+          <t>9786057901583</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Koşu Bittikten Sonra Da Koşan Atlı Sezai Karakoç</t>
+          <t>İncil'in Satır Aralarında Böyle Buyurdu İsa Mesih</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059686686</t>
+          <t>9786057901354</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Babil'i Beş Geçe</t>
+          <t>Kim Bilir Belki</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052152232</t>
+          <t>9786057901347</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>İslami Edebiyatta Dua</t>
+          <t>Sözün Sıratı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786054913510</t>
+          <t>9786057901309</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Türk Edebiyatında İslami Söylem ve Ali Haydar Haksal</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052152522</t>
+          <t>9786057901361</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Yaşamak (Almanya Konferansı)</t>
+          <t>Bir Yol Var Aramızda</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059686532</t>
+          <t>9786052152447</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Batı Evrensel İslam 21. Yüzyılda Sorunları Konuşmak</t>
+          <t>Kur'an'la Yolculuk</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052152393</t>
+          <t>9786052152782</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Farklı Okumalar</t>
+          <t>Gökte Asılı Şarkılar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052152263</t>
+          <t>9786052152966</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyet Anlayışımız</t>
+          <t>Aliya</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059853101</t>
+          <t>9786057901026</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında İman ve Namaz</t>
+          <t>İslam Temel Prensipleri</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052152560</t>
+          <t>9786052152720</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>İman Anlayışımız</t>
+          <t>Kürt Sorununda İslamcılar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052152706</t>
+          <t>9786952152974</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Yakın Okuma</t>
+          <t>Sevgili Kızım</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059477512</t>
+          <t>9786057901064</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Sessizce</t>
+          <t>Sosyal Belediyecilikte Milli Görüş</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052152225</t>
+          <t>9786057901224</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Düşledim</t>
+          <t>Hayatınızı Fişekleyecek 60+1 Dakika</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786059477895</t>
+          <t>9786057901149</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İktisat Anlayışımız</t>
+          <t>İslamcılık - Türkiye'de İslami Oluşumlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052152591</t>
+          <t>9786057901101</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadislerini Yorum Metodu</t>
+          <t>Müslüman Ruhuna Zehir Katanlar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786054913671</t>
+          <t>9786059477987</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Sensizliği Bilmiyorlar</t>
+          <t>Kitap Kıtabı Çağırır</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052152485</t>
+          <t>9786059477918</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kültürde Yaşayan Müslüman Azınlıklar</t>
+          <t>Koşu Bittikten Sonra Da Koşan Atlı Sezai Karakoç</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786054913978</t>
+          <t>9786059686686</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Erdem Medeniyeti</t>
+          <t>Babil'i Beş Geçe</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052152638</t>
+          <t>9786052152232</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Deizmin Kökenleri</t>
+          <t>İslami Edebiyatta Dua</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789756353875</t>
+          <t>9786054913510</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ruh Terbiyesi</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052152492</t>
+          <t>9786052152522</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Hz. Muhammed (sav)'in Özellikeri</t>
+          <t>İslam'ı Yaşamak (Almanya Konferansı)</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052152508</t>
+          <t>9786059686532</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Taştepe</t>
+          <t>Küreselleşen Batı Evrensel İslam 21. Yüzyılda Sorunları Konuşmak</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052152690</t>
+          <t>9786052152393</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Bir Irmak Düşü</t>
+          <t>İslam Düşüncesinde Farklı Okumalar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052152515</t>
+          <t>9786052152263</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Gücü</t>
+          <t>İyi Niyet Anlayışımız</t>
         </is>
       </c>
       <c r="C814" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052152287</t>
+          <t>9786059853101</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gölgesinde</t>
+          <t>Vahyin Işığında İman ve Namaz</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786059853767</t>
+          <t>9786052152560</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya Üzerinde Düşünmek</t>
+          <t>İman Anlayışımız</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059477765</t>
+          <t>9786052152706</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ahirete Yolculuk</t>
+          <t>Yakın Okuma</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052152461</t>
+          <t>9786059477512</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslam'ı İslam Müslümanları Arıyor</t>
+          <t>Sessizce</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052152478</t>
+          <t>9786052152225</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kimliğidir İnsanın</t>
+          <t>Düşünceler Düşledim</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052152294</t>
+          <t>9786059477895</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fotoğrafları</t>
+          <t>İktisat Anlayışımız</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059853040</t>
+          <t>9786052152591</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Konuşuyor</t>
+          <t>Ahkam Hadislerini Yorum Metodu</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059477390</t>
+          <t>9786054913671</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kar da Yanar</t>
+          <t>Sensizliği Bilmiyorlar</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052152607</t>
+          <t>9786052152485</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yenilenmeye Hazır Olanlar İçindir Oruç</t>
+          <t>Yabancı Kültürde Yaşayan Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052152430</t>
+          <t>9786054913978</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kirpik Ucu Öyküleri</t>
+          <t>Erdem Medeniyeti</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052152317</t>
+          <t>9786052152638</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kanatları Altında</t>
+          <t>Türkiye'de Deizmin Kökenleri</t>
         </is>
       </c>
       <c r="C825" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786059477888</t>
+          <t>9789756353875</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Gönül Rehberi</t>
+          <t>Ruh Terbiyesi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052152256</t>
+          <t>9786052152492</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna</t>
+          <t>Kur'an'da Hz. Muhammed (sav)'in Özellikeri</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052152980</t>
+          <t>9786052152508</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Özü Şiirin Eşiği</t>
+          <t>Taştepe</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059686471</t>
+          <t>9786052152690</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü'l Merviyye Fi't Teşrih Ve'l Kemeviyye</t>
+          <t>Bir Irmak Düşü</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052152751</t>
+          <t>9786052152515</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Bizim Akif</t>
+          <t>Bilginin Gücü</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052152683</t>
+          <t>9786052152287</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Mekke Devrinde Karşılaştığı Sıkıntılar</t>
+          <t>Güneşin Gölgesinde</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052152577</t>
+          <t>9786059853767</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Vahye Göre Büyük Zulüm</t>
+          <t>Yeni Bir Dünya Üzerinde Düşünmek</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052152539</t>
+          <t>9786059477765</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Gerçeği</t>
+          <t>Adım Adım Ahirete Yolculuk</t>
         </is>
       </c>
       <c r="C833" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059477901</t>
+          <t>9786052152461</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Münevver Anlayışımız</t>
+          <t>Dünya İslam'ı İslam Müslümanları Arıyor</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059686556</t>
+          <t>9786052152478</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>İtikafta Kıyılan Nikah</t>
+          <t>Kelimeler Kimliğidir İnsanın</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059853033</t>
+          <t>9786052152294</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajları İlke Edinmek</t>
+          <t>İnsan Fotoğrafları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059853248</t>
+          <t>9786059853040</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mısır Eyyubilerinde Eğitim ve Öğretim Faaliyetleri</t>
+          <t>Yeni Türkiye Konuşuyor</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052152218</t>
+          <t>9786059477390</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ayazda Bir Islık</t>
+          <t>Kar da Yanar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052152249</t>
+          <t>9786052152607</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Milliyet Anlayışımız</t>
+          <t>Yenilenmeye Hazır Olanlar İçindir Oruç</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052152140</t>
+          <t>9786052152430</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitiminde 40 Hadis</t>
+          <t>Kirpik Ucu Öyküleri</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052152089</t>
+          <t>9786052152317</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gencin Yaşam İlkeleri</t>
+          <t>Şiirin Kanatları Altında</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052152164</t>
+          <t>9786059477888</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Hikayeleri Fetret</t>
+          <t>Gezgin Gönül Rehberi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052152195</t>
+          <t>9786052152256</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Kur’an’la Yolculuğu</t>
+          <t>Esmaül Hüsna</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052152027</t>
+          <t>9786052152980</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrolar</t>
+          <t>Hayatın Özü Şiirin Eşiği</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052152126</t>
+          <t>9786059686471</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>T Şehrinde İp Atlayan Çocuklar</t>
+          <t>Zübdetü'l Merviyye Fi't Teşrih Ve'l Kemeviyye</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052152133</t>
+          <t>9786052152751</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Şairin Aynası</t>
+          <t>Bizim Akif</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052152119</t>
+          <t>9786052152683</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Akif'i Anlamak</t>
+          <t>Hz. Peygamberin Mekke Devrinde Karşılaştığı Sıkıntılar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786054913848</t>
+          <t>9786052152577</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Duvardibi Düşü</t>
+          <t>Vahye Göre Büyük Zulüm</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059686273</t>
+          <t>9786052152539</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>23 Hadis</t>
+          <t>İslam'ın Gerçeği</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052152058</t>
+          <t>9786059477901</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerin Hesap Günü Var mı?</t>
+          <t>Münevver Anlayışımız</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059853682</t>
+          <t>9786059686556</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Ah Güzel Bir Gün</t>
+          <t>İtikafta Kıyılan Nikah</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059853729</t>
+          <t>9786059853033</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Yusufun Kuyusu</t>
+          <t>İlahi Mesajları İlke Edinmek</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059853705</t>
+          <t>9786059853248</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ayna</t>
+          <t>Mısır Eyyubilerinde Eğitim ve Öğretim Faaliyetleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059686679</t>
+          <t>9786052152218</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Mühendis ve Hayat</t>
+          <t>Ayazda Bir Islık</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786054913855</t>
+          <t>9786052152249</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Zaman Ayırmak</t>
+          <t>Milliyet Anlayışımız</t>
         </is>
       </c>
       <c r="C855" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059477970</t>
+          <t>9786052152140</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Adem Güncesi</t>
+          <t>Aile Eğitiminde 40 Hadis</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059477864</t>
+          <t>9786052152089</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>İlham Perisi</t>
+          <t>Müslüman Gencin Yaşam İlkeleri</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786054913787</t>
+          <t>9786052152164</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Aşiret Modernleşmesi</t>
+          <t>Bir Dönemin Hikayeleri Fetret</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054913114</t>
+          <t>9786052152195</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Rasulullah’ın Kur’an’la Yolculuğu</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059477680</t>
+          <t>9786052152027</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İsnat Edilen Günahların Mahiyeti</t>
+          <t>Tiyatrolar</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059477734</t>
+          <t>9786052152126</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Bir Şarkı</t>
+          <t>T Şehrinde İp Atlayan Çocuklar</t>
         </is>
       </c>
       <c r="C861" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059477727</t>
+          <t>9786052152133</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kültürün İzi</t>
+          <t>Şairin Aynası</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059477697</t>
+          <t>9786052152119</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Şahitliği</t>
+          <t>Akif'i Anlamak</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786059477642</t>
+          <t>9786054913848</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Biraz Din Konuşalım</t>
+          <t>Duvardibi Düşü</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059477444</t>
+          <t>9786059686273</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi'nin Siyaset Teorisi veya İslam Siyaset Düşüncesinde Reform</t>
+          <t>23 Hadis</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786059477543</t>
+          <t>9786052152058</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Işığıyla Okumak</t>
+          <t>Yöneticilerin Hesap Günü Var mı?</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059477475</t>
+          <t>9786059853682</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Dilim Ol Söyle</t>
+          <t>Ah Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059477499</t>
+          <t>9786059853729</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül Meseli</t>
+          <t>Yusufun Kuyusu</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059686785</t>
+          <t>9786059853705</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ali b. Yahya Es-Semerkandi Çalıştayı</t>
+          <t>Ölüm ve Ayna</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059686426</t>
+          <t>9786059686679</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nakşibendi</t>
+          <t>Mühendis ve Hayat</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059477109</t>
+          <t>9786054913855</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Musaddik ve Müheymin</t>
+          <t>Allah’a Zaman Ayırmak</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059686730</t>
+          <t>9786059477970</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Cabülka</t>
+          <t>Adem Güncesi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059477260</t>
+          <t>9786054913787</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Düşüncesinde İlahi Bilgi</t>
+          <t>Aşiret Modernleşmesi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059477031</t>
+          <t>9786054913114</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Kur’an'la ve Namazla Dirilmek</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C874" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059477345</t>
+          <t>9786059477680</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gecede Öldük Öldük Dirildik</t>
+          <t>Peygamberlere İsnat Edilen Günahların Mahiyeti</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059686464</t>
+          <t>9786059477734</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Zebdetü'l İrfan Fi Tedkiki'l - İtkan 3. Cilt</t>
+          <t>Özgürlük İçin Bir Şarkı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059477208</t>
+          <t>9786059477727</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Gençler</t>
+          <t>Kültürün İzi</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059477178</t>
+          <t>9786059477697</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Hira’daki İşaretler</t>
+          <t>Bir Şehidin Şahitliği</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059477376</t>
+          <t>9786059477642</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Bir Umudum Olsun</t>
+          <t>Biraz Din Konuşalım</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059477130</t>
+          <t>9786059477444</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürüyüşün Serencamı</t>
+          <t>Said Nursi'nin Siyaset Teorisi veya İslam Siyaset Düşüncesinde Reform</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059477505</t>
+          <t>9786059477543</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Çığlıklar</t>
+          <t>Kur’an’ın Işığıyla Okumak</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059853675</t>
+          <t>9786059477475</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağıyordu Karanlığa</t>
+          <t>Dilim Ol Söyle</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786059477482</t>
+          <t>9786059477499</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın İzi -1 Bir Sonsuz Yolculukta</t>
+          <t>Gül ile Bülbül Meseli</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059477451</t>
+          <t>9786059686785</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Anlam İncelikleri</t>
+          <t>Ali b. Yahya Es-Semerkandi Çalıştayı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059477468</t>
+          <t>9786059686426</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Kumbarası</t>
+          <t>Risale-i Nakşibendi</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786059686624</t>
+          <t>9786059477109</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Duvarda Asılı Düşler</t>
+          <t>Musaddik ve Müheymin</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786059477215</t>
+          <t>9786059686730</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>El Fihrist (Ciltli)</t>
+          <t>Cabülka</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>1400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786059686587</t>
+          <t>9786059477260</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Öyküsü</t>
+          <t>Erken Dönem İslam Düşüncesinde İlahi Bilgi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786059686754</t>
+          <t>9786059477031</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Gezgin İle Pervane</t>
+          <t>Modern Zamanlarda Kur’an'la ve Namazla Dirilmek</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059686280</t>
+          <t>9786059477345</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Suf Hareketi Tarihi</t>
+          <t>Karanlık Gecede Öldük Öldük Dirildik</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059686761</t>
+          <t>9786059686464</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ah Minyatürleri</t>
+          <t>Zebdetü'l İrfan Fi Tedkiki'l - İtkan 3. Cilt</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059686747</t>
+          <t>9786059477208</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Rüya Korkusu</t>
+          <t>Sevgili Gençler</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786353330209</t>
+          <t>9786059477178</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Dersleri 2 : Kısa Sureler</t>
+          <t>Hira’daki İşaretler</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059686297</t>
+          <t>9786059477376</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Komşuluk</t>
+          <t>Bir Umudum Olsun</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786059686341</t>
+          <t>9786059477130</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün... Biri Vardı De...</t>
+          <t>Bir Yürüyüşün Serencamı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786059686266</t>
+          <t>9786059477505</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu</t>
+          <t>Güller ve Çığlıklar</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>475</v>
+        <v>160</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786059686204</t>
+          <t>9786059853675</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Kar Yağıyordu Karanlığa</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786059686150</t>
+          <t>9786059477482</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Hac Psikolojisi</t>
+          <t>Edebiyatın İzi -1 Bir Sonsuz Yolculukta</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786059853897</t>
+          <t>9786059477451</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Yordum</t>
+          <t>Kur’an-ı Kerim’de Anlam İncelikleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786059853873</t>
+          <t>9786059477468</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Gölgeme Düşen Notlar</t>
+          <t>Ahiret Kumbarası</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786059853644</t>
+          <t>9786059686624</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ustaları</t>
+          <t>Duvarda Asılı Düşler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786059853699</t>
+          <t>9786059477215</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gökyüzü Altında</t>
+          <t>El Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>190</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059853583</t>
+          <t>9786059686587</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük Küçük Boy</t>
+          <t>Ailenin Öyküsü</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052152416</t>
+          <t>9786059686754</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
+          <t>Yunus Emre - Gezgin İle Pervane</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>850</v>
+        <v>275</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786059853392</t>
+          <t>9786059686280</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dimağı veya Üç Vasf-ı İnsan</t>
+          <t>Suf Hareketi Tarihi</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786054913220</t>
+          <t>9786059686761</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Özüne Dair</t>
+          <t>Ah Minyatürleri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786059853118</t>
+          <t>9786059686747</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Nur Hareketi</t>
+          <t>Rüya Korkusu</t>
         </is>
       </c>
       <c r="C907" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786054913244</t>
+          <t>9786353330209</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Kıskacında</t>
+          <t>Tefsir Dersleri 2 : Kısa Sureler</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786054913237</t>
+          <t>9786059686297</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bir İslamcıya Göre Kapitalizm ve Sosyalizm</t>
+          <t>İslam'da Komşuluk</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786054913251</t>
+          <t>9786059686341</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamaya Giriş</t>
+          <t>Bir Gün... Biri Vardı De...</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059853293</t>
+          <t>9786059686266</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Gölgemin Ayak Sesleri Aforizmalar</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059853125</t>
+          <t>9786059686204</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Uyan Be Gönül - Celali</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786054913428</t>
+          <t>9786059686150</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaid Esasları</t>
+          <t>Hac Psikolojisi</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786054913695</t>
+          <t>9786059853897</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Yandım</t>
+          <t>Anlamı Yordum</t>
         </is>
       </c>
       <c r="C914" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786054913893</t>
+          <t>9786059853873</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>İftiranın Hedefindeki Sünnet</t>
+          <t>Gölgeme Düşen Notlar</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786054913640</t>
+          <t>9786059853644</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Arının Ayak Tozu</t>
+          <t>Edebiyatın Ustaları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786054913602</t>
+          <t>9786059853699</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Direnişi</t>
+          <t>Aynı Gökyüzü Altında</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786059853576</t>
+          <t>9786059853583</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük Küçük Boy</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786059853989</t>
+          <t>9786052152416</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786054913367</t>
+          <t>9786059853392</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 2</t>
+          <t>Gençlik Dimağı veya Üç Vasf-ı İnsan</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786054913350</t>
+          <t>9786054913220</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 1</t>
+          <t>Hayatın Özüne Dair</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786054913343</t>
+          <t>9786059853118</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ahiretsiz Müslümanlık</t>
+          <t>Nur Hareketi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786054913138</t>
+          <t>9786054913244</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Diliyle 28 Şubat Öyküleri</t>
+          <t>Modernizmin Kıskacında</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786059686129</t>
+          <t>9786054913237</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Vahiy İklimine Yolculuk</t>
+          <t>Bir İslamcıya Göre Kapitalizm ve Sosyalizm</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786059686020</t>
+          <t>9786054913251</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Fert ve Toplum Açısından Kur'an'da Sünnetullah</t>
+          <t>Kur'an'ı Anlamaya Giriş</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786059853972</t>
+          <t>9786059853293</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Medeniyet</t>
+          <t>Gölgemin Ayak Sesleri Aforizmalar</t>
         </is>
       </c>
       <c r="C926" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786054913084</t>
+          <t>9786059853125</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>İnançların Kökleri Kavramlar</t>
+          <t>Uyan Be Gönül - Celali</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786353129100</t>
+          <t>9786054913428</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Göçün ve Kentin Siyaseti</t>
+          <t>İslam Akaid Esasları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789756353998</t>
+          <t>9786054913695</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İslami Mücadelede İmtihan</t>
+          <t>Yağmurla Yandım</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786054913077</t>
+          <t>9786054913893</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Kervanı Peygamberler Tarihi</t>
+          <t>İftiranın Hedefindeki Sünnet</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789756353905</t>
+          <t>9786054913640</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Organizasyon, Verimlilik</t>
+          <t>Arının Ayak Tozu</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789756353929</t>
+          <t>9786054913602</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisinin Temel İlkeleri</t>
+          <t>Anadolu Direnişi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786059853934</t>
+          <t>9786059853576</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yazarla Ufka Doğru</t>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786059853637</t>
+          <t>9786059853989</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kürt Milliyetçiliğinin Kısa Tarihi</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
+          <t>9786054913367</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 2</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786054913350</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 1</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786054913343</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Ahiretsiz Müslümanlık</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786054913138</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Diliyle 28 Şubat Öyküleri</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786059686129</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Vahiy İklimine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786059686020</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Fert ve Toplum Açısından Kur'an'da Sünnetullah</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786059853972</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Medeniyet</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786054913084</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>İnançların Kökleri Kavramlar</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786353129100</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Göçün ve Kentin Siyaseti</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9789756353998</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>İslami Mücadelede İmtihan</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786054913077</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Nübüvvet Kervanı Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9789756353905</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim, Organizasyon, Verimlilik</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9789756353929</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ekonomisinin Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786059853934</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yazarla Ufka Doğru</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786059853637</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Milliyetçiliğinin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
           <t>9789756353882</t>
         </is>
       </c>
-      <c r="B935" s="1" t="inlineStr">
+      <c r="B950" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Davet</t>
         </is>
       </c>
-      <c r="C935" s="1">
+      <c r="C950" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>