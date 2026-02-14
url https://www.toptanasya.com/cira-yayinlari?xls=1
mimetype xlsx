--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,14275 +85,14665 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256160996</t>
+          <t>9786259382852</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dil</t>
+          <t>Taxus</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059477369</t>
+          <t>9786258703030</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü'l - İrfanı Fi Tedkiki'l - İtkan Cilt 3 (Ciltli)</t>
+          <t>Vahyin Işığında İnsan Yolculuğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257413237</t>
+          <t>9786258703061</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü'l-İrfan Fi Tedkiki'l-İtkan / Cilt 1</t>
+          <t>Sorunlarla İslamiyet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256107816</t>
+          <t>9786255793560</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Açık Parantez</t>
+          <t>Meçhule Doğru</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255724137</t>
+          <t>9786256160507</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Esmerliğime Bakma</t>
+          <t>Resullıllah (S.A.V.)'ın İsra ve Mirac Mucizesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259364308</t>
+          <t>9786256107748</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Samirî'nin Altın Buzağısından Fetullah'ın Altın Nesli'ne</t>
+          <t>Dünyadan Geçerken Toplu Şiirler II</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259382807</t>
+          <t>9786256107731</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi Kahramanlar ve Yaratıklar Serisi1 - Arçura</t>
+          <t>Dünyadan Geçerken Toplu Şiirler I</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255724120</t>
+          <t>9786057901668</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öğretme Sanatı</t>
+          <t>Beleki</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256107854</t>
+          <t>9786052152386</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Poetika Akademisi 1</t>
+          <t>Dinin Hikmeti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259382821</t>
+          <t>9786258703054</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kamyon Arkası Aforizmaları</t>
+          <t>Sentetik Medya</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256160354</t>
+          <t>9786255793553</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Yetim Baba</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256160361</t>
+          <t>9786256107830</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Muaşeret</t>
+          <t>Kış Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256160309</t>
+          <t>9786255724205</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öznesiz Hayatlar</t>
+          <t>Mektebin Bacaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256252769</t>
+          <t>9786259382845</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Merhaleler ve Merhabalar</t>
+          <t>Ormandaki Aynalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057185686</t>
+          <t>9786255724175</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hanedanının Asi Melikleri</t>
+          <t>İlim Yolunda Kesişme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052152188</t>
+          <t>9786256107878</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafiinin Kavl i Kadim ve Kavl i Cedidi</t>
+          <t>İkmale Kalmış Talebeler İçin İnsan Bilgisi Dersleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059853606</t>
+          <t>9786258703009</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>El-Edebu’s-Sağir ve’l-Edebu’l-Kebir</t>
+          <t>Alternatif İlmihal</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257009935</t>
+          <t>9786259659084</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’un Enetelektüel Portresi ve Din Felsefesi</t>
+          <t>Şira</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256045422</t>
+          <t>9786255724168</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Halit Paşa</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259419220</t>
+          <t>9786255724199</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Düştü Toprağa</t>
+          <t>Soyut İcatlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259946184</t>
+          <t>9786255793164</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gerilim Hikayeleri</t>
+          <t>Gurbete Düşen Umut</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259946146</t>
+          <t>9786258703016</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hanzala - Avucumdaki Taşlar</t>
+          <t>Yüreğimizdeki İnsan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258205077</t>
+          <t>9786259364315</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman’ın Manevi Gülleri ve Kanaat Önderleri</t>
+          <t>Cevheretü’t Tevhid Şerhlerinde Mu’tezille Eleştirisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257413992</t>
+          <t>9786258703023</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Penceresinden Gündemdeki Konulara Bakış</t>
+          <t>Tarihin Hafızasına Yolculuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786353140600</t>
+          <t>9786255793522</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İman ve Bilinç</t>
+          <t>Aşk'ı Şiir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786353250200</t>
+          <t>9786255724151</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayret Makamı - Meqame Heyrete</t>
+          <t>Kapı Karşı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786353155000</t>
+          <t>9786256160996</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Ülke İran</t>
+          <t>Din ve Dil</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059853330</t>
+          <t>9786059477369</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nikah Medeniyeti</t>
+          <t>Zübdetü'l - İrfanı Fi Tedkiki'l - İtkan Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059477253</t>
+          <t>9786257413237</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Zübdetü'l-İrfan Fi Tedkiki'l-İtkan / Cilt 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059853750</t>
+          <t>9786256107816</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mütevatir Hadisler</t>
+          <t>Açık Parantez</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257324786</t>
+          <t>9786255724137</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Benna Kutub ve İhvan</t>
+          <t>Esmerliğime Bakma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257413633</t>
+          <t>9786259364308</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çığlıkları Tüketmek</t>
+          <t>Samirî'nin Altın Buzağısından Fetullah'ın Altın Nesli'ne</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257413251</t>
+          <t>9786259382807</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi</t>
+          <t>Türk Mitolojisi Kahramanlar ve Yaratıklar Serisi1 - Arçura</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257324090</t>
+          <t>9786255724120</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Bilim Işığında Açıklamalı Kur’an Meali</t>
+          <t>Öğretme Sanatı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059686488</t>
+          <t>9786256107854</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Dini Eğitimi</t>
+          <t>Poetika Akademisi 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052152553</t>
+          <t>9786259382821</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Tarih Atlası</t>
+          <t>Kamyon Arkası Aforizmaları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057901606</t>
+          <t>9786256160354</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitapların Sümer ve Babil'deki Yansımaları</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256107823</t>
+          <t>9786256160361</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Boyunca Düştüğüm</t>
+          <t>Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256107861</t>
+          <t>9786256160309</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Deyince</t>
+          <t>Öznesiz Hayatlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259758992</t>
+          <t>9786256252769</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Tanıklık</t>
+          <t>Merhaleler ve Merhabalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259382814</t>
+          <t>9786057185686</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ökkeş Ede Fıkraları</t>
+          <t>Selçuklu Hanedanının Asi Melikleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256160972</t>
+          <t>9786052152188</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu</t>
+          <t>İmam Şafiinin Kavl i Kadim ve Kavl i Cedidi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256160989</t>
+          <t>9786059853606</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteli Su</t>
+          <t>El-Edebu’s-Sağir ve’l-Edebu’l-Kebir</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256160927</t>
+          <t>9786257009935</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Mayınlı Tarlası</t>
+          <t>İbn Haldun’un Enetelektüel Portresi ve Din Felsefesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255724090</t>
+          <t>9786256045422</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Monologlar</t>
+          <t>Halit Paşa</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256160965</t>
+          <t>9786259419220</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Olmasaydın Olmazdık</t>
+          <t>Şiir Düştü Toprağa</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256160941</t>
+          <t>9786259946184</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 1. Cilt</t>
+          <t>Kişisel Gerilim Hikayeleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256160958</t>
+          <t>9786259946146</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 2. Cilt</t>
+          <t>Hanzala - Avucumdaki Taşlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255724113</t>
+          <t>9786258205077</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Senden Güzeli Mi Var?</t>
+          <t>Adıyaman’ın Manevi Gülleri ve Kanaat Önderleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255724106</t>
+          <t>9786257413992</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Buna Can Dayanır Mı?</t>
+          <t>Kur'an Penceresinden Gündemdeki Konulara Bakış</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259758985</t>
+          <t>9786353140600</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beleki Bıdri ve Şeğo Aşiretleri</t>
+          <t>İman ve Bilinç</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786353179600</t>
+          <t>9786353250200</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İnsan Hakları Kuramı</t>
+          <t>Hayret Makamı - Meqame Heyrete</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255793447</t>
+          <t>9786353155000</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pael’ - Ruhlar Okulu</t>
+          <t>Hedefteki Ülke İran</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255724083</t>
+          <t>9786059853330</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ahit Sandığı</t>
+          <t>Nikah Medeniyeti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256107793</t>
+          <t>9786059477253</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rüya Defteri</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256107809</t>
+          <t>9786059853750</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Yürüyüşü</t>
+          <t>Mütevatir Hadisler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786353282300</t>
+          <t>9786257324786</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aşk Terapi</t>
+          <t>Benna Kutub ve İhvan</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259635453</t>
+          <t>9786257413633</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Değerler Eğitimi</t>
+          <t>Çığlıkları Tüketmek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256160897</t>
+          <t>9786257413251</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözden Önceki Söz Sen Kimsin?</t>
+          <t>İslam Bilim Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256252813</t>
+          <t>9786257324090</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Akıl ve Bilim Işığında Açıklamalı Kur’an Meali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256160880</t>
+          <t>9786059686488</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İki Nefes Arası Hayat</t>
+          <t>Çocuğun Dini Eğitimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256160620</t>
+          <t>9786052152553</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Hazinesi</t>
+          <t>Kanlı Tarih Atlası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256107786</t>
+          <t>9786057901606</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Tren Sesi</t>
+          <t>Kutsal Kitapların Sümer ve Babil'deki Yansımaları</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059686013</t>
+          <t>9786256107823</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kavramlar ve Düzenler</t>
+          <t>Ömrüm Boyunca Düştüğüm</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256107779</t>
+          <t>9786256107861</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Yol İşaretleri</t>
+          <t>Yaşamak Deyince</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256107762</t>
+          <t>9786259758992</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Metinden Yoruma Eleştirel Okumalar</t>
+          <t>Türkiye Üzerine Tanıklık</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256252806</t>
+          <t>9786259382814</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve Yalnızlık</t>
+          <t>Ökkeş Ede Fıkraları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256252820</t>
+          <t>9786256160972</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğilir Her Şey Aşkla</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256252837</t>
+          <t>9786256160989</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Asriler</t>
+          <t>Üniversiteli Su</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256160521</t>
+          <t>9786256160927</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Erillik Dişilik</t>
+          <t>Geleneğin Mayınlı Tarlası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256252790</t>
+          <t>9786255724090</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Elbet</t>
+          <t>Münzevi Monologlar</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256160606</t>
+          <t>9786256160965</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Temelli Çocuk Eğitimi</t>
+          <t>Olmasaydın Olmazdık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256252776</t>
+          <t>9786256160941</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 1. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259588377</t>
+          <t>9786256160958</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ben Değerli Bir Çocuğum</t>
+          <t>Kuran'i Evrim'in İlkeleri ve Mekanizmaları 2. Cilt</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256107724</t>
+          <t>9786255724113</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Sesler</t>
+          <t>Senden Güzeli Mi Var?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257324823</t>
+          <t>9786255724106</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Arasında - Sanatın İzi</t>
+          <t>Buna Can Dayanır Mı?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786353942000</t>
+          <t>9786259758985</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Basri</t>
+          <t>Beleki Bıdri ve Şeğo Aşiretleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786353332005</t>
+          <t>9786353179600</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle ve Tarihle Güncellenmek</t>
+          <t>Alternatif İnsan Hakları Kuramı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786353979002</t>
+          <t>9786255793447</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket</t>
+          <t>Pael’ - Ruhlar Okulu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054913954</t>
+          <t>9786255724083</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Umut Postası</t>
+          <t>Ahit Sandığı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256107717</t>
+          <t>9786256107793</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Sahip</t>
+          <t>Rüya Defteri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256160491</t>
+          <t>9786256107809</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
+          <t>Ayrılık Yürüyüşü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259758978</t>
+          <t>9786353282300</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Ajandasından Türkiye Yüzyılı</t>
+          <t>Aşk Terapi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256160453</t>
+          <t>9786259635453</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Z-Kuşağında Eğitim ve Sınavlar</t>
+          <t>Ayet ve Hadislerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256160477</t>
+          <t>9786256160897</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Bilal</t>
+          <t>İlk Sözden Önceki Söz Sen Kimsin?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256160460</t>
+          <t>9786256252813</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kenan Diyarında Siyonizm Sorunu</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256160484</t>
+          <t>9786256160880</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Kuşları</t>
+          <t>İki Nefes Arası Hayat</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256252752</t>
+          <t>9786256160620</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kim Kavgam</t>
+          <t>Erdemler Hazinesi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259758961</t>
+          <t>9786256107786</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergi Suç ve Kabahatleri</t>
+          <t>Uzakta Bir Tren Sesi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256160323</t>
+          <t>9786059686013</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Kur’an Öğrenme Rehberi</t>
+          <t>Çağdaş Kavramlar ve Düzenler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256160378</t>
+          <t>9786256107779</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Müslüman’ın Anlam Arayışı</t>
+          <t>Şiirin Yol İşaretleri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256252745</t>
+          <t>9786256107762</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İçerden Sesler</t>
+          <t>Metinden Yoruma Eleştirel Okumalar</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256160446</t>
+          <t>9786256252806</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mitra’dan, Mehdi’ye Zerdüşt’ten, Humeyni’ye İran</t>
+          <t>Şehirler ve Yalnızlık</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256160439</t>
+          <t>9786256252820</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bağlılık Kuramı</t>
+          <t>Eğilir Her Şey Aşkla</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256107403</t>
+          <t>9786256252837</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Acele Cevap Beklerim</t>
+          <t>Asriler</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259495460</t>
+          <t>9786256160521</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Macera Günlüğü</t>
+          <t>Erillik Dişilik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055152782</t>
+          <t>9786256252790</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gökte Asılı Şarkılar</t>
+          <t>Bir Gün Elbet</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259495446</t>
+          <t>9786256160606</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Sav)</t>
+          <t>Ahlak Temelli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259495453</t>
+          <t>9786256252776</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meryem Dünya Kardeşlik Elçisi</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256252738</t>
+          <t>9786259588377</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Umut Hüzmesi</t>
+          <t>Ben Değerli Bir Çocuğum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256160385</t>
+          <t>9786256107724</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dilinden Ademoğlu</t>
+          <t>Ömürlük Sesler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256160279</t>
+          <t>9786257324823</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık Karşısında Kürtler</t>
+          <t>Yer Gök Arasında - Sanatın İzi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256252721</t>
+          <t>9786353942000</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Arasta</t>
+          <t>Hasan El-Basri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256107397</t>
+          <t>9786353332005</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şehir Yürüyüşleri</t>
+          <t>Vahiyle ve Tarihle Güncellenmek</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256107380</t>
+          <t>9786353979002</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Çocukları Olmak</t>
+          <t>İslami Hareket</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259758916</t>
+          <t>9786054913954</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mesih’i Yeryüzüne Getirme İttifakı Siyonizm ile Chabad</t>
+          <t>Umut Postası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256107373</t>
+          <t>9786256107717</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Borges Borges</t>
+          <t>Yedinci Sahip</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256252714</t>
+          <t>9786256160491</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hüzün-Baz Şiirler</t>
+          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259758947</t>
+          <t>9786259758978</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi’nin Siyaset Dahisi Kardeşi Melik Adil</t>
+          <t>Endülüs Ajandasından Türkiye Yüzyılı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259758954</t>
+          <t>9786256160453</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Son Fatımi Halifesi Adıd-Lidinillah</t>
+          <t>Z-Kuşağında Eğitim ve Sınavlar</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256107359</t>
+          <t>9786256160477</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kara Dehlizlerde Ben</t>
+          <t>Seyyid Bilal</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259758930</t>
+          <t>9786256160460</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Humus Eyyubi Beyliği</t>
+          <t>Kenan Diyarında Siyonizm Sorunu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259758923</t>
+          <t>9786256160484</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Kölelik Sistemine ve Kölelere Yaklaşımı</t>
+          <t>İbrahim’in Kuşları</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256107366</t>
+          <t>9786256252752</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Köseği</t>
+          <t>Kim Kavgam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256107342</t>
+          <t>9786259758961</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Irmakları</t>
+          <t>Türk Hukukunda Vergi Suç ve Kabahatleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256252707</t>
+          <t>9786256160323</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Hatıralar Dehlizi</t>
+          <t>En Kolay Kur’an Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256160293</t>
+          <t>9786256160378</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Başucu Ayetleri</t>
+          <t>Müslüman’ın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256252677</t>
+          <t>9786256252745</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünden İnsan Manzaraları</t>
+          <t>İçerden Sesler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256107311</t>
+          <t>9786256160446</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Peygamberler Tarihi</t>
+          <t>Mitra’dan, Mehdi’ye Zerdüşt’ten, Humeyni’ye İran</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256160286</t>
+          <t>9786256160439</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Biz Ki: Oruç Tutarız Bizi Kimse Tutamaz</t>
+          <t>Bağlılık Kuramı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256252691</t>
+          <t>9786256107403</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tarihi İstanbul</t>
+          <t>Acele Cevap Beklerim</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256107328</t>
+          <t>9786259495460</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Geceye Sürgün Sesim</t>
+          <t>Macera Günlüğü</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256107335</t>
+          <t>9786055152782</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sonra Akşam</t>
+          <t>Gökte Asılı Şarkılar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256107304</t>
+          <t>9786259495446</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Ne Olacak</t>
+          <t>Hz. Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256160262</t>
+          <t>9786259495453</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Rol Model Kadınlar</t>
+          <t>Meryem Dünya Kardeşlik Elçisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256160095</t>
+          <t>9786256252738</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece 4 Cennet Yolcuları</t>
+          <t>Umut Hüzmesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256160125</t>
+          <t>9786256160385</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Aşka Adanmış Hayat Hz. Ali</t>
+          <t>Vahyin Dilinden Ademoğlu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256160057</t>
+          <t>9786256160279</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Vahiy / Akıl Işığında Dinlerin Tahrif Edenlere Bakış</t>
+          <t>Irkçılık Karşısında Kürtler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258205893</t>
+          <t>9786256252721</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Doğan Hoca</t>
+          <t>Arasta</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258205879</t>
+          <t>9786256107397</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Modern Ulus Devlet</t>
+          <t>Şehir Yürüyüşleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258205787</t>
+          <t>9786256107380</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yüzyılı Hakkında Ne Dediler?</t>
+          <t>Cennetin Çocukları Olmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258205770</t>
+          <t>9786259758916</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>El Beyan ve-l Mizan ve-l Hadid</t>
+          <t>Mesih’i Yeryüzüne Getirme İttifakı Siyonizm ile Chabad</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258205725</t>
+          <t>9786256107373</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cemel Vak’ası</t>
+          <t>Borges Borges</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258205626</t>
+          <t>9786256252714</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Umrecinin Yol Haritası</t>
+          <t>Hüzün-Baz Şiirler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258205619</t>
+          <t>9786259758947</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ömre Bedel Bir Umre</t>
+          <t>Selahaddin Eyyubi’nin Siyaset Dahisi Kardeşi Melik Adil</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258205435</t>
+          <t>9786259758954</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Aldatanlar</t>
+          <t>Son Fatımi Halifesi Adıd-Lidinillah</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258205350</t>
+          <t>9786256107359</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hac - Umre Rehberi</t>
+          <t>Kara Dehlizlerde Ben</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258205206</t>
+          <t>9786259758930</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Deizm ve Sekülerizm</t>
+          <t>Humus Eyyubi Beyliği</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258422238</t>
+          <t>9786259758923</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Rahmet Yağmuru Ramazan</t>
+          <t>Hz. Peygamber’in Kölelik Sistemine ve Kölelere Yaklaşımı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054913930</t>
+          <t>9786256107366</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kuşağa Mektup</t>
+          <t>Köseği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057901200</t>
+          <t>9786256107342</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ey Emaneti Yüklenen İnsan</t>
+          <t>Dünyanın Bütün Irmakları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059853569</t>
+          <t>9786256252707</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle Yürümek</t>
+          <t>Kırgın Hatıralar Dehlizi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786353229800</t>
+          <t>9786256160293</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler ve Devrimler</t>
+          <t>Başucu Ayetleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054913466</t>
+          <t>9786256252677</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l Kalb</t>
+          <t>Yeryüzünden İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756353400</t>
+          <t>9786256107311</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İsyan Notaları</t>
+          <t>Şiirlerle Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054913794</t>
+          <t>9786256160286</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Çağrısı</t>
+          <t>Biz Ki: Oruç Tutarız Bizi Kimse Tutamaz</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786353157400</t>
+          <t>9786256252691</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslami Davete Dair</t>
+          <t>Tarihi İstanbul</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059686631</t>
+          <t>9786256107328</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil</t>
+          <t>Geceye Sürgün Sesim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059686112</t>
+          <t>9786256107335</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Sonra Akşam</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786353942006</t>
+          <t>9786256107304</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Basri</t>
+          <t>Şimdi Ne Olacak</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052152584</t>
+          <t>9786256160262</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Namaz Vaktin Nöbetini Tutrmaktır</t>
+          <t>Rol Model Kadınlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059477147</t>
+          <t>9786256160095</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tevhidi Toplum Özlemi</t>
+          <t>Kabirde İlk Gece 4 Cennet Yolcuları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059853002</t>
+          <t>9786256160125</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu ve İrade Davası</t>
+          <t>Zülfikar Aşka Adanmış Hayat Hz. Ali</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059477604</t>
+          <t>9786256160057</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kavramları Sözlüğü - Müfredat (Ciltli)</t>
+          <t>Vahiy / Akıl Işığında Dinlerin Tahrif Edenlere Bakış</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059686594</t>
+          <t>9786258205893</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ben Rabbime Gidiyorum</t>
+          <t>Ahmet Doğan Hoca</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059853859</t>
+          <t>9786258205879</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>Modern Ulus Devlet</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059686174</t>
+          <t>9786258205787</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Yusuf</t>
+          <t>Cumhuriyetin İlk Yüzyılı Hakkında Ne Dediler?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054913992</t>
+          <t>9786258205770</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Ahlakı</t>
+          <t>El Beyan ve-l Mizan ve-l Hadid</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059686976</t>
+          <t>9786258205725</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Nikah Bir İbadettir</t>
+          <t>Cemel Vak’ası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054913022</t>
+          <t>9786258205626</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Bir Eylem Davet</t>
+          <t>Umrecinin Yol Haritası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054913749</t>
+          <t>9786258205619</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an-ı Kerim'in Türkçe Anlamı (1. Hamur)</t>
+          <t>Ömre Bedel Bir Umre</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059853620</t>
+          <t>9786258205435</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Psikoloji</t>
+          <t>Dünyayı Aldatanlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257324083</t>
+          <t>9786258205350</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yoldakiler</t>
+          <t>Hac - Umre Rehberi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257324779</t>
+          <t>9786258205206</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İleri Karakol</t>
+          <t>Teoriden Pratiğe Deizm ve Sekülerizm</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257413121</t>
+          <t>9786258422238</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sonrası Toplum - Posthümanism</t>
+          <t>Ayet ve Hadislerle Rahmet Yağmuru Ramazan</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257009140</t>
+          <t>9786054913930</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen İhanet: Emperyalizmin Gölgesinde Filistin Sorunu ve Uluslararası Hukuk</t>
+          <t>Kayıp Kuşağa Mektup</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059477192</t>
+          <t>9786057901200</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri ve Surelerin Özeti</t>
+          <t>Ey Emaneti Yüklenen İnsan</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756353028</t>
+          <t>9786059853569</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe Arasında İslam Tasavvufu</t>
+          <t>Vahiyle Yürümek</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786353262500</t>
+          <t>9786353229800</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Yolu</t>
+          <t>Toplumsal Hareketler ve Devrimler</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756353103</t>
+          <t>9786054913466</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ömer bin Abdülaziz</t>
+          <t>Kitabu’l Kalb</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786353328701</t>
+          <t>9789756353400</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>31 Mart’tan 28 Şubat’a - Karanlık Yıllar</t>
+          <t>İsyan Notaları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>282</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786353266300</t>
+          <t>9786054913794</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’ın Çözülen Kodları</t>
+          <t>Kardeşlik Çağrısı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257009539</t>
+          <t>9786353157400</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tasarımın İhtişamı Evrimin Tutarsızlığı</t>
+          <t>İslami Davete Dair</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257009065</t>
+          <t>9786059686631</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Şehirler ve Şiirler</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256252547</t>
+          <t>9786059686112</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yolcu</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259443560</t>
+          <t>9786353942006</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kafesi Gazze’de Baba Olmak</t>
+          <t>Hasan el-Basri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786259419213</t>
+          <t>9786052152584</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Ağaç Kabukları</t>
+          <t>Namaz Vaktin Nöbetini Tutrmaktır</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259946191</t>
+          <t>9786059477147</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Öfke</t>
+          <t>Tevhidi Toplum Özlemi</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057312549</t>
+          <t>9786059853002</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cihan Sultanı Melikşah</t>
+          <t>Nurettin Topçu ve İrade Davası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786353167300</t>
+          <t>9786059477604</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şifa Bulmaz Hastalıklar Üzerine Aforizmalar</t>
+          <t>Kur'an Kavramları Sözlüğü - Müfredat (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786259862934</t>
+          <t>9786059686594</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hişt Allah’ın Kamerası Kayıtta</t>
+          <t>Ben Rabbime Gidiyorum</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057234339</t>
+          <t>9786059853859</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hazırsan Başlayalım</t>
+          <t>Son Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258422566</t>
+          <t>9786059686174</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Aşkar'ın Peşinde</t>
+          <t>Hüsn-i Yusuf</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057901057</t>
+          <t>9786054913992</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan İzler</t>
+          <t>Evlilik Ahlakı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052152652</t>
+          <t>9786059686976</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Vahiy - Akıl Dengesinde Dini Doğru Yaşamak</t>
+          <t>Nikah Bir İbadettir</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057901545</t>
+          <t>9786054913022</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve İbn Sina</t>
+          <t>Nebevi Bir Eylem Davet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052152669</t>
+          <t>9786054913749</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Vahiy - Akıl Işığında Dini Doğru Anlamak</t>
+          <t>Nüzul Sırasına Göre Kur'an-ı Kerim'in Türkçe Anlamı (1. Hamur)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257324557</t>
+          <t>9786059853620</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sınavı Kazandım</t>
+          <t>İslam ve Psikoloji</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259802176</t>
+          <t>9786257324083</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Somuncu Baba Şeyh Hamid-i Velî</t>
+          <t>Yoldakiler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259405919</t>
+          <t>9786257324779</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hac Ahkamının Hadislerdeki Dayanakları</t>
+          <t>İleri Karakol</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057185679</t>
+          <t>9786257413121</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Dua Zamanı</t>
+          <t>İnsan Sonrası Toplum - Posthümanism</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059686136</t>
+          <t>9786257009140</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Namaz-Oruç Psikolojisi</t>
+          <t>Bitmeyen İhanet: Emperyalizmin Gölgesinde Filistin Sorunu ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059477437</t>
+          <t>9786059477192</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çağında Toplumsal Değerler</t>
+          <t>Kur'an İlimleri ve Surelerin Özeti</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059477581</t>
+          <t>9789756353028</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İzzüddin b. Abdüsselam'ın İslam Hukuk Bilimindeki Yeri ve Önemi</t>
+          <t>Din ve Felsefe Arasında İslam Tasavvufu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059686082</t>
+          <t>9786353262500</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Psikoloijk Yöneliş</t>
+          <t>Cennetin Yolu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000030761</t>
+          <t>9789756353103</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cuma Suresi Tefsiri (Karton Kapak)</t>
+          <t>Ömer bin Abdülaziz</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259855851</t>
+          <t>9786353328701</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Araftan Aşka</t>
+          <t>31 Mart’tan 28 Şubat’a - Karanlık Yıllar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>282</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256107267</t>
+          <t>9786353266300</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kuytu Kuyu</t>
+          <t>28 Şubat’ın Çözülen Kodları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259901831</t>
+          <t>9786257009539</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Su Yontusu</t>
+          <t>Tasarımın İhtişamı Evrimin Tutarsızlığı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256252684</t>
+          <t>9786257009065</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tütün Yaprağı</t>
+          <t>Yerin Kulağı Şehirler ve Şiirler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256252660</t>
+          <t>9786256252547</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İyi ihtimaller</t>
+          <t>İçimdeki Yolcu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256160255</t>
+          <t>9786259443560</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Misallerle Bi’dat, Hurafe, Safsata</t>
+          <t>Ölüm Kafesi Gazze’de Baba Olmak</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256252639</t>
+          <t>9786259419213</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçalar</t>
+          <t>Yaralı Ağaç Kabukları</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256107281</t>
+          <t>9786259946191</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit Leyla</t>
+          <t>Taş ve Öfke</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256252646</t>
+          <t>9786057312549</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bayat Çağla</t>
+          <t>Cihan Sultanı Melikşah</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256107298</t>
+          <t>9786353167300</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Otuzüç Mesel</t>
+          <t>Şifa Bulmaz Hastalıklar Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256252561</t>
+          <t>9786259862934</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran</t>
+          <t>Hişt Hişt Allah’ın Kamerası Kayıtta</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256252653</t>
+          <t>9786057234339</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Aşk Hikayesi</t>
+          <t>Hazırsan Başlayalım</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259733654</t>
+          <t>9786258422566</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Super Hero</t>
+          <t>Battal Gazi - Aşkar'ın Peşinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259733609</t>
+          <t>9786057901057</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Life</t>
+          <t>Yağmurdan İzler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259733630</t>
+          <t>9786052152652</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Amber</t>
+          <t>Vahiy - Akıl Dengesinde Dini Doğru Yaşamak</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259733616</t>
+          <t>9786057901545</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>To be a Mother</t>
+          <t>Farabi ve İbn Sina</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259733647</t>
+          <t>9786052152669</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Longevity</t>
+          <t>Vahiy - Akıl Işığında Dini Doğru Anlamak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786259733623</t>
+          <t>9786257324557</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Avicenna</t>
+          <t>Sınavı Kazandım</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259758909</t>
+          <t>9786259802176</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyasındaki Siyasi Hareketler</t>
+          <t>Somuncu Baba Şeyh Hamid-i Velî</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256252622</t>
+          <t>9786259405919</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Kafiyesi</t>
+          <t>Hac Ahkamının Hadislerdeki Dayanakları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256160248</t>
+          <t>9786057185679</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizi Uyandırmak</t>
+          <t>Şimdi Dua Zamanı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256252608</t>
+          <t>9786059686136</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Ölümü</t>
+          <t>Namaz-Oruç Psikolojisi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256252592</t>
+          <t>9786059477437</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Küreselleşme Çağında Toplumsal Değerler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256252585</t>
+          <t>9786059477581</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Sır</t>
+          <t>İzzüddin b. Abdüsselam'ın İslam Hukuk Bilimindeki Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256252578</t>
+          <t>9786059686082</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Kur'an'a Psikoloijk Yöneliş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256107274</t>
+          <t>3990000030761</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’nin Çığlığı</t>
+          <t>Cuma Suresi Tefsiri (Karton Kapak)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256160156</t>
+          <t>9786259855851</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşın Kim?</t>
+          <t>Araftan Aşka</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054913589</t>
+          <t>9786256107267</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Üzerine Tezler</t>
+          <t>Kuytu Kuyu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256160224</t>
+          <t>9786259901831</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Zekatımı Nereye Vermeliyim?</t>
+          <t>Su Yontusu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256160200</t>
+          <t>9786256252684</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 2</t>
+          <t>Tütün Yaprağı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256160194</t>
+          <t>9786256252660</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 1</t>
+          <t>İyi ihtimaller</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256160231</t>
+          <t>9786256160255</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yüreklerden Kopan Fırtınalar</t>
+          <t>Misallerle Bi’dat, Hurafe, Safsata</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256160217</t>
+          <t>9786256252639</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş için Temel İslami Din Dersleri - Pratik ve Kolay</t>
+          <t>Eksik Parçalar</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256160170</t>
+          <t>9786256107281</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cuma Namazı</t>
+          <t>Beş Vakit Leyla</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256659872</t>
+          <t>9786256252646</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fox’un Oyunu Kurt’un Planı</t>
+          <t>Bayat Çağla</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256160163</t>
+          <t>9786256107298</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İşin Hilesi Dürüstlüktür</t>
+          <t>Otuzüç Mesel</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256107250</t>
+          <t>9786256252561</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Benim Kayıp Şairlerim</t>
+          <t>Kıyıya Vuran</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256107243</t>
+          <t>9786256252653</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayli Ne Çok</t>
+          <t>Kırık Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256252554</t>
+          <t>9786259733654</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mühür</t>
+          <t>Super Hero</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256160040</t>
+          <t>9786259733609</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Rasyonel Düşünce</t>
+          <t>Life</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256160064</t>
+          <t>9786259733630</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sistemin İnşası</t>
+          <t>Amber</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256160088</t>
+          <t>9786259733616</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Yolcuları</t>
+          <t>To be a Mother</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256107236</t>
+          <t>9786259733647</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dost(ç)a Beyitler</t>
+          <t>Longevity</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256160071</t>
+          <t>9786259733623</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Mutluluk</t>
+          <t>Avicenna</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256160118</t>
+          <t>9786259758909</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sevginin Şifreleri</t>
+          <t>İslam Coğrafyasındaki Siyasi Hareketler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256160101</t>
+          <t>9786256252622</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hüzün Biraz Tebessüm İşte Hayat</t>
+          <t>Güzellik Kafiyesi</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256107229</t>
+          <t>9786256160248</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Eğer İçinizden Biri</t>
+          <t>Kalbimizi Uyandırmak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256160132</t>
+          <t>9786256252608</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kılavuzdan Yolcuya</t>
+          <t>Sırrın Ölümü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256160149</t>
+          <t>9786256252592</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Peygamberinden Aşka Adanmış Kırk Söz</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256252530</t>
+          <t>9786256252585</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İlanı</t>
+          <t>Ölümüne Sır</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256045774</t>
+          <t>9786256252578</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İslam, Devlet ve Aksa</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256252523</t>
+          <t>9786256107274</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Yapraklar</t>
+          <t>Türkçe’nin Çığlığı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786259802190</t>
+          <t>9786256160156</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Ruh Sağlığı ve Bozuklukları (Psikopatoloji)</t>
+          <t>Arkadaşın Kim?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256107212</t>
+          <t>9786054913589</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bahçelerde Yapayalnız</t>
+          <t>Yeni Türkiye Üzerine Tezler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256659070</t>
+          <t>9786256160224</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Masalı</t>
+          <t>Zekatımı Nereye Vermeliyim?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256045750</t>
+          <t>9786256160200</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernite</t>
+          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256045781</t>
+          <t>9786256160194</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Cuma ve Zuhr-i Ahir Risalesi</t>
+          <t>İlköğretim Öğrencileri için Temel İslami Din Dersleri - Hazırlık Sınıfı 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256045798</t>
+          <t>9786256160231</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda İslam Ceza Hukuku</t>
+          <t>Yüreklerden Kopan Fırtınalar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256252516</t>
+          <t>9786256160217</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dosta Dostça</t>
+          <t>Her Yaş için Temel İslami Din Dersleri - Pratik ve Kolay</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786259802183</t>
+          <t>9786256160170</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Farklı Belediyecilik</t>
+          <t>Cuma Namazı</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256659889</t>
+          <t>9786256659872</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sanal İlişki Bağımlılığı</t>
+          <t>Fox’un Oyunu Kurt’un Planı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786259802169</t>
+          <t>9786256160163</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Takriri Sünnet ve Değeri</t>
+          <t>İşin Hilesi Dürüstlüktür</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256045095</t>
+          <t>9786256107250</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Anne Olabilmek</t>
+          <t>Benim Kayıp Şairlerim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786259405933</t>
+          <t>9786256107243</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İntihar Anlayışı ve Kriz Anını Yönetme</t>
+          <t>Bir Hayli Ne Çok</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256252493</t>
+          <t>9786256252554</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Laleler</t>
+          <t>Mühür</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256045088</t>
+          <t>9786256160040</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kimlik ve Grup Üyeliği</t>
+          <t>Rasyonel Düşünce</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256252486</t>
+          <t>9786256160064</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İnsan Müzesi</t>
+          <t>Toplumsal Sistemin İnşası</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786259443584</t>
+          <t>9786256160088</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Cehennem Yolcuları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256045057</t>
+          <t>9786256107236</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Mitoloji ve Fantastik</t>
+          <t>Dost(ç)a Beyitler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256045071</t>
+          <t>9786256160071</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İktidar</t>
+          <t>Sessiz Mutluluk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256045064</t>
+          <t>9786256160118</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Transformasyon Sinema ve İnsan</t>
+          <t>Kur’an’da Sevginin Şifreleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256045040</t>
+          <t>9786256160101</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Umut Var</t>
+          <t>Biraz Hüzün Biraz Tebessüm İşte Hayat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256045026</t>
+          <t>9786256107229</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Giriş Temel İlkeler 2</t>
+          <t>Eğer İçinizden Biri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>950</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256045019</t>
+          <t>9786256160132</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Giriş Temel İlkeler 1</t>
+          <t>Kılavuzdan Yolcuya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256045002</t>
+          <t>9786256160149</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Sevdiği Kullardan Olmak</t>
+          <t>Allah’ın Peygamberinden Aşka Adanmış Kırk Söz</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786259855875</t>
+          <t>9786256252530</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ağusu</t>
+          <t>Kayıp İlanı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259855882</t>
+          <t>9786256045774</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>İslam, Devlet ve Aksa</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786353143700</t>
+          <t>9786256252523</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Namaz Devrimi</t>
+          <t>Konuşan Yapraklar</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057901675</t>
+          <t>9786259802190</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İslam Eşya ve Borçlar Hukuku</t>
+          <t>Psikolojide Ruh Sağlığı ve Bozuklukları (Psikopatoloji)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>375</v>
+        <v>800</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786259443577</t>
+          <t>9786256107212</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatta En Çok Engelimi Sevdim</t>
+          <t>Bahçelerde Yapayalnız</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786259855844</t>
+          <t>9786256659070</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Modernite ve Beyaz Bayrak</t>
+          <t>Bir Göç Masalı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786259443553</t>
+          <t>9786256045750</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İçimde Kalanlar</t>
+          <t>Gelenek ve Modernite</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786259855837</t>
+          <t>9786256045781</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Başucunda Çiçekler Açmış</t>
+          <t>Cuma ve Zuhr-i Ahir Risalesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786259855820</t>
+          <t>9786256045798</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tenhalayın Kalbimi</t>
+          <t>Modern Çağda İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786259855813</t>
+          <t>9786256252516</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Altı Çizili Satırlar</t>
+          <t>Dosta Dostça</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259443539</t>
+          <t>9786259802183</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Nevbahar</t>
+          <t>Farklı Belediyecilik</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786259443546</t>
+          <t>9786256659889</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Çiçek Açtı Mı</t>
+          <t>Sanal İlişki Bağımlılığı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258422580</t>
+          <t>9786259802169</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Allah İlk Öğretmenim</t>
+          <t>Takriri Sünnet ve Değeri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258422603</t>
+          <t>9786256045095</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ölüm</t>
+          <t>Anne Olabilmek</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258205497</t>
+          <t>9786259405933</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sırat Köprüsünde Heyecan</t>
+          <t>İntihar Anlayışı ve Kriz Anını Yönetme</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258205992</t>
+          <t>9786256252493</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Seyri</t>
+          <t>Kanayan Laleler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258205978</t>
+          <t>9786256045088</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Sosyal Kimlik ve Grup Üyeliği</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258205251</t>
+          <t>9786256252486</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Beni Dinler Misiniz?</t>
+          <t>İnsan Müzesi</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258205916</t>
+          <t>9786259443584</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı İnsanın Değeri</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786259443522</t>
+          <t>9786256045057</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Terapist - Bir Aile Terapistinin Notları</t>
+          <t>Yaşar Kemal Mitoloji ve Fantastik</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258205985</t>
+          <t>9786256045071</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Seyri</t>
+          <t>Siyasal İktidar</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258205954</t>
+          <t>9786256045064</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Derin Notlar</t>
+          <t>Transformasyon Sinema ve İnsan</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258205930</t>
+          <t>9786256045040</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Sevda</t>
+          <t>Her Zaman Umut Var</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258205923</t>
+          <t>9786256045026</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre İlmihali</t>
+          <t>Giriş Temel İlkeler 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258205947</t>
+          <t>9786256045019</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kaderdir</t>
+          <t>Giriş Temel İlkeler 1</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786259405926</t>
+          <t>9786256045002</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yeni Harflerle Dualar ve Sureler</t>
+          <t>Allah’ın Sevdiği Kullardan Olmak</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258205961</t>
+          <t>9786259855875</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Cevamiu's Sire</t>
+          <t>Aşk Ağusu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258205909</t>
+          <t>9786259855882</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İslam İktisadı</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786259855806</t>
+          <t>9786353143700</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Seni Beklerken Ben Böyle</t>
+          <t>Namaz Devrimi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786259419251</t>
+          <t>9786057901675</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Atlar Harabesi</t>
+          <t>İslam Eşya ve Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786259419268</t>
+          <t>9786259443577</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yürüyenler</t>
+          <t>Bu Hayatta En Çok Engelimi Sevdim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786259419299</t>
+          <t>9786259855844</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ben Ayşe Adile</t>
+          <t>Modernite ve Beyaz Bayrak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786259419282</t>
+          <t>9786259443553</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>İçimde Kalanlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786259419275</t>
+          <t>9786259855837</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Başucunda Çiçekler Açmış</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786259443508</t>
+          <t>9786259855820</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Dilbace’si</t>
+          <t>Tenhalayın Kalbimi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786259901893</t>
+          <t>9786259855813</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Altı Çizili Satırlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258205831</t>
+          <t>9786259443539</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Şehre Dair</t>
+          <t>Nevbahar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258205848</t>
+          <t>9786259443546</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Öykü</t>
+          <t>Ağaçlar Çiçek Açtı Mı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258205855</t>
+          <t>9786258422580</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Neler Gördük Neler</t>
+          <t>Allah İlk Öğretmenim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258205862</t>
+          <t>9786258422603</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Seyri</t>
+          <t>Sessiz Ölüm</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258205824</t>
+          <t>9786258205497</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Kaosta Kıble Arayışı</t>
+          <t>Sırat Köprüsünde Heyecan</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257413374</t>
+          <t>9786258205992</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hinek Nişanen Di Re De</t>
+          <t>Siyasetin Seyri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052152072</t>
+          <t>9786258205978</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bilinç İnşası</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059853019</t>
+          <t>9786258205251</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yokoluşun Girdabında Tevhidi Varoluş</t>
+          <t>Anne Baba Beni Dinler Misiniz?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756353035</t>
+          <t>9786258205916</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle Doğrulmak</t>
+          <t>Hayatın Anlamı İnsanın Değeri</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786353748004</t>
+          <t>9786259443522</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yazıları 2</t>
+          <t>Terapist - Bir Aile Terapistinin Notları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786353299100</t>
+          <t>9786258205985</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tarih Toplum ve Gelenek</t>
+          <t>Dirilişin Seyri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786353243400</t>
+          <t>9786258205954</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tanıkları, Mağdurlarıyla Bir Zihniyet Kodlaması: 12 Eylül</t>
+          <t>Derin Notlar</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059853514</t>
+          <t>9786258205930</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Anayasal Niteliği</t>
+          <t>Yarım Kalan Sevda</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786353175800</t>
+          <t>9786258205923</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Son Nebi Hz. Muhammed (SAV)</t>
+          <t>Hac ve Umre İlmihali</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059477840</t>
+          <t>9786258205947</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Arasındaki Siyasi İhtilaflar</t>
+          <t>Aşk Kaderdir</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786353933004</t>
+          <t>9786259405926</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ona (s.a.v) Yolculuk</t>
+          <t>Yeni Harflerle Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054913947</t>
+          <t>9786258205961</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmanın Neyi Olur</t>
+          <t>Cevamiu's Sire</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786353277900</t>
+          <t>9786258205909</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Nuhun Gemisine Binmek</t>
+          <t>40 Ayette İslam İktisadı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054913596</t>
+          <t>9786259855806</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Savaşçı</t>
+          <t>Seni Beklerken Ben Böyle</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257324748</t>
+          <t>9786259419251</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Nereye?</t>
+          <t>Atlar Harabesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786353295300</t>
+          <t>9786259419268</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kutsala Tarihe ve Hayata Dönüş</t>
+          <t>Yürüyenler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059853651</t>
+          <t>9786259419299</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu</t>
+          <t>Ben Ayşe Adile</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052152010</t>
+          <t>9786259419282</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Önerdiği Vasat Ümmet</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059477338</t>
+          <t>9786259419275</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’i Sevdirme Yolları</t>
+          <t>İbni Sina</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054913381</t>
+          <t>9786259443508</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Huzur ve Sükun</t>
+          <t>Osmanlı’nın Dilbace’si</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786353279300</t>
+          <t>9786259901893</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Üzerine</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9799756353539</t>
+          <t>9786258205831</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mesajında Muhammed Esed</t>
+          <t>Şehre Dair</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786353263200</t>
+          <t>9786258205848</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kur’an- ı Kerim’in Türkçe Anlamı</t>
+          <t>Kayıp Öykü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059686259</t>
+          <t>9786258205855</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlere Giriş - Mantık ve Felsefe</t>
+          <t>Neler Gördük Neler</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789756353172</t>
+          <t>9786258205862</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Hicret</t>
+          <t>Sabahın Seyri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054913572</t>
+          <t>9786258205824</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Giyim ve Tesettür</t>
+          <t>Postmodern Kaosta Kıble Arayışı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054913732</t>
+          <t>9786257413374</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İslam İtikadında Sünnet</t>
+          <t>Hinek Nişanen Di Re De</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756353233</t>
+          <t>9786052152072</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Din - Felsefe - Vahiy - Akıl İlişkisi</t>
+          <t>Bilinç İnşası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786353138300</t>
+          <t>9786059853019</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İslam’dan Korkmalı mıyız?</t>
+          <t>Yokoluşun Girdabında Tevhidi Varoluş</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789756353219</t>
+          <t>9789756353035</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Düşünce Sorunları</t>
+          <t>Vahiyle Doğrulmak</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789756353257</t>
+          <t>9786353748004</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetinin Esasları</t>
+          <t>Tefekkür Yazıları 2</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9756353589006</t>
+          <t>9786353299100</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İman ve Şirk</t>
+          <t>Tarih Toplum ve Gelenek</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054913091</t>
+          <t>9786353243400</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İbadet Gerçeği</t>
+          <t>Tanıkları, Mağdurlarıyla Bir Zihniyet Kodlaması: 12 Eylül</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059853996</t>
+          <t>9786059853514</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Sünnetin Anayasal Niteliği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057901019</t>
+          <t>9786353175800</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Usve-i Hasene Hz. Muhammed</t>
+          <t>Son Nebi Hz. Muhammed (SAV)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054913459</t>
+          <t>9786059477840</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir</t>
+          <t>Sahabe Arasındaki Siyasi İhtilaflar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054913534</t>
+          <t>9786353933004</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Mektup Emirname ve Tavsiyelerinden Seçmeler</t>
+          <t>Ona (s.a.v) Yolculuk</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756353684</t>
+          <t>9786054913947</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Okuma Yazmanın Neyi Olur</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059477833</t>
+          <t>9786353277900</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Huzura Daha Yakın</t>
+          <t>Nuhun Gemisine Binmek</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756353158</t>
+          <t>9786054913596</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tutkusu</t>
+          <t>Müslüman Savaşçı</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786353168000</t>
+          <t>9786257324748</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Göçün ve Kentin İktidarı</t>
+          <t>Kürtler Nereye?</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257413244</t>
+          <t>9786353295300</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Modernizme</t>
+          <t>Kutsala Tarihe ve Hayata Dönüş</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054913497</t>
+          <t>9786059853651</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Geleneksellik ve Modernizm Kıskacında Kadın’ın Üç Rolü</t>
+          <t>Kurtuluş Yolu</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786353784002</t>
+          <t>9786052152010</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüz</t>
+          <t>Kur’an’ın Önerdiği Vasat Ümmet</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052152270</t>
+          <t>9786059477338</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihinde Bir Sonbahar</t>
+          <t>Kur’an-ı Kerim’i Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054913916</t>
+          <t>9786054913381</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hac Postası</t>
+          <t>Kur’an’da Huzur ve Sükun</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057901866</t>
+          <t>9786353279300</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Devlet Versin</t>
+          <t>Kur’an ve Sünnet Üzerine</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258205886</t>
+          <t>9799756353539</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Irkçılık, Milliyetçilik ve İslamofobi</t>
+          <t>Kur’an Mesajında Muhammed Esed</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786259443515</t>
+          <t>9786353263200</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk ve Diğer Şeyler</t>
+          <t>Kur’an- ı Kerim’in Türkçe Anlamı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786259862927</t>
+          <t>9786059686259</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli’nin Gönül Eczanesinden Manevi Reçeteler ve Öğütler</t>
+          <t>İslami İlimlere Giriş - Mantık ve Felsefe</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258205817</t>
+          <t>9789756353172</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Öğretmenleri</t>
+          <t>Kur’an’a Hicret</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786259862903</t>
+          <t>9786054913572</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları</t>
+          <t>İslam’da Giyim ve Tesettür</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258205800</t>
+          <t>9786054913732</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>İslam İtikadında Sünnet</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786259419244</t>
+          <t>9789756353233</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kadar</t>
+          <t>İslam Düşüncesinde Din - Felsefe - Vahiy - Akıl İlişkisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057194039</t>
+          <t>9786353138300</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Arasında</t>
+          <t>İslam’dan Korkmalı mıyız?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786259419237</t>
+          <t>9789756353219</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sabahçı Kahvesi</t>
+          <t>İslam Dünyasında Düşünce Sorunları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258205794</t>
+          <t>9789756353257</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler</t>
+          <t>İslam Davetinin Esasları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258205718</t>
+          <t>9756353589006</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hac’daki Tarihi Mekânlar, Tarihi Olaylar ve Tarihi Şahıslar</t>
+          <t>İman ve Şirk</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258205572</t>
+          <t>9786054913091</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yoksa! Sen Yusuf Musun?</t>
+          <t>İbadet Gerçeği</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786259901886</t>
+          <t>9786059853996</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gül Aydınlığı</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786259901879</t>
+          <t>9786057901019</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yazıyla Söylenmiş Eski Türkçe Şiirler</t>
+          <t>En Güzel Örnek Usve-i Hasene Hz. Muhammed</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258205763</t>
+          <t>9786054913459</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Akça Ansiklopedik Sözlük (M-Z)</t>
+          <t>Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258205756</t>
+          <t>9786054913534</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Akça Ansiklopedik Sözlük (A-L)</t>
+          <t>Hz. Ali’nin Mektup Emirname ve Tavsiyelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057231130</t>
+          <t>9789756353684</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258205749</t>
+          <t>9786059477833</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Yol</t>
+          <t>Huzura Daha Yakın</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786259901862</t>
+          <t>9789756353158</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Mevsime Sığmıyor Kuşlar</t>
+          <t>Hayal Tutkusu</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057312594</t>
+          <t>9786353168000</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu - Yunus Emre</t>
+          <t>Göçün ve Kentin İktidarı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057185693</t>
+          <t>9786257413244</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sartre’ın Özgürlük Etiğinin Oluşumu</t>
+          <t>Gelenekten Modernizme</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786259405902</t>
+          <t>9786054913497</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze Felsefesinde Özne-Oluş’un Ontolojik Tasarımı</t>
+          <t>Geleneksellik ve Modernizm Kıskacında Kadın’ın Üç Rolü</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258205657</t>
+          <t>9786353784002</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Em Ji Bo Zimanee Xwe Çi Dixwazin?</t>
+          <t>Yüz Yüz</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786259946160</t>
+          <t>9786052152270</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Depremden Öte - İnsanlığın Ağıtı</t>
+          <t>Türkiye Tarihinde Bir Sonbahar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786259946115</t>
+          <t>9786054913916</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Tek Kelimelik Hikâyeler</t>
+          <t>Hac Postası</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786259946153</t>
+          <t>9786057901866</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Kal</t>
+          <t>Devlet Versin</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786259946177</t>
+          <t>9786258205886</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Suda Yanan Ayetler</t>
+          <t>Tarihten Günümüze Irkçılık, Milliyetçilik ve İslamofobi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786259903798</t>
+          <t>9786259443515</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kentte - Yarım Kalan Hatıra</t>
+          <t>Yolculuk ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258205695</t>
+          <t>9786259862927</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kıssalarla Düşünce İklimi</t>
+          <t>Hacı Bektaş Veli’nin Gönül Eczanesinden Manevi Reçeteler ve Öğütler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258205671</t>
+          <t>9786258205817</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Usul ve Esasları</t>
+          <t>Yeryüzü Öğretmenleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258205664</t>
+          <t>9786259862903</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sıffın Savaşı</t>
+          <t>Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258205732</t>
+          <t>9786258205800</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Anarşizm</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258205701</t>
+          <t>9786259419244</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Demokrasinin Meşruiyet Problemi</t>
+          <t>Kelimeler Kadar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258205688</t>
+          <t>9786057194039</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Vahdet Sorunu</t>
+          <t>Yer Gök Arasında</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786259946139</t>
+          <t>9786259419237</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İmza</t>
+          <t>Sabahçı Kahvesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786259946108</t>
+          <t>9786258205794</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Hiç Solmasın</t>
+          <t>Türkiye’deki Suriyeliler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786259946122</t>
+          <t>9786258205718</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Beyaz ve Kara</t>
+          <t>Hac’daki Tarihi Mekânlar, Tarihi Olaylar ve Tarihi Şahıslar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786259901855</t>
+          <t>9786258205572</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Güneşi İpe Astık</t>
+          <t>Yoksa! Sen Yusuf Musun?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786259901848</t>
+          <t>9786259901886</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ölümsüz Anılar</t>
+          <t>Gül Aydınlığı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786259903781</t>
+          <t>9786259901879</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yine Bekleriz</t>
+          <t>Yeni Yazıyla Söylenmiş Eski Türkçe Şiirler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057234360</t>
+          <t>9786258205763</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kaplana Karşı</t>
+          <t>Akça Ansiklopedik Sözlük (M-Z)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057234391</t>
+          <t>9786258205756</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şarkın En Sevgili Sultanı</t>
+          <t>Akça Ansiklopedik Sözlük (A-L)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258205640</t>
+          <t>9786057231130</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Hac Rehberi</t>
+          <t>Gazi Paşa</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057234384</t>
+          <t>9786258205749</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Anadolu</t>
+          <t>Cennete Giden Yol</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258205633</t>
+          <t>9786259901862</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Hiçbir Mevsime Sığmıyor Kuşlar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786259903774</t>
+          <t>9786057312594</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gazete Manşetlerinde Eski İstanbul</t>
+          <t>Böyle Buyurdu - Yunus Emre</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258205602</t>
+          <t>9786057185693</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>The Power Of Brotherhood Tur(k)urd</t>
+          <t>Sartre’ın Özgürlük Etiğinin Oluşumu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258205558</t>
+          <t>9786259405902</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Dini Anlama Rehberi</t>
+          <t>Gilles Deleuze Felsefesinde Özne-Oluş’un Ontolojik Tasarımı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786259903767</t>
+          <t>9786258205657</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Dua</t>
+          <t>Em Ji Bo Zimanee Xwe Çi Dixwazin?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257413381</t>
+          <t>9786259946160</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile ve Temel Dinamikleri</t>
+          <t>Depremden Öte - İnsanlığın Ağıtı</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057299871</t>
+          <t>9786259946115</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sabahsız Gece</t>
+          <t>Tek Kelimelik Hikâyeler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258205527</t>
+          <t>9786259946153</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Nur’un İnkişafı</t>
+          <t>Çocukça Kal</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786259903743</t>
+          <t>9786259946177</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Peygamber</t>
+          <t>Suda Yanan Ayetler</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258205589</t>
+          <t>9786259903798</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kentten Akıllı Kente - Şehir ve Kutsal</t>
+          <t>Kadim Kentte - Yarım Kalan Hatıra</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258205596</t>
+          <t>9786258205695</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tartışmalı Konular</t>
+          <t>Kıssalarla Düşünce İklimi</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786259903729</t>
+          <t>9786258205671</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Cüzleri</t>
+          <t>Siyasetin Usul ve Esasları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786259903736</t>
+          <t>9786258205664</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Uğruna Yola Çıkmaya Değer</t>
+          <t>Sıffın Savaşı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786259901824</t>
+          <t>9786258205732</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786259903750</t>
+          <t>9786258205701</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yer Uykuları</t>
+          <t>İslam Dünyasında Demokrasinin Meşruiyet Problemi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258205565</t>
+          <t>9786258205688</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Bakış ile Ortadoğu’nun Analizi</t>
+          <t>Müslümanların Vahdet Sorunu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057234377</t>
+          <t>9786259946139</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Zehra’nın Sevgisi - Medine</t>
+          <t>İmza</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258205534</t>
+          <t>9786259946108</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Para Neyimiz Olur?</t>
+          <t>Çiçekler Hiç Solmasın</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258205503</t>
+          <t>9786259946122</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Müminlere İki Dünya Öğütleri</t>
+          <t>Beyaz ve Kara</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057185655</t>
+          <t>9786259901855</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasının Son Yüzyılı</t>
+          <t>Güneşi İpe Astık</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258205541</t>
+          <t>9786259901848</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Resulüm De Ki: …</t>
+          <t>Uzak Ölümsüz Anılar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258205510</t>
+          <t>9786259903781</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Sadaka Hayat Kurtarır</t>
+          <t>Yine Bekleriz</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057185648</t>
+          <t>9786057234360</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Necm Suresinin Arap Dili ve Belagatı Açısından İncelenmesi</t>
+          <t>Kurt Kaplana Karşı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786259903712</t>
+          <t>9786057234391</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetin Gölgesinde Tarihi Belge</t>
+          <t>Şarkın En Sevgili Sultanı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258205411</t>
+          <t>9786258205640</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Müteahhitler Cehennemi -Deprem-</t>
+          <t>En Kolay Hac Rehberi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258205459</t>
+          <t>9786057234384</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Analizler</t>
+          <t>Merhaba Anadolu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258205442</t>
+          <t>9786258205633</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786259903705</t>
+          <t>9786259903774</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Asım Haluk’un Ellerinden Tuttu</t>
+          <t>Gazete Manşetlerinde Eski İstanbul</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258205428</t>
+          <t>9786258205602</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Homo İslamicus</t>
+          <t>The Power Of Brotherhood Tur(k)urd</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258205466</t>
+          <t>9786258205558</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Kürt Olmak</t>
+          <t>Kur’an Işığında Dini Anlama Rehberi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057299888</t>
+          <t>9786259903767</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Göç</t>
+          <t>Sabırsız Dua</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057299895</t>
+          <t>9786257413381</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Gömü Gömen Adam</t>
+          <t>Mutlu Aile ve Temel Dinamikleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258205404</t>
+          <t>9786057299871</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Siyer’de Aramak</t>
+          <t>Sabahsız Gece</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258205398</t>
+          <t>9786258205527</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssaları</t>
+          <t>Nur’un İnkişafı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258205367</t>
+          <t>9786259903743</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kalem ve Kelam</t>
+          <t>Peygamber</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258205374</t>
+          <t>9786258205589</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sapan ve Saptıran Mihraklar</t>
+          <t>Kadim Kentten Akıllı Kente - Şehir ve Kutsal</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258205381</t>
+          <t>9786258205596</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Diğerleri</t>
+          <t>İslam’da Tartışmalı Konular</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057234322</t>
+          <t>9786259903729</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Gençler Mesaj Kutunuza Bakınız</t>
+          <t>Yolculuk Cüzleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057299840</t>
+          <t>9786259903736</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Vefa Muhiti</t>
+          <t>Uğruna Yola Çıkmaya Değer</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059686327</t>
+          <t>9786259901824</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Okumayı Sevdirme Yolları</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059477239</t>
+          <t>9786259903750</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarda Başarılı Olmanın İncelikleri</t>
+          <t>Yer Uykuları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059686440</t>
+          <t>9786258205565</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükçü Pedagoji</t>
+          <t>Bir Genç Bakış ile Ortadoğu’nun Analizi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057194077</t>
+          <t>9786057234377</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Geçti Aynalardan</t>
+          <t>Zehra’nın Sevgisi - Medine</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057299857</t>
+          <t>9786258205534</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Galata’nın Esrar’ı</t>
+          <t>Para Neyimiz Olur?</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057299864</t>
+          <t>9786258205503</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimde Öyküler</t>
+          <t>Müminlere İki Dünya Öğütleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258205312</t>
+          <t>9786057185655</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Neden Kabul Edilmediler?</t>
+          <t>Arap Dünyasının Son Yüzyılı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057234308</t>
+          <t>9786258205541</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Zehra’nın Sevgisi - Arayış</t>
+          <t>Resulüm De Ki: …</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258205329</t>
+          <t>9786258205510</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin İçtima Vaktidir Ramazan (Oruç)</t>
+          <t>Dua ve Sadaka Hayat Kurtarır</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057234315</t>
+          <t>9786057185648</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Masallar Aydınlatırdı Gecelerimizi - Anonim Kürt Masalları</t>
+          <t>Necm Suresinin Arap Dili ve Belagatı Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057194053</t>
+          <t>9786259903712</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Tecrit Notları</t>
+          <t>Meşrutiyetin Gölgesinde Tarihi Belge</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057299833</t>
+          <t>9786258205411</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Derd-i Nihan</t>
+          <t>Müteahhitler Cehennemi -Deprem-</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057194046</t>
+          <t>9786258205459</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yatağı Küften Bir Çocuk</t>
+          <t>Felsefi Analizler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057194060</t>
+          <t>9786258205442</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Mistisizm</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258205336</t>
+          <t>9786259903705</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Maske Mesafe Hikaye</t>
+          <t>Asım Haluk’un Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258205299</t>
+          <t>9786258205428</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Payı</t>
+          <t>Homo İslamicus</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258205282</t>
+          <t>9786258205466</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>İstanbul’da Kürt Olmak</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257009089</t>
+          <t>9786057299888</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat, Şahsiyet ve Bunları İfsad</t>
+          <t>Aşk ve Göç</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258422702</t>
+          <t>9786057299895</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ahlakname</t>
+          <t>Gömü Gömen Adam</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258205268</t>
+          <t>9786258205404</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Biz Müslüman Mıyız?</t>
+          <t>Kendimizi Siyer’de Aramak</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258205244</t>
+          <t>9786258205398</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Redd-i Miras</t>
+          <t>Kur’an Kıssaları</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057312587</t>
+          <t>9786258205367</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sen Sor Ben Söyleyeyim</t>
+          <t>Kalem ve Kelam</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258422344</t>
+          <t>9786258205374</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Er-Razi'de İnsan Fiilleri</t>
+          <t>Sapan ve Saptıran Mihraklar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057312570</t>
+          <t>9786258205381</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Çöküş Döneminde Bir İslamcı</t>
+          <t>İslam ve Diğerleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057312563</t>
+          <t>9786057234322</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Sözlük - Kavramlar</t>
+          <t>Gençler Mesaj Kutunuza Bakınız</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057299826</t>
+          <t>9786057299840</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Fecir</t>
+          <t>Vefa Muhiti</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258205237</t>
+          <t>9786059686327</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Peltek Düşünceler</t>
+          <t>Gençlere Okumayı Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057185631</t>
+          <t>9786059477239</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Tarihi</t>
+          <t>Sınavlarda Başarılı Olmanın İncelikleri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258205190</t>
+          <t>9786059686440</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kalbi</t>
+          <t>Özgürlükçü Pedagoji</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258205121</t>
+          <t>9786057194077</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur'ân-ı Kerim'de Yaratılışın Birliği</t>
+          <t>İnsanlar Geçti Aynalardan</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258205152</t>
+          <t>9786057299857</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (1)</t>
+          <t>Galata’nın Esrar’ı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258205138</t>
+          <t>9786057299864</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İslam Hümanizminin Dinamikleri</t>
+          <t>Gözlerimde Öyküler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258205169</t>
+          <t>9786258205312</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Kıskacında Aile ve Kadın</t>
+          <t>Peygamberler Neden Kabul Edilmediler?</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258205145</t>
+          <t>9786057234308</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (2)</t>
+          <t>Zehra’nın Sevgisi - Arayış</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786057299819</t>
+          <t>9786258205329</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bağırma! Kalpleri Uzaklaştırma</t>
+          <t>Ümmetin İçtima Vaktidir Ramazan (Oruç)</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786057185624</t>
+          <t>9786057234315</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Göç Dini Ağlar ve Entegrasyon</t>
+          <t>Masallar Aydınlatırdı Gecelerimizi - Anonim Kürt Masalları</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258205176</t>
+          <t>9786057194053</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanan Hayat Futbolizm</t>
+          <t>Tecrit Notları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786057194022</t>
+          <t>9786057299833</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bana Şahdamarımı Getir</t>
+          <t>Derd-i Nihan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057194015</t>
+          <t>9786057194046</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Ziyan</t>
+          <t>Yatağı Küften Bir Çocuk</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057312525</t>
+          <t>9786057194060</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Son Harzemşah: Celaleddin</t>
+          <t>Şiir ve Mistisizm</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786057312501</t>
+          <t>9786258205336</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sultan Süleymanşah</t>
+          <t>Maske Mesafe Hikaye</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786057312532</t>
+          <t>9786258205299</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmud</t>
+          <t>Kardeş Payı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786057312518</t>
+          <t>9786258205282</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Kılıçarslan</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786057312556</t>
+          <t>9786257009089</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Berke Han</t>
+          <t>Fıtrat, Şahsiyet ve Bunları İfsad</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786057299802</t>
+          <t>9786258422702</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kırık Fincan</t>
+          <t>Ahlakname</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258205107</t>
+          <t>9786258205268</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Neden Buradayız?</t>
+          <t>Biz Müslüman Mıyız?</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258205183</t>
+          <t>9786258205244</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin Çetin Sınavları</t>
+          <t>Redd-i Miras</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786057185600</t>
+          <t>9786057312587</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sakal ve Bıyık</t>
+          <t>Sen Sor Ben Söyleyeyim</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258205046</t>
+          <t>9786258422344</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün En Gözde Yıldızı Hz. Ebu Bekir (Ciltli)</t>
+          <t>Fahreddin Er-Razi'de İnsan Fiilleri</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258205053</t>
+          <t>9786057312570</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hasan El Benna ve Davanın Esasları</t>
+          <t>Said Halim Paşa - Çöküş Döneminde Bir İslamcı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258205114</t>
+          <t>9786057312563</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Osmaniye</t>
+          <t>Yaşayan Sözlük - Kavramlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786057194008</t>
+          <t>9786057299826</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Artık Evimize Dönmek İstiyoruz</t>
+          <t>Fecir</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258205060</t>
+          <t>9786258205237</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bir Deistin Hidayeti</t>
+          <t>Peltek Düşünceler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258205091</t>
+          <t>9786057185631</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Cihad</t>
+          <t>Karamanoğulları Tarihi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258205084</t>
+          <t>9786258205190</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Gelecek ki ve Kıyametin Ayak Sesleri</t>
+          <t>Gecenin Kalbi</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258205008</t>
+          <t>9786258205121</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sevda Durağı</t>
+          <t>Kur'ân-ı Kerim'de Yaratılışın Birliği</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258422733</t>
+          <t>9786258205152</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayatı ve Ölüm Gerçeği</t>
+          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (1)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258422986</t>
+          <t>9786258205138</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kabir Hayatı ve Yeniden Diriliş</t>
+          <t>İslam Hümanizminin Dinamikleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258422740</t>
+          <t>9786258205169</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Dokunabilseydim Güneş’e</t>
+          <t>Doğu Batı Kıskacında Aile ve Kadın</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258422856</t>
+          <t>9786258205145</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kambur</t>
+          <t>Hz. Muhammed’in Hayatı Sosyal ve Siyasal Mesajı (2)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258422955</t>
+          <t>9786057299819</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Münhasır</t>
+          <t>Bağırma! Kalpleri Uzaklaştırma</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258422825</t>
+          <t>9786057185624</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarından İnci Damlaları</t>
+          <t>Göç Dini Ağlar ve Entegrasyon</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258422917</t>
+          <t>9786258205176</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Varoluş</t>
+          <t>Yuvarlanan Hayat Futbolizm</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258422313</t>
+          <t>9786057194022</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Beklerken Söylenen</t>
+          <t>Bana Şahdamarımı Getir</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258422597</t>
+          <t>9786057194015</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ve Terör Sarmalında Yıkılan Köyler</t>
+          <t>Ziyan</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258422719</t>
+          <t>9786057312525</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesinde Hükümsüz Kalan İntizarlar ve Söylemler</t>
+          <t>Son Harzemşah: Celaleddin</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258422528</t>
+          <t>9786057312501</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Mekanım - Arayışlar</t>
+          <t>Sultan Süleymanşah</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258422801</t>
+          <t>9786057312532</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Ülkeden Sevda Şiirleri - 1: Esbabını Bulutlara Asan Şair</t>
+          <t>Gazneli Mahmud</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258422818</t>
+          <t>9786057312518</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Niçin İman ve İbadet Etmeliyiz?</t>
+          <t>Sultan II. Kılıçarslan</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258422559</t>
+          <t>9786057312556</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Bilginin Peşinde</t>
+          <t>Berke Han</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258422573</t>
+          <t>9786057299802</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi - Dokuz Kitap</t>
+          <t>Kırık Fincan</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258422535</t>
+          <t>9786258205107</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>Neden Buradayız?</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258422696</t>
+          <t>9786258205183</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Ahiretin Çetin Sınavları</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258422542</t>
+          <t>9786057185600</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi</t>
+          <t>İslam Hukukunda Sakal ve Bıyık</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258422672</t>
+          <t>9786258205046</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
+          <t>Yeryüzünün En Gözde Yıldızı Hz. Ebu Bekir (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258422771</t>
+          <t>9786258205053</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Adem’in İki Oğlunun Haberi</t>
+          <t>Hasan El Benna ve Davanın Esasları</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258422757</t>
+          <t>9786258205114</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Hira’ya İnen İlk İslam’a Hicret</t>
+          <t>Adım Adım Osmaniye</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258422474</t>
+          <t>9786057194008</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Artık Evimize Dönmek İstiyoruz</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258422610</t>
+          <t>9786258205060</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bürokratik İktidar</t>
+          <t>Bir Deistin Hidayeti</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258422634</t>
+          <t>9786258205091</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Revan</t>
+          <t>Cihad</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258422498</t>
+          <t>9786258205084</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kuşun Kanadı</t>
+          <t>Öyle Bir Gelecek ki ve Kıyametin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258422467</t>
+          <t>9786258205008</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ru Be Ru</t>
+          <t>Sevda Durağı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258422504</t>
+          <t>9786258422733</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Keşke Toprak Olsaydım</t>
+          <t>Dünya Hayatı ve Ölüm Gerçeği</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>4440000001074</t>
+          <t>9786258422986</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Üç Noktalı Yağmur</t>
+          <t>Kabir Hayatı ve Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258422214</t>
+          <t>9786258422740</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu 2. Cilt</t>
+          <t>Dokunabilseydim Güneş’e</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258422177</t>
+          <t>9786258422856</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu 1. Cilt</t>
+          <t>Kambur</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257413923</t>
+          <t>9786258422955</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kur'an'la Tefsiri ve Çağdaş Temsilcileri</t>
+          <t>Münhasır</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258422184</t>
+          <t>9786258422825</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kart Kurt Kürt Masalları</t>
+          <t>Gönül Pınarından İnci Damlaları</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258422023</t>
+          <t>9786258422917</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İslamın Şahitleri</t>
+          <t>Müslümanca Varoluş</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258422016</t>
+          <t>9786258422313</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İslam İle Şereflenenler</t>
+          <t>Beklerken Söylenen</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258422030</t>
+          <t>9786258422597</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hilalin Aydınlığında</t>
+          <t>Kürt Meselesi ve Terör Sarmalında Yıkılan Köyler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258422009</t>
+          <t>9786258422719</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Yolcuları</t>
+          <t>Kürt Meselesinde Hükümsüz Kalan İntizarlar ve Söylemler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257413886</t>
+          <t>9786258422528</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Batıdan Yükselen İslam</t>
+          <t>Mekanım - Arayışlar</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>4440000001061</t>
+          <t>9786258422801</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hikayeleri</t>
+          <t>Yitik Bir Ülkeden Sevda Şiirleri - 1: Esbabını Bulutlara Asan Şair</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258422191</t>
+          <t>9786258422818</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yanığı Düşler</t>
+          <t>Niçin İman ve İbadet Etmeliyiz?</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258422139</t>
+          <t>9786258422559</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma ve Anlama Kılavuzu</t>
+          <t>Battal Gazi - Bilginin Peşinde</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258422115</t>
+          <t>9786258422573</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Ortak Koşmadan İnanma ve Yaşama Kılavuzu</t>
+          <t>Battal Gazi - Dokuz Kitap</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257413817</t>
+          <t>9786258422535</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Barışın Açmazı: Nefret Söylemi ve Linç</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257009645</t>
+          <t>9786258422696</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059686228</t>
+          <t>9786258422542</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dersleri (7 Cilt) (Ciltli)</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>5500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059477871</t>
+          <t>9786258422672</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ucu Yanık Mektuplar</t>
+          <t>Kur’an Açısından Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257009652</t>
+          <t>9786258422771</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığı Yeniden Düşünmek</t>
+          <t>Adem’in İki Oğlunun Haberi</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257009737</t>
+          <t>9786258422757</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Çocuklar Galerisi</t>
+          <t>Gökyüzünden Hira’ya İnen İlk İslam’a Hicret</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257009768</t>
+          <t>9786258422474</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Demir Gelincik</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257009683</t>
+          <t>9786258422610</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çağı Ve Sonrası</t>
+          <t>Bürokratik İktidar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059477321</t>
+          <t>9786258422634</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Cuma Suresi Tefsiri Ciltli</t>
+          <t>Ab-ı Revan</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052152904</t>
+          <t>9786258422498</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Modernizm</t>
+          <t>Kuşun Kanadı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786054913336</t>
+          <t>9786258422467</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Tevhid ve Akaid</t>
+          <t>Ru Be Ru</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257009164</t>
+          <t>9786258422504</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Okuma Serüveni</t>
+          <t>Keşke Toprak Olsaydım</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786059853880</t>
+          <t>4440000001074</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Meşhurların Kitap Okuma Alışkanlıkları</t>
+          <t>Üç Noktalı Yağmur</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059686389</t>
+          <t>9786258422214</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sırrına Ermek</t>
+          <t>Kürt Sorunu 2. Cilt</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059686303</t>
+          <t>9786258422177</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İslami Şuur Demetleri</t>
+          <t>Kürt Sorunu 1. Cilt</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059477994</t>
+          <t>9786257413923</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Adresine Ulaşmayan Mektuplar</t>
+          <t>Kur'an'ın Kur'an'la Tefsiri ve Çağdaş Temsilcileri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>4440000001072</t>
+          <t>9786258422184</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ağrısı</t>
+          <t>Kart Kurt Kürt Masalları</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059477826</t>
+          <t>9786258422023</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve İnternet Deryasına Can Simidi</t>
+          <t>İslamın Şahitleri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257324649</t>
+          <t>9786258422016</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>İslam İle Şereflenenler</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786353215117</t>
+          <t>9786258422030</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Hasreti</t>
+          <t>Hilalin Aydınlığında</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257009379</t>
+          <t>9786258422009</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze İmam Hatip Okullarının Programları ve Eğitim Yaklaşımları</t>
+          <t>Hidayet Yolcuları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258422832</t>
+          <t>9786257413886</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Seslenenler</t>
+          <t>Batıdan Yükselen İslam</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258422665</t>
+          <t>4440000001061</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bir Leyla Şarkısı</t>
+          <t>Anadolu Hikayeleri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258422450</t>
+          <t>9786258422191</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i İnsan</t>
+          <t>Güneş Yanığı Düşler</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258422405</t>
+          <t>9786258422139</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Revaha</t>
+          <t>Kur'an-ı Kerim'i Okuma ve Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258422436</t>
+          <t>9786258422115</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Orucu</t>
+          <t>Allah’a Ortak Koşmadan İnanma ve Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258422207</t>
+          <t>9786257413817</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece</t>
+          <t>Toplumsal Barışın Açmazı: Nefret Söylemi ve Linç</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257009805</t>
+          <t>9786257009645</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık Üzerine Okumalar</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258422368</t>
+          <t>9786059686228</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı ile Batı Ahlakı Mukayesesi</t>
+          <t>Kur'an Dersleri (7 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>275</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258422375</t>
+          <t>9786059477871</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ey Müslüman Yıkma</t>
+          <t>Ucu Yanık Mektuplar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257413725</t>
+          <t>9786257009652</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Aldanır Ama Aldatmaz</t>
+          <t>İslamcılığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258422290</t>
+          <t>9786257009737</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Anılar Adres Sormaz</t>
+          <t>Öksüz Çocuklar Galerisi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258422320</t>
+          <t>9786257009768</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Dünden Yarına Su</t>
+          <t>Demir Gelincik</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258422122</t>
+          <t>9786257009683</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modernite</t>
+          <t>Osmanlı Çağı Ve Sonrası</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258422337</t>
+          <t>9786059477321</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Söz Konu Su</t>
+          <t>Cuma Suresi Tefsiri Ciltli</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257413947</t>
+          <t>9786052152904</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hazan Çiçekleri</t>
+          <t>Dine Karşı Modernizm</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258422160</t>
+          <t>9786054913336</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş Evreninde İnsan</t>
+          <t>Sorularla Tevhid ve Akaid</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258422047</t>
+          <t>9786257009164</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Gözyaşı</t>
+          <t>Okuma Serüveni</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257413862</t>
+          <t>9786059853880</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Şu Baş Belası Cinsellik</t>
+          <t>Meşhurların Kitap Okuma Alışkanlıkları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258422078</t>
+          <t>9786059686389</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sinema Eğitim Ve İnsan</t>
+          <t>Zamanın Sırrına Ermek</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258422108</t>
+          <t>9786059686303</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimiz Üslubumuz</t>
+          <t>İslami Şuur Demetleri</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258422061</t>
+          <t>9786059477994</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Küresel Mekanizmanın Kırılan Fay Hatları</t>
+          <t>Adresine Ulaşmayan Mektuplar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257413893</t>
+          <t>4440000001072</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Eşliğinde Yolcuya Işık Sohbetleri</t>
+          <t>Akıl Ağrısı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257413954</t>
+          <t>9786059477826</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatlı Senfoni</t>
+          <t>Sosyal Medya ve İnternet Deryasına Can Simidi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257413930</t>
+          <t>9786257324649</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Eksik Hikaye</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257413961</t>
+          <t>9786353215117</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sadak</t>
+          <t>Diriliş Hasreti</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257413909</t>
+          <t>9786257009379</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Susma Dersleri</t>
+          <t>Kuruluşundan Günümüze İmam Hatip Okullarının Programları ve Eğitim Yaklaşımları</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257413855</t>
+          <t>9786258422832</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim ve Yaşadıklarım</t>
+          <t>Geleceğe Seslenenler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257413848</t>
+          <t>9786258422665</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Nebi’den İnsanlığa Son Çağrı</t>
+          <t>Bir Leyla Şarkısı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257413688</t>
+          <t>9786258422450</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut Kuş Tüyü Nasihatler 1</t>
+          <t>Şerh-i İnsan</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257413756</t>
+          <t>9786258422405</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Manevi Gelişim Yolculuğu</t>
+          <t>Abdullah B. Revaha</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257413763</t>
+          <t>9786258422436</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Gurbet</t>
+          <t>Evlilik Orucu</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257413800</t>
+          <t>9786258422207</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutkuya Dönüşmek</t>
+          <t>Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257413510</t>
+          <t>9786257009805</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Dava Erlerinin Tebliğ Stratejisi</t>
+          <t>İslamcılık Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257413787</t>
+          <t>9786258422368</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Uzak Liman</t>
+          <t>İslam Ahlakı ile Batı Ahlakı Mukayesesi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257413794</t>
+          <t>9786258422375</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Zihnin İnşası</t>
+          <t>Ey Müslüman Yıkma</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257413718</t>
+          <t>9786257413725</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Serçenin Çığlığı</t>
+          <t>Kürtler Aldanır Ama Aldatmaz</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257413572</t>
+          <t>9786258422290</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’de Akıl-Vahiy İlişkisi</t>
+          <t>Anılar Adres Sormaz</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257413664</t>
+          <t>9786258422320</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Gelen</t>
+          <t>Dünden Yarına Su</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257413671</t>
+          <t>9786258422122</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Veriler</t>
+          <t>Barbar Modernite</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257413602</t>
+          <t>9786258422337</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyaset Tarihinde Milli Görüş</t>
+          <t>Söz Konu Su</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257413640</t>
+          <t>9786257413947</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Hareketinin Temel Prensipleri</t>
+          <t>Hazan Çiçekleri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257413527</t>
+          <t>9786258422160</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İchitad-İhtilaf-Taassup Bileşeni</t>
+          <t>Oluş ve Bozuluş Evreninde İnsan</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257413657</t>
+          <t>9786258422047</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İki Can Tek Yürek</t>
+          <t>Turkuaz Gözyaşı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257413626</t>
+          <t>9786257413862</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ardına Bakmadan</t>
+          <t>Şu Baş Belası Cinsellik</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257413619</t>
+          <t>9786258422078</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kilden Baba</t>
+          <t>Sinema Eğitim Ve İnsan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789756353981</t>
+          <t>9786258422108</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Dünya Postası</t>
+          <t>Değerlerimiz Üslubumuz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257413435</t>
+          <t>9786258422061</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Safvan Bin Muattal</t>
+          <t>Ortadoğu’da Küresel Mekanizmanın Kırılan Fay Hatları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257413442</t>
+          <t>9786257413893</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Mursi</t>
+          <t>Hikayeler Eşliğinde Yolcuya Işık Sohbetleri</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257413404</t>
+          <t>9786257413954</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyaset</t>
+          <t>Tek Kanatlı Senfoni</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257413503</t>
+          <t>9786257413930</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da ve Günlük Hayatımızda İhlas ve İhsan</t>
+          <t>Eksik Hikaye</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257413466</t>
+          <t>9786257413961</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Mezheplerin Hayatımıza Pozitif Etkileri</t>
+          <t>Sadak</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257413312</t>
+          <t>9786257413909</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bencilliği</t>
+          <t>Susma Dersleri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257413459</t>
+          <t>9786257413855</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Silinmiş Emr-i Maruf Meydanda Bin Münker</t>
+          <t>Gördüklerim ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257413480</t>
+          <t>9786257413848</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık İslam Medeniyetine Muhtaçtır</t>
+          <t>Kutlu Nebi’den İnsanlığa Son Çağrı</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257413473</t>
+          <t>9786257413688</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kendini Arayan İnsan</t>
+          <t>Ninem Korkut Kuş Tüyü Nasihatler 1</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257413350</t>
+          <t>9786257413756</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçekleri</t>
+          <t>Manevi Gelişim Yolculuğu</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786057901248</t>
+          <t>9786257413763</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Siyaset Düşüncesi ve Cihat Doktrini</t>
+          <t>İçimizdeki Gurbet</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257413398</t>
+          <t>9786257413800</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Bir Tutkuya Dönüşmek</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257413336</t>
+          <t>9786257413510</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gelevera Deresi</t>
+          <t>Dava Erlerinin Tebliğ Stratejisi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257413343</t>
+          <t>9786257413787</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Postası</t>
+          <t>Uzak Liman</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257413275</t>
+          <t>9786257413794</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Masalı Yıkmak</t>
+          <t>Müslüman Zihnin İnşası</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257413220</t>
+          <t>9786257413718</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Maturidi’de Hidayet ve Dalalet Bağlamında Allah-İnsan İlişkisi</t>
+          <t>Serçenin Çığlığı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257413213</t>
+          <t>9786257413572</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Müslüman Teolojisinde Tanrı Tasavvurlarının Karşılaştırılması</t>
+          <t>Zemahşeri’de Akıl-Vahiy İlişkisi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257413268</t>
+          <t>9786257413664</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kelam: Kur'an</t>
+          <t>Şiirle Gelen</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257009249</t>
+          <t>9786257413671</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Komedyası</t>
+          <t>Sayısal Veriler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257413084</t>
+          <t>9786257413602</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şaire</t>
+          <t>Türk Siyaset Tarihinde Milli Görüş</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257413077</t>
+          <t>9786257413640</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm Vakit Dar</t>
+          <t>Milli Görüş Hareketinin Temel Prensipleri</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257413176</t>
+          <t>9786257413527</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sonrası Toplum – Queer Teori</t>
+          <t>İslam Düşüncesinde İchitad-İhtilaf-Taassup Bileşeni</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257413091</t>
+          <t>9786257413657</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Aynasında Kendini Keşfet</t>
+          <t>İki Can Tek Yürek</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257413046</t>
+          <t>9786257413626</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutkunun Serüveni</t>
+          <t>Ardına Bakmadan</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257324915</t>
+          <t>9786257413619</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İnşa Eden Sorular</t>
+          <t>Kilden Baba</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257413114</t>
+          <t>9789756353981</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hace Yusuf Hemedani</t>
+          <t>Dünya Postası</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257413169</t>
+          <t>9786257413435</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gülü ve Dikenleri</t>
+          <t>Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257413152</t>
+          <t>9786257413442</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul İyi Dinle</t>
+          <t>Muhammed Mursi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257413053</t>
+          <t>9786257413404</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Arayışlar Nasıl Yapmalı?</t>
+          <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257324908</t>
+          <t>9786257413503</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da ve Günlük Hayatımızda Kulluk / İbadet</t>
+          <t>Kur'an'da ve Günlük Hayatımızda İhlas ve İhsan</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257324946</t>
+          <t>9786257413466</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının Delilleri</t>
+          <t>Mezheplerin Hayatımıza Pozitif Etkileri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257413008</t>
+          <t>9786257413312</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Hicret</t>
+          <t>Şiirin Bencilliği</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257413039</t>
+          <t>9786257413459</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Çok Okunan Az Anlaşılan Sureler-Aşırlar-Dualar ve Zikirler</t>
+          <t>Silinmiş Emr-i Maruf Meydanda Bin Münker</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257413015</t>
+          <t>9786257413480</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Cennet Endülüs</t>
+          <t>İnsanlık İslam Medeniyetine Muhtaçtır</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257324960</t>
+          <t>9786257413473</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İrfanı</t>
+          <t>Kur’an’da Kendini Arayan İnsan</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257324878</t>
+          <t>9786257413350</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Pusulalar</t>
+          <t>Umut Çiçekleri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257324861</t>
+          <t>9786057901248</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşka Vasıl Olmak</t>
+          <t>İbn Teymiyye'nin Siyaset Düşüncesi ve Cihat Doktrini</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257324533</t>
+          <t>9786257413398</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Kur’an Öğreniyorum Elif-Be’si</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257324700</t>
+          <t>9786257413336</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Adem ile Havva Olabilmek</t>
+          <t>Gelevera Deresi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257324717</t>
+          <t>9786257413343</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Pia</t>
+          <t>Kudüs Postası</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257324854</t>
+          <t>9786257413275</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım ve Yazdım</t>
+          <t>Masalı Yıkmak</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257324830</t>
+          <t>9786257413220</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm’in Amentüsü</t>
+          <t>Maturidi’de Hidayet ve Dalalet Bağlamında Allah-İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257324328</t>
+          <t>9786257413213</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy Mesajlar</t>
+          <t>Yahudi ve Müslüman Teolojisinde Tanrı Tasavvurlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257324267</t>
+          <t>9786257413268</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç Mesajlar</t>
+          <t>İlahi Kelam: Kur'an</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257324335</t>
+          <t>9786257009249</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mevdudi Mesajlar</t>
+          <t>Mutsuzluk Komedyası</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257324373</t>
+          <t>9786257413084</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub Mesajlar</t>
+          <t>Şiirden Şaire</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257324342</t>
+          <t>9786257413077</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Meşhur Mesajlar</t>
+          <t>Üzgünüm Vakit Dar</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257324359</t>
+          <t>9786257413176</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek Mesajlar</t>
+          <t>Ahlak Sonrası Toplum – Queer Teori</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257324380</t>
+          <t>9786257413091</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Yusuf El-Karadavi Mesajlar</t>
+          <t>Kur'an Aynasında Kendini Keşfet</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257324403</t>
+          <t>9786257413046</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu Mesajlar</t>
+          <t>Bir Tutkunun Serüveni</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257324281</t>
+          <t>9786257324915</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Fethi Yelken Mesajlar</t>
+          <t>İnşa Eden Sorular</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257324366</t>
+          <t>9786257413114</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Said Havva Mesajlar</t>
+          <t>Hace Yusuf Hemedani</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257324298</t>
+          <t>9786257413169</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hasan En-Nedvi Mesajlar</t>
+          <t>Hayatın Gülü ve Dikenleri</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257324250</t>
+          <t>9786257413152</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Başgil Mesajlar</t>
+          <t>Ey Oğul İyi Dinle</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257324274</t>
+          <t>9786257413053</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç Mesajlar</t>
+          <t>Siyasal Arayışlar Nasıl Yapmalı?</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257324311</t>
+          <t>9786257324908</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X Mesajlar</t>
+          <t>Kur’an’da ve Günlük Hayatımızda Kulluk / İbadet</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257324397</t>
+          <t>9786257324946</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Benna Mesajlar</t>
+          <t>Allah’ın Varlığının Delilleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257324809</t>
+          <t>9786257413008</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Annemin Saati</t>
+          <t>Vatan Yahut Hicret</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257413816</t>
+          <t>9786257413039</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kuş Günlükleri</t>
+          <t>Çok Okunan Az Anlaşılan Sureler-Aşırlar-Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257324694</t>
+          <t>9786257413015</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Beni Çağıran Kitaplar</t>
+          <t>Kaybolan Cennet Endülüs</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257324687</t>
+          <t>9786257324960</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yelesi</t>
+          <t>İnsanın İrfanı</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257324663</t>
+          <t>9786257324878</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Dindarız Diye Mi Yoksuluz? Yoksuluz Diye Mi Dindarız?</t>
+          <t>Hayata Yön Veren Pusulalar</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257324625</t>
+          <t>9786257324861</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Siyasal Kültür</t>
+          <t>İlahi Aşka Vasıl Olmak</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257324540</t>
+          <t>9786257324533</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Gölgesinde Hz. İbrahim</t>
+          <t>En Kolay Kur’an Öğreniyorum Elif-Be’si</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257324502</t>
+          <t>9786257324700</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Yazgılar</t>
+          <t>Evlilikte Adem ile Havva Olabilmek</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257324458</t>
+          <t>9786257324717</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Din ve Kürtler</t>
+          <t>Pia</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257324427</t>
+          <t>9786257324854</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirasımızda Görgü ve Nezaket Metodolojisi</t>
+          <t>Yaşadım ve Yazdım</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257324489</t>
+          <t>9786257324830</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebali’den Günümüze Mesajlar</t>
+          <t>Siyonizm’in Amentüsü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257324496</t>
+          <t>9786257324328</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Diyaliz</t>
+          <t>Mehmet Akif Ersoy Mesajlar</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257324618</t>
+          <t>9786257324267</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ben De Öğretmendim</t>
+          <t>Aliya İzzetbegoviç Mesajlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257324519</t>
+          <t>9786257324335</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İftiharı</t>
+          <t>Mevdudi Mesajlar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>5500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257324601</t>
+          <t>9786257324373</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Odalar ve Perdeler</t>
+          <t>Seyyid Kutub Mesajlar</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257324472</t>
+          <t>9786257324342</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar ve Biz</t>
+          <t>Mustafa Meşhur Mesajlar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257324304</t>
+          <t>9786257324359</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk - Kur'an'da ve Günlük Hayatımızda</t>
+          <t>Necip Fazıl Kısakürek Mesajlar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257324205</t>
+          <t>9786257324380</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Örtüyü Kuşanmak</t>
+          <t>Yusuf El-Karadavi Mesajlar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257324113</t>
+          <t>9786257324403</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ben Musab – Yusuf Yüzlü Öğretmen</t>
+          <t>Nurettin Topçu Mesajlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257324120</t>
+          <t>9786257324281</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ben Habbab – İman Abidesi</t>
+          <t>Fethi Yelken Mesajlar</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257324137</t>
+          <t>9786257324366</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ben Fatıma – Babasının Annesi</t>
+          <t>Said Havva Mesajlar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257324151</t>
+          <t>9786257324298</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ben Aişe – Ümmül Müminin</t>
+          <t>Hasan En-Nedvi Mesajlar</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257324168</t>
+          <t>9786257324250</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ben Talut ve Calut – İttiba ve İmtina Edilecek Liderler</t>
+          <t>Ali Fuat Başgil Mesajlar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257324175</t>
+          <t>9786257324274</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanları – İlim Hikmet Yolcuları</t>
+          <t>Cemil Meriç Mesajlar</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257324182</t>
+          <t>9786257324311</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ben Süheyb – Bir Garip Yolcu</t>
+          <t>Malcolm X Mesajlar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257324144</t>
+          <t>9786257324397</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ben Selman – Hidayet Yolcusu</t>
+          <t>Hasan El-Benna Mesajlar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786059686419</t>
+          <t>9786257324809</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Ben Sa’d İbn Muaz– Ensarın Efendisi</t>
+          <t>Annemin Saati</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257324106</t>
+          <t>9786257413816</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Ben Nuayman – İslam’ın Güldüren Yüzü</t>
+          <t>Kuş Günlükleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257324212</t>
+          <t>9786257324694</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Seyfuddin Amidi Mefkuresinde Allah’a İman</t>
+          <t>Beni Çağıran Kitaplar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257009997</t>
+          <t>9786257324687</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlüğü</t>
+          <t>Gecenin Yelesi</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786057901033</t>
+          <t>9786257324663</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Harikulade Hadiseler</t>
+          <t>Dindarız Diye Mi Yoksuluz? Yoksuluz Diye Mi Dindarız?</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257324076</t>
+          <t>9786257324625</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Mitra</t>
+          <t>Toplumsal Cinsiyet ve Siyasal Kültür</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257009942</t>
+          <t>9786257324540</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yarım Hurma</t>
+          <t>Kur’an’ın Gölgesinde Hz. İbrahim</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786059853415</t>
+          <t>9786257324502</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dinamikliği ve Hz. Musa</t>
+          <t>Sonu Olmayan Yazgılar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257324069</t>
+          <t>9786257324458</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Medeniyet Endülüs</t>
+          <t>Milliyetçilik Din ve Kürtler</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257009966</t>
+          <t>9786257324427</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tafsilatlı Ramazan, Oruç ve Teravih Rehberi</t>
+          <t>Kültür Mirasımızda Görgü ve Nezaket Metodolojisi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257009980</t>
+          <t>9786257324489</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Türkçe Tercümeleri</t>
+          <t>Şeyh Edebali’den Günümüze Mesajlar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257009959</t>
+          <t>9786257324496</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Derin Çağrısı</t>
+          <t>Bir Nefes Diyaliz</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786059853491</t>
+          <t>9786257324618</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ey Ruhum Kendini Sürgün Et</t>
+          <t>Ben De Öğretmendim</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257009638</t>
+          <t>9786257324519</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Zincirleme Hayal Tamlaması</t>
+          <t>Varlığın İftiharı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>180</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786059477185</t>
+          <t>9786257324601</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Diğer Semavi Kitaplara Göre Kölelik</t>
+          <t>Odalar ve Perdeler</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059853422</t>
+          <t>9786257324472</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Ahlakı</t>
+          <t>Gökteki Yıldızlar ve Biz</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786059477277</t>
+          <t>9786257324304</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yazıları</t>
+          <t>Tevhid ve Şirk - Kur'an'da ve Günlük Hayatımızda</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786059686433</t>
+          <t>9786257324205</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Oturduğumuz Ev</t>
+          <t>Örtüyü Kuşanmak</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052152645</t>
+          <t>9786257324113</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Rüzigar</t>
+          <t>Ben Musab – Yusuf Yüzlü Öğretmen</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057901576</t>
+          <t>9786257324120</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'daki İslam</t>
+          <t>Ben Habbab – İman Abidesi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786059686402</t>
+          <t>9786257324137</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuma Ahlakı</t>
+          <t>Ben Fatıma – Babasının Annesi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786059853446</t>
+          <t>9786257324151</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Sesler</t>
+          <t>Ben Aişe – Ümmül Müminin</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786059853439</t>
+          <t>9786257324168</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sözün Közü</t>
+          <t>Ben Talut ve Calut – İttiba ve İmtina Edilecek Liderler</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257009751</t>
+          <t>9786257324175</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Bendine Dolan Irmak</t>
+          <t>Gönül Sultanları – İlim Hikmet Yolcuları</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257009775</t>
+          <t>9786257324182</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Cihad'la Aziz Olduk Terkettik Zelil Olduk</t>
+          <t>Ben Süheyb – Bir Garip Yolcu</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257009713</t>
+          <t>9786257324144</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Güzellik ve Ziynet Kavramı</t>
+          <t>Ben Selman – Hidayet Yolcusu</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257009560</t>
+          <t>9786059686419</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hey Firak</t>
+          <t>Ben Sa’d İbn Muaz– Ensarın Efendisi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257009706</t>
+          <t>9786257324106</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Arta Kalan</t>
+          <t>Ben Nuayman – İslam’ın Güldüren Yüzü</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257009591</t>
+          <t>9786257324212</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülüğün Kıskacındaki Gençlik</t>
+          <t>Seyfuddin Amidi Mefkuresinde Allah’a İman</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786059477222</t>
+          <t>9786257009997</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kireci Kavlamış Duvar</t>
+          <t>Karantina Günlüğü</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257009614</t>
+          <t>9786057901033</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Dersleri</t>
+          <t>İslam Düşüncesinde Harikulade Hadiseler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786059853477</t>
+          <t>9786257324076</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sordum Söylediler</t>
+          <t>Mitra</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786059853460</t>
+          <t>9786257009942</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Sordular Söyledim</t>
+          <t>Yarım Hurma</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257009621</t>
+          <t>9786059853415</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Düş'e Yazdım</t>
+          <t>Vahyin Dinamikliği ve Hz. Musa</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257009607</t>
+          <t>9786257324069</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Cennete Götüren Aşk Şehadet</t>
+          <t>Yitik Bir Medeniyet Endülüs</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257009584</t>
+          <t>9786257009966</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Allah Adına Yönetmek</t>
+          <t>Tafsilatlı Ramazan, Oruç ve Teravih Rehberi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257009522</t>
+          <t>9786257009980</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Şehrin Kalbine Giren Adam Mersedes Kadir</t>
+          <t>Kur’an’ın Türkçe Tercümeleri</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257009430</t>
+          <t>9786257009959</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kara Deliklerden Kıyamete Kur'an Kozmolojisi</t>
+          <t>Toprağın Derin Çağrısı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257009515</t>
+          <t>9786059853491</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yüzyıl</t>
+          <t>Ey Ruhum Kendini Sürgün Et</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257009485</t>
+          <t>9786257009638</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler Hareketi Kurucu Lideri İmam Hasan El Benna</t>
+          <t>Zincirleme Hayal Tamlaması</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257009461</t>
+          <t>9786059477185</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hacer Günlüğü</t>
+          <t>Kur’an ve Diğer Semavi Kitaplara Göre Kölelik</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257009454</t>
+          <t>9786059853422</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Araf Şiirleri</t>
+          <t>Eleştiri Ahlakı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257009331</t>
+          <t>9786059477277</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Seyyit Kutup - İslami Hareket ve Sosyal Adalet İnşası</t>
+          <t>Kriz Yazıları</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257009478</t>
+          <t>9786059686433</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Medine Sözleşmesi</t>
+          <t>Kiralık Oturduğumuz Ev</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257009447</t>
+          <t>9786052152645</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran Deniz</t>
+          <t>Rüzigar</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257009157</t>
+          <t>9786057901576</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Hz. Adem ve İnsanın Yaratılış Serüveni</t>
+          <t>Kur'an'daki İslam</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>595</v>
+        <v>190</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257009416</t>
+          <t>9786059686402</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Olmak Ama Nasıl?</t>
+          <t>Kur'an Okuma Ahlakı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257009393</t>
+          <t>9786059853446</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kur'an Hz. Ali</t>
+          <t>Heybemdeki Sesler</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257009386</t>
+          <t>9786059853439</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>3. Cumhuriyet'e Doğru</t>
+          <t>Sözün Közü</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257009409</t>
+          <t>9786257009751</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Müebbedin Güncesi</t>
+          <t>Bendine Dolan Irmak</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257009300</t>
+          <t>9786257009775</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Mektuplar</t>
+          <t>Cihad'la Aziz Olduk Terkettik Zelil Olduk</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257009324</t>
+          <t>9786257009713</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Birlik Olma İdealimiz (İttihad-ı İslam)</t>
+          <t>Kur'an'da Güzellik ve Ziynet Kavramı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257009317</t>
+          <t>9786257009560</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İlimleri ve Tarihselcilik</t>
+          <t>Hey Firak</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257009362</t>
+          <t>9786257009706</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gençliğin İnşası</t>
+          <t>Arta Kalan</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257009348</t>
+          <t>9786257009591</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Bela ve Hastalıklara Sabredenlere Müjdeler</t>
+          <t>İyilik ve Kötülüğün Kıskacındaki Gençlik</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257009201</t>
+          <t>9786059477222</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi Akıl ve Aydınlanma</t>
+          <t>Kireci Kavlamış Duvar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257009034</t>
+          <t>9786257009614</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis 40 Yazar</t>
+          <t>Tecvid Dersleri</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257009195</t>
+          <t>9786059853477</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Paslanmış</t>
+          <t>Sordum Söylediler</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257009119</t>
+          <t>9786059853460</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Vakitler</t>
+          <t>Sordular Söyledim</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257009096</t>
+          <t>9786257009621</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Düş'e Yazdım</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>495</v>
+        <v>210</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257009102</t>
+          <t>9786257009607</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Şafak Buluşmaları Kudüs</t>
+          <t>Cennete Götüren Aşk Şehadet</t>
         </is>
       </c>
       <c r="C751" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257009072</t>
+          <t>9786257009584</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayşe Hikayesi</t>
+          <t>Allah Adına Yönetmek</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257009058</t>
+          <t>9786257009522</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Hüzün</t>
+          <t>Koca Bir Şehrin Kalbine Giren Adam Mersedes Kadir</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052152935</t>
+          <t>9786257009430</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yakılmış Şiirler</t>
+          <t>Kara Deliklerden Kıyamete Kur'an Kozmolojisi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052152621</t>
+          <t>9786257009515</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif - Duruş ve Onur Abidesi</t>
+          <t>En Uzun Yüzyıl</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057901767</t>
+          <t>9786257009485</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Karınca Minibük ve Hazreti Süleyman</t>
+          <t>Müslüman Kardeşler Hareketi Kurucu Lideri İmam Hasan El Benna</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257009003</t>
+          <t>9786257009461</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerime Göre Evrenin Yapısı</t>
+          <t>Hacer Günlüğü</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257009041</t>
+          <t>9786257009454</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Araf Şiirleri</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786059477307</t>
+          <t>9786257009331</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sonra Aşk Olur Her Yenilgi</t>
+          <t>Seyyit Kutup - İslami Hareket ve Sosyal Adalet İnşası</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057901804</t>
+          <t>9786257009478</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İlk Medeniyetler - Kur'an ve Bilim Işığında İnsan Olurken 2</t>
+          <t>Medine Sözleşmesi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057901996</t>
+          <t>9786257009447</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Arzın Arşa En Yakın Olduğu Şehit Kudüs</t>
+          <t>Kıyıya Vuran Deniz</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057901880</t>
+          <t>9786257009157</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Oterite Tevhid</t>
+          <t>Kur'an Işığında Hz. Adem ve İnsanın Yaratılış Serüveni</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057901699</t>
+          <t>9786257009416</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kainat Saati</t>
+          <t>Olmak Ama Nasıl?</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786057901736</t>
+          <t>9786257009393</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfte Mükemmellik</t>
+          <t>Konuşan Kur'an Hz. Ali</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786057901835</t>
+          <t>9786257009386</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut Hikayeleri 2</t>
+          <t>3. Cumhuriyet'e Doğru</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786057901750</t>
+          <t>9786257009409</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aydın Perspektifinde Ulus Devlet ve Çözülemeyen Kürt Sorunu</t>
+          <t>Müebbedin Güncesi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057901842</t>
+          <t>9786257009300</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Şuleler</t>
+          <t>Bilgiye Mektuplar</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786057901774</t>
+          <t>9786257009324</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Sizin Yedi Güzel Adamınız Kim?</t>
+          <t>Birlik Olma İdealimiz (İttihad-ı İslam)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057901729</t>
+          <t>9786257009317</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Anda Yaşamak</t>
+          <t>Kur'an İlimleri ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057901712</t>
+          <t>9786257009362</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Çetele</t>
+          <t>Müslüman Gençliğin İnşası</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052152614</t>
+          <t>9786257009348</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Hicret - Doğru Yolda Kararlıyım</t>
+          <t>Bela ve Hastalıklara Sabredenlere Müjdeler</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786057901682</t>
+          <t>9786257009201</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Boşluğu</t>
+          <t>Said Nursi Akıl ve Aydınlanma</t>
         </is>
       </c>
       <c r="C772" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057901705</t>
+          <t>9786257009034</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Dağların Açık Yarası</t>
+          <t>40 Hadis 40 Yazar</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059686723</t>
+          <t>9786257009195</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>La-Bedri Divanı</t>
+          <t>Ölümle Paslanmış</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786057901620</t>
+          <t>9786257009119</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandi ve Abdulgaffar Han</t>
+          <t>Mühürlü Vakitler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057901118</t>
+          <t>9786257009096</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kitabın İzi</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786057901071</t>
+          <t>9786257009102</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Dünya Telaşı</t>
+          <t>Şafak Buluşmaları Kudüs</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057901613</t>
+          <t>9786257009072</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Savaşın İnsanları</t>
+          <t>Bir Ayşe Hikayesi</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057901262</t>
+          <t>9786257009058</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İlk Yaratılış - Kur'an ve Bilim Işığında İnsan Olurken 1</t>
+          <t>Geç Gelen Hüzün</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052152775</t>
+          <t>9786052152935</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Din İnsandan Ne İster, İnsan Dinden Ne Bekler?</t>
+          <t>Yakılmış Şiirler</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052152768</t>
+          <t>9786052152621</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Yeri</t>
+          <t>Mehmet Akif - Duruş ve Onur Abidesi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052152850</t>
+          <t>9786057901767</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Çiçek Açtığında</t>
+          <t>Karınca Minibük ve Hazreti Süleyman</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786057901408</t>
+          <t>9786257009003</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Malik Bin Nebi</t>
+          <t>Kur'an-ı Kerime Göre Evrenin Yapısı</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786057901378</t>
+          <t>9786257009041</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Arı</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786057901514</t>
+          <t>9786059477307</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Dört Zindanı</t>
+          <t>Sonra Aşk Olur Her Yenilgi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786057901439</t>
+          <t>9786057901804</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Aliya - Bilge Yönetici İzzetbegoviç'in Entelektüel Dünyası</t>
+          <t>İlk Medeniyetler - Kur'an ve Bilim Işığında İnsan Olurken 2</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786057901422</t>
+          <t>9786057901996</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Gazali - Bir İslam Aliminin Entelektüel Portresi</t>
+          <t>Arzın Arşa En Yakın Olduğu Şehit Kudüs</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057901446</t>
+          <t>9786057901880</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Cabiri - Arap - İslam Aklını İnşa Projesi</t>
+          <t>Özgürlük Oterite Tevhid</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057901415</t>
+          <t>9786057901699</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Said</t>
+          <t>Kainat Saati</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786057901316</t>
+          <t>9786057901736</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Müçtehid İmamların Savunusu (Refu'l - Melam)</t>
+          <t>Tesadüfte Mükemmellik</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786057901583</t>
+          <t>9786057901835</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İncil'in Satır Aralarında Böyle Buyurdu İsa Mesih</t>
+          <t>Ninem Korkut Hikayeleri 2</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786057901354</t>
+          <t>9786057901750</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir Belki</t>
+          <t>Müslüman Aydın Perspektifinde Ulus Devlet ve Çözülemeyen Kürt Sorunu</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786057901347</t>
+          <t>9786057901842</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sıratı</t>
+          <t>Güneşten Şuleler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786057901309</t>
+          <t>9786057901774</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında İslami Söylem ve Ali Haydar Haksal</t>
+          <t>Sizin Yedi Güzel Adamınız Kim?</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786057901361</t>
+          <t>9786057901729</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var Aramızda</t>
+          <t>Anda Yaşamak</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052152447</t>
+          <t>9786057901712</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'la Yolculuk</t>
+          <t>Çetele</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052152782</t>
+          <t>9786052152614</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Gökte Asılı Şarkılar</t>
+          <t>Hicret - Doğru Yolda Kararlıyım</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052152966</t>
+          <t>9786057901682</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Aliya</t>
+          <t>Hüzün Boşluğu</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786057901026</t>
+          <t>9786057901705</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İslam Temel Prensipleri</t>
+          <t>Dağların Açık Yarası</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052152720</t>
+          <t>9786059686723</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda İslamcılar</t>
+          <t>La-Bedri Divanı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786952152974</t>
+          <t>9786057901620</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kızım</t>
+          <t>Mahatma Gandi ve Abdulgaffar Han</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057901064</t>
+          <t>9786057901118</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Belediyecilikte Milli Görüş</t>
+          <t>Kitabın İzi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786057901224</t>
+          <t>9786057901071</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Fişekleyecek 60+1 Dakika</t>
+          <t>Dünya Telaşı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786057901149</t>
+          <t>9786057901613</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık - Türkiye'de İslami Oluşumlar Ansiklopedisi</t>
+          <t>Savaşın İnsanları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>595</v>
+        <v>190</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786057901101</t>
+          <t>9786057901262</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ruhuna Zehir Katanlar</t>
+          <t>İlk Yaratılış - Kur'an ve Bilim Işığında İnsan Olurken 1</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786059477987</t>
+          <t>9786052152775</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kıtabı Çağırır</t>
+          <t>Din İnsandan Ne İster, İnsan Dinden Ne Bekler?</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786059477918</t>
+          <t>9786052152768</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Koşu Bittikten Sonra Da Koşan Atlı Sezai Karakoç</t>
+          <t>Dikiş Yeri</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786059686686</t>
+          <t>9786052152850</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Babil'i Beş Geçe</t>
+          <t>Papatyalar Çiçek Açtığında</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052152232</t>
+          <t>9786057901408</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İslami Edebiyatta Dua</t>
+          <t>Malik Bin Nebi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786054913510</t>
+          <t>9786057901378</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Kelebek ve Arı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052152522</t>
+          <t>9786057901514</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Yaşamak (Almanya Konferansı)</t>
+          <t>İnsan ve Dört Zindanı</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786059686532</t>
+          <t>9786057901439</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Batı Evrensel İslam 21. Yüzyılda Sorunları Konuşmak</t>
+          <t>Aliya - Bilge Yönetici İzzetbegoviç'in Entelektüel Dünyası</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052152393</t>
+          <t>9786057901422</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Farklı Okumalar</t>
+          <t>Gazali - Bir İslam Aliminin Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052152263</t>
+          <t>9786057901446</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyet Anlayışımız</t>
+          <t>Cabiri - Arap - İslam Aklını İnşa Projesi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059853101</t>
+          <t>9786057901415</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında İman ve Namaz</t>
+          <t>Cevdet Said</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052152560</t>
+          <t>9786057901316</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İman Anlayışımız</t>
+          <t>Müçtehid İmamların Savunusu (Refu'l - Melam)</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052152706</t>
+          <t>9786057901583</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yakın Okuma</t>
+          <t>İncil'in Satır Aralarında Böyle Buyurdu İsa Mesih</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059477512</t>
+          <t>9786057901354</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sessizce</t>
+          <t>Kim Bilir Belki</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052152225</t>
+          <t>9786057901347</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Düşledim</t>
+          <t>Sözün Sıratı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059477895</t>
+          <t>9786057901309</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İktisat Anlayışımız</t>
+          <t>Türk Edebiyatında İslami Söylem ve Ali Haydar Haksal</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052152591</t>
+          <t>9786057901361</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Hadislerini Yorum Metodu</t>
+          <t>Bir Yol Var Aramızda</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786054913671</t>
+          <t>9786052152447</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sensizliği Bilmiyorlar</t>
+          <t>Kur'an'la Yolculuk</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052152485</t>
+          <t>9786052152782</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kültürde Yaşayan Müslüman Azınlıklar</t>
+          <t>Gökte Asılı Şarkılar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054913978</t>
+          <t>9786052152966</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Erdem Medeniyeti</t>
+          <t>Aliya</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052152638</t>
+          <t>9786057901026</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Deizmin Kökenleri</t>
+          <t>İslam Temel Prensipleri</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789756353875</t>
+          <t>9786052152720</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ruh Terbiyesi</t>
+          <t>Kürt Sorununda İslamcılar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052152492</t>
+          <t>9786952152974</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Hz. Muhammed (sav)'in Özellikeri</t>
+          <t>Sevgili Kızım</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052152508</t>
+          <t>9786057901064</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Taştepe</t>
+          <t>Sosyal Belediyecilikte Milli Görüş</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052152690</t>
+          <t>9786057901224</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Bir Irmak Düşü</t>
+          <t>Hayatınızı Fişekleyecek 60+1 Dakika</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052152515</t>
+          <t>9786057901149</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Gücü</t>
+          <t>İslamcılık - Türkiye'de İslami Oluşumlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052152287</t>
+          <t>9786057901101</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gölgesinde</t>
+          <t>Müslüman Ruhuna Zehir Katanlar</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786059853767</t>
+          <t>9786059477987</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya Üzerinde Düşünmek</t>
+          <t>Kitap Kıtabı Çağırır</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059477765</t>
+          <t>9786059477918</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ahirete Yolculuk</t>
+          <t>Koşu Bittikten Sonra Da Koşan Atlı Sezai Karakoç</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052152461</t>
+          <t>9786059686686</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslam'ı İslam Müslümanları Arıyor</t>
+          <t>Babil'i Beş Geçe</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052152478</t>
+          <t>9786052152232</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kimliğidir İnsanın</t>
+          <t>İslami Edebiyatta Dua</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052152294</t>
+          <t>9786054913510</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fotoğrafları</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059853040</t>
+          <t>9786052152522</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Konuşuyor</t>
+          <t>İslam'ı Yaşamak (Almanya Konferansı)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059477390</t>
+          <t>9786059686532</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kar da Yanar</t>
+          <t>Küreselleşen Batı Evrensel İslam 21. Yüzyılda Sorunları Konuşmak</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052152607</t>
+          <t>9786052152393</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Yenilenmeye Hazır Olanlar İçindir Oruç</t>
+          <t>İslam Düşüncesinde Farklı Okumalar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052152430</t>
+          <t>9786052152263</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kirpik Ucu Öyküleri</t>
+          <t>İyi Niyet Anlayışımız</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052152317</t>
+          <t>9786059853101</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kanatları Altında</t>
+          <t>Vahyin Işığında İman ve Namaz</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786059477888</t>
+          <t>9786052152560</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Gönül Rehberi</t>
+          <t>İman Anlayışımız</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052152256</t>
+          <t>9786052152706</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna</t>
+          <t>Yakın Okuma</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052152980</t>
+          <t>9786059477512</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Özü Şiirin Eşiği</t>
+          <t>Sessizce</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059686471</t>
+          <t>9786052152225</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü'l Merviyye Fi't Teşrih Ve'l Kemeviyye</t>
+          <t>Düşünceler Düşledim</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052152751</t>
+          <t>9786059477895</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Bizim Akif</t>
+          <t>İktisat Anlayışımız</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052152683</t>
+          <t>9786052152591</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Mekke Devrinde Karşılaştığı Sıkıntılar</t>
+          <t>Ahkam Hadislerini Yorum Metodu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052152577</t>
+          <t>9786054913671</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Vahye Göre Büyük Zulüm</t>
+          <t>Sensizliği Bilmiyorlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052152539</t>
+          <t>9786052152485</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Gerçeği</t>
+          <t>Yabancı Kültürde Yaşayan Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059477901</t>
+          <t>9786054913978</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Münevver Anlayışımız</t>
+          <t>Erdem Medeniyeti</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059686556</t>
+          <t>9786052152638</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>İtikafta Kıyılan Nikah</t>
+          <t>Türkiye'de Deizmin Kökenleri</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059853033</t>
+          <t>9789756353875</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajları İlke Edinmek</t>
+          <t>Ruh Terbiyesi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059853248</t>
+          <t>9786052152492</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Mısır Eyyubilerinde Eğitim ve Öğretim Faaliyetleri</t>
+          <t>Kur'an'da Hz. Muhammed (sav)'in Özellikeri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052152218</t>
+          <t>9786052152508</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Ayazda Bir Islık</t>
+          <t>Taştepe</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052152249</t>
+          <t>9786052152690</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Milliyet Anlayışımız</t>
+          <t>Bir Irmak Düşü</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052152140</t>
+          <t>9786052152515</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitiminde 40 Hadis</t>
+          <t>Bilginin Gücü</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052152089</t>
+          <t>9786052152287</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gencin Yaşam İlkeleri</t>
+          <t>Güneşin Gölgesinde</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052152164</t>
+          <t>9786059853767</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Hikayeleri Fetret</t>
+          <t>Yeni Bir Dünya Üzerinde Düşünmek</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052152195</t>
+          <t>9786059477765</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Kur’an’la Yolculuğu</t>
+          <t>Adım Adım Ahirete Yolculuk</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052152027</t>
+          <t>9786052152461</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrolar</t>
+          <t>Dünya İslam'ı İslam Müslümanları Arıyor</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052152126</t>
+          <t>9786052152478</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>T Şehrinde İp Atlayan Çocuklar</t>
+          <t>Kelimeler Kimliğidir İnsanın</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052152133</t>
+          <t>9786052152294</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Şairin Aynası</t>
+          <t>İnsan Fotoğrafları</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052152119</t>
+          <t>9786059853040</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Akif'i Anlamak</t>
+          <t>Yeni Türkiye Konuşuyor</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786054913848</t>
+          <t>9786059477390</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Duvardibi Düşü</t>
+          <t>Kar da Yanar</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059686273</t>
+          <t>9786052152607</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>23 Hadis</t>
+          <t>Yenilenmeye Hazır Olanlar İçindir Oruç</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052152058</t>
+          <t>9786052152430</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerin Hesap Günü Var mı?</t>
+          <t>Kirpik Ucu Öyküleri</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059853682</t>
+          <t>9786052152317</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ah Güzel Bir Gün</t>
+          <t>Şiirin Kanatları Altında</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059853729</t>
+          <t>9786059477888</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Yusufun Kuyusu</t>
+          <t>Gezgin Gönül Rehberi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059853705</t>
+          <t>9786052152256</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ayna</t>
+          <t>Esmaül Hüsna</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059686679</t>
+          <t>9786052152980</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Mühendis ve Hayat</t>
+          <t>Hayatın Özü Şiirin Eşiği</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054913855</t>
+          <t>9786059686471</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Zaman Ayırmak</t>
+          <t>Zübdetü'l Merviyye Fi't Teşrih Ve'l Kemeviyye</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059477970</t>
+          <t>9786052152751</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Adem Güncesi</t>
+          <t>Bizim Akif</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054913787</t>
+          <t>9786052152683</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Aşiret Modernleşmesi</t>
+          <t>Hz. Peygamberin Mekke Devrinde Karşılaştığı Sıkıntılar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786054913114</t>
+          <t>9786052152577</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Vahye Göre Büyük Zulüm</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059477680</t>
+          <t>9786052152539</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İsnat Edilen Günahların Mahiyeti</t>
+          <t>İslam'ın Gerçeği</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059477734</t>
+          <t>9786059477901</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük İçin Bir Şarkı</t>
+          <t>Münevver Anlayışımız</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059477727</t>
+          <t>9786059686556</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kültürün İzi</t>
+          <t>İtikafta Kıyılan Nikah</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059477697</t>
+          <t>9786059853033</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Şahitliği</t>
+          <t>İlahi Mesajları İlke Edinmek</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059477642</t>
+          <t>9786059853248</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Biraz Din Konuşalım</t>
+          <t>Mısır Eyyubilerinde Eğitim ve Öğretim Faaliyetleri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059477444</t>
+          <t>9786052152218</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi'nin Siyaset Teorisi veya İslam Siyaset Düşüncesinde Reform</t>
+          <t>Ayazda Bir Islık</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059477543</t>
+          <t>9786052152249</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Işığıyla Okumak</t>
+          <t>Milliyet Anlayışımız</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059477475</t>
+          <t>9786052152140</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Dilim Ol Söyle</t>
+          <t>Aile Eğitiminde 40 Hadis</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786059477499</t>
+          <t>9786052152089</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül Meseli</t>
+          <t>Müslüman Gencin Yaşam İlkeleri</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059686785</t>
+          <t>9786052152164</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ali b. Yahya Es-Semerkandi Çalıştayı</t>
+          <t>Bir Dönemin Hikayeleri Fetret</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059686426</t>
+          <t>9786052152195</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nakşibendi</t>
+          <t>Rasulullah’ın Kur’an’la Yolculuğu</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786059477109</t>
+          <t>9786052152027</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Musaddik ve Müheymin</t>
+          <t>Tiyatrolar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786059686730</t>
+          <t>9786052152126</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Cabülka</t>
+          <t>T Şehrinde İp Atlayan Çocuklar</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786059477260</t>
+          <t>9786052152133</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Düşüncesinde İlahi Bilgi</t>
+          <t>Şairin Aynası</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786059477031</t>
+          <t>9786052152119</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Kur’an'la ve Namazla Dirilmek</t>
+          <t>Akif'i Anlamak</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059477345</t>
+          <t>9786054913848</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gecede Öldük Öldük Dirildik</t>
+          <t>Duvardibi Düşü</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059686464</t>
+          <t>9786059686273</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Zebdetü'l İrfan Fi Tedkiki'l - İtkan 3. Cilt</t>
+          <t>23 Hadis</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059477208</t>
+          <t>9786052152058</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Gençler</t>
+          <t>Yöneticilerin Hesap Günü Var mı?</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786059477178</t>
+          <t>9786059853682</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Hira’daki İşaretler</t>
+          <t>Ah Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059477376</t>
+          <t>9786059853729</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bir Umudum Olsun</t>
+          <t>Yusufun Kuyusu</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786059477130</t>
+          <t>9786059853705</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürüyüşün Serencamı</t>
+          <t>Ölüm ve Ayna</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786059477505</t>
+          <t>9786059686679</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Güller ve Çığlıklar</t>
+          <t>Mühendis ve Hayat</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786059853675</t>
+          <t>9786054913855</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağıyordu Karanlığa</t>
+          <t>Allah’a Zaman Ayırmak</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786059477482</t>
+          <t>9786059477970</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın İzi -1 Bir Sonsuz Yolculukta</t>
+          <t>Adem Güncesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786059477451</t>
+          <t>9786054913787</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’de Anlam İncelikleri</t>
+          <t>Aşiret Modernleşmesi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786059477468</t>
+          <t>9786054913114</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Kumbarası</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786059686624</t>
+          <t>9786059477680</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Duvarda Asılı Düşler</t>
+          <t>Peygamberlere İsnat Edilen Günahların Mahiyeti</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786059477215</t>
+          <t>9786059477734</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>El Fihrist (Ciltli)</t>
+          <t>Özgürlük İçin Bir Şarkı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059686587</t>
+          <t>9786059477727</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Öyküsü</t>
+          <t>Kültürün İzi</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786059686754</t>
+          <t>9786059477697</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Gezgin İle Pervane</t>
+          <t>Bir Şehidin Şahitliği</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786059686280</t>
+          <t>9786059477642</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Suf Hareketi Tarihi</t>
+          <t>Biraz Din Konuşalım</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786059686761</t>
+          <t>9786059477444</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Ah Minyatürleri</t>
+          <t>Said Nursi'nin Siyaset Teorisi veya İslam Siyaset Düşüncesinde Reform</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786059686747</t>
+          <t>9786059477543</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Rüya Korkusu</t>
+          <t>Kur’an’ın Işığıyla Okumak</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786353330209</t>
+          <t>9786059477475</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Dersleri 2 : Kısa Sureler</t>
+          <t>Dilim Ol Söyle</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786059686297</t>
+          <t>9786059477499</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Komşuluk</t>
+          <t>Gül ile Bülbül Meseli</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786059686341</t>
+          <t>9786059686785</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün... Biri Vardı De...</t>
+          <t>Ali b. Yahya Es-Semerkandi Çalıştayı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059686266</t>
+          <t>9786059686426</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu</t>
+          <t>Risale-i Nakşibendi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059686204</t>
+          <t>9786059477109</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Musaddik ve Müheymin</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786059686150</t>
+          <t>9786059686730</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Hac Psikolojisi</t>
+          <t>Cabülka</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786059853897</t>
+          <t>9786059477260</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Yordum</t>
+          <t>Erken Dönem İslam Düşüncesinde İlahi Bilgi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786059853873</t>
+          <t>9786059477031</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Gölgeme Düşen Notlar</t>
+          <t>Modern Zamanlarda Kur’an'la ve Namazla Dirilmek</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786059853644</t>
+          <t>9786059477345</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ustaları</t>
+          <t>Karanlık Gecede Öldük Öldük Dirildik</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786059853699</t>
+          <t>9786059686464</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gökyüzü Altında</t>
+          <t>Zebdetü'l İrfan Fi Tedkiki'l - İtkan 3. Cilt</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786059853583</t>
+          <t>9786059477208</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük Küçük Boy</t>
+          <t>Sevgili Gençler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052152416</t>
+          <t>9786059477178</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
+          <t>Hira’daki İşaretler</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>850</v>
+        <v>190</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786059853392</t>
+          <t>9786059477376</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dimağı veya Üç Vasf-ı İnsan</t>
+          <t>Bir Umudum Olsun</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786054913220</t>
+          <t>9786059477130</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Özüne Dair</t>
+          <t>Bir Yürüyüşün Serencamı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786059853118</t>
+          <t>9786059477505</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Nur Hareketi</t>
+          <t>Güller ve Çığlıklar</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786054913244</t>
+          <t>9786059853675</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Kıskacında</t>
+          <t>Kar Yağıyordu Karanlığa</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786054913237</t>
+          <t>9786059477482</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bir İslamcıya Göre Kapitalizm ve Sosyalizm</t>
+          <t>Edebiyatın İzi -1 Bir Sonsuz Yolculukta</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786054913251</t>
+          <t>9786059477451</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamaya Giriş</t>
+          <t>Kur’an-ı Kerim’de Anlam İncelikleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786059853293</t>
+          <t>9786059477468</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Gölgemin Ayak Sesleri Aforizmalar</t>
+          <t>Ahiret Kumbarası</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786059853125</t>
+          <t>9786059686624</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Uyan Be Gönül - Celali</t>
+          <t>Duvarda Asılı Düşler</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786054913428</t>
+          <t>9786059477215</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaid Esasları</t>
+          <t>El Fihrist (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>190</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786054913695</t>
+          <t>9786059686587</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Yandım</t>
+          <t>Ailenin Öyküsü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786054913893</t>
+          <t>9786059686754</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>İftiranın Hedefindeki Sünnet</t>
+          <t>Yunus Emre - Gezgin İle Pervane</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786054913640</t>
+          <t>9786059686280</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Arının Ayak Tozu</t>
+          <t>Suf Hareketi Tarihi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786054913602</t>
+          <t>9786059686761</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Direnişi</t>
+          <t>Ah Minyatürleri</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786059853576</t>
+          <t>9786059686747</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük (Ciltli)</t>
+          <t>Rüya Korkusu</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786059853989</t>
+          <t>9786353330209</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Tefsir Dersleri 2 : Kısa Sureler</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786054913367</t>
+          <t>9786059686297</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 2</t>
+          <t>İslam'da Komşuluk</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786054913350</t>
+          <t>9786059686341</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 1</t>
+          <t>Bir Gün... Biri Vardı De...</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786054913343</t>
+          <t>9786059686266</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Ahiretsiz Müslümanlık</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786054913138</t>
+          <t>9786059686204</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Diliyle 28 Şubat Öyküleri</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786059686129</t>
+          <t>9786059686150</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Vahiy İklimine Yolculuk</t>
+          <t>Hac Psikolojisi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786059686020</t>
+          <t>9786059853897</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Fert ve Toplum Açısından Kur'an'da Sünnetullah</t>
+          <t>Anlamı Yordum</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786059853972</t>
+          <t>9786059853873</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Medeniyet</t>
+          <t>Gölgeme Düşen Notlar</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786054913084</t>
+          <t>9786059853644</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İnançların Kökleri Kavramlar</t>
+          <t>Edebiyatın Ustaları</t>
         </is>
       </c>
       <c r="C942" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786353129100</t>
+          <t>9786059853699</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Göçün ve Kentin Siyaseti</t>
+          <t>Aynı Gökyüzü Altında</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789756353998</t>
+          <t>9786059853583</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>İslami Mücadelede İmtihan</t>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük Küçük Boy</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786054913077</t>
+          <t>9786052152416</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Kervanı Peygamberler Tarihi</t>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789756353905</t>
+          <t>9786059853392</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Organizasyon, Verimlilik</t>
+          <t>Gençlik Dimağı veya Üç Vasf-ı İnsan</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789756353929</t>
+          <t>9786054913220</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisinin Temel İlkeleri</t>
+          <t>Hayatın Özüne Dair</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786059853934</t>
+          <t>9786059853118</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yazarla Ufka Doğru</t>
+          <t>Nur Hareketi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786059853637</t>
+          <t>9786054913244</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kürt Milliyetçiliğinin Kısa Tarihi</t>
+          <t>Modernizmin Kıskacında</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
+          <t>9786054913237</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Bir İslamcıya Göre Kapitalizm ve Sosyalizm</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786054913251</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ı Anlamaya Giriş</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786059853293</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Gölgemin Ayak Sesleri Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786059853125</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Uyan Be Gönül - Celali</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786054913428</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>İslam Akaid Esasları</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786054913695</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurla Yandım</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786054913893</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>İftiranın Hedefindeki Sünnet</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786054913640</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Arının Ayak Tozu</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786054913602</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Direnişi</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786059853576</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Türkçe Anlamı Meal ve Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786059853989</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Osman</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786054913367</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 2</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786054913350</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk Bilinci ve Şahsiyet Oluşumuna Hazırlık 1</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786054913343</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Ahiretsiz Müslümanlık</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786054913138</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Diliyle 28 Şubat Öyküleri</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786059686129</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Vahiy İklimine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786059686020</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Fert ve Toplum Açısından Kur'an'da Sünnetullah</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786059853972</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Medeniyet</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786054913084</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>İnançların Kökleri Kavramlar</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786353129100</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Göçün ve Kentin Siyaseti</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9789756353998</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>İslami Mücadelede İmtihan</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786054913077</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Nübüvvet Kervanı Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9789756353905</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim, Organizasyon, Verimlilik</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9789756353929</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ekonomisinin Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786059853934</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yazarla Ufka Doğru</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786059853637</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Milliyetçiliğinin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
           <t>9789756353882</t>
         </is>
       </c>
-      <c r="B950" s="1" t="inlineStr">
+      <c r="B976" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Davet</t>
         </is>
       </c>
-      <c r="C950" s="1">
+      <c r="C976" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>