--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -85,895 +85,925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259395203</t>
+          <t>9786259768922</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Senbahar Mevsimim</t>
+          <t>Ters Dergi - 4</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259834092</t>
+          <t>9786259395234</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dalların Şarkısı</t>
+          <t>Hayal Perdesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057396228</t>
+          <t>9786259395203</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları Üsküdar</t>
+          <t>Senbahar Mevsimim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056673122</t>
+          <t>9786259834092</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şule</t>
+          <t>Kırık Dalların Şarkısı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056673139</t>
+          <t>9786057396228</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Bilgi Avcıları Üsküdar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058600003</t>
+          <t>9786056673122</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>26. Sözün Haşiyesi - Kader Risalesi</t>
+          <t>Şule</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254442438</t>
+          <t>9786056673139</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bendesi</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056879647</t>
+          <t>9786058600003</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
+          <t>26. Sözün Haşiyesi - Kader Risalesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259834085</t>
+          <t>9786254442438</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Naşide</t>
+          <t>Aşkın Bendesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259834054</t>
+          <t>9786056879647</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aile İçin Değer</t>
+          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259834061</t>
+          <t>9786259834085</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>Naşide</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259874078</t>
+          <t>9786259834054</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlk Kar Sevinci</t>
+          <t>Aile İçin Değer</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259834047</t>
+          <t>9786259834061</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğitmenler için Hızlı Okuma ve Etkili Öğretme Yöntemleri</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1450</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259834030</t>
+          <t>9786259874078</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Okuma Sanatı Hızlı ve Anlayarak Okumanın Sırları</t>
+          <t>İlk Kar Sevinci</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259834023</t>
+          <t>9786259834047</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Başka Bahar İçin Yeşermek</t>
+          <t>Eğitmenler için Hızlı Okuma ve Etkili Öğretme Yöntemleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259834016</t>
+          <t>9786259834030</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Minik Üreticilerden Öykücükler</t>
+          <t>Okuma Sanatı Hızlı ve Anlayarak Okumanın Sırları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057396297</t>
+          <t>9786259834023</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mevsimin Kırdığı Yerden Yeşermek</t>
+          <t>Başka Bahar İçin Yeşermek</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057396280</t>
+          <t>9786259834016</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>6 Kuram 40 Danışma Tekniği</t>
+          <t>Minik Üreticilerden Öykücükler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057396266</t>
+          <t>9786057396297</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yaratıcı Drama - Evrensel Değerlerle Köprüler Kurma</t>
+          <t>Mevsimin Kırdığı Yerden Yeşermek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057396242</t>
+          <t>9786057396280</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Koç'um Benim</t>
+          <t>6 Kuram 40 Danışma Tekniği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>164</v>
+        <v>520</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257396235</t>
+          <t>9786057396266</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Gözyaşı</t>
+          <t>Eğitimde Yaratıcı Drama - Evrensel Değerlerle Köprüler Kurma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056673184</t>
+          <t>9786057396242</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Koç'um Benim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257396211</t>
+          <t>9786257396235</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Sorunu Vajinismus</t>
+          <t>Kalemin Gözyaşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054442414</t>
+          <t>9786056673184</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Ağıt</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254442490</t>
+          <t>9786257396211</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeği</t>
+          <t>Bir Çift Sorunu Vajinismus</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257396204</t>
+          <t>9786054442414</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Olun</t>
+          <t>Yalnızlığa Ağıt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254442483</t>
+          <t>9786254442490</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çaresizler</t>
+          <t>Sevgi Çiçeği</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254442476</t>
+          <t>9786257396204</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Behlika</t>
+          <t>Sessiz Olun</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254442452</t>
+          <t>9786254442483</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Çaresizler</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254442469</t>
+          <t>9786254442476</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Taun</t>
+          <t>Behlika</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254442445</t>
+          <t>9786254442452</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254442421</t>
+          <t>9786254442469</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sokağa Çıkmak Yasak</t>
+          <t>Taun</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056879678</t>
+          <t>9786254442445</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Süper Sınıf - Çizgi Roman</t>
+          <t>Kolezyum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056879692</t>
+          <t>9786254442421</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sakın Beşinci Olma !</t>
+          <t>Sokağa Çıkmak Yasak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058600054</t>
+          <t>9786056879678</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Örnek İnsan Yaşayan Kur’an Muhammed (Sav)</t>
+          <t>Süper Sınıf - Çizgi Roman</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056879654</t>
+          <t>9786056879692</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Nefesi</t>
+          <t>Sakın Beşinci Olma !</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056673153</t>
+          <t>9786058600054</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar ve Sen</t>
+          <t>Örnek İnsan Yaşayan Kur’an Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056879616</t>
+          <t>9786056879654</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Dirhem Gümüş</t>
+          <t>Aşkın Nefesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056879623</t>
+          <t>9786056673153</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşk Medeniyeti</t>
+          <t>Sonbahar ve Sen</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056879630</t>
+          <t>9786056879616</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Özgül Öğrenme Güçlüğü</t>
+          <t>Bir Dirhem Gümüş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056673115</t>
+          <t>9786056879623</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Aşk Medeniyeti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056673160</t>
+          <t>9786056879630</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Divanı</t>
+          <t>Özgül Öğrenme Güçlüğü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056315916</t>
+          <t>9786056673115</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlma - Evrenin Kitabı</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056673146</t>
+          <t>9786056673160</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Taşları Isıtan Çiçek</t>
+          <t>Ölüm Divanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058600041</t>
+          <t>9786056315916</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dili - Kur'an-ı Kerim'i Okuma Kaideleri (Bilgisayar Hatlı)</t>
+          <t>İlma - Evrenin Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056315930</t>
+          <t>9786056673146</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Allah (C.C) - Gençler İçin Bilinç Serisi 1</t>
+          <t>Taşları Isıtan Çiçek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056315923</t>
+          <t>9786058600041</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Elif İki Hece</t>
+          <t>Kur'an Dili - Kur'an-ı Kerim'i Okuma Kaideleri (Bilgisayar Hatlı)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056315992</t>
+          <t>9786056315930</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Düş Sonrası Sessizlik</t>
+          <t>Allah (C.C) - Gençler İçin Bilinç Serisi 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056315947</t>
+          <t>9786056315923</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Resul (S.A.V) - Gençler İçin Bilinç Serisi 2</t>
+          <t>Bir Elif İki Hece</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056315954</t>
+          <t>9786056315992</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İslam - Gençler İçin Bilinç Serisi 3</t>
+          <t>Düş Sonrası Sessizlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058600089</t>
+          <t>9786056315947</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kimi Acılar Can Verir</t>
+          <t>Resul (S.A.V) - Gençler İçin Bilinç Serisi 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056315963</t>
+          <t>9786056315954</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Ölmeye Vakti Yok</t>
+          <t>İslam - Gençler İçin Bilinç Serisi 3</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056679609</t>
+          <t>9786058600089</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Değer</t>
+          <t>Kimi Acılar Can Verir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058741003</t>
+          <t>9786056315963</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüz Çok Geç Kaldınız</t>
+          <t>Kimsenin Ölmeye Vakti Yok</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056673108</t>
+          <t>9786056679609</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oku Takip Et</t>
+          <t>Çocuklar İçin Değer</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056673191</t>
+          <t>9786058741003</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar Rıhtımı</t>
+          <t>Üzgünüz Çok Geç Kaldınız</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786056673108</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Oku Takip Et</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786056673191</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlar Rıhtımı</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
           <t>9786056673177</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Ailede ve Okulda Başarılı Çocuk Eğitimi</t>
         </is>
       </c>
-      <c r="C58" s="1">
+      <c r="C60" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>