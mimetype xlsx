--- v1 (2026-01-03)
+++ v2 (2026-03-15)
@@ -85,925 +85,1000 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259768922</t>
+          <t>9786259395258</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ters Dergi - 4</t>
+          <t>Aşkım Şiir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259395234</t>
+          <t>9786259395241</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayal Perdesi</t>
+          <t>Divaneden Damlalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259395203</t>
+          <t>9786259395265</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Senbahar Mevsimim</t>
+          <t>Yitik Sevdalar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259834092</t>
+          <t>9786259834009</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dalların Şarkısı</t>
+          <t>AYT Türk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057396228</t>
+          <t>9786254442407</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Avcıları Üsküdar</t>
+          <t>AYT Türk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056673122</t>
+          <t>9786259768922</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şule</t>
+          <t>Ters Dergi - 4</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056673139</t>
+          <t>9786259395234</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Hayal Perdesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058600003</t>
+          <t>9786259395203</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>26. Sözün Haşiyesi - Kader Risalesi</t>
+          <t>Senbahar Mevsimim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254442438</t>
+          <t>9786259834092</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bendesi</t>
+          <t>Kırık Dalların Şarkısı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056879647</t>
+          <t>9786057396228</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
+          <t>Bilgi Avcıları Üsküdar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259834085</t>
+          <t>9786056673122</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Naşide</t>
+          <t>Şule</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259834054</t>
+          <t>9786056673139</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aile İçin Değer</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259834061</t>
+          <t>9786058600003</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>26. Sözün Haşiyesi - Kader Risalesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1625</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259874078</t>
+          <t>9786254442438</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlk Kar Sevinci</t>
+          <t>Aşkın Bendesi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259834047</t>
+          <t>9786056879647</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğitmenler için Hızlı Okuma ve Etkili Öğretme Yöntemleri</t>
+          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259834030</t>
+          <t>9786259834085</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Okuma Sanatı Hızlı ve Anlayarak Okumanın Sırları</t>
+          <t>Naşide</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259834023</t>
+          <t>9786259834054</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Başka Bahar İçin Yeşermek</t>
+          <t>Aile İçin Değer</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259834016</t>
+          <t>9786259834061</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Minik Üreticilerden Öykücükler</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057396297</t>
+          <t>9786259874078</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mevsimin Kırdığı Yerden Yeşermek</t>
+          <t>İlk Kar Sevinci</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057396280</t>
+          <t>9786259834047</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>6 Kuram 40 Danışma Tekniği</t>
+          <t>Eğitmenler için Hızlı Okuma ve Etkili Öğretme Yöntemleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>520</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057396266</t>
+          <t>9786259834030</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yaratıcı Drama - Evrensel Değerlerle Köprüler Kurma</t>
+          <t>Okuma Sanatı Hızlı ve Anlayarak Okumanın Sırları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057396242</t>
+          <t>9786259834023</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Koç'um Benim</t>
+          <t>Başka Bahar İçin Yeşermek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>164</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257396235</t>
+          <t>9786259834016</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Gözyaşı</t>
+          <t>Minik Üreticilerden Öykücükler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056673184</t>
+          <t>9786057396297</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnan Çalış Başar</t>
+          <t>Mevsimin Kırdığı Yerden Yeşermek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257396211</t>
+          <t>9786057396280</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Sorunu Vajinismus</t>
+          <t>6 Kuram 40 Danışma Tekniği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054442414</t>
+          <t>9786057396266</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Ağıt</t>
+          <t>Eğitimde Yaratıcı Drama - Evrensel Değerlerle Köprüler Kurma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254442490</t>
+          <t>9786057396242</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeği</t>
+          <t>Koç'um Benim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257396204</t>
+          <t>9786257396235</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Olun</t>
+          <t>Kalemin Gözyaşı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254442483</t>
+          <t>9786056673184</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çaresizler</t>
+          <t>İnan Çalış Başar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254442476</t>
+          <t>9786257396211</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Behlika</t>
+          <t>Bir Çift Sorunu Vajinismus</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254442452</t>
+          <t>9786054442414</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Yalnızlığa Ağıt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254442469</t>
+          <t>9786254442490</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Taun</t>
+          <t>Sevgi Çiçeği</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254442445</t>
+          <t>9786257396204</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kolezyum</t>
+          <t>Sessiz Olun</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254442421</t>
+          <t>9786254442483</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sokağa Çıkmak Yasak</t>
+          <t>Çaresizler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056879678</t>
+          <t>9786254442476</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süper Sınıf - Çizgi Roman</t>
+          <t>Behlika</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056879692</t>
+          <t>9786254442452</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sakın Beşinci Olma !</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058600054</t>
+          <t>9786254442469</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Örnek İnsan Yaşayan Kur’an Muhammed (Sav)</t>
+          <t>Taun</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056879654</t>
+          <t>9786254442445</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Nefesi</t>
+          <t>Kolezyum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056673153</t>
+          <t>9786254442421</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar ve Sen</t>
+          <t>Sokağa Çıkmak Yasak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056879616</t>
+          <t>9786056879678</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Dirhem Gümüş</t>
+          <t>Süper Sınıf - Çizgi Roman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056879623</t>
+          <t>9786056879692</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşk Medeniyeti</t>
+          <t>Sakın Beşinci Olma !</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056879630</t>
+          <t>9786058600054</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Özgül Öğrenme Güçlüğü</t>
+          <t>Örnek İnsan Yaşayan Kur’an Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056673115</t>
+          <t>9786056879654</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Aşkın Nefesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056673160</t>
+          <t>9786056673153</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Divanı</t>
+          <t>Sonbahar ve Sen</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056315916</t>
+          <t>9786056879616</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İlma - Evrenin Kitabı</t>
+          <t>Bir Dirhem Gümüş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056673146</t>
+          <t>9786056879623</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Taşları Isıtan Çiçek</t>
+          <t>Aşk Medeniyeti</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058600041</t>
+          <t>9786056879630</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dili - Kur'an-ı Kerim'i Okuma Kaideleri (Bilgisayar Hatlı)</t>
+          <t>Özgül Öğrenme Güçlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056315930</t>
+          <t>9786056673115</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Allah (C.C) - Gençler İçin Bilinç Serisi 1</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056315923</t>
+          <t>9786056673160</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Elif İki Hece</t>
+          <t>Ölüm Divanı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056315992</t>
+          <t>9786056315916</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Düş Sonrası Sessizlik</t>
+          <t>İlma - Evrenin Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056315947</t>
+          <t>9786056673146</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Resul (S.A.V) - Gençler İçin Bilinç Serisi 2</t>
+          <t>Taşları Isıtan Çiçek</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056315954</t>
+          <t>9786058600041</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslam - Gençler İçin Bilinç Serisi 3</t>
+          <t>Kur'an Dili - Kur'an-ı Kerim'i Okuma Kaideleri (Bilgisayar Hatlı)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058600089</t>
+          <t>9786056315930</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kimi Acılar Can Verir</t>
+          <t>Allah (C.C) - Gençler İçin Bilinç Serisi 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056315963</t>
+          <t>9786056315923</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Ölmeye Vakti Yok</t>
+          <t>Bir Elif İki Hece</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056679609</t>
+          <t>9786056315992</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Değer</t>
+          <t>Düş Sonrası Sessizlik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058741003</t>
+          <t>9786056315947</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüz Çok Geç Kaldınız</t>
+          <t>Resul (S.A.V) - Gençler İçin Bilinç Serisi 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056673108</t>
+          <t>9786056315954</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Oku Takip Et</t>
+          <t>İslam - Gençler İçin Bilinç Serisi 3</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056673191</t>
+          <t>9786058600089</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar Rıhtımı</t>
+          <t>Kimi Acılar Can Verir</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786056315963</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kimsenin Ölmeye Vakti Yok</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056679609</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Değer</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786058741003</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Üzgünüz Çok Geç Kaldınız</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786056673108</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Oku Takip Et</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786056673191</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlar Rıhtımı</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
           <t>9786056673177</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Ailede ve Okulda Başarılı Çocuk Eğitimi</t>
         </is>
       </c>
-      <c r="C60" s="1">
+      <c r="C65" s="1">
         <v>90</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>