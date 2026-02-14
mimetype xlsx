--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,6580 +85,8725 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054191956</t>
+          <t>9786253968182</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Julia 6</t>
+          <t>Düşünmeyi Öğrenen Çocuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052044148</t>
+          <t>9786259524733</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kartlar Açılıyor - Tex Klasik Serisi 36</t>
+          <t>Aquaman &amp; Flash</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054983292</t>
+          <t>9786257641982</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 2 (87-88)</t>
+          <t>100 Kurşun Cilt 9 - Dokuz Canlı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059154376</t>
+          <t>9786257641968</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tex Kalsik Seri 16 - Nogales'in Güneyi / Kristal Fetiş</t>
+          <t>100 Kurşun Cilt 7 - Samuray</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059154574</t>
+          <t>9786257641975</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dragonero Cilt 4 Zehfir'in Krallığında</t>
+          <t>100 Kurşun Cilt 8 - Zor Yol</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257641944</t>
+          <t>9786257641647</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Injustice 2, Cilt 04</t>
+          <t>Her Şeye Ragmen (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059154970</t>
+          <t>9786257641463</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Injustice Cilt 1 : Tanrılar Aramızda / Üçüncü Yıl</t>
+          <t>Star Wars Mandalorian</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054983681</t>
+          <t>9786257641388</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deniz Hayvanları</t>
+          <t>Scarlet Witch Cilt 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052044964</t>
+          <t>9786052044179</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Injustice 2 - Cilt 1</t>
+          <t>Muharebe Köprüsü - Tex Maxi 6</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257641630</t>
+          <t>9786054983063</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 9</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 8 - Abaka'nın Kini</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257641814</t>
+          <t>9786054983995</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Direniş Çağı</t>
+          <t>Y: Son Erkek 9</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257641753</t>
+          <t>9786054191291</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Thrawn</t>
+          <t>Julia 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257641760</t>
+          <t>9786054191642</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Hedef Vader</t>
+          <t>Shanghai Devil 1 : Afyon Kaçakçısı, Yasak Şehir</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>308</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257641821</t>
+          <t>9786054191635</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Direniş Çağı</t>
+          <t>Saguaro - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257641838</t>
+          <t>9786054191451</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Asiler Cilt 1</t>
+          <t>Saguaro - 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257641845</t>
+          <t>9786054983865</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Asiler Cilt 2</t>
+          <t>Zagor Maxi 2 : Hedefteki Adam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257641852</t>
+          <t>9786054983261</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Asiler Cilt 3</t>
+          <t>Y: Son Erkek 5 - Doğruluk Yüzüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257641869</t>
+          <t>9786054191796</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Vader: Karanlık İmgeler</t>
+          <t>Julia Cilt 1 Almanak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257963114</t>
+          <t>9786054983889</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Darth Maul</t>
+          <t>Zagor Özel Sayı: 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257963022</t>
+          <t>9786054983407</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı -Aydınlık</t>
+          <t>Shanghai Devil 7 : Yedi Şeytan, Vur ve Kaç</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056976698</t>
+          <t>9786054983001</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: İsyan Çağı - Aydınlık</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 7 - Tung-Hay'ın Öcü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056976681</t>
+          <t>9786054191406</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: İsyan Çağı - Karanlık</t>
+          <t>Julia 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257963015</t>
+          <t>9786054983278</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı</t>
+          <t>Shanghai Devil 8 : Bir İmparatorluğun Çöküşü, Katedrale Saldırı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257641609</t>
+          <t>9786054983575</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Mandalorian</t>
+          <t>Zagor Özel Sayı: 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257963121</t>
+          <t>9786054983353</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 8</t>
+          <t>Savage Wolverine - 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257963046</t>
+          <t>9786054983384</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Kanan Cilt 2</t>
+          <t>X Force - 1 : Melekler ve Şeytanlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257963053</t>
+          <t>9786054983421</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Kanan Cilt 1</t>
+          <t>Zagor Maxi 1 : Kara İntikamcı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257963077</t>
+          <t>9786054983377</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Doktor Aphra 2</t>
+          <t>Tex Klasik Seri - 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257963138</t>
+          <t>9786054983193</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 7</t>
+          <t>Shanghai Devil 6 : Yenilmez Savaşcı, Kaosun Zaferi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052044742</t>
+          <t>9786054983322</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dart Maul - Star Wars Sayı: 1</t>
+          <t>Nathan Never Serisi 16 - Buzdan Kadın</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052044223</t>
+          <t>9786054191833</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güngezgini</t>
+          <t>Shanghai Devil 3 : Mavi Fener</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052044575</t>
+          <t>9786054983049</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Darth Vader Cilt 2 Gölgeler ve Sırlar</t>
+          <t>Alfa Ajansı - 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059564687</t>
+          <t>9786054191154</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Captain Marvel Cilt 1</t>
+          <t>Nathan Never Serisi 2 - İnsan Hedef</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052044414</t>
+          <t>9786054191062</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Han Solo</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 1 - Aykutluğ'un Oğlu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052044315</t>
+          <t>9786054191130</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Prenses Leia</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 4 - Asya Şeytanı ve Zindandaki Tutsak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059564205</t>
+          <t>9786054191178</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Silver Surfer - Ağıt</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 5 - Şeyhin Kızı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059564199</t>
+          <t>9786054191093</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Savage Wolverine 4</t>
+          <t>Tornado 2: Trascanadian Ekspresi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059564403</t>
+          <t>9786054191017</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>X Force Necrosha</t>
+          <t>Thorgal Tanatloc’un Gözleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059564434</t>
+          <t>9786054191055</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>X23 Masumiyetin Kaybı</t>
+          <t>Thorgal - Ogatai’nin Tacı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059154680</t>
+          <t>9786054191024</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>X - Force 3: Unutmayanlar</t>
+          <t>Thorgal - Dağların Efendisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054983780</t>
+          <t>9786054191185</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>X Force - 2 : Tanıdık Hayaletler</t>
+          <t>Thorgal - Barbar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054983612</t>
+          <t>9786054191123</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 7 - Kağıt Bebekler</t>
+          <t>Thorgal - Arachnea</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054983605</t>
+          <t>9786054191048</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 6 - Kız Kıza</t>
+          <t>Thorgal - Anahtarlar Bekçisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054983629</t>
+          <t>9786054191079</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun : 1 - İlk El, Son Şans</t>
+          <t>Solomon Kane Destanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257963008</t>
+          <t>9786054191215</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Jedi’ı - Mace Windu</t>
+          <t>Nathan Never Serisi 3 -  İnsan Avı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257963084</t>
+          <t>9786054191161</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Darth Vader, Sith Kara Lordu, Cilt 4</t>
+          <t>Nathan Never Serisi 1 - Maskeli İntikamcı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257963145</t>
+          <t>9786054191208</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 6</t>
+          <t>Kull'un Vahşi Kılıcı Bölüm 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257963039</t>
+          <t>9786054191420</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Chewbacca</t>
+          <t>Brendon Cilt: 8</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257963930</t>
+          <t>9786054191529</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Captain Marvel'in Hayatı</t>
+          <t>Nathan Never Serisi 8 - Temel Dürtü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257963091</t>
+          <t>9786054191666</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Darth Vader Cilt 3 - Sith Kara Lordu</t>
+          <t>Le Storie Hikayeler - 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257963978</t>
+          <t>9786054191000</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Scarlet Witch Cilt 2 - Cadılık Dünyası</t>
+          <t>Thorgal - Yıldızların Çocuğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257641135</t>
+          <t>9786059564526</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rey - Star Wars: Direniş Çağı</t>
+          <t>Beşinci Beatle</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257641111</t>
+          <t>9786052044636</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yüce Lider Snoke - Star Wars: Direniş Çağı</t>
+          <t>Star Wars Vader Vuruldu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257641128</t>
+          <t>9786052044582</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rose Tico - Star Wars: Direniş Çağı</t>
+          <t>Zagor Maxi - Druidlerin Sırrı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257641142</t>
+          <t>9786059564304</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Poe Dameron - Star Wars: Direniş Çağı</t>
+          <t>İnjustice Cilt 2 Yıl: 4</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257641180</t>
+          <t>9786052044308</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kylo Ren - Star Wars: Direniş Çağı</t>
+          <t>Star Wars Darth Vader Cilt 1 Vader</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257641197</t>
+          <t>9786059564182</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Özel - Star Wars: Direniş Çağı</t>
+          <t>X Men Magneto: Vasiyet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257641166</t>
+          <t>9786052044292</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Finn - Star Wars: Direniş Çağı</t>
+          <t>Star Wars Cilt 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257641173</t>
+          <t>9786052044230</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>General Hux - Star Wars: Direniş Çağı</t>
+          <t>Julia 14 - Bir Kriminoloğun Maceraları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257641159</t>
+          <t>9786052044322</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Captain Phasma - Star Wars: Direniş Çağı</t>
+          <t>Tex Magazin 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257963633</t>
+          <t>9786052044094</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Padme Amidala</t>
+          <t>Zagor Maxi 17</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257963626</t>
+          <t>9786059564458</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Obi-Wan Kenobi</t>
+          <t>İki Kardeş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257963657</t>
+          <t>9786059154925</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Özel</t>
+          <t>Zagor Maxi 13</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257963671</t>
+          <t>9786059154840</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Kont Dooku</t>
+          <t>Tex Özel Seri 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257963688</t>
+          <t>9786059154673</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Jango Fett</t>
+          <t>Zagor Maxi 8 - Fırtınaların Efendisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257963695</t>
+          <t>9786059564519</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - General Grievous</t>
+          <t>Zagor Maxi Tam Macera 16 - Yerlilerin Katilleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257963619</t>
+          <t>9786054191086</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Anakin Skywalker</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 2 - Kerayit Güzeli</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257963640</t>
+          <t>9786054191802</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Qui-Gon Jinn</t>
+          <t>Bir Zamanlar Trabzonum - Fırtına Adam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257963664</t>
+          <t>9786054191321</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Cumhuriyet Çağı - Darth Maul</t>
+          <t>Grand Duc Albüm 2 - Yoldaş Lilya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058033481</t>
+          <t>9786059154802</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Haykıran Hisar</t>
+          <t>Ve: Öyküler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257963152</t>
+          <t>9786059564397</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt: 5 - Yoda'nın Gizli Savaşı</t>
+          <t>Zagor Maxi 15</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257641012</t>
+          <t>9786059154819</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Özel</t>
+          <t>Zagor Maxi 11</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257641067</t>
+          <t>9786059154734</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Han Solo</t>
+          <t>Tex Özel Seri 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257641081</t>
+          <t>9786059154796</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Darth Vader</t>
+          <t>Zagor Maxi 10 - Bin Yıllık Macera</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257641043</t>
+          <t>9786059154314</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Lando Calrissian</t>
+          <t>Zagor Özel Sayı: 5</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257641098</t>
+          <t>9786059154239</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Boba Fett</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 10 - Alka’nın Hazinesi / Karçar’ın Baltası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257641074</t>
+          <t>9786059564380</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Grand Moff Tarkin</t>
+          <t>Zagor Maxi 14</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257641036</t>
+          <t>9786054983186</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Luke Skywalker</t>
+          <t>Shanghai Devil: Casusların Komplosu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257641029</t>
+          <t>9786059154215</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Prenses Leia</t>
+          <t>Lilith 5 - Gece Hikayesi - Çiçeklerin Savaşı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257641050</t>
+          <t>9786059154185</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İsyan Çağı Hutt Jabba</t>
+          <t>Zagor Maxi 5 - Adanın Gizemi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257963565</t>
+          <t>9786059154086</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer No 1: Ölü Ya Da Diri! - Red Bill’in Çetesi</t>
+          <t>Maxi Tex 4 : Utanç Kalesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059564465</t>
+          <t>9786054983285</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Iron Fist Cilt 1-Son Iron Fist Hikayesi</t>
+          <t>Shanghai Devil 9 : Alev Aleve, Şeftali Çiçeklerinin Kaynağı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257963855</t>
+          <t>9786059564045</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Yolu - Scarlet Witch Cilt 1</t>
+          <t>Tex Özel Seri 4</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058033467</t>
+          <t>9786054191895</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 4</t>
+          <t>Saguaro - 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058033450</t>
+          <t>9786054191643</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Doktor Aphra</t>
+          <t>Nathan Never Dev 9 / Paralel Evrenler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257963282</t>
+          <t>9786059154093</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Darth Vader Cilt 1 İmparatorluk Makinesi</t>
+          <t>Zagor Maxi 4 : Dakotaların Topraklarında</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059564298</t>
+          <t>9786054983414</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Black Panther Cilt 3: Ayaklar Altında Bir Ulus</t>
+          <t>Zagor Özel Sayı: 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059564724</t>
+          <t>9786054983148</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Black Widow Cilt 1 - İnce Dokunmuş İp</t>
+          <t>Renkli Zagor - 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052044827</t>
+          <t>9786059564342</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Darth Maul Sayı: 5</t>
+          <t>Tex Maxi 5</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052044940</t>
+          <t>9786059154901</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 3 - Asi Hapishanesi</t>
+          <t>Zagor Maxi 12</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059564717</t>
+          <t>9786059154994</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Captain Marvel Cilt 3</t>
+          <t>Zagor Özel Sayı: 6</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>42</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059564700</t>
+          <t>3990000056984</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Captain Marvel Cilt 2</t>
+          <t>Shanghai Devil Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052044810</t>
+          <t>9786059154710</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Darth Maul Sayı: 3</t>
+          <t>Tex Özel Albüm 25 : Oregon'a Doğru</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052044490</t>
+          <t>9786059154727</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Cilt 2</t>
+          <t>Zagor Maxi 9 - Yardım Heyeti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052044834</t>
+          <t>9786059154468</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Star Wars -  Darth Maul Sayı: 4</t>
+          <t>X Force/Cable - Mesih Savaşı 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052044759</t>
+          <t>9786059154451</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Darth Maul Sayı: 2</t>
+          <t>X Force / Cable - Mesih Savaşı 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052044216</t>
+          <t>9786059154444</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Lukas 2</t>
+          <t>Savage Wolverine 3 - Gazap</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052044711</t>
+          <t>9786059154413</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Lukas 3</t>
+          <t>Zagor Maxi / Gölgedeki Hapishane</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257963329</t>
+          <t>9786059154406</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meçhule Giden Öncüler</t>
+          <t>Tex 20 - Pes Etmeyen / Umutsuz Kaçış</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257963336</t>
+          <t>9786059154482</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>Zagor Maxi 7 - Sabotajcılar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257963343</t>
+          <t>9786059154147</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cheyenne</t>
+          <t>Tex: 14 / San Juan Dağları’ndaki Altın - Hermann’in Gönüllüleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052044506</t>
+          <t>9786059154130</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 25 - Kanal</t>
+          <t>Tex Klasik 13 : Trapper! - Korkusuz Adamlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059564571</t>
+          <t>9786054983759</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 24 - Bölge</t>
+          <t>Savage Wolverine - 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059154536</t>
+          <t>9786054983490</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 23 - Tarihöncesinin Efendileri</t>
+          <t>Tex Maxi : 1 - Katliam Saati</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059154529</t>
+          <t>9786054191970</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 22 - Yeraltı Şehri</t>
+          <t>Saguaro - 4</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059154512</t>
+          <t>9786054983100</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 21 - Bit Yeniği</t>
+          <t>Shanghai Devil 4 : Santaj, Cesaret Gösterisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059154123</t>
+          <t>9786054983858</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 20 - Anlaşma</t>
+          <t>Tex Maxi : 2 - Starker Kanunu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059154116</t>
+          <t>9786054983247</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 19 - Umutsuz Kaçış</t>
+          <t>Tex Klasik Seri - 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257641722</t>
+          <t>9786054983032</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zagor Maxi 25 - Ormanın Tamtamları</t>
+          <t>Alfa Ajansı - 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257641364</t>
+          <t>9786054191482</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Buhranı</t>
+          <t>Bulutların Ötesinde Albüm 1 - Kapışmalar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257963466</t>
+          <t>9786054191499</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler</t>
+          <t>Bulutların Ötesinde Albüm 2 - Çarpışmalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257641432</t>
+          <t>9786054191512</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer 5 -Sierra Madre</t>
+          <t>Son Uçuş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052044919</t>
+          <t>9786054191338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 46 - İntikama Susayanlar - Duman İşaretleri</t>
+          <t>Grand Duc Albüm 3 - Wulf And Lilya</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052044162</t>
+          <t>9786054191314</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Cruzado'nun Peşinde - Tex Klasik Serisi 38</t>
+          <t>Grand Duc Albüm 1 - Gece Cadıları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054983728</t>
+          <t>9786054191789</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 6</t>
+          <t>Ateş Yakmak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054983469</t>
+          <t>9786054191628</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 4</t>
+          <t>Nathan Never Özel Albüm 04 - Define Adası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054191710</t>
+          <t>9786054191253</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Lilith 3 - Oyunların Efendisi</t>
+          <t>Wasteland Cilt: 1</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257641319</t>
+          <t>9786054983216</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 3 - Küçük Bir Adım</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 9 - Raca'nın Kızı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054983513</t>
+          <t>9786054983988</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 4 (91-92)</t>
+          <t>Tex Maxi : 3 - Alaska</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054983438</t>
+          <t>9786059154000</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Sayı: 1 - Torrington Gizemi - Selüloit Tuzağı</t>
+          <t>Zagor Maxi 3 : Hava Çetesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054983582</t>
+          <t>9786054191680</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 5</t>
+          <t>Shanghai Devil 2 : Sel</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054983599</t>
+          <t>9786059154192</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 5</t>
+          <t>Zagor Özel Sayı: 4</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>37</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054983360</t>
+          <t>9786054983704</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 2</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054191864</t>
+          <t>9786054983056</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 11 - Uzayda Kabus</t>
+          <t>Alfa Ajansı - 3</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054983452</t>
+          <t>9786054191963</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 3</t>
+          <t>Nathan Never Serisi 13 - Demir Maske (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054191222</t>
+          <t>9786054191611</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 4  - Ejderin İntikamı</t>
+          <t>Nathan Never Serisi 10 - Fenice</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054191376</t>
+          <t>9786054191604</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 7 - Mağaranın Gizemi</t>
+          <t>Lilith 2 - Şeytanla Dört Nala</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054191246</t>
+          <t>9786054191260</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 6 - Gökyüzündeki Ada</t>
+          <t>Wasteland Cilt: 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054191369</t>
+          <t>9786054191437</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Özel Albüm 01 - Cybermaster</t>
+          <t>Kull'un Vahşi Kılıcı Bölüm 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052044568</t>
+          <t>9786054191147</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>DC Rebirth Aquaman Cilt 2</t>
+          <t>Üçüncü Ahit - Karganın Günü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059564632</t>
+          <t>9786054191116</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Renkli Zagor - 2</t>
+          <t>Üçüncü Ahit - Aslanın Uyanışı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052044346</t>
+          <t>9786054191109</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Coffin Hill 3. Cilt</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 3 - Dişi Panter</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052044391</t>
+          <t>9786054191192</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Renkli Zagor - 3</t>
+          <t>Uzun Kılıçlı Kahraman Tolga 6 - Bizans’taki Yabancı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052044483</t>
+          <t>9786054191567</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Injustice Ground Zero Cilt 2</t>
+          <t>Başka Yer'den Hikayeler - 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052044438</t>
+          <t>9786257963916</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 41</t>
+          <t>Black Widow Cilt 3</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052044254</t>
+          <t>9786257963107</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 39</t>
+          <t>Star Wars Darth Vader Cilt 2 - Mirasın Sonu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052044247</t>
+          <t>9786058033474</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yama'nın İşareti - Dört Atlı - Tex 35</t>
+          <t>Star Wars: Darth Maul - Dathomir’in Oğlu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052044070</t>
+          <t>9786257963862</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Injustice Yıl5 Cilt 3</t>
+          <t>Tombstone’un Ezgisi - Gambit Cilt 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052044278</t>
+          <t>9786052044933</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Green Arrow Rebirth Cilt 1</t>
+          <t>Zagor Özel Sayı 7 - Gizem Gemisi / Karanlık Yaratıklar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052044049</t>
+          <t>9786052044421</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Injustice Yıl: 5 Cilt: 2</t>
+          <t>Star Wars: Obi Wan ve Anakin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059564564</t>
+          <t>9786058033443</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Julia 13</t>
+          <t>Star Wars Darth Vader Cilt 4 - Oyunların Sonu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052044193</t>
+          <t>9786058033436</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aquaman Cilt 1 - Boğulma</t>
+          <t>Tex Yeni 39: Tabla Sagrada - Lupe'nin Dönüşü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059154963</t>
+          <t>9786052044889</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Eli - Otlak Savaşı</t>
+          <t>Star Wars Darth Vader Cilt 3 Shu-Torun Savaşı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052044018</t>
+          <t>9786054191956</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnjustice Yıl: 5 Cilt: 1</t>
+          <t>Julia 6</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059564427</t>
+          <t>9786052044148</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Wolverine'in Ölümü</t>
+          <t>Kartlar Açılıyor - Tex Klasik Serisi 36</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059564311</t>
+          <t>9786054983292</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Lilith 6</t>
+          <t>Dampyr : 2 (87-88)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059154604</t>
+          <t>9786059154376</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasikler Seri 17 - Colorado Altınları / Grand Canyon</t>
+          <t>Tex Kalsik Seri 16 - Nogales'in Güneyi / Kristal Fetiş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059564281</t>
+          <t>9786059154574</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 30</t>
+          <t>Dragonero Cilt 4 Zehfir'in Krallığında</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059154079</t>
+          <t>9786257641944</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 12 : Çizmeler Tepesi / Victorio'nun Hazinesi</t>
+          <t>Injustice 2, Cilt 04</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054983520</t>
+          <t>9786059154970</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 5 (93-94)</t>
+          <t>Injustice Cilt 1 : Tanrılar Aramızda / Üçüncü Yıl</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059154581</t>
+          <t>9786054983681</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Julia 2 - Almanak</t>
+          <t>Çılgın Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059154611</t>
+          <t>9786052044964</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tex 21 - Komançi Öfkesi / Ölümsüz Savaşçı</t>
+          <t>Injustice 2 - Cilt 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054191901</t>
+          <t>9786257641630</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Almanak 3</t>
+          <t>Star Wars Cilt 9</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054983025</t>
+          <t>9786257641814</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 15 / Babilin Esrarı</t>
+          <t>Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054191994</t>
+          <t>9786257641753</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Brek Zareth'in Düşüşü</t>
+          <t>Star Wars: Thrawn</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054983957</t>
+          <t>9786257641760</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Sayı: 18</t>
+          <t>Star Wars: Hedef Vader</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054983131</t>
+          <t>9786257641821</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 1: Ve O Gün Geldiğinde</t>
+          <t>Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059564069</t>
+          <t>9786257641838</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Injustice Cilt 2 : Tanrılar Aramızda / Üçüncü Yıl</t>
+          <t>Star Wars Asiler Cilt 1</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059154932</t>
+          <t>9786257641845</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 24</t>
+          <t>Star Wars Asiler Cilt 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059154352</t>
+          <t>9786257641852</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tex Aylık Seri 19 - Genç Katiller / İntikamla Randevu</t>
+          <t>Star Wars Asiler Cilt 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052044360</t>
+          <t>9786257641869</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Injustice Cilt 2 : Tanrılar Aramızda</t>
+          <t>Star Wars Vader: Karanlık İmgeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059154109</t>
+          <t>9786257963114</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 10</t>
+          <t>Star Wars: Darth Maul</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257641326</t>
+          <t>9786257963022</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 4 - Anahtar Kelime</t>
+          <t>Star Wars: Cumhuriyet Çağı -Aydınlık</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054983018</t>
+          <t>9786056976698</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 14 - Mars'ın Efendileri</t>
+          <t>Star Wars: İsyan Çağı - Aydınlık</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052044001</t>
+          <t>9786056976681</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Injustice Cilt 1 - Tanrılar Aramızda</t>
+          <t>Star Wars: İsyan Çağı - Karanlık</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059154345</t>
+          <t>9786257963015</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tex Aylık Seri 18</t>
+          <t>Star Wars: Cumhuriyet Çağı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054983230</t>
+          <t>9786257641609</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 1</t>
+          <t>Star Wars Mandalorian</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054191307</t>
+          <t>9786257963121</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Thorgal - Fedakarlık</t>
+          <t>Star Wars Cilt 8</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054191536</t>
+          <t>9786257963046</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Dev Albüm 8 : Nautilus'un Son Seferi</t>
+          <t>Star Wars Kanan Cilt 2</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054191734</t>
+          <t>9786257963053</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Thorgal - Bozkıran</t>
+          <t>Star Wars Kanan Cilt 1</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059154475</t>
+          <t>9786257963077</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İnjustice Cilt 1 - Yıl 2</t>
+          <t>Star Wars Doktor Aphra 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054983940</t>
+          <t>9786257963138</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 10</t>
+          <t>Star Wars Cilt 7</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054983964</t>
+          <t>9786052044742</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 8 - Kimono Ejderhaları</t>
+          <t>Dart Maul - Star Wars Sayı: 1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052044599</t>
+          <t>9786052044223</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 2 - Döngüler</t>
+          <t>Güngezgini</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059154697</t>
+          <t>9786052044575</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tex 23 - Derinliklerde Gizlenenler - Villa Diago'nun Gizemleri</t>
+          <t>Star Wars Darth Vader Cilt 2 Gölgeler ve Sırlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059154031</t>
+          <t>9786059564687</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 11 : İskeletler Vadisi / El Muerto</t>
+          <t>Captain Marvel Cilt 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054983117</t>
+          <t>9786052044414</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Lilith 4 - Karanlığın Tam Ortası - Mum Alevi ile Gece Kelebeği</t>
+          <t>Star Wars Han Solo</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054191383</t>
+          <t>9786052044315</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never - 1 Almanak</t>
+          <t>Star Wars Prenses Leia</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054191505</t>
+          <t>9786059564205</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Maxi Dampyr Sayı: 3</t>
+          <t>Silver Surfer - Ağıt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257963459</t>
+          <t>9786059564199</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler: Harley Quiin - Green Arrow - Robin</t>
+          <t>Savage Wolverine 4</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257641258</t>
+          <t>9786059564403</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer No 3: İki Asker Kaçağı</t>
+          <t>X Force Necrosha</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257963947</t>
+          <t>9786059564434</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Force Cilt 02 - Deathlok Ulusu</t>
+          <t>X23 Masumiyetin Kaybı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257641241</t>
+          <t>9786059154680</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Zagor 22 - Kara Kartal</t>
+          <t>X - Force 3: Unutmayanlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257963886</t>
+          <t>9786054983780</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Injustice 2 - Cilt 3</t>
+          <t>X Force - 2 : Tanıdık Hayaletler</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257963558</t>
+          <t>9786054983612</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zagor Maxi 20 - Soğuk Topraklar</t>
+          <t>Y: Son Erkek 7 - Kağıt Bebekler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257963794</t>
+          <t>9786054983605</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kazma Kürek Bill'in Hayaletleri - Renkli Zagor Cilt 6</t>
+          <t>Y: Son Erkek 6 - Kız Kıza</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257963428</t>
+          <t>9786054983629</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler: Superman - Robin - Supergirl</t>
+          <t>100 Kurşun : 1 - İlk El, Son Şans</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257963435</t>
+          <t>9786257963008</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler: Batman - Aquaman - Starfire</t>
+          <t>Star Wars: Cumhuriyet Jedi’ı - Mace Windu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257963800</t>
+          <t>9786257963084</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Fitzy'nin Adaleti - Renkli Zagor 7</t>
+          <t>Star Wars: Darth Vader, Sith Kara Lordu, Cilt 4</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257963602</t>
+          <t>9786257963145</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Serisi 51 - Siearra Madre'nin Sırrı</t>
+          <t>Star Wars Cilt 6</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059564786</t>
+          <t>9786257963039</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Uncanny X-Force Cilt 1</t>
+          <t>Star Wars: Chewbacca</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257963589</t>
+          <t>9786257963930</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 50 - Tex Yama'ya Karşı / Güneşin Çocukları</t>
+          <t>Captain Marvel'in Hayatı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257963770</t>
+          <t>9786257963091</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Renkli Zagor 5</t>
+          <t>Star Wars: Darth Vader Cilt 3 - Sith Kara Lordu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257963725</t>
+          <t>9786257963978</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dinamit / Büyük Tehdit - Tex Klasik Cilt 54</t>
+          <t>Scarlet Witch Cilt 2 - Cadılık Dünyası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257963893</t>
+          <t>9786257641135</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Kralı - Gambit Cilt 3</t>
+          <t>Rey - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257963879</t>
+          <t>9786257641111</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Örülmüş Ağ - Black Widow Cilt 2</t>
+          <t>Yüce Lider Snoke - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056976650</t>
+          <t>9786257641128</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Poison Ivy</t>
+          <t>Rose Tico - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786056976636</t>
+          <t>9786257641142</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>DC Evreni vs. Kainatın Hakimleri</t>
+          <t>Poe Dameron - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257963398</t>
+          <t>9786257641180</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo Vampir Avcısı Cilt 2</t>
+          <t>Kylo Ren - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257963541</t>
+          <t>9786257641197</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tex Aylık Cilt 42: Yabancılar - Çinli Ulak</t>
+          <t>Özel - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059154499</t>
+          <t>9786257641166</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Alfa Ajansı Cilt: 5 - Galaksinin Ötesinde</t>
+          <t>Finn - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056976612</t>
+          <t>9786257641173</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Catwoman Cilt 1 - Oyun</t>
+          <t>General Hux - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056976605</t>
+          <t>9786257641159</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni 40 - Çöldeki Tuzak / Wolfman</t>
+          <t>Captain Phasma - Star Wars: Direniş Çağı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786058033498</t>
+          <t>9786257963633</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tex Maxi 7 - Nueces Vadisi</t>
+          <t>Star Wars: Cumhuriyet Çağı - Padme Amidala</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052044797</t>
+          <t>9786257963626</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni 37 - Madison Creek'te Düello - Jethro!</t>
+          <t>Star Wars: Cumhuriyet Çağı - Obi-Wan Kenobi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257963251</t>
+          <t>9786257963657</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Renkli Zagor - Albay Perry'nin Sırrı</t>
+          <t>Star Wars: Cumhuriyet Çağı - Özel</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052044469</t>
+          <t>9786257963671</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Lilith 7</t>
+          <t>Star Wars: Cumhuriyet Çağı - Kont Dooku</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259524702</t>
+          <t>9786257963688</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Batman/Catwoman</t>
+          <t>Star Wars: Cumhuriyet Çağı - Jango Fett</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052044353</t>
+          <t>9786257963695</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hellblazer Rebirth - Zehirli Gerçek Cilt 1</t>
+          <t>Star Wars: Cumhuriyet Çağı - General Grievous</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054983919</t>
+          <t>9786257963619</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 9</t>
+          <t>Star Wars: Cumhuriyet Çağı - Anakin Skywalker</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054983834</t>
+          <t>9786257963640</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 7</t>
+          <t>Star Wars: Cumhuriyet Çağı - Qui-Gon Jinn</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054191550</t>
+          <t>9786257963664</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Julia 3</t>
+          <t>Star Wars: Cumhuriyet Çağı - Darth Maul</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054191413</t>
+          <t>9786058033481</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Maxi Dampyr Sayı: 2</t>
+          <t>Star Wars - Haykıran Hisar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059564175</t>
+          <t>9786257963152</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Injustice Yıl: 4 Cilt: 1</t>
+          <t>Star Wars Cilt: 5 - Yoda'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059564274</t>
+          <t>9786257641012</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 29 - Öldürmek Ya Da Ölmek/Ödül : İki Bin Dolar</t>
+          <t>Star Wars - İsyan Çağı Özel</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059154826</t>
+          <t>9786257641067</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 22</t>
+          <t>Star Wars - İsyan Çağı Han Solo</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059564014</t>
+          <t>9786257641081</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 26 - Bir Hayduta Ağıt / Komplo</t>
+          <t>Star Wars - İsyan Çağı Darth Vader</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054983971</t>
+          <t>9786257641043</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere Özel Sayı: 2 Genç Martin’in Maceraları / Genç Martin’in Acıları</t>
+          <t>Star Wars - İsyan Çağı Lando Calrissian</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059154666</t>
+          <t>9786257641098</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 19 - Kara Uçurum / İşkence</t>
+          <t>Star Wars - İsyan Çağı Boba Fett</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257963756</t>
+          <t>9786257641074</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tex Maxi Cilt 8 - Büyük Yarış</t>
+          <t>Star Wars - İsyan Çağı Grand Moff Tarkin</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257641654</t>
+          <t>9786257641036</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Star Wars - İsyan Çağı Luke Skywalker</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257641555</t>
+          <t>9786257641029</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 59 - Teksas Rangeri</t>
+          <t>Star Wars - İsyan Çağı Prenses Leia</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257641623</t>
+          <t>9786257641050</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Y Son Erkek Cilt 05</t>
+          <t>Star Wars - İsyan Çağı Hutt Jabba</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257641487</t>
+          <t>9786257963565</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer 6: Saint Louis'teki Suikastçılar</t>
+          <t>Tex Willer No 1: Ölü Ya Da Diri! - Red Bill’in Çetesi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257641531</t>
+          <t>9786059564465</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tex 49: Vampirler Kraliçesi</t>
+          <t>Ölümsüz Iron Fist Cilt 1-Son Iron Fist Hikayesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257641500</t>
+          <t>9786257963855</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tex 48: New York Üzerindeki Tehdit</t>
+          <t>Cadılar Yolu - Scarlet Witch Cilt 1</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257641548</t>
+          <t>9786058033467</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik 58: Yitik Dünya</t>
+          <t>Star Wars Cilt 4</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257641494</t>
+          <t>9786058033450</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik 57: Kanun Koyucu</t>
+          <t>Star Wars: Doktor Aphra</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257963503</t>
+          <t>9786257963282</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler (#7) - Flash - Huntress - Superboy</t>
+          <t>Star Wars: Darth Vader Cilt 1 İmparatorluk Makinesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257641524</t>
+          <t>9786059564298</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Savaş Meleği Alita Cilt 6 - Özgürlüğün Yolu</t>
+          <t>Black Panther Cilt 3: Ayaklar Altında Bir Ulus</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257963510</t>
+          <t>9786059564724</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler (#8) - Grayson - Animal Man - Katana</t>
+          <t>Black Widow Cilt 1 - İnce Dokunmuş İp</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257963473</t>
+          <t>9786052044827</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler</t>
+          <t>Star Wars - Darth Maul Sayı: 5</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257641418</t>
+          <t>9786052044940</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zagor Maxi Tam Macera 23 - Başka Yerden Korku Hikayeleri</t>
+          <t>Star Wars Cilt 3 - Asi Hapishanesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257641456</t>
+          <t>9786059564717</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Koşu - Tex Klasik Serisi 56</t>
+          <t>Captain Marvel Cilt 3</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257641449</t>
+          <t>9786059564700</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tex 46 Nihai İntikam</t>
+          <t>Captain Marvel Cilt 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257641395</t>
+          <t>9786052044810</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Iron Fist Cilt 3</t>
+          <t>Star Wars - Darth Maul Sayı: 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257641302</t>
+          <t>9786052044490</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tex Willer Sayı 4</t>
+          <t>Star Wars Cilt 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054191741</t>
+          <t>9786052044834</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 11</t>
+          <t>Star Wars -  Darth Maul Sayı: 4</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257963961</t>
+          <t>9786052044759</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Iron Fist Cilt 02</t>
+          <t>Star Wars - Darth Maul Sayı: 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257941296</t>
+          <t>9786052044216</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tex 45 - Proteus'un Dönüşü</t>
+          <t>Lukas 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257963909</t>
+          <t>9786052044711</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Eternals</t>
+          <t>Lukas 3</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257641289</t>
+          <t>9786257963329</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tex Maxi - Mohave Çölü Cilt 9</t>
+          <t>Meçhule Giden Öncüler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257641227</t>
+          <t>9786257963336</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tex 55 - Maskeli İntikamcı</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257641203</t>
+          <t>9786257963343</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tex Aylık Seri 44 - Apaçi Yüreği</t>
+          <t>Cheyenne</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257963817</t>
+          <t>9786052044506</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sioux Yolu - Renkli Tex 9</t>
+          <t>Nathan Never Serisi 25 - Kanal</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257963954</t>
+          <t>9786059564571</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş 2 - All New Wolverine Cilt 2</t>
+          <t>Nathan Never Serisi 24 - Bölge</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257963831</t>
+          <t>9786059154536</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tex Magazin 4 - Lilyth’in Sırrı</t>
+          <t>Nathan Never Serisi 23 - Tarihöncesinin Efendileri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257963718</t>
+          <t>9786059154529</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli İlişkiler - Tex Klasik 53</t>
+          <t>Nathan Never Serisi 22 - Yeraltı Şehri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257963824</t>
+          <t>9786059154512</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Sırrı / Hazine Mağarası - Tex Willer Cilt 2</t>
+          <t>Nathan Never Serisi 21 - Bit Yeniği</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257963701</t>
+          <t>9786059154123</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bandoleros! / Asker Kaçağı - Tex Klasik Cilt 52</t>
+          <t>Nathan Never Serisi 20 - Anlaşma</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257963749</t>
+          <t>9786059154116</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex Cilt 8</t>
+          <t>Nathan Never Serisi 19 - Umutsuz Kaçış</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257963442</t>
+          <t>9786257641722</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kökenler: Green Lantern - Batwoman - Red Robin</t>
+          <t>Zagor Maxi 25 - Ormanın Tamtamları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257963848</t>
+          <t>9786257641364</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Road Runner - Lobo</t>
+          <t>Kimlik Buhranı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>100</v>
+        <v>680</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257963787</t>
+          <t>9786257963466</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zagor Maxi Cilt 21</t>
+          <t>Gizli Kökenler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257963763</t>
+          <t>9786257641432</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tex Magazin 3</t>
+          <t>Tex Willer 5 -Sierra Madre</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257963732</t>
+          <t>9786052044919</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni 43: San Diego’da Korku - Meksika Köleleri</t>
+          <t>Tex Klasik Seri 46 - İntikama Susayanlar - Duman İşaretleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257963596</t>
+          <t>9786052044162</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 33 - Finnegan'ın Rangerleri</t>
+          <t>Cruzado'nun Peşinde - Tex Klasik Serisi 38</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257963572</t>
+          <t>9786054983728</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 49 - Mafisto'nun Gölgesi</t>
+          <t>Tex Yeni Maceralar - 6</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257963534</t>
+          <t>9786054983469</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 48: Sıcak Topraklar - Tehlikeli Soruşturma</t>
+          <t>Tex Yeni Maceralar - 4</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257963404</t>
+          <t>9786054191710</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo Vampir Avcısı Cilt 3</t>
+          <t>Lilith 3 - Oyunların Efendisi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257963367</t>
+          <t>9786257641319</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Injustice 2 - Cilt 2</t>
+          <t>Y: Son Erkek 3 - Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059564762</t>
+          <t>9786054983513</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gambit Cilt 1: Hırsızlık Kanında</t>
+          <t>Dampyr : 4 (91-92)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059564694</t>
+          <t>9786054983438</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Black Panther Cilt 2: Ayaklar Altında Bir Ulus</t>
+          <t>Martin Mystere Özel Sayı: 1 - Torrington Gizemi - Selüloit Tuzağı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257963237</t>
+          <t>9786054983582</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 7</t>
+          <t>Tex Klasik Seri - 5</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257963244</t>
+          <t>9786054983599</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Zagor Maxi 19</t>
+          <t>Tex Yeni Maceralar - 5</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257963190</t>
+          <t>9786054983360</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tex Magazin 2</t>
+          <t>Tex Yeni Maceralar - 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257963220</t>
+          <t>9786054191864</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tex 41: Silver Bow Koruyucuları</t>
+          <t>Nathan Never Serisi 11 - Uzayda Kabus</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059564748</t>
+          <t>9786054983452</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>All-New Wolverine - Dört Kız Kardeş</t>
+          <t>Tex Yeni Maceralar - 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059564656</t>
+          <t>9786054191222</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yaratıkları</t>
+          <t>Nathan Never Serisi 4  - Ejderin İntikamı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059564670</t>
+          <t>9786054191376</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Aşık</t>
+          <t>Nathan Never Serisi 7 - Mağaranın Gizemi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052044971</t>
+          <t>9786054191246</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Shazam! - Kötü Canavarlar Topluluğu 4</t>
+          <t>Nathan Never Serisi 6 - Gökyüzündeki Ada</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052044988</t>
+          <t>9786054191369</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Shazam! Cilt 03 - Kötü Canavarlar Topluluğu</t>
+          <t>Nathan Never Özel Albüm 01 - Cybermaster</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786058033429</t>
+          <t>9786052044568</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 47: Kırık Ok - Korku Tepeleri</t>
+          <t>DC Rebirth Aquaman Cilt 2</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052044926</t>
+          <t>9786059564632</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni 38 - Klanın Kukuletalıları - Forrester'ların Yolu</t>
+          <t>Renkli Zagor - 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052044865</t>
+          <t>9786052044346</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Shazam! - Kötü Canavarlar Topluluğu 2</t>
+          <t>Coffin Hill 3. Cilt</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052044803</t>
+          <t>9786052044391</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 45 - Gökyüzüne Yolculuk - Ölüme Atlayış</t>
+          <t>Renkli Zagor - 3</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052044858</t>
+          <t>9786052044483</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Catwoman Tweety - Sylvester</t>
+          <t>Injustice Ground Zero Cilt 2</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052044841</t>
+          <t>9786052044438</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Shazam! - Kötü Canavarlar Topluluğu</t>
+          <t>Tex Klasik Seri 41</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052044773</t>
+          <t>9786052044254</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Archangel</t>
+          <t>Tex Klasik Seri 39</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052044735</t>
+          <t>9786052044247</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Scalped - Yolun Sonu</t>
+          <t>Yama'nın İşareti - Dört Atlı - Tex 35</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052044544</t>
+          <t>9786052044070</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 44 - Ateşli Vadi - Kızıldereli Ajansı</t>
+          <t>Injustice Yıl5 Cilt 3</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052044551</t>
+          <t>9786052044278</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 32 - Muhteşem Kanun Kaçağı</t>
+          <t>Green Arrow Rebirth Cilt 1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052044537</t>
+          <t>9786052044049</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Serisi 43 - Karanlıktaki Pençeler</t>
+          <t>Injustice Yıl: 5 Cilt: 2</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052044513</t>
+          <t>9786059564564</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 36: Haykıran Cehennem - Kaçırılan Çocuk</t>
+          <t>Julia 13</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052044445</t>
+          <t>9786052044193</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 42</t>
+          <t>Aquaman Cilt 1 - Boğulma</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052044476</t>
+          <t>9786059154963</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt 9</t>
+          <t>Kaderin Eli - Otlak Savaşı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052044407</t>
+          <t>9786052044018</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 6</t>
+          <t>İnjustice Yıl: 5 Cilt: 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052044261</t>
+          <t>9786059564427</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 40</t>
+          <t>Wolverine'in Ölümü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052044339</t>
+          <t>9786059564311</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cyborg - Yapay Canlı Cilt 1</t>
+          <t>Lilith 6</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052044285</t>
+          <t>9786059154604</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Green Arrow Cilt 3</t>
+          <t>Tex Klasikler Seri 17 - Colorado Altınları / Grand Canyon</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059564618</t>
+          <t>9786059564281</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Orfani Yetimler Cilt 5 - Tüfekli Adam</t>
+          <t>Tex Klasik Seri 30</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052044155</t>
+          <t>9786059154079</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Saatler - Tex Klasik Serisi 37</t>
+          <t>Tex Klasik Seri 12 : Çizmeler Tepesi / Victorio'nun Hazinesi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059564601</t>
+          <t>9786054983520</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere 4 - Martin Martin'e Karşı / Martin Mystere 4 - Blandings'teki Gizemler</t>
+          <t>Dampyr : 5 (93-94)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059564649</t>
+          <t>9786059154581</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Black Panther - Ayaklar Altında Bir Ulus (Cilt 1) (Ciltli)</t>
+          <t>Julia 2 - Almanak</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052044209</t>
+          <t>9786059154611</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Adam Wild 2 - Livingstone'un Gizli Günlükleri</t>
+          <t>Tex 21 - Komançi Öfkesi / Ölümsüz Savaşçı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052044124</t>
+          <t>9786054191901</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 34: Yılanlar Çetesi - Sacramento Sokaklarında</t>
+          <t>Nathan Never Almanak 3</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059564595</t>
+          <t>9786054983025</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Zona X 8</t>
+          <t>Nathan Never Serisi 15 / Babilin Esrarı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052044100</t>
+          <t>9786054191994</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt 8</t>
+          <t>Brek Zareth'in Düşüşü</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052044025</t>
+          <t>9786054983957</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>CoffinHill Cilt 2</t>
+          <t>Nathan Never Sayı: 18</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052044117</t>
+          <t>9786054983131</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun Cilt: 6</t>
+          <t>Renkli Tex 1: Ve O Gün Geldiğinde</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059564625</t>
+          <t>9786059564069</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 5: Delta Queen</t>
+          <t>Injustice Cilt 2 : Tanrılar Aramızda / Üçüncü Yıl</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052044186</t>
+          <t>9786059154932</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Green Arrow Cilt 2</t>
+          <t>Tex Klasik Seri 24</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059564250</t>
+          <t>9786059154352</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Orfani 4 - Yetimler</t>
+          <t>Tex Aylık Seri 19 - Genç Katiller / İntikamla Randevu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052044131</t>
+          <t>9786052044360</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 35: Tek Başına - Ölüm Tüccarları</t>
+          <t>Injustice Cilt 2 : Tanrılar Aramızda</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059564588</t>
+          <t>9786059154109</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 10: Kraliçeye Mat - Kafes</t>
+          <t>Y: Son Erkek 10</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054983094</t>
+          <t>9786257641326</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Zona-X Sayı: 4 Özgür Hayaller Diyarı</t>
+          <t>Y: Son Erkek 4 - Anahtar Kelime</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052044087</t>
+          <t>9786054983018</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Injustice Ground Zero Cilt 1</t>
+          <t>Nathan Never Serisi 14 - Mars'ın Efendileri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052044063</t>
+          <t>9786052044001</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 31: Yüzbaşı Jack</t>
+          <t>Injustice Cilt 1 - Tanrılar Aramızda</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059564557</t>
+          <t>9786059154345</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 10</t>
+          <t>Tex Aylık Seri 18</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052044056</t>
+          <t>9786054983230</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 33: Albay Kötü El - Mackenzie'nin Akıncıları</t>
+          <t>Tex Yeni Maceralar - 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059564212</t>
+          <t>9786054191307</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Zona X 7</t>
+          <t>Thorgal - Fedakarlık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052044032</t>
+          <t>9786054191536</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt:7</t>
+          <t>Nathan Never Dev Albüm 8 : Nautilus'un Son Seferi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059564502</t>
+          <t>9786054191734</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 34 - Alevli Gece</t>
+          <t>Thorgal - Bozkıran</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059564489</t>
+          <t>9786059154475</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 32 - Uzun Mızrak</t>
+          <t>İnjustice Cilt 1 - Yıl 2</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059564373</t>
+          <t>9786054983940</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tex 31 - Karda Tuzak / Bir Savaşçının Onuru</t>
+          <t>Tex Klasik Seri - 10</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059564496</t>
+          <t>9786054983964</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik 33 - Şah Mat / Devil Pass Kahramanları</t>
+          <t>Y: Son Erkek 8 - Kimono Ejderhaları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059564267</t>
+          <t>9786052044599</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Seri 6: Galveston'da Fırtına</t>
+          <t>Y: Son Erkek 2 - Döngüler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059564441</t>
+          <t>9786059154697</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik 32</t>
+          <t>Tex 23 - Derinliklerde Gizlenenler - Villa Diago'nun Gizemleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059154635</t>
+          <t>9786059154031</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Martin Mystere (Özel Seri) Sayı: 3 Genç Martin'in Gizemleri - Venüs'ün İşareti</t>
+          <t>Tex Klasik Seri 11 : İskeletler Vadisi / El Muerto</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059564366</t>
+          <t>9786054983117</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri: 30</t>
+          <t>Lilith 4 - Karanlığın Tam Ortası - Mum Alevi ile Gece Kelebeği</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059564410</t>
+          <t>9786054191383</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik 31</t>
+          <t>Nathan Never - 1 Almanak</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059564328</t>
+          <t>9786054191505</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt: 6</t>
+          <t>Maxi Dampyr Sayı: 3</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059564335</t>
+          <t>9786257963459</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Coffin Hill 1. Cilt</t>
+          <t>Gizli Kökenler: Harley Quiin - Green Arrow - Robin</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059564359</t>
+          <t>9786257641258</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer’den Hikayeler 9</t>
+          <t>Tex Willer No 3: İki Asker Kaçağı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059564243</t>
+          <t>9786257963947</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dampyr 9</t>
+          <t>Uncanny X-Force Cilt 02 - Deathlok Ulusu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059564236</t>
+          <t>9786257641241</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler 9</t>
+          <t>Zagor 22 - Kara Kartal</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059564144</t>
+          <t>9786257963886</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Seri 5</t>
+          <t>Injustice 2 - Cilt 3</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059154987</t>
+          <t>9786257963558</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Julia 12</t>
+          <t>Zagor Maxi 20 - Soğuk Topraklar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059564083</t>
+          <t>9786257963794</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Lukas 1</t>
+          <t>Kazma Kürek Bill'in Hayaletleri - Renkli Zagor Cilt 6</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059564229</t>
+          <t>9786257963428</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gezegende</t>
+          <t>Gizli Kökenler: Superman - Robin - Supergirl</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059564151</t>
+          <t>9786257963435</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun Cilt: 5</t>
+          <t>Gizli Kökenler: Batman - Aquaman - Starfire</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059564168</t>
+          <t>9786257963800</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Green Arrow - İlk Yıl</t>
+          <t>Gezgin Fitzy'nin Adaleti - Renkli Zagor 7</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059564076</t>
+          <t>9786257963602</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Adam Wild 1 - Zanzibar Köleleri / Fillerin Hücumu</t>
+          <t>Tex Klasik Serisi 51 - Siearra Madre'nin Sırrı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059564038</t>
+          <t>9786059564786</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 28 - Sasquatch / İntihar Görevi</t>
+          <t>Uncanny X-Force Cilt 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059564106</t>
+          <t>9786257963589</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Green Arrow Cilt 1</t>
+          <t>Tex Klasik Seri 50 - Tex Yama'ya Karşı / Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059154857</t>
+          <t>9786257963770</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt 5 - Münzevi</t>
+          <t>Renkli Zagor 5</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059564090</t>
+          <t>9786257963725</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Partilerde Kızlarla Nasıl Konuşulur</t>
+          <t>Dinamit / Büyük Tehdit - Tex Klasik Cilt 54</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059154871</t>
+          <t>9786257963893</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Dampyr 8 - Büyülü Köy - Dünyanın Kralı</t>
+          <t>Hırsızlar Kralı - Gambit Cilt 3</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059154550</t>
+          <t>9786257963879</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Zona X Sayı: 6 - Büyü Devriyesi / Ölüme On Saniye / Zaman Sarkacı</t>
+          <t>Sıkı Örülmüş Ağ - Black Widow Cilt 2</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059564052</t>
+          <t>9786056976650</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 29 - Aranıyor: Ölü veya Diri / Korkusuzlar Kervanı</t>
+          <t>Poison Ivy</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059564021</t>
+          <t>9786056976636</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 27 - Totemler Ormanı / İnsan ve Hayvan</t>
+          <t>DC Evreni vs. Kainatın Hakimleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059154956</t>
+          <t>9786257963398</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri: 28</t>
+          <t>Pinokyo Vampir Avcısı Cilt 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054191949</t>
+          <t>9786257963541</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 13</t>
+          <t>Tex Aylık Cilt 42: Yabancılar - Çinli Ulak</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059154888</t>
+          <t>9786059154499</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 8 - Katliam Çiçekleri / Friedrichstrasse</t>
+          <t>Alfa Ajansı Cilt: 5 - Galaksinin Ötesinde</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059154918</t>
+          <t>9786056976612</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tex 27 - Gölgedeki Katil / Winnipeg</t>
+          <t>Catwoman Cilt 1 - Oyun</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059154949</t>
+          <t>9786056976605</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Julia 11</t>
+          <t>Tex Yeni 40 - Çöldeki Tuzak / Wolfman</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059154895</t>
+          <t>9786058033498</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri: 23 / Gece Saldırısı - İki Rakip</t>
+          <t>Tex Maxi 7 - Nueces Vadisi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054191673</t>
+          <t>9786052044797</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Özel Albüm 5 - Uzayda Görev</t>
+          <t>Tex Yeni 37 - Madison Creek'te Düello - Jethro!</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059154833</t>
+          <t>9786257963251</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 26</t>
+          <t>Renkli Zagor - Albay Perry'nin Sırrı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059154864</t>
+          <t>9786052044469</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Vampir Avcısı Pinokyo 1</t>
+          <t>Lilith 7</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059154222</t>
+          <t>9786259524702</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Belzoni</t>
+          <t>Batman/Catwoman</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059154741</t>
+          <t>9786052044353</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 25 - Ölüm Putları / Kara Altın</t>
+          <t>Hellblazer Rebirth - Zehirli Gerçek Cilt 1</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059154628</t>
+          <t>9786054983919</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun 4</t>
+          <t>Tex Klasik Seri - 9</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059154758</t>
+          <t>9786054983834</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 24: Kanlı Ay - Zalim Charvez</t>
+          <t>Tex Klasik Seri - 7</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054191772</t>
+          <t>9786054191550</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Y: Son Erkek 1 - Erkeksiz</t>
+          <t>Julia 3</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059154659</t>
+          <t>9786054191413</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 18 - İsimsiz Kovboy / Kanadalı Asiler</t>
+          <t>Maxi Dampyr Sayı: 2</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059154161</t>
+          <t>9786059564175</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 15</t>
+          <t>Injustice Yıl: 4 Cilt: 1</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059154642</t>
+          <t>9786059564274</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Seri 22 - Slade'in Şantajı / Kuşatma Altında</t>
+          <t>Tex Klasik Seri 29 - Öldürmek Ya Da Ölmek/Ödül : İki Bin Dolar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054983827</t>
+          <t>9786059154826</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 8</t>
+          <t>Tex Klasik Seri 22</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059154390</t>
+          <t>9786059564014</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Julia 10</t>
+          <t>Tex Klasik Seri 26 - Bir Hayduta Ağıt / Komplo</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059154437</t>
+          <t>9786054983971</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yetimler / Orfani - İlk Kan</t>
+          <t>Martin Mystere Özel Sayı: 2 Genç Martin’in Maceraları / Genç Martin’in Acıları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059154338</t>
+          <t>9786059154666</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 7 - Demir Silahşor / Kurt Kalbi</t>
+          <t>Tex Klasik Seri 19 - Kara Uçurum / İşkence</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059154208</t>
+          <t>9786257963756</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dampyr 7 - Gece Vesis - Ölüm Ordusu</t>
+          <t>Tex Maxi Cilt 8 - Büyük Yarış</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059154307</t>
+          <t>9786257641654</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Tex 17 : El Supremo - Seçilmiş Nişancılar</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059154291</t>
+          <t>9786257641555</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tex 16 : Yargıç Bean'in Sırrı - San Antonio'da Tuzak</t>
+          <t>Tex Klasik Seri 59 - Teksas Rangeri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059154178</t>
+          <t>9786257641623</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 14 : Ok Koşusu / Dakotalar</t>
+          <t>Y Son Erkek Cilt 05</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054983667</t>
+          <t>9786257641487</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Zona X Sayı: 5 - Ukbar / Perde Arkası</t>
+          <t>Tex Willer 6: Saint Louis'teki Suikastçılar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059154154</t>
+          <t>9786257641531</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tex 15 : Tombstone Epitaph /  Profesyoneller</t>
+          <t>Tex 49: Vampirler Kraliçesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059154048</t>
+          <t>9786257641500</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt 4 - Deli Cesaret</t>
+          <t>Tex 48: New York Üzerindeki Tehdit</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059154062</t>
+          <t>9786257641548</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tex 13 / Takip / Soluksuz Mücadele</t>
+          <t>Tex Klasik 58: Yitik Dünya</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054983544</t>
+          <t>9786257641494</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dampyr Özel - 1</t>
+          <t>Tex Klasik 57: Kanun Koyucu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059154055</t>
+          <t>9786257963503</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tex 12 : Salt River / Rehin Alınmış Bir Kadın</t>
+          <t>Gizli Kökenler (#7) - Flash - Huntress - Superboy</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059154024</t>
+          <t>9786257641524</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tex : 11 Suç Zinciri / Cennetle Cehennem Arasında</t>
+          <t>Savaş Meleği Alita Cilt 6 - Özgürlüğün Yolu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054983872</t>
+          <t>9786257963510</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Julia 9</t>
+          <t>Gizli Kökenler (#8) - Grayson - Animal Man - Katana</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059154017</t>
+          <t>9786257963473</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Orfani Cilt: 2 Yetimler</t>
+          <t>Gizli Kökenler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054983797</t>
+          <t>9786257641418</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun : 2 - Anlık Fırsatlar</t>
+          <t>Zagor Maxi Tam Macera 23 - Başka Yerden Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054983810</t>
+          <t>9786257641456</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 7</t>
+          <t>Vahşi Koşu - Tex Klasik Serisi 56</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054983766</t>
+          <t>9786257641449</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 8</t>
+          <t>Tex 46 Nihai İntikam</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054983742</t>
+          <t>9786257641395</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Orfani Cilt 1 : Yetimler</t>
+          <t>Ölümsüz Iron Fist Cilt 3</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054983902</t>
+          <t>9786257641302</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt - 3 : Ölü Analar</t>
+          <t>Tex Willer Sayı 4</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054983896</t>
+          <t>9786054191741</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>100 Kurşun : 3 - Baba Emaneti</t>
+          <t>Brendon Cilt: 11</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054983803</t>
+          <t>9786257963961</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt - 2 : Casino Boogie</t>
+          <t>Ölümsüz Iron Fist Cilt 02</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054983551</t>
+          <t>9786257941296</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler - 6</t>
+          <t>Tex 45 - Proteus'un Dönüşü</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054983537</t>
+          <t>9786257963909</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 6 (95-96)</t>
+          <t>Eternals</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054983773</t>
+          <t>9786257641289</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tex Özel Albüm 24 : Küba Asileri</t>
+          <t>Tex Maxi - Mohave Çölü Cilt 9</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054983841</t>
+          <t>9786257641227</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 8</t>
+          <t>Tex 55 - Maskeli İntikamcı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054983650</t>
+          <t>9786257641203</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Scalped Cilt - 1 : Kızılderili Toprakları</t>
+          <t>Tex Aylık Seri 44 - Apaçi Yüreği</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054983568</t>
+          <t>9786257963817</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 4: Yanlış Adam</t>
+          <t>Sioux Yolu - Renkli Tex 9</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054983391</t>
+          <t>9786257963954</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 15</t>
+          <t>İç Savaş 2 - All New Wolverine Cilt 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054983674</t>
+          <t>9786257963831</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dragonero 3: İzciler Toplantısı - Sivri Dişler ve Çelik</t>
+          <t>Tex Magazin 4 - Lilyth’in Sırrı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059154703</t>
+          <t>9786257963718</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 20 - Kartal ve Yıldırım / Yılan Yuvası</t>
+          <t>Tehlikeli İlişkiler - Tex Klasik 53</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054983483</t>
+          <t>9786257963824</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 4</t>
+          <t>Madalyonun Sırrı / Hazine Mağarası - Tex Willer Cilt 2</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054983506</t>
+          <t>9786257963701</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 3 (89-90)</t>
+          <t>Bandoleros! / Asker Kaçağı - Tex Klasik Cilt 52</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054983315</t>
+          <t>9786257963749</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler - 5</t>
+          <t>Renkli Tex Cilt 8</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054983339</t>
+          <t>9786257963442</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 17 -  Zamanın ve Mekanın Ötesinde</t>
+          <t>Gizli Kökenler: Green Lantern - Batwoman - Red Robin</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054983445</t>
+          <t>9786257963848</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 3: Beyaz Büyücü</t>
+          <t>Road Runner - Lobo</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054983476</t>
+          <t>9786257963787</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 3</t>
+          <t>Zagor Maxi Cilt 21</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054191765</t>
+          <t>9786257963763</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler - 2</t>
+          <t>Tex Magazin 3</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054983223</t>
+          <t>9786257963732</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 7</t>
+          <t>Tex Yeni 43: San Diego’da Korku - Meksika Köleleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054983155</t>
+          <t>9786257963596</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dampyr : 1 (85-86)</t>
+          <t>Tex Özel Albüm 33 - Finnegan'ın Rangerleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054983209</t>
+          <t>9786257963572</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 6</t>
+          <t>Tex Klasik Seri 49 - Mafisto'nun Gölgesi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054983087</t>
+          <t>9786257963534</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Julia 7</t>
+          <t>Tex Klasik Seri 48: Sıcak Topraklar - Tehlikeli Soruşturma</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054983070</t>
+          <t>9786257963404</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dragonero 1: Ejderha Kanı - Simyacının Sırrı</t>
+          <t>Pinokyo Vampir Avcısı Cilt 3</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054191727</t>
+          <t>9786257963367</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Maxi Dampyr Sayı: 4</t>
+          <t>Injustice 2 - Cilt 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054191598</t>
+          <t>9786059564762</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Julia 4</t>
+          <t>Gambit Cilt 1: Hırsızlık Kanında</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054191987</t>
+          <t>9786059564694</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 4</t>
+          <t>Black Panther Cilt 2: Ayaklar Altında Bir Ulus</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054983124</t>
+          <t>9786257963237</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 5</t>
+          <t>Renkli Tex 7</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054983933</t>
+          <t>9786257963244</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 10</t>
+          <t>Zagor Maxi 19</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054983636</t>
+          <t>9786257963190</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Julia 8</t>
+          <t>Tex Magazin 2</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054983735</t>
+          <t>9786257963220</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri - 6</t>
+          <t>Tex 41: Silver Bow Koruyucuları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059154765</t>
+          <t>9786059564748</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tex Klasik Seri 21 - Nehirdeki Ev / Linç</t>
+          <t>All-New Wolverine - Dört Kız Kardeş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052044377</t>
+          <t>9786059564656</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Injustice Cilt 2: Tanrılar Aramızda - İkinci Yıl</t>
+          <t>Gecenin Yaratıkları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054983162</t>
+          <t>9786059564670</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Renkli Tex 2: Sisteki Haydutlar</t>
+          <t>Soytarı Aşık</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054983926</t>
+          <t>9786052044971</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tex Yeni Maceralar - 9</t>
+          <t>Shazam! - Kötü Canavarlar Topluluğu 4</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054983179</t>
+          <t>9786052044988</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler - 4</t>
+          <t>Shazam! Cilt 03 - Kötü Canavarlar Topluluğu</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054983346</t>
+          <t>9786058033429</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 14</t>
+          <t>Tex Klasik Seri 47: Kırık Ok - Korku Tepeleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054983308</t>
+          <t>9786052044926</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dragonero 2: Mutantlar ve Karanlık Kale</t>
+          <t>Tex Yeni 38 - Klanın Kukuletalıları - Forrester'ların Yolu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054191840</t>
+          <t>9786052044865</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 3</t>
+          <t>Shazam! - Kötü Canavarlar Topluluğu 2</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054191574</t>
+          <t>9786052044803</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 10</t>
+          <t>Tex Klasik Seri 45 - Gökyüzüne Yolculuk - Ölüme Atlayış</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054191659</t>
+          <t>9786052044858</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Zona-X Sayı: 2 Özgür Hayaller Diyarı</t>
+          <t>Catwoman Tweety - Sylvester</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054191697</t>
+          <t>9786052044841</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer'den Hikayeler - 2 Sherlock Holmes'e Meydan Okuyan Gölge</t>
+          <t>Shazam! - Kötü Canavarlar Topluluğu</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054191925</t>
+          <t>9786052044773</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Le Storie Hikayeler - 3</t>
+          <t>Archangel</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054191819</t>
+          <t>9786052044735</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Maxi Dampyr Sayı: 5</t>
+          <t>Scalped - Yolun Sonu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054191390</t>
+          <t>9786052044544</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Özel Albüm 02 - Hırs Avı</t>
+          <t>Tex Klasik Seri 44 - Ateşli Vadi - Kızıldereli Ajansı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054191444</t>
+          <t>9786052044551</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zona- X Sayı: 1 Özgür Hayaller Diyarı</t>
+          <t>Tex Özel Albüm 32 - Muhteşem Kanun Kaçağı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054191703</t>
+          <t>9786052044537</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never - 2 Almanak</t>
+          <t>Tex Klasik Serisi 43 - Karanlıktaki Pençeler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054191826</t>
+          <t>9786052044513</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Julia 5</t>
+          <t>Tex Yeni Seri 36: Haykıran Cehennem - Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054191543</t>
+          <t>9786052044445</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Özel Albüm 03 - Meteorun Günü</t>
+          <t>Tex Klasik Seri 42</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054191277</t>
+          <t>9786052044476</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Maxi Dampyr Sayı: 1</t>
+          <t>Scalped Cilt 9</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054191857</t>
+          <t>9786052044407</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Zona-X Sayı: 3 Özgür Hayaller Diyarı</t>
+          <t>Renkli Tex 6</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054191932</t>
+          <t>9786052044261</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 12</t>
+          <t>Tex Klasik Seri 40</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054191918</t>
+          <t>9786052044339</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 12 - Düzen Koruyucusu</t>
+          <t>Cyborg - Yapay Canlı Cilt 1</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054191284</t>
+          <t>9786052044285</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 7</t>
+          <t>Green Arrow Cilt 3</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054191468</t>
+          <t>9786059564618</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Brendon Cilt: 9</t>
+          <t>Orfani Yetimler Cilt 5 - Tüfekli Adam</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054191239</t>
+          <t>9786052044155</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Nathan Never Serisi 5 - Makinedeki Hayalet</t>
+          <t>Umutsuz Saatler - Tex Klasik Serisi 37</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
+          <t>9786059564601</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Martin Mystere 4 - Martin Martin'e Karşı / Martin Mystere 4 - Blandings'teki Gizemler</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059564649</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Black Panther - Ayaklar Altında Bir Ulus (Cilt 1) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786052044209</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Adam Wild 2 - Livingstone'un Gizli Günlükleri</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786052044124</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 34: Yılanlar Çetesi - Sacramento Sokaklarında</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786059564595</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Zona X 8</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786052044100</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt 8</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786052044025</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>CoffinHill Cilt 2</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786052044117</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>100 Kurşun Cilt: 6</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786059564625</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Tex 5: Delta Queen</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786052044186</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Green Arrow Cilt 2</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786059564250</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Orfani 4 - Yetimler</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786052044131</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 35: Tek Başına - Ölüm Tüccarları</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059564588</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler 10: Kraliçeye Mat - Kafes</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786054983094</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Zona-X Sayı: 4 Özgür Hayaller Diyarı</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786052044087</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Injustice Ground Zero Cilt 1</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786052044063</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Tex Özel Albüm 31: Yüzbaşı Jack</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786059564557</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr : 10</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786052044056</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 33: Albay Kötü El - Mackenzie'nin Akıncıları</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786059564212</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Zona X 7</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786052044032</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt:7</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786059564502</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 34 - Alevli Gece</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059564489</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 32 - Uzun Mızrak</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059564373</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Tex 31 - Karda Tuzak / Bir Savaşçının Onuru</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786059564496</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik 33 - Şah Mat / Devil Pass Kahramanları</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786059564267</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Tex Özel Seri 6: Galveston'da Fırtına</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786059564441</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik 32</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786059154635</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Martin Mystere (Özel Seri) Sayı: 3 Genç Martin'in Gizemleri - Venüs'ün İşareti</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786059564366</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri: 30</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786059564410</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik 31</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059564328</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt: 6</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786059564335</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Coffin Hill 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786059564359</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer’den Hikayeler 9</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786059564243</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr 9</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786059564236</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler 9</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786059564144</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Tex Özel Seri 5</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786059154987</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Julia 12</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786059564083</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Lukas 1</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059564229</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Gezegende</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786059564151</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>100 Kurşun Cilt: 5</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786059564168</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Green Arrow - İlk Yıl</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786059564076</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Adam Wild 1 - Zanzibar Köleleri / Fillerin Hücumu</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786059564038</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 28 - Sasquatch / İntihar Görevi</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786059564106</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Green Arrow Cilt 1</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786059154857</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt 5 - Münzevi</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786059564090</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Partilerde Kızlarla Nasıl Konuşulur</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786059154871</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr 8 - Büyülü Köy - Dünyanın Kralı</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786059154550</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Zona X Sayı: 6 - Büyü Devriyesi / Ölüme On Saniye / Zaman Sarkacı</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059564052</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 29 - Aranıyor: Ölü veya Diri / Korkusuzlar Kervanı</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786059564021</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 27 - Totemler Ormanı / İnsan ve Hayvan</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786059154956</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri: 28</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786054191949</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 13</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786059154888</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler 8 - Katliam Çiçekleri / Friedrichstrasse</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786059154918</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Tex 27 - Gölgedeki Katil / Winnipeg</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786059154949</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Julia 11</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786059154895</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri: 23 / Gece Saldırısı - İki Rakip</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786054191673</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Özel Albüm 5 - Uzayda Görev</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786059154833</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 26</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059154864</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Vampir Avcısı Pinokyo 1</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786059154222</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Belzoni</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059154741</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 25 - Ölüm Putları / Kara Altın</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059154628</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>100 Kurşun 4</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059154758</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 24: Kanlı Ay - Zalim Charvez</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786054191772</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Y: Son Erkek 1 - Erkeksiz</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059154659</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 18 - İsimsiz Kovboy / Kanadalı Asiler</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786059154161</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 15</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786059154642</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Seri 22 - Slade'in Şantajı / Kuşatma Altında</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786054983827</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Maceralar - 8</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786059154390</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Julia 10</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786059154437</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Yetimler / Orfani - İlk Kan</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786059154338</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler 7 - Demir Silahşor / Kurt Kalbi</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786059154208</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr 7 - Gece Vesis - Ölüm Ordusu</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786059154307</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Tex 17 : El Supremo - Seçilmiş Nişancılar</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059154291</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Tex 16 : Yargıç Bean'in Sırrı - San Antonio'da Tuzak</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786059154178</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 14 : Ok Koşusu / Dakotalar</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786054983667</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Zona X Sayı: 5 - Ukbar / Perde Arkası</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786059154154</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Tex 15 : Tombstone Epitaph /  Profesyoneller</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786059154048</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt 4 - Deli Cesaret</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786059154062</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Tex 13 / Takip / Soluksuz Mücadele</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786054983544</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr Özel - 1</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786059154055</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Tex 12 : Salt River / Rehin Alınmış Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786059154024</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Tex : 11 Suç Zinciri / Cennetle Cehennem Arasında</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054983872</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Julia 9</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786059154017</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Orfani Cilt: 2 Yetimler</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786054983797</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>100 Kurşun : 2 - Anlık Fırsatlar</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786054983810</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Maceralar - 7</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054983766</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 8</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786054983742</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Orfani Cilt 1 : Yetimler</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786054983902</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt - 3 : Ölü Analar</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786054983896</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>100 Kurşun : 3 - Baba Emaneti</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054983803</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt - 2 : Casino Boogie</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786054983551</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler - 6</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786054983537</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr : 6 (95-96)</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786054983773</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Tex Özel Albüm 24 : Küba Asileri</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786054983841</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri - 8</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786054983650</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Scalped Cilt - 1 : Kızılderili Toprakları</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786054983568</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Tex 4: Yanlış Adam</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786054983391</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 15</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786054983674</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Dragonero 3: İzciler Toplantısı - Sivri Dişler ve Çelik</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786059154703</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 20 - Kartal ve Yıldırım / Yılan Yuvası</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786054983483</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri - 4</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786054983506</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr : 3 (89-90)</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786054983315</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler - 5</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786054983339</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Serisi 17 -  Zamanın ve Mekanın Ötesinde</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786054983445</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Tex 3: Beyaz Büyücü</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786054983476</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri - 3</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786054191765</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler - 2</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786054983223</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 7</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786054983155</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Dampyr : 1 (85-86)</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786054983209</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 6</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786054983087</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Julia 7</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054983070</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Dragonero 1: Ejderha Kanı - Simyacının Sırrı</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786054191727</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Dampyr Sayı: 4</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054191598</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Julia 4</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786054191987</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 4</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786054983124</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 5</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786054983933</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Maceralar - 10</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786054983636</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Julia 8</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786054983735</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri - 6</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786059154765</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Tex Klasik Seri 21 - Nehirdeki Ev / Linç</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786052044377</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Injustice Cilt 2: Tanrılar Aramızda - İkinci Yıl</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786054983162</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Tex 2: Sisteki Haydutlar</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786054983926</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Tex Yeni Maceralar - 9</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786054983179</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler - 4</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786054983346</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 14</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786054983308</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Dragonero 2: Mutantlar ve Karanlık Kale</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786054191840</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 3</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786054191574</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 10</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786054191659</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Zona-X Sayı: 2 Özgür Hayaller Diyarı</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786054191697</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer'den Hikayeler - 2 Sherlock Holmes'e Meydan Okuyan Gölge</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786054191925</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Le Storie Hikayeler - 3</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786054191819</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Dampyr Sayı: 5</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786054191390</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Özel Albüm 02 - Hırs Avı</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786054191444</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Zona- X Sayı: 1 Özgür Hayaller Diyarı</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786054191703</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never - 2 Almanak</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786054191826</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Julia 5</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786054191543</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Özel Albüm 03 - Meteorun Günü</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786054191277</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Maxi Dampyr Sayı: 1</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786054191857</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Zona-X Sayı: 3 Özgür Hayaller Diyarı</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786054191932</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 12</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786054191918</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Serisi 12 - Düzen Koruyucusu</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786054191284</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 7</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786054191468</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Brendon Cilt: 9</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786054191239</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Nathan Never Serisi 5 - Makinedeki Hayalet</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
           <t>9786054191581</t>
         </is>
       </c>
-      <c r="B437" s="1" t="inlineStr">
+      <c r="B580" s="1" t="inlineStr">
         <is>
           <t>Nathan Never Serisi 9 - Robotların Dünyası</t>
         </is>
       </c>
-      <c r="C437" s="1">
-        <v>300</v>
+      <c r="C580" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>